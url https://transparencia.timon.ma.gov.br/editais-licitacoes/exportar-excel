--- v0 (2025-10-02)
+++ v1 (2025-12-11)
@@ -12,2932 +12,3346 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2320">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2317">
   <si>
     <t>Sequência</t>
   </si>
   <si>
     <t>Licitação</t>
   </si>
   <si>
     <t>Nº/Ano</t>
   </si>
   <si>
     <t>Modalidade</t>
   </si>
   <si>
     <t>Tipo Licit.</t>
   </si>
   <si>
     <t>Objeto</t>
   </si>
   <si>
     <t>Data Abertura</t>
   </si>
   <si>
     <t>Situação</t>
   </si>
   <si>
     <t>Valor</t>
   </si>
   <si>
+    <t>DISPENSA nº 3/2025</t>
+  </si>
+  <si>
+    <t>3/2025</t>
+  </si>
+  <si>
+    <t>DISPENSA</t>
+  </si>
+  <si>
+    <t>Menor Preço</t>
+  </si>
+  <si>
+    <t>Locação de softwares com suporte técnico, manutenç...</t>
+  </si>
+  <si>
+    <t>08/12/2025</t>
+  </si>
+  <si>
+    <t>Em Andamento</t>
+  </si>
+  <si>
+    <t>12.000,00</t>
+  </si>
+  <si>
+    <t>INEXIGIBILIDADE nº 6/2025</t>
+  </si>
+  <si>
+    <t>6/2025</t>
+  </si>
+  <si>
+    <t>INEXIGIBILIDADE</t>
+  </si>
+  <si>
+    <t>Nenhum</t>
+  </si>
+  <si>
+    <t>Contratação dos serviços de consultoria e locação...</t>
+  </si>
+  <si>
+    <t>03/11/2025</t>
+  </si>
+  <si>
+    <t>134.400,00</t>
+  </si>
+  <si>
+    <t>ADESÃO SRP nº 10/2025</t>
+  </si>
+  <si>
+    <t>10/2025</t>
+  </si>
+  <si>
+    <t>ADESÃO SRP</t>
+  </si>
+  <si>
+    <t>Contratação de empresa de engenharia para execução...</t>
+  </si>
+  <si>
+    <t>25/11/2025</t>
+  </si>
+  <si>
+    <t>Homologada</t>
+  </si>
+  <si>
+    <t>990.000,00</t>
+  </si>
+  <si>
+    <t>DISPENSA nº 5/2025</t>
+  </si>
+  <si>
+    <t>5/2025</t>
+  </si>
+  <si>
+    <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA EM SERVIÇOS D...</t>
+  </si>
+  <si>
+    <t>01/12/2025</t>
+  </si>
+  <si>
+    <t>36.710,10</t>
+  </si>
+  <si>
+    <t>locação, instalação, manutenção preventiva e corre...</t>
+  </si>
+  <si>
+    <t>19/11/2025</t>
+  </si>
+  <si>
+    <t>123.429,57</t>
+  </si>
+  <si>
+    <t>INEXIGIBILIDADE nº 011/2025</t>
+  </si>
+  <si>
+    <t>011/2025</t>
+  </si>
+  <si>
+    <t>Melhor combinação de técnica e preço</t>
+  </si>
+  <si>
+    <t>O presente contrato tem por objeto a inscrição...</t>
+  </si>
+  <si>
+    <t>13/11/2025</t>
+  </si>
+  <si>
+    <t>5.600,00</t>
+  </si>
+  <si>
+    <t>PREGÃO ELETRÔNICO nº 26/2025</t>
+  </si>
+  <si>
+    <t>26/2025</t>
+  </si>
+  <si>
+    <t>PREGÃO ELETRÔNICO</t>
+  </si>
+  <si>
+    <t>Aquisição de veículo automotor, zero quilômetro, u...</t>
+  </si>
+  <si>
+    <t>10/12/2025</t>
+  </si>
+  <si>
+    <t>264.655,95</t>
+  </si>
+  <si>
+    <t>PREGÃO ELETRÔNICO nº 23/2025</t>
+  </si>
+  <si>
+    <t>23/2025</t>
+  </si>
+  <si>
+    <t>Registro de Preços para futura contratação de empr...</t>
+  </si>
+  <si>
+    <t>03/12/2025</t>
+  </si>
+  <si>
+    <t>5.628.859,00</t>
+  </si>
+  <si>
+    <t>ADESÃO SRP nº 5/2025</t>
+  </si>
+  <si>
+    <t>Locação de estação composta de Software e equipame...</t>
+  </si>
+  <si>
+    <t>10/11/2025</t>
+  </si>
+  <si>
+    <t>447.588,00</t>
+  </si>
+  <si>
+    <t>CONCORRÊNCIA PUBLICA nº 8/2025</t>
+  </si>
+  <si>
+    <t>8/2025</t>
+  </si>
+  <si>
+    <t>CONCORRÊNCIA PUBLICA</t>
+  </si>
+  <si>
+    <t>CONTRATAÇÃO DE EMPRESA DE ENGENHARIA ESPECIALIZADA...</t>
+  </si>
+  <si>
+    <t>04/12/2025</t>
+  </si>
+  <si>
+    <t>250.000,00</t>
+  </si>
+  <si>
+    <t>ADESÃO SRP nº 9/2025</t>
+  </si>
+  <si>
+    <t>9/2025</t>
+  </si>
+  <si>
+    <t>Contratação de empresa para fornecimento de combus...</t>
+  </si>
+  <si>
+    <t>14/11/2025</t>
+  </si>
+  <si>
+    <t>1.119.000,00</t>
+  </si>
+  <si>
+    <t>ADESÃO SRP nº 007/2025</t>
+  </si>
+  <si>
+    <t>007/2025</t>
+  </si>
+  <si>
+    <t>Aquisição de Medicamentos e Produtos de uso Médico...</t>
+  </si>
+  <si>
+    <t>12/05/2025</t>
+  </si>
+  <si>
+    <t>1.101.284,83</t>
+  </si>
+  <si>
+    <t>INEXIGIBILIDADE nº 5/2024</t>
+  </si>
+  <si>
+    <t>5/2024</t>
+  </si>
+  <si>
+    <t>Técnica e preço</t>
+  </si>
+  <si>
+    <t>O presente termo contratual tem por objeto a contr...</t>
+  </si>
+  <si>
+    <t>24/11/2025</t>
+  </si>
+  <si>
+    <t>Concluída</t>
+  </si>
+  <si>
+    <t>120.000,00</t>
+  </si>
+  <si>
+    <t>DISPENSA nº 004/2025</t>
+  </si>
+  <si>
+    <t>004/2025</t>
+  </si>
+  <si>
+    <t>Contratação de empresa especializada na prestação...</t>
+  </si>
+  <si>
+    <t>18/11/2025</t>
+  </si>
+  <si>
+    <t>272.540,00</t>
+  </si>
+  <si>
+    <t>DISPENSA nº 04/2025</t>
+  </si>
+  <si>
+    <t>04/2025</t>
+  </si>
+  <si>
+    <t>Contratação de empresa especializada para aquisiçã...</t>
+  </si>
+  <si>
+    <t>11.532,00</t>
+  </si>
+  <si>
+    <t>DISPENSA nº 005/2025</t>
+  </si>
+  <si>
+    <t>005/2025</t>
+  </si>
+  <si>
+    <t>Contratação do SERVIÇO NACIONAL DE APRENDIZAGEM CO...</t>
+  </si>
+  <si>
+    <t>56.781,00</t>
+  </si>
+  <si>
+    <t>DISPENSA nº 2/2025</t>
+  </si>
+  <si>
+    <t>2/2025</t>
+  </si>
+  <si>
+    <t>AQUISIÇÃO DE MATERIAL DE EXPEDIENTE PARA SUPRIR AS...</t>
+  </si>
+  <si>
+    <t>58.388,20</t>
+  </si>
+  <si>
+    <t>ADESÃO SRP nº 4/2025</t>
+  </si>
+  <si>
+    <t>4/2025</t>
+  </si>
+  <si>
+    <t>4.377.197,07</t>
+  </si>
+  <si>
+    <t>Contratação de empresa especializada para o fornec...</t>
+  </si>
+  <si>
+    <t>12/11/2025</t>
+  </si>
+  <si>
+    <t>59.989,05</t>
+  </si>
+  <si>
+    <t>ADESÃO SRP nº 18/2025</t>
+  </si>
+  <si>
+    <t>18/2025</t>
+  </si>
+  <si>
+    <t>Contratação de empresa para fornecimento de kits d...</t>
+  </si>
+  <si>
+    <t>2.581.779,00</t>
+  </si>
+  <si>
+    <t>DISPENSA nº 010/2025</t>
+  </si>
+  <si>
+    <t>010/2025</t>
+  </si>
+  <si>
+    <t>Maior desconto</t>
+  </si>
+  <si>
+    <t>O presente contrato tem por objeto o registro de p...</t>
+  </si>
+  <si>
+    <t>62.000,00</t>
+  </si>
+  <si>
+    <t>PREGÃO ELETRÔNICO nº 3/2025</t>
+  </si>
+  <si>
+    <t>Aquisição de material de expediente e escritório,...</t>
+  </si>
+  <si>
+    <t>11/11/2025</t>
+  </si>
+  <si>
+    <t>6.582,21</t>
+  </si>
+  <si>
+    <t>DISPENSA nº 009/2025</t>
+  </si>
+  <si>
+    <t>009/2025</t>
+  </si>
+  <si>
+    <t>27/10/2025</t>
+  </si>
+  <si>
+    <t>37.250,00</t>
+  </si>
+  <si>
+    <t>INEXIGIBILIDADE nº 5/2025</t>
+  </si>
+  <si>
+    <t>Locação de Imóvel localizado na Avenida Getúlio Va...</t>
+  </si>
+  <si>
+    <t>18/09/2025</t>
+  </si>
+  <si>
+    <t>600.000,00</t>
+  </si>
+  <si>
+    <t>ADESÃO SRP nº 002/2025</t>
+  </si>
+  <si>
+    <t>002/2025</t>
+  </si>
+  <si>
+    <t>contratação de uma empresa especializada na locaçã...</t>
+  </si>
+  <si>
+    <t>09/04/2025</t>
+  </si>
+  <si>
+    <t>3.828,00</t>
+  </si>
+  <si>
+    <t>INEXIGIBILIDADE nº 09/2025</t>
+  </si>
+  <si>
+    <t>09/2025</t>
+  </si>
+  <si>
+    <t>Anuidade da Associação Nacional de Entidades de Pr...</t>
+  </si>
+  <si>
+    <t>09/09/2025</t>
+  </si>
+  <si>
+    <t>1.800,00</t>
+  </si>
+  <si>
+    <t>INEXIGIBILIDADE nº 06/2022</t>
+  </si>
+  <si>
+    <t>06/2022</t>
+  </si>
+  <si>
+    <t>O presente termo aditivo tem por objeto a prorroga...</t>
+  </si>
+  <si>
+    <t>08/09/2025</t>
+  </si>
+  <si>
+    <t>130.000,00</t>
+  </si>
+  <si>
+    <t>ADESÃO SRP nº 17/2025</t>
+  </si>
+  <si>
+    <t>17/2025</t>
+  </si>
+  <si>
+    <t>Contratação de empresa para fornecimento de mobili...</t>
+  </si>
+  <si>
+    <t>3.000.600,00</t>
+  </si>
+  <si>
+    <t>INEXIGIBILIDADE nº 004/2025</t>
+  </si>
+  <si>
+    <t>contratação de serviços técnicos-jurídicos especia...</t>
+  </si>
+  <si>
+    <t>21/08/2025</t>
+  </si>
+  <si>
+    <t>2.562.004,27</t>
+  </si>
+  <si>
+    <t>DISPENSA nº 8/2025</t>
+  </si>
+  <si>
+    <t>Contratação de empresa para fornecimento de unifor...</t>
+  </si>
+  <si>
+    <t>20/10/2025</t>
+  </si>
+  <si>
+    <t>57.800,00</t>
+  </si>
+  <si>
+    <t>PREGÃO ELETRÔNICO nº 21/2025</t>
+  </si>
+  <si>
+    <t>21/2025</t>
+  </si>
+  <si>
+    <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA OS SERVI...</t>
+  </si>
+  <si>
+    <t>355.000,00</t>
+  </si>
+  <si>
+    <t>ADESÃO 04-2025-FMS nº 3/2025</t>
+  </si>
+  <si>
+    <t>ADESÃO 04-2025-FMS</t>
+  </si>
+  <si>
+    <t>Locação de veículos, sem condutor, para atender às...</t>
+  </si>
+  <si>
+    <t>05/11/2025</t>
+  </si>
+  <si>
+    <t>251.549,34</t>
+  </si>
+  <si>
+    <t>ADESÃO SRP nº 16/2025</t>
+  </si>
+  <si>
+    <t>16/2025</t>
+  </si>
+  <si>
+    <t>Aquisição de aparelhos de ar condicionado para ate...</t>
+  </si>
+  <si>
+    <t>132.463,65</t>
+  </si>
+  <si>
+    <t>INEXIGIBILIDADE nº 04/2025</t>
+  </si>
+  <si>
+    <t>Locação de imóvel para instalação e funcionamento...</t>
+  </si>
+  <si>
+    <t>12/06/2025</t>
+  </si>
+  <si>
+    <t>156.000,00</t>
+  </si>
+  <si>
+    <t>Contratação de prestação de serviço de capacitação...</t>
+  </si>
+  <si>
+    <t>13/08/2025</t>
+  </si>
+  <si>
+    <t>12.388,95</t>
+  </si>
+  <si>
+    <t>Contratação de empresa de notória especialização p...</t>
+  </si>
+  <si>
+    <t>29/06/2025</t>
+  </si>
+  <si>
+    <t>300.000,00</t>
+  </si>
+  <si>
+    <t>DISPENSA nº 002/2025</t>
+  </si>
+  <si>
+    <t>Contratação de empresa especializada no fornecimen...</t>
+  </si>
+  <si>
+    <t>26/09/2025</t>
+  </si>
+  <si>
+    <t>3.790,00</t>
+  </si>
+  <si>
+    <t>INEXIGIBILIDADE nº 23/2025</t>
+  </si>
+  <si>
+    <t>Contratação da prestação de serviços de apresentaç...</t>
+  </si>
+  <si>
+    <t>14/10/2025</t>
+  </si>
+  <si>
+    <t>16.500,00</t>
+  </si>
+  <si>
+    <t>ADESÃO SRP nº 9/2024</t>
+  </si>
+  <si>
+    <t>9/2024</t>
+  </si>
+  <si>
+    <t>Prestação de Serviços de Locação de Veículos Tipo...</t>
+  </si>
+  <si>
+    <t>27/09/2024</t>
+  </si>
+  <si>
+    <t>1.668.000,12</t>
+  </si>
+  <si>
+    <t>INEXIGIBILIDADE nº 21/2025</t>
+  </si>
+  <si>
+    <t>Locação de um imóvel situado na Rua Jamil de Miran...</t>
+  </si>
+  <si>
+    <t>22/09/2025</t>
+  </si>
+  <si>
+    <t>175.200,00</t>
+  </si>
+  <si>
+    <t>DISPENSA nº 1/2025</t>
+  </si>
+  <si>
+    <t>1/2025</t>
+  </si>
+  <si>
+    <t>Contratação de empresa para locação de veículos le...</t>
+  </si>
+  <si>
+    <t>28/02/2025</t>
+  </si>
+  <si>
+    <t>184.049,64</t>
+  </si>
+  <si>
+    <t>ADESÃO SRP nº 13/2025</t>
+  </si>
+  <si>
+    <t>13/2025</t>
+  </si>
+  <si>
+    <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA FORNECIM...</t>
+  </si>
+  <si>
+    <t>15/08/2025</t>
+  </si>
+  <si>
+    <t>817.769,60</t>
+  </si>
+  <si>
+    <t>26/08/2025</t>
+  </si>
+  <si>
+    <t>36.940,00</t>
+  </si>
+  <si>
+    <t>INEXIGIBILIDADE nº 3/2025</t>
+  </si>
+  <si>
+    <t>Contratação, por inexigibilidade de licitação, de...</t>
+  </si>
+  <si>
+    <t>03/10/2025</t>
+  </si>
+  <si>
+    <t>3.516,00</t>
+  </si>
+  <si>
+    <t>DISPENSA nº 006/2025</t>
+  </si>
+  <si>
+    <t>006/2025</t>
+  </si>
+  <si>
+    <t>Este contrato tem por objeto a contratação de empr...</t>
+  </si>
+  <si>
+    <t>4.446,00</t>
+  </si>
+  <si>
+    <t>DISPENSA nº 01/2025</t>
+  </si>
+  <si>
+    <t>01/2025</t>
+  </si>
+  <si>
+    <t>FORNECIMENTO CARTEIRAS PARA PESSOAS COM ESPECTRO A...</t>
+  </si>
+  <si>
+    <t>07/10/2025</t>
+  </si>
+  <si>
+    <t>16.450,00</t>
+  </si>
+  <si>
+    <t>PREGÃO ELETRÔNICO nº 20/2025</t>
+  </si>
+  <si>
+    <t>20/2025</t>
+  </si>
+  <si>
+    <t>Registro de preços para eventual e futura aquisiçã...</t>
+  </si>
+  <si>
+    <t>23/10/2025</t>
+  </si>
+  <si>
+    <t>0,01</t>
+  </si>
+  <si>
+    <t>O objeto do presente instrumento é a contratação d...</t>
+  </si>
+  <si>
+    <t>298.392,00</t>
+  </si>
+  <si>
+    <t>Contratação de serviços automotivos e fornecimento...</t>
+  </si>
+  <si>
+    <t>15/04/2025</t>
+  </si>
+  <si>
+    <t>113.960,00</t>
+  </si>
+  <si>
+    <t>PREGÃO ELETRÔNICO nº 16/2025</t>
+  </si>
+  <si>
+    <t>REGISTRO DE PREÇOS PARA A CONTRATAÇÃO DE EMPRESA E...</t>
+  </si>
+  <si>
+    <t>24/10/2025</t>
+  </si>
+  <si>
+    <t>1.527.271,79</t>
+  </si>
+  <si>
+    <t>Contratação de instrutor habilitado para prestar s...</t>
+  </si>
+  <si>
+    <t>02/10/2025</t>
+  </si>
+  <si>
+    <t>6.760,00</t>
+  </si>
+  <si>
+    <t>ADESÃO SRP nº 009/2025</t>
+  </si>
+  <si>
+    <t>Adesão a ATA 003/2025 da Prefeitura Municipal de M...</t>
+  </si>
+  <si>
+    <t>09/10/2025</t>
+  </si>
+  <si>
+    <t>1.225.389,04</t>
+  </si>
+  <si>
+    <t>INEXIGIBILIDADE nº 1/2025</t>
+  </si>
+  <si>
+    <t>LOCACAO DE IMOVEL PARA SEDIAR AS INSTALACOES DA EM...</t>
+  </si>
+  <si>
+    <t>11/09/2025</t>
+  </si>
+  <si>
+    <t>72.000,00</t>
+  </si>
+  <si>
+    <t>IMPLANTAÇÃO E LICENÇA DE SOFTWARE DE GESTÃO CONTAB...</t>
+  </si>
+  <si>
+    <t>22.800,00</t>
+  </si>
+  <si>
+    <t>PREGÃO ELETRÔNICO nº 18/2025</t>
+  </si>
+  <si>
+    <t>Registro de preços para futura aquisição de veícul...</t>
+  </si>
+  <si>
+    <t>246.740,00</t>
+  </si>
+  <si>
+    <t>INEXIGIBILIDADE nº 19/2025</t>
+  </si>
+  <si>
+    <t>19/2025</t>
+  </si>
+  <si>
+    <t>Locação de imóvel para o contraturno escolar para...</t>
+  </si>
+  <si>
+    <t>360.000,00</t>
+  </si>
+  <si>
+    <t>INEXIGIBILIDADE nº 12/2025</t>
+  </si>
+  <si>
+    <t>12/2025</t>
+  </si>
+  <si>
+    <t>INSCRIÇAO DE DUA􀀼 SERVIDORAS DA PGM, NO 1 ° CONGRE...</t>
+  </si>
+  <si>
+    <t>06/10/2025</t>
+  </si>
+  <si>
+    <t>DISPENSA nº 13/2025</t>
+  </si>
+  <si>
+    <t>Contratação de empresa especializada para prestaçã...</t>
+  </si>
+  <si>
+    <t>10/09/2025</t>
+  </si>
+  <si>
+    <t>27.703,79</t>
+  </si>
+  <si>
+    <t>INEXIGIBILIDADE nº 11/2025</t>
+  </si>
+  <si>
+    <t>11/2025</t>
+  </si>
+  <si>
+    <t>Aquisição de um ingresso para a participação de se...</t>
+  </si>
+  <si>
+    <t>01/10/2025</t>
+  </si>
+  <si>
+    <t>1.758,00</t>
+  </si>
+  <si>
+    <t>DISPENSA nº 12/2025</t>
+  </si>
+  <si>
+    <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA EM FORNECIMEN...</t>
+  </si>
+  <si>
+    <t>19.196,22</t>
+  </si>
+  <si>
     <t>PREGÃO ELETRÔNICO nº 14/2025</t>
   </si>
   <si>
     <t>14/2025</t>
   </si>
   <si>
-    <t>PREGÃO ELETRÔNICO</t>
-[...11 lines deleted...]
-    <t>Em Andamento</t>
+    <t>REGISTRO DE PREÇOS VISANDO EVENTUAL E FUTURA CONTR...</t>
   </si>
   <si>
     <t>2.938.898,33</t>
   </si>
   <si>
     <t>CONCORRÊNCIA PUBLICA nº 7/2025</t>
   </si>
   <si>
     <t>7/2025</t>
   </si>
   <si>
-    <t>CONCORRÊNCIA PUBLICA</t>
-[...5 lines deleted...]
-    <t>02/10/2025</t>
+    <t>CONTRATAÇÃO DE EMPRESA PARA EXECUTAR A CONSTRUÇÃO...</t>
   </si>
   <si>
     <t>5.630.946,66</t>
   </si>
   <si>
-    <t>ADESÃO SRP nº 10/2025</t>
-[...17 lines deleted...]
-    <t>8.480.717,50</t>
+    <t>ADESÃO SRP nº 3/2025</t>
+  </si>
+  <si>
+    <t>Adesão a ATA de SRP n 010/2025, Pregão Eletrônico...</t>
+  </si>
+  <si>
+    <t>3.950.000,00</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE nº 006/2025</t>
   </si>
   <si>
-    <t>006/2025</t>
-[...11 lines deleted...]
-    <t>22/09/2025</t>
+    <t>Contratação de empresa para a participação no Curs...</t>
   </si>
   <si>
     <t>4.490,00</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO nº 002/2025</t>
   </si>
   <si>
-    <t>002/2025</t>
-[...2 lines deleted...]
-    <t>aquisição de kits eletricos incapacitantes para suprir as necessidades da guarda civil municipal.</t>
+    <t>aquisição de kits eletricos incapacitantes para su...</t>
   </si>
   <si>
     <t>08/07/2025</t>
   </si>
   <si>
     <t>82.148,00</t>
   </si>
   <si>
     <t>ADESÃO SRP nº 02/2025</t>
   </si>
   <si>
     <t>02/2025</t>
   </si>
   <si>
     <t>Aquisição de material de expediente e escritório</t>
   </si>
   <si>
     <t>16/09/2025</t>
   </si>
   <si>
-    <t>6.582,21</t>
-[...8 lines deleted...]
-    <t>Aquisição (parcelada) de material de expediente e escritório, decorrente da Adesão (CARONA) à ATA de Registro de Preço n° 048/2024 da Fundação Municip...</t>
+    <t>Aquisição (parcelada) de material de expediente e...</t>
   </si>
   <si>
     <t>26/06/2025</t>
   </si>
   <si>
     <t>51.453,24</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO nº 15/2025</t>
   </si>
   <si>
     <t>15/2025</t>
   </si>
   <si>
-    <t>AQUISIÇÃO DE 10 (DEZ) MOTOCICLETAS ZERO QUILÔMETRO, DE FABRICAÇÃO NACIONAL, COM MOTORIZAÇÃO MÍNIMA DE 160 CILINDRADAS, DESTINADAS À EXECUÇÃO DA CAMPAN...</t>
+    <t>AQUISIÇÃO DE 10 (DEZ) MOTOCICLETAS ZERO QUILÔMETRO...</t>
   </si>
   <si>
     <t>24/09/2025</t>
   </si>
   <si>
     <t>248.902,90</t>
   </si>
   <si>
     <t>DISPENSA nº 4/2025</t>
   </si>
   <si>
-    <t>4/2025</t>
-[...5 lines deleted...]
-    <t>Aquisição de fardamentos (coletes, chapéus, botas) para a equipe de campo da SEINFRA</t>
+    <t>Aquisição de fardamentos (coletes, chapéus, botas)...</t>
   </si>
   <si>
     <t>14/08/2025</t>
   </si>
   <si>
     <t>10.685,73</t>
   </si>
   <si>
-    <t>ADESÃO SRP nº 007/2025</t>
-[...11 lines deleted...]
-    <t>Concluída</t>
+    <t>Adesão a ATA de SRP n° 005/2025, Pregão Eletrônico...</t>
   </si>
   <si>
     <t>340.007,00</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO nº 02/2024</t>
   </si>
   <si>
     <t>02/2024</t>
   </si>
   <si>
-    <t>Prestação de serviço de tecnologia da informação, que permita o tráfego de informações de caráter corporativo entre a Prefeitura Municipal de Timon e...</t>
+    <t>Prestação de serviço de tecnologia da informação,...</t>
   </si>
   <si>
     <t>17/09/2025</t>
   </si>
   <si>
     <t>5.692,92</t>
   </si>
   <si>
     <t>CONCORRÊNCIA PUBLICA nº 07/2025</t>
   </si>
   <si>
     <t>07/2025</t>
   </si>
   <si>
-    <t>Contratação de empresa para prestação de serviços de coleta, transporte de resíduos sólidos urbanos e outros serviços complementares de limpeza públic...</t>
+    <t>Contratação de empresa para prestação de serviços...</t>
   </si>
   <si>
     <t>34.483.627,10</t>
   </si>
   <si>
     <t>ADESÃO SRP nº 01/2025</t>
   </si>
   <si>
-    <t>01/2025</t>
-[...2 lines deleted...]
-    <t>Este contrato tem por objeto a CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA PRESTAÇÃO DE SERVIÇOS DE APOIO OPERACIONAL E GERENCIAMENTO ELETRÔNICO DAS MANUT...</t>
+    <t>Este contrato tem por objeto a CONTRATAÇÃO DE EMPR...</t>
   </si>
   <si>
     <t>1.324.800,00</t>
   </si>
   <si>
     <t>DISPENSA nº 02/2025</t>
   </si>
   <si>
-    <t>O presente contrato tem por objeto a locação de veículos, sem condutor, para atender às necessidades da Superintendência de Limpeza Pública e Urbaniza...</t>
+    <t>O presente contrato tem por objeto a locação de ve...</t>
   </si>
   <si>
     <t>108.899,64</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE nº 005/2025</t>
   </si>
   <si>
-    <t>005/2025</t>
-[...5 lines deleted...]
-    <t>09/09/2025</t>
+    <t>Contratação de palestrante para a IV Conferência M...</t>
   </si>
   <si>
     <t>3.500,00</t>
   </si>
   <si>
     <t>ADESÃO SRP nº 2/2025</t>
   </si>
   <si>
-    <t>2/2025</t>
-[...2 lines deleted...]
-    <t>O presente contrato tem por objeto o Registro de Preços para Aquisição de material de expediente e escritório, a ser processada através do sistema de...</t>
+    <t>O presente contrato tem por objeto o Registro de P...</t>
   </si>
   <si>
     <t>24/03/2025</t>
   </si>
   <si>
     <t>1.145.290,00</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE nº 18/2025</t>
   </si>
   <si>
-    <t>18/2025</t>
-[...4 lines deleted...]
-  <si>
     <t>02/09/2025</t>
   </si>
   <si>
     <t>ADESÃO 12/2025-FMS nº 12/2025</t>
   </si>
   <si>
-    <t>12/2025</t>
-[...1 lines deleted...]
-  <si>
     <t>ADESÃO 12/2025-FMS</t>
   </si>
   <si>
-    <t>Aquisição de Equipamentos Hospitalares, para atender as necessidades do Hospital Municipal Dr. José Firmino de Sousa e Unidades Básicas de Saúde</t>
+    <t>Aquisição de Equipamentos Hospitalares, para atend...</t>
   </si>
   <si>
     <t>04/09/2025</t>
   </si>
   <si>
     <t>1.255.736,67</t>
   </si>
   <si>
     <t>ADESÃO SRP nº 048/2024</t>
   </si>
   <si>
     <t>048/2024</t>
   </si>
   <si>
     <t>AQUISIÇÃO DE MATERIAL DE EXPEDIENTE</t>
   </si>
   <si>
     <t>15.484,10</t>
   </si>
   <si>
     <t>ADESÃO SRP nº 94/2024</t>
   </si>
   <si>
     <t>94/2024</t>
   </si>
   <si>
-    <t>Contratação de empresa especializada na prestação de serviços de apoio operacional e gerenciamento eletronico da manutenção da frota, fornecimento de...</t>
-[...1 lines deleted...]
-  <si>
     <t>30/04/2025</t>
   </si>
   <si>
     <t>63.580,00</t>
   </si>
   <si>
-    <t>Locação de veículo automotor para atender as demandas do SAAE</t>
+    <t>Locação de veículo automotor para atender as deman...</t>
   </si>
   <si>
     <t>09/05/2025</t>
   </si>
   <si>
     <t>150.299,16</t>
   </si>
   <si>
-    <t>ADESÃO SRP nº 13/2025</t>
-[...5 lines deleted...]
-    <t>Prestação de serviço de promoção, organização e gestão de eventos com fornecimento de estrutura física, equipamentos de sonorização e iluminação para...</t>
+    <t>Prestação de serviço de promoção, organização e ge...</t>
   </si>
   <si>
     <t>29/08/2025</t>
   </si>
   <si>
     <t>1.066.614,00</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO nº 1028/2025</t>
   </si>
   <si>
     <t>1028/2025</t>
   </si>
   <si>
     <t>AQUISIÇÃO DE MATERIAL DE EXPEDIENTE PARA A SEMSPC</t>
   </si>
   <si>
     <t>01/04/2025</t>
   </si>
   <si>
     <t>39.453,81</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE nº 002/2025</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA VIABILIZAR A PARTICIPAÇÃO/INSCRITO DE TRÊS SERVIDORES DA SEMSPC NO 20° CONGRESSO BRASILEIRO DE PREGOEIROS</t>
+    <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA VIABILIZ...</t>
   </si>
   <si>
     <t>31/03/2025</t>
   </si>
   <si>
     <t>17.940,00</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE nº 001/2025</t>
   </si>
   <si>
     <t>001/2025</t>
   </si>
   <si>
-    <t>Melhor combinação de técnica e preço</t>
-[...2 lines deleted...]
-    <t>CONTRATAÇÃO DE EMPRESA PARA PRESTAÇÃO DE SERVIÇOS DE ASSESSORIA TÉCNICA ESPECIALIZADA NA ELABORAÇÃO DE PROJETOS E CAPTAÇÃO DE RECURSOS PARA A SEGURANÇ...</t>
+    <t>CONTRATAÇÃO DE EMPRESA PARA PRESTAÇÃO DE SERVIÇOS...</t>
   </si>
   <si>
     <t>12/03/2025</t>
   </si>
   <si>
-    <t>300.000,00</t>
-[...1 lines deleted...]
-  <si>
     <t>INEXIGIBILIDADE nº 8/2025</t>
   </si>
   <si>
-    <t>8/2025</t>
-[...2 lines deleted...]
-    <t>Locação de imóvel urbano destinado ao funcionamento da nova sede da Procuradoria Geral do Município de Timon,</t>
+    <t>Locação de imóvel urbano destinado ao funcionament...</t>
   </si>
   <si>
     <t>01/08/2025</t>
   </si>
   <si>
     <t>96.000,00</t>
   </si>
   <si>
     <t>ADESÃO SRP nº 005/2023</t>
   </si>
   <si>
     <t>005/2023</t>
   </si>
   <si>
     <t>Melhor preço</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE EMPRESA PARA SERVIÇOS DE RESERVA, DE EMISSÃO, DE ALTERAÇÃO, DE MARCAÇÃO, DE REMARCAÇÃO E DE CANCELAMENTO DE PASSAGENS AÉREAS NACIONAIS...</t>
+    <t>CONTRATAÇÃO DE EMPRESA PARA SERVIÇOS DE RESERVA, D...</t>
   </si>
   <si>
     <t>14/03/2025</t>
   </si>
   <si>
     <t>41.180,00</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE nº 10/2025</t>
   </si>
   <si>
-    <t>Inscrição para 04 (quatro) servidores da Procuradoria Geral do Município de Timon, no curso "Improbidade Administrativa" que ocorrerá nos dias 14 e 15...</t>
+    <t>Inscrição para 04 (quatro) servidores da Procurado...</t>
   </si>
   <si>
     <t>11.759,56</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO nº 027/2025</t>
   </si>
   <si>
     <t>027/2025</t>
   </si>
   <si>
-    <t>Locação de scanner e impressora para a Secretaria Municipal de Segurança e Cidadania</t>
+    <t>Locação de scanner e impressora para a Secretaria...</t>
   </si>
   <si>
     <t>28/04/2025</t>
   </si>
   <si>
     <t>23.376,00</t>
   </si>
   <si>
     <t>DISPENSA nº 001/2025</t>
   </si>
   <si>
-    <t>PRESTAÇÃO DE SERVIÇO DE AQUISIÇÃO E INSTALAÇÃO AR-CONDICIONADO PARA O CIMU</t>
+    <t>PRESTAÇÃO DE SERVIÇO DE AQUISIÇÃO E INSTALAÇÃO AR-...</t>
   </si>
   <si>
     <t>22/08/2025</t>
   </si>
   <si>
     <t>13.999,00</t>
   </si>
   <si>
     <t>ADESÃO SRP nº 10/2025/FMS/2025</t>
   </si>
   <si>
     <t>10/2025/FMS/2025</t>
   </si>
   <si>
-    <t>Aquisição de Medicamentos, Materiais Hospitalares e Laboratoriais diversos para atender as necessidades desta secretaria e suas unidades</t>
+    <t>Aquisição de Medicamentos, Materiais Hospitalares...</t>
   </si>
   <si>
     <t>11.370.699,10</t>
   </si>
   <si>
-    <t>DISPENSA nº 002/2025</t>
-[...2 lines deleted...]
-    <t>Aquisição de drones DJI MINI 3 FLY MORE para Secretaria de Segurança Pública e Cidadania</t>
+    <t>Aquisição de drones DJI MINI 3 FLY MORE para Secre...</t>
   </si>
   <si>
     <t>12/08/2025</t>
   </si>
   <si>
     <t>25.400,00</t>
   </si>
   <si>
     <t>DISPENSA nº 003/2025</t>
   </si>
   <si>
     <t>003/2025</t>
   </si>
   <si>
-    <t>Contratação de serviços de hospedagem para quatro instrutores que participarão da condução do curso de capacitação em atividade de inteligência</t>
+    <t>Contratação de serviços de hospedagem para quatro...</t>
   </si>
   <si>
     <t>16/04/2025</t>
   </si>
   <si>
     <t>2.290,00</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE nº 003/2025</t>
   </si>
   <si>
-    <t>Contratação de empresa que promoverá treinamento, capacitação, e workshop destinado aos agentes públicos da cidade de Timon-MA. envolvidos no projeto...</t>
+    <t>Contratação de empresa que promoverá treinamento,...</t>
   </si>
   <si>
     <t>28/03/2025</t>
   </si>
   <si>
     <t>18.000,00</t>
   </si>
   <si>
     <t>ADESÃO SRP nº 7/2025</t>
   </si>
   <si>
-    <t>SERVIÇOS DE LIMPEZA, SANITIZAÇÃO, HIGIENIZAÇÃO DE SISTEMAS DE ARMAZENAMENTO E DESCARTE DE ÁGUA E RESÍDUOS E CONTROLE DE PRAGAS CONF. ADESÃO ARP 10/202...</t>
-[...2 lines deleted...]
-    <t>26/08/2025</t>
+    <t>SERVIÇOS DE LIMPEZA, SANITIZAÇÃO, HIGIENIZAÇÃO DE...</t>
   </si>
   <si>
     <t>3.116.570,00</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO nº 13/2025</t>
   </si>
   <si>
-    <t>REGISTRO DE PREÇO PARA CONTRAÇÃO DE FORNECIMENTO CONTÍNUO DE GÁS LIQUEFEITO DE PETRÓLEO – GLP, ENVASADO EM BOTIJÕES DE 13KG (P13) E 45KG (P45), COM EN...</t>
-[...2 lines deleted...]
-    <t>08/09/2025</t>
+    <t>REGISTRO DE PREÇO PARA CONTRAÇÃO DE FORNECIMENTO C...</t>
   </si>
   <si>
     <t>4.013.674,72</t>
   </si>
   <si>
-    <t>Contratação de empresa especializada para prestação de serviço de capacitação presencial de dois servidores públicos municipais, para participação no...</t>
-[...1 lines deleted...]
-  <si>
     <t>8.980,00</t>
   </si>
   <si>
     <t>ADESÃO 09/2025-FMS nº 09/FMS/2025</t>
   </si>
   <si>
     <t>09/FMS/2025</t>
   </si>
   <si>
     <t>ADESÃO 09/2025-FMS</t>
   </si>
   <si>
-    <t>Contratação de empresa especializada para Execução de Serviços Comuns de Engenharia voltados à Manutenção Predial Preventiva, Corretiva e Preventiva,...</t>
+    <t>Contratação de empresa especializada para Execução...</t>
   </si>
   <si>
     <t>11.262.389,96</t>
   </si>
   <si>
-    <t>Contratação de licença de uso, por prazo determinado, da solução tecnológica " Banco de Preços', plataforma especializada na pesquisa de preços públic...</t>
+    <t>Contratação de licença de uso, por prazo determina...</t>
   </si>
   <si>
     <t>20/08/2025</t>
   </si>
   <si>
     <t>9.000,00</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE nº 15/2025</t>
   </si>
   <si>
-    <t>Contratação direta de empresa especializada na realização de curso de gestão pública da educação básica, para formação de gestores escolares e adjunto...</t>
+    <t>Contratação direta de empresa especializada na rea...</t>
   </si>
   <si>
     <t>14/07/2025</t>
   </si>
   <si>
     <t>149.940,00</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO nº 12/2025</t>
   </si>
   <si>
-    <t>Registro de preço para aquisição futura de materiais de limpeza para uso geral, uso hospitalar, lavanderia hospitalar, higiene pessoal e materiais des...</t>
+    <t>Registro de preço para aquisição futura de materia...</t>
   </si>
   <si>
     <t>03/09/2025</t>
   </si>
   <si>
     <t>12.586.575,98</t>
   </si>
   <si>
     <t>CONCORRÊNCIA PUBLICA nº 6/2025</t>
   </si>
   <si>
-    <t>6/2025</t>
-[...2 lines deleted...]
-    <t>CONTRATAÇÃO DE EMPRESA PARA EXECUÇÃO DE OBRA DE ENGENHARIA PARA A REFORMA E REQUALIFICAÇÃO DO ESTÁDIO DE FUTEBOL MIGUEL LIMA, COM FOCO NA ESTRUTURA DA...</t>
+    <t>CONTRATAÇÃO DE EMPRESA PARA EXECUÇÃO DE OBRA DE EN...</t>
   </si>
   <si>
     <t>01/09/2025</t>
   </si>
   <si>
     <t>670.500,00</t>
   </si>
   <si>
     <t>DISPENSA nº 09/FMS/2025</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA A PRESTAÇÃO DE SERVIÇOS DE SEGURO AUTOMOTIVO COM COBERTURA COMPREENSIVA (TOTAL), INCLUINDO ASSISTÊNCIA 24 HO...</t>
+    <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA A PRESTA...</t>
   </si>
   <si>
     <t>09/06/2025</t>
   </si>
   <si>
     <t>34.691,32</t>
   </si>
   <si>
     <t>DISPENSA nº 10/FMS/2025</t>
   </si>
   <si>
     <t>10/FMS/2025</t>
   </si>
   <si>
-    <t>Contratação de empresa especializada para o Monitoramento e Suporte no E-SUS, assim como do Novo Financiamento da APS, acompanhamento dos indicadores,...</t>
+    <t>Contratação de empresa especializada para o Monito...</t>
   </si>
   <si>
     <t>07/08/7202</t>
   </si>
   <si>
     <t>62.235,96</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE nº 13/2025</t>
   </si>
   <si>
-    <t>Locação de imóvel urbano localizado na Rua Jerônimo e Silva, n° 1415, Bairro: Parque Alvorada, Timon - MA, destinado ao funcionamento do contraturno d...</t>
-[...2 lines deleted...]
-    <t>15/08/2025</t>
+    <t>Locação de imóvel urbano localizado na Rua Jerônim...</t>
   </si>
   <si>
     <t>54.750,00</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO nº 11/2025</t>
   </si>
   <si>
-    <t>11/2025</t>
-[...5 lines deleted...]
-    <t>0,01</t>
+    <t>REGISTRO DE PREÇOS PARA EVENTUAL E FUTURA CONTRATA...</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE nº 02/FMS/2025</t>
   </si>
   <si>
     <t>02/FMS/2025</t>
   </si>
   <si>
-    <t>Prestação de Serviço de Locação de Imóvel para o funcionamento da Auditoria do SUS desta secretaria, localizado na Av. Viana Vaz, 56, bairro Centro, e...</t>
-[...2 lines deleted...]
-    <t>21/08/2025</t>
+    <t>Prestação de Serviço de Locação de Imóvel para o f...</t>
   </si>
   <si>
     <t>60.000,00</t>
   </si>
   <si>
     <t>CREDENCIAMENTO nº 2/2025</t>
   </si>
   <si>
     <t>CREDENCIAMENTO</t>
   </si>
   <si>
-    <t>Contratação de empresa especializada na prestação de serviços de fornecimento de refeições prontas, com consumo presencial nas instalações do forneced...</t>
-[...1 lines deleted...]
-  <si>
     <t>21/07/2026</t>
   </si>
   <si>
     <t>290.400,00</t>
   </si>
   <si>
-    <t>Contratação, por meio de credenciamento, de empresas do ramo alimentício para a prestação de serviços de fornecimento de refeições prontas para consum...</t>
+    <t>Contratação, por meio de credenciamento, de empres...</t>
   </si>
   <si>
     <t>137.500,00</t>
   </si>
   <si>
     <t>ADESÃO SRP nº 11/2025</t>
   </si>
   <si>
-    <t>Aquisição de materiais de informatica para atender as necessidades da Secretaria Municipal de Educação de Timon - MA e seus departamentos.</t>
+    <t>Aquisição de materiais de informatica para atender...</t>
   </si>
   <si>
     <t>488.355,94</t>
   </si>
   <si>
     <t>CONCORRÊNCIA PUBLICA nº 3/2024</t>
   </si>
   <si>
     <t>3/2024</t>
   </si>
   <si>
-    <t>Serviços técnicos especializados na elaboração de estudos e projetos de engenharia, de acordo com a demanda do município de Timon MA</t>
+    <t>Serviços técnicos especializados na elaboração de...</t>
   </si>
   <si>
     <t>29/04/2024</t>
   </si>
   <si>
     <t>389.142,55</t>
   </si>
   <si>
-    <t>INEXIGIBILIDADE nº 3/2025</t>
-[...8 lines deleted...]
-    <t>Assessoria e consultoria em gestão de convênios federais e estaduais, prestação de contas, sua correta aplicação pelo poder executivo municipal, em re...</t>
+    <t>Assessoria e consultoria em gestão de convênios fe...</t>
   </si>
   <si>
     <t>30/07/2025</t>
   </si>
   <si>
     <t>Adjudicada</t>
   </si>
   <si>
     <t>376.353,48</t>
   </si>
   <si>
     <t>ADESÃO SRP nº 005/2025</t>
   </si>
   <si>
-    <t>A contratação parcelada de empresa especializada para aquisição de materiais, equipamentos e suprimentos de informática diversos, em atendimento as ne...</t>
+    <t>A contratação parcelada de empresa especializada p...</t>
   </si>
   <si>
     <t>17/06/2025</t>
   </si>
   <si>
     <t>182.633,89</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE nº 4/2025</t>
   </si>
   <si>
-    <t>Contratação de instrutor habilitado para prestar serviço de capacitação profissional na disciplina 'Técnicas de patrulha Urbana', durante o Estágio de...</t>
-[...1 lines deleted...]
-  <si>
     <t>7.800,00</t>
   </si>
   <si>
     <t>ADESÃO SRP nº 1/2025</t>
   </si>
   <si>
-    <t>1/2025</t>
-[...2 lines deleted...]
-    <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA PRESTAÇÃO DE SERVIÇOS DE APOIO OPERACIONAL E GERENCIAMENTO ELETRÔNICO DAS MANUTENÇÕES DA FROTA, FORNECIMENTO D...</t>
+    <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA PRESTAÇÃO...</t>
   </si>
   <si>
     <t>18/08/2025</t>
   </si>
   <si>
     <t>173.450,00</t>
   </si>
   <si>
-    <t>DISPENSA nº 3/2025</t>
-[...2 lines deleted...]
-    <t>Confecção de fornecimento de fardamentos personalizados destinados aos servidores da SEINFRA</t>
+    <t>Confecção de fornecimento de fardamentos personali...</t>
   </si>
   <si>
     <t>10.608,40</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE nº 9/2025</t>
   </si>
   <si>
-    <t>9/2025</t>
-[...2 lines deleted...]
-    <t>I N S C R I ÇAO DE 2 S ERVI DORES D E S SA ENT I DADE NO CURS O PRÁT I C O S OBRE FERRAMENTAS DE P LANE JAMEN T O , TERMO DE REFERÊN C I A , E S TUDO...</t>
+    <t>I N S C R I ÇAO DE 2 S ERVI DORES D E S SA ENT I D...</t>
   </si>
   <si>
     <t>27/08/2025</t>
   </si>
   <si>
     <t>6.500,00</t>
   </si>
   <si>
-    <t>INEXIGIBILIDADE nº 12/2025</t>
-[...1 lines deleted...]
-  <si>
     <t>Melhor técnica ou conteúdo artístico</t>
   </si>
   <si>
-    <t>Contratação de serviços artísticos musicais da banda Lukas Agustinho a ser apresentada no DIA DO EVANGELICO DE 2025, no dia 16.08.2025 do corrente ano...</t>
+    <t>Contratação de serviços artísticos musicais da ban...</t>
   </si>
   <si>
     <t>07/08/2025</t>
   </si>
   <si>
     <t>180.000,00</t>
   </si>
   <si>
     <t>DISPENSA nº 6/2025</t>
   </si>
   <si>
-    <t>Contratação de empresa especializada para a prestação de serviços de agenciamento de viagens e serviços correlatos, para cotação, reserva, emissão, ma...</t>
+    <t>Contratação de empresa especializada para a presta...</t>
   </si>
   <si>
     <t>08/08/2025</t>
   </si>
   <si>
-    <t>INEXIGIBILIDADE nº 1/2025</t>
-[...2 lines deleted...]
-    <t>Locação de imóvel urbano para instalação da sede administrativa do Consórcio Intermunicipal de Mobilidade Urbana – CIMU</t>
+    <t>Locação de imóvel urbano para instalação da sede a...</t>
   </si>
   <si>
     <t>18/07/2025</t>
   </si>
   <si>
     <t>45.600,00</t>
   </si>
   <si>
     <t>ADESÃO SRP nº 006/2025</t>
   </si>
   <si>
-    <t>Aquisição de material de expediente e escritório, a ser processada através do sistema de Registro de Preços, para atender as necessidades do Instituto...</t>
-[...1 lines deleted...]
-  <si>
     <t>14.397,96</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE nº 17/2025</t>
   </si>
   <si>
-    <t>17/2025</t>
-[...4 lines deleted...]
-  <si>
     <t>11/08/2025</t>
   </si>
   <si>
     <t>5.960,00</t>
   </si>
   <si>
-    <t>Curso de capacitação Summit Gestão Pública com ênfase em Gestão de Riscos, Controle Interno e Auditoria como Instrumentos de Governança, visando a for...</t>
+    <t>Curso de capacitação Summit Gestão Pública com ênf...</t>
   </si>
   <si>
     <t>21/05/2025</t>
   </si>
   <si>
     <t>5.934,00</t>
   </si>
   <si>
     <t>CHAMAMENTO PÚBLICO nº 1/2025</t>
   </si>
   <si>
     <t>CHAMAMENTO PÚBLICO</t>
   </si>
   <si>
-    <t>O Município de Timon/MA, por intermédio da Secretaria Municipal de Educação – SEMED, pessoa jurídica de direito público interno, inscrita no CNPJ sob...</t>
+    <t>O Município de Timon/MA, por intermédio da Secreta...</t>
   </si>
   <si>
     <t>120.000.000,00</t>
   </si>
   <si>
     <t>ADESÃO SRP nº 004/2025</t>
   </si>
   <si>
-    <t>004/2025</t>
-[...2 lines deleted...]
-    <t>Aquisição de água mineral, para atender as necessidades do Instituto de Previdência Social dos Servidores Públicos Municipais de Timon/MA - IPMT.</t>
+    <t>Aquisição de água mineral, para atender as necessi...</t>
   </si>
   <si>
     <t>7.780,00</t>
   </si>
   <si>
-    <t>Aquisição de material de expediente e escritório para atender as necessidades da secretaria</t>
+    <t>Aquisição de material de expediente e escritório p...</t>
   </si>
   <si>
     <t>08/04/2025</t>
   </si>
   <si>
     <t>77.641,65</t>
   </si>
   <si>
-    <t>Contratação de empresa para a prestação de serviços técnicos especializados de assessoria em recursos humanos, compreendendo: a) Diagnóstico e proposi...</t>
+    <t>Contratação de empresa para a prestação de serviço...</t>
   </si>
   <si>
     <t>28/05/2025</t>
   </si>
   <si>
     <t>99.000,00</t>
   </si>
   <si>
-    <t>Contratação de empresa para fornecimento de materiais, equipamentos e suprimentos de informática diversos para atenderas necessidades da Secretaria Mu...</t>
+    <t>Contratação de empresa para fornecimento de materi...</t>
   </si>
   <si>
     <t>24/07/2025</t>
   </si>
   <si>
     <t>159.601,96</t>
   </si>
   <si>
-    <t>Contratação de empresa especializada para a prestação de serviços de treinamento de certificação RPPS para atender as necessidades do Instituto d...</t>
+    <t>Contratação de empresa especializada para a pre...</t>
   </si>
   <si>
     <t>4.990,00</t>
   </si>
   <si>
     <t>ADESÃO SRP nº 12/2025</t>
   </si>
   <si>
-    <t>Contratação de empresa para fornecimento de gás envasado(GLP) e vasilhames vazios para atender as necessidades da Secretaria Municipal de Educação de...</t>
+    <t>Contratação de empresa para fornecimento de gás en...</t>
   </si>
   <si>
     <t>234.479,00</t>
   </si>
   <si>
-    <t>INEXIGIBILIDADE nº 04/2025</t>
-[...5 lines deleted...]
-    <t>A inscrição de cinco servidores deste Instituto de Previdência, para participar do evento " Summit Gestão Pública", visando à formação, aprimoramento...</t>
+    <t>A inscrição de cinco servidores deste Instituto de...</t>
   </si>
   <si>
     <t>4.400,00</t>
   </si>
   <si>
-    <t>o objeto do presente contrato é a contratação de mepresa para aquisição de material de expediente e material de limpeza , para o abastecimento do Inst...</t>
+    <t>o objeto do presente contrato é a contratação de m...</t>
   </si>
   <si>
     <t>14/04/2025</t>
   </si>
   <si>
     <t>9.578,97</t>
   </si>
   <si>
-    <t>INEXIGIBILIDADE nº 11/2025</t>
-[...2 lines deleted...]
-    <t>Contratação de serviços jurídicos especializados para atuação no processo de execução nº 1071426-69.2023.4.01.3400, visando à execução da sentença do...</t>
+    <t>Contratação de serviços jurídicos especializados p...</t>
   </si>
   <si>
     <t>09/07/2025</t>
   </si>
   <si>
     <t>14.949.726,83</t>
   </si>
   <si>
-    <t>Contratação de empresa especializada na prestação de serviços de infraestrutura (instalação, manutenção e certificação) de rede e manutenção elétrica...</t>
-[...1 lines deleted...]
-  <si>
     <t>10/04/2025</t>
   </si>
   <si>
     <t>10.750,00</t>
   </si>
   <si>
-    <t>contratação de empresa especializada para prestação de serviços em consultoria e assessoria em gestão administrativa e financeira para atender as nece...</t>
+    <t>contratação de empresa especializada para prestaçã...</t>
   </si>
   <si>
     <t>07/04/2025</t>
   </si>
   <si>
     <t>336.000,00</t>
   </si>
   <si>
     <t>ADESÃO SRP nº 003/2025</t>
   </si>
   <si>
-    <t>Contratação de empresa especializada na prestação de serviços de apoio opercional e gerenciamento eletrônico das manutenções da frota, fornecimento d...</t>
-[...1 lines deleted...]
-  <si>
     <t>10/03/2025</t>
   </si>
   <si>
     <t>35.607,50</t>
   </si>
   <si>
-    <t>Contratação de escritório de advocacia especializado para a prestação de serviços em consultoria e assessoria jurídica para atender as necessidades do...</t>
-[...2 lines deleted...]
-    <t>28/02/2025</t>
+    <t>Contratação de escritório de advocacia especializa...</t>
   </si>
   <si>
     <t>420.000,00</t>
   </si>
   <si>
     <t>DISPENSA nº 4/2022</t>
   </si>
   <si>
     <t>4/2022</t>
   </si>
   <si>
-    <t>LOCAÇÃO DE UM IMÓVEL URBANO LOCALIZADO NA RUA 6, Nº 671, BAIRRO PARQUE UNIÃO, TIMON/MA, CEP: 65.630-020, PARA FINS DE SEDIAR O FUNCIONAMENTO DE 01 POL...</t>
+    <t>LOCAÇÃO DE UM IMÓVEL URBANO LOCALIZADO NA RUA 6, N...</t>
   </si>
   <si>
     <t>19/12/2022</t>
   </si>
   <si>
     <t>13.200,00</t>
   </si>
   <si>
-    <t>AQUISIÇÃO DE MATERIAL DE EXPEDIENTE E ESCRITÓRIO, PARA ATENDER AS NECESSIDADES DA CONTROLADORIA GERAL DO MUNICÍPIO - CGM</t>
+    <t>AQUISIÇÃO DE MATERIAL DE EXPEDIENTE E ESCRITÓRIO,...</t>
   </si>
   <si>
     <t>27/02/2025</t>
   </si>
   <si>
     <t>12.664,63</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO nº 032/2023</t>
   </si>
   <si>
     <t>032/2023</t>
   </si>
   <si>
-    <t>A prorrogação de vigência do Contrato Administrativo n° 01/2024 de contratação de empresa especializada na prestação de serviços técnicos para forneci...</t>
+    <t>A prorrogação de vigência do Contrato Administrati...</t>
   </si>
   <si>
     <t>Aberta</t>
   </si>
   <si>
     <t>ADESÃO SRP nº 06/2025/2025</t>
   </si>
   <si>
     <t>06/2025/2025</t>
   </si>
   <si>
     <t>06/05/2025</t>
   </si>
   <si>
     <t>4.082.145,95</t>
   </si>
   <si>
-    <t>Contratação de ônibus executivo para transporte de estudantes-atletas do município de Timon para participarem do Jogos Escolares Maranhenses (JEMs) 20...</t>
+    <t>Contratação de ônibus executivo para transporte de...</t>
   </si>
   <si>
     <t>01/07/2025</t>
   </si>
   <si>
-    <t>PREGÃO ELETRÔNICO nº 3/2025</t>
-[...2 lines deleted...]
-    <t>AQUISIÇÃO DE VIATURA CARACTERIZADA, TIPO CAMINHONETE PICK UP FECHADA, CABINE DUPLA, 4x4 DIESEL, COM E SEM CELA, PARA ATENDER AS DEMANDAS DA GUARDA CIV...</t>
+    <t>AQUISIÇÃO DE VIATURA CARACTERIZADA, TIPO CAMINHONE...</t>
   </si>
   <si>
     <t>31/07/2025</t>
   </si>
   <si>
     <t>1.092.644,21</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO nº 5/2025</t>
   </si>
   <si>
-    <t>REGISTRO DE PREÇO PARA EVENTUAL E FUTURA AQUISIÇÃO PARCELADA DE ÁGUA MINERAL PARA ATENDER AS NECESSIDADES DO MUNICÍPIO DE TIMON.</t>
+    <t>REGISTRO DE PREÇO PARA EVENTUAL E FUTURA AQUISIÇÃO...</t>
   </si>
   <si>
     <t>532.034,50</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO nº 6/2025</t>
   </si>
   <si>
-    <t>Contratação de empresa especializada para o fornecimento e instalação de postes destinados à instalação de câmeras de videomonitoramento urbano.</t>
-[...1 lines deleted...]
-  <si>
     <t>325.436,00</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE nº IN42025PGM/2025</t>
   </si>
   <si>
     <t>IN42025PGM/2025</t>
   </si>
   <si>
-    <t>Contratação via i nexigibilidade de lic itação, da i nscrição no Fórum Permanente sobre atuação nos Tribunais Superiores, que ocorrerá no dia 08 de No...</t>
+    <t>Contratação via i nexigibilidade de lic itação, da...</t>
   </si>
   <si>
     <t>25/07/2025</t>
   </si>
   <si>
     <t>7.988,00</t>
   </si>
   <si>
     <t>ADESÃO SRP nº 06/2025</t>
   </si>
   <si>
     <t>06/2025</t>
   </si>
   <si>
-    <t>Contratação de empresa para a prestação de serviços de reforma, reparo e ampliação predial dos prédios públicos municipais de Timon/MA, conforme condi...</t>
-[...1 lines deleted...]
-  <si>
     <t>23/07/2025</t>
   </si>
   <si>
     <t>4.046.617,31</t>
   </si>
   <si>
-    <t>Locação de um imóvel situado na Rua Timbiras, 475, Centro, Timon/MA, destinado à instalação e funcionamento do Serviço Nacional de Aprendizagem Comerc...</t>
+    <t>Locação de um imóvel situado na Rua Timbiras, 475,...</t>
   </si>
   <si>
     <t>29/04/2025</t>
   </si>
   <si>
     <t>66.600,00</t>
   </si>
   <si>
     <t>DISPENSA nº 003/2022</t>
   </si>
   <si>
     <t>003/2022</t>
   </si>
   <si>
-    <t>Locação de imóvel localizado na Rua Antonio Rodrigues Machado, n° 2431, Bairro São Benedito, Timon-MA, para fins de sediar o ABRIGO ELDA MARIA (LAR DA...</t>
+    <t>Locação de imóvel localizado na Rua Antonio Rodrig...</t>
   </si>
   <si>
     <t>132.000,00</t>
   </si>
   <si>
-    <t>DISPENSA nº 5/2025</t>
-[...2 lines deleted...]
-    <t>Contratação emergencial por meio de Dispensa de licitação de empresa para Aquisição de gêneros alimenticios pereciveis e não pereciveis, afim de garan...</t>
+    <t>Contratação emergencial por meio de Dispensa de li...</t>
   </si>
   <si>
     <t>22/07/2025</t>
   </si>
   <si>
     <t>13.241.250,00</t>
   </si>
   <si>
-    <t>Fornecimento de Refeições Prontas para Consumo no Local, Preparadas no Dia, em Estabelecimentos Situados num Raio de até 700 (setecentos) metros da...</t>
+    <t>Fornecimento de Refeições Prontas para Consumo no...</t>
   </si>
   <si>
     <t>DISPENSA nº 10/2021</t>
   </si>
   <si>
     <t>10/2021</t>
   </si>
   <si>
-    <t>O presente contrato tem por objejo a locação de um imóvel urbano localizado na Avenida Luís Firmino de Sousa, 2538A e 2528, Bairro São Benedito, Timon...</t>
+    <t>O presente contrato tem por objejo a locação de um...</t>
   </si>
   <si>
     <t>35.544,00</t>
   </si>
   <si>
     <t>ADESÃO SRP nº 8/2025</t>
   </si>
   <si>
-    <t>Contratação de empresa especializada em limpeza de caixa d'água, esgotamento sanitário, higienização de fossas biológicas e limpeza e higienização de...</t>
+    <t>Contratação de empresa especializada em limpeza de...</t>
   </si>
   <si>
     <t>359.980,00</t>
   </si>
   <si>
-    <t>ADESÃO SRP nº 9/2025</t>
-[...2 lines deleted...]
-    <t>Aquisição de materiais de expediente para atender as necessidades da Secretaria Municipal de Educação e das suas unidades de ensino.</t>
+    <t>Aquisição de materiais de expediente para atender...</t>
   </si>
   <si>
     <t>03/07/2025</t>
   </si>
   <si>
     <t>2.216.540,60</t>
   </si>
   <si>
-    <t>Contratação de empresas para aquisição de equipamentos e materiais permanentes para atender às necessidades das escolas da rede de ensino do município...</t>
+    <t>Contratação de empresas para aquisição de equipame...</t>
   </si>
   <si>
     <t>1.872.735,00</t>
   </si>
   <si>
-    <t>A AQUISIÇÃO DE MUNIÇÕES IMPACTO CONTROLADO PARA A UTILIZAÇÃO JUNTO A ARMAS DE FOGO INSTITUCIONAL (CALIBRE 12), E VISA ATENDER AS DEMANDAS DA GUARDA CI...</t>
+    <t>A AQUISIÇÃO DE MUNIÇÕES IMPACTO CONTROLADO PARA A...</t>
   </si>
   <si>
     <t>20.140,00</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE EMPRESA DE ENGENHARIA PARA SERVIÇOS DE PAVIMENTAÇÃO ASFÁLTICA (TAPA BURACO) NAS VIAS URBANAS DO MUNICÍPIO DE TIMON-MA</t>
+    <t>CONTRATAÇÃO DE EMPRESA DE ENGENHARIA PARA SERVIÇOS...</t>
   </si>
   <si>
     <t>15/05/2025</t>
   </si>
   <si>
     <t>7.967.626,48</t>
   </si>
   <si>
     <t>ADESÃO SRP nº 03/2025</t>
   </si>
   <si>
     <t>03/2025</t>
   </si>
   <si>
-    <t>PRESTAÇÃO DE SERVIÇOS DE PAVIMENTAÇÃO EM BLOQUETES (BLOCOS DE CONCRETO INTERTRAVADOS)</t>
+    <t>PRESTAÇÃO DE SERVIÇOS DE PAVIMENTAÇÃO EM BLOQUETES...</t>
   </si>
   <si>
     <t>5.648.418,73</t>
   </si>
   <si>
     <t>ADESÃO SRP nº 001/2025</t>
   </si>
   <si>
-    <t>Registro de Preço para eventual e futura contratação de empresa especializada na prestação de serviços de locação de máquinas pesadas, decorrente da A...</t>
+    <t>Registro de Preço para eventual e futura contrataç...</t>
   </si>
   <si>
     <t>26/02/2025</t>
   </si>
   <si>
     <t>5.092.408,80</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO nº 03/2022/2025</t>
   </si>
   <si>
     <t>03/2022/2025</t>
   </si>
   <si>
-    <t>A prorrogação de vigência do Contrato Administrativo nº 03/2022, por mais 12 meses, a contar a partir da data de 16/06/2025 a 15/06/2026.</t>
-[...1 lines deleted...]
-  <si>
     <t>893.340,00</t>
   </si>
   <si>
     <t>DISPENSA nº 8/2021</t>
   </si>
   <si>
     <t>8/2021</t>
   </si>
   <si>
-    <t>O presente contrato tem por objeto a locação de um imóvel urbano localizado na Av. Teresina, Bairro Parque Piauí II, n° 1599, Timon/MA, para fins de f...</t>
+    <t>O presente contrato tem por objeto a locação de um...</t>
   </si>
   <si>
     <t>11/07/2025</t>
   </si>
   <si>
     <t>77.160,00</t>
   </si>
   <si>
     <t>DISPENSA nº 5/2021</t>
   </si>
   <si>
     <t>5/2021</t>
   </si>
   <si>
-    <t>O presente contrato tem por objetivo a locação de um imóvel urbano localizado na Rua Manoel Gomes da SIlva - (Rua "E"), n° 2470 - Bairro Parque Alvora...</t>
+    <t>O presente contrato tem por objetivo a locação de...</t>
   </si>
   <si>
     <t>5.460,00</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE nº 05/2025</t>
   </si>
   <si>
     <t>05/2025</t>
   </si>
   <si>
-    <t>Contratação, via inexigibilidade de licitação, da inscrição para Procuradora-Geral Amanda Almeida Waquim, no CURSO DE GERENCIAMENTO DE RISCOS EM LICIT...</t>
+    <t>Contratação, via inexigibilidade de licitação, da...</t>
   </si>
   <si>
     <t>2.790,00</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO nº 099/2022/2025</t>
   </si>
   <si>
     <t>099/2022/2025</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE nº 009/2025</t>
   </si>
   <si>
-    <t>009/2025</t>
-[...4 lines deleted...]
-  <si>
     <t>450.000,00</t>
   </si>
   <si>
-    <t>Contratação de serviços artísticos musicais da banda MARA PAVANELLY a ser apresentada no XXXI ENCONTRO DE FOLGUEDOS DE TIMON, no dia 17.07.2025 do cor...</t>
-[...1 lines deleted...]
-  <si>
     <t>17/07/2025</t>
   </si>
   <si>
     <t>200.000,00</t>
   </si>
   <si>
-    <t>INEXIGIBILIDADE nº 011/2025</t>
-[...10 lines deleted...]
-  <si>
     <t>INEXIGIBILIDADE nº 008/2025</t>
   </si>
   <si>
     <t>008/2025</t>
   </si>
   <si>
-    <t>Contratação de serviços artísticos musicais da banda DORGIVAL DANTAS a ser apresentada no XXXI ENCONTRO DE FOLGUEDOS DE TIMON 2025, no dia 18.07.2025...</t>
-[...1 lines deleted...]
-  <si>
     <t>280.000,00</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE nº 007/2025</t>
   </si>
   <si>
-    <t>Contratação de serviços artísticos musicais da banda XAND AVIÃO a ser apresentada no XXXI ENCONTRO DE FOLGUEDOS DE TIMON 2025, no dia 17.07.2025.</t>
-[...1 lines deleted...]
-  <si>
     <t>650.000,00</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE nº 010/2025</t>
   </si>
   <si>
-    <t>010/2025</t>
-[...5 lines deleted...]
-    <t>contratação de empresa para aquisição de materiais destinados à realização do curso de corte e costura, promovido pela Secretaria Municipal da Mulhe</t>
+    <t>contratação de empresa para aquisição de materiais...</t>
   </si>
   <si>
     <t>5.155,00</t>
   </si>
   <si>
-    <t>DISPENSA nº 01/2025</t>
-[...2 lines deleted...]
-    <t>contratação de empresa especializada para manutenção preventiva e corretiva em máquinas de corte costura da Secretaria Municipal da Mulher</t>
+    <t>contratação de empresa especializada para manutenç...</t>
   </si>
   <si>
     <t>11.193,50</t>
   </si>
   <si>
     <t>CONCORRÊNCIA PUBLICA nº 5/2025</t>
   </si>
   <si>
-    <t>Registro de Preços para eventual contratação de pessoa jurídica para prestação de serviços regulares de manutenção preventiva e corretiva, melhoria, a...</t>
+    <t>Registro de Preços para eventual contratação de pe...</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE nº 03/2025</t>
   </si>
   <si>
-    <t>LOCAÇÃO DE IMOVEL LOCALIZADO NA AV. JAIME RIOS, 731,733 e 733-A, BAIRRO CENTRO, TIMON-MA, DESTINADO AO FUNCIONAMENTO DA VIGILANCIA SANITARIA, VIGILANC...</t>
+    <t>LOCAÇÃO DE IMOVEL LOCALIZADO NA AV. JAIME RIOS, 73...</t>
   </si>
   <si>
     <t>DISPENSA nº 1/2021</t>
   </si>
   <si>
     <t>1/2021</t>
   </si>
   <si>
-    <t>O presente contrato tem por objetivo a locação de um imóvel urbano localizado na Rua 01, s/n - Bairro Loteamento Boa Vista, Timon/MA, para fins de fun...</t>
-[...1 lines deleted...]
-  <si>
     <t>10.824,00</t>
   </si>
   <si>
     <t>DISPENSA nº 3/2021</t>
   </si>
   <si>
     <t>3/2021</t>
   </si>
   <si>
-    <t>O presente contrato tem por objeto a locação de um imóvel urbano localizado na Rua 97, n° 30 - Bairro Vila Monteiro, Timon/MA, para fins de funcioname...</t>
-[...1 lines deleted...]
-  <si>
     <t>15.348,00</t>
   </si>
   <si>
     <t>DISPENSA nº 2/2021</t>
   </si>
   <si>
     <t>2/2021</t>
   </si>
   <si>
-    <t>O presente contrato tem por objeto a locação de um imóvel urbano localizado na Rua 03, n° 410 - Bairro Vila Bandeirante, Timon/MA, para fins de funcio...</t>
-[...1 lines deleted...]
-  <si>
     <t>02/07/2025</t>
   </si>
   <si>
     <t>20.004,00</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE nº 2/2025</t>
   </si>
   <si>
     <t>Inexigibilidade</t>
   </si>
   <si>
-    <t>INSCRICAO DE UMA SERVIDORA DESTA COMISSAO PERMANENTE DE LICITACAO, PARA PARTICIPAR DE CURSO DE LICITACOES E CONTRATACOES DIRETAS CONFORME A LEI No 14....</t>
+    <t>INSCRICAO DE UMA SERVIDORA DESTA COMISSAO PERMANEN...</t>
   </si>
   <si>
     <t>06/06/2025</t>
   </si>
   <si>
     <t>2.190,00</t>
   </si>
   <si>
     <t>CHAMAMENTO PÚBLICO nº 01/2025</t>
   </si>
   <si>
     <t>MENOR PREÇO</t>
   </si>
   <si>
-    <t>Celebração de parceria, em regime de mútua cooperação para a consecução de finalidades de interesse público e recíproco, com uma Organização da Socied...</t>
+    <t>Celebração de parceria, em regime de mútua coopera...</t>
   </si>
   <si>
     <t>107.040.000,00</t>
   </si>
   <si>
     <t>ADESÃO SRP nº 08/2025/2025</t>
   </si>
   <si>
     <t>08/2025/2025</t>
   </si>
   <si>
-    <t>Contratação de empresa para fornecimento de ar condicionado para atender as necessidades desta secretaria e suas unidades</t>
+    <t>Contratação de empresa para fornecimento de ar con...</t>
   </si>
   <si>
     <t>1.938.214,70</t>
   </si>
   <si>
-    <t>Contratação de empresa para aquisição de gás liquefeito acondicionado em botijões de 13kg para atender as necessidades da Secretaria Municipal de Dese...</t>
+    <t>Contratação de empresa para aquisição de gás lique...</t>
   </si>
   <si>
     <t>64.187,50</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO nº 2/2025</t>
   </si>
   <si>
     <t>EDITAL</t>
   </si>
   <si>
-    <t>AQUISIÇÃO DE KITS DE DISPOSITIVOS ELÉTRICOS INCAPACITANTE PARA ATENDER AS DEMANDAS DA GUARDA MUNICIPAL DE TIMON/MA.</t>
+    <t>AQUISIÇÃO DE KITS DE DISPOSITIVOS ELÉTRICOS INCAPA...</t>
   </si>
   <si>
     <t>112.842,30</t>
   </si>
   <si>
-    <t>Participação no Capacita Brasil - 11ª Edição Nordeste, a ser realizado nos dias 28 a 30 de maio de 2025, na cidade de Fortaleza - CE, visando realizar...</t>
+    <t>Participação no Capacita Brasil - 11ª Edição Norde...</t>
   </si>
   <si>
     <t>4.720,00</t>
   </si>
   <si>
     <t>DISPENSA nº 08/2025/2025</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE EMPRESA PARA FORNECIMENTO DE PROTESE PARA MEMBRO INFERIOR ESQUERDO (PERNA ESQUERDA) EM ATENDIMENTO A ORDEM JUDICIAL</t>
+    <t>CONTRATAÇÃO DE EMPRESA PARA FORNECIMENTO DE PROTES...</t>
   </si>
   <si>
     <t>5.976,67</t>
   </si>
   <si>
-    <t>Aquisição de lanches em geral, água mineral, refrigerantes e refeições prontas tipo quentinhas, para atender as demandas da Secretaria Municipal de De...</t>
+    <t>Aquisição de lanches em geral, água mineral, refri...</t>
   </si>
   <si>
     <t>67.458,93</t>
   </si>
   <si>
     <t>Melhor técnica</t>
   </si>
   <si>
-    <t>Contratação de empresa especializada na prestação de serviços de apoio operacional e gerenciamento eletrônico das manutenções da frota, fornecimento d...</t>
-[...1 lines deleted...]
-  <si>
     <t>2.025.550,00</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE nº 7/2025</t>
   </si>
   <si>
     <t>Contratação Direta</t>
   </si>
   <si>
-    <t>Contrato de locação do imóvel para o funcionamento do EDUCANDÁRIO TIA ALMERITA (ANEXO EMEF NEY RODRIGUES), para atender às necessidades da Secretaria...</t>
+    <t>Contrato de locação do imóvel para o funcionamento...</t>
   </si>
   <si>
     <t>30/05/2025</t>
   </si>
   <si>
     <t>30.129,00</t>
   </si>
   <si>
-    <t>INEXIGIBILIDADE nº 6/2025</t>
-[...2 lines deleted...]
-    <t>Locação de imóvel urbano. Localizado na Avenida Luis Firmino de Sousa, nº 2001, bairro São Benedito, Timon/MA, destinado ao funcionamento da escola mu...</t>
+    <t>Locação de imóvel urbano. Localizado na Avenida Lu...</t>
   </si>
   <si>
     <t>03/06/2025</t>
   </si>
   <si>
     <t>33.300,00</t>
   </si>
   <si>
-    <t>Locação de um imóvel para funcionamento do EDUCANDÁRIO MARIA REGINA DE SOUSA, localizado na Rua 04, nº 1103, Bairro: Vila Angélica, Timon-MA.</t>
+    <t>Locação de um imóvel para funcionamento do EDUCAND...</t>
   </si>
   <si>
     <t>15.300,00</t>
   </si>
   <si>
     <t>CREDENCIAMENTO nº 001/2025</t>
   </si>
   <si>
-    <t>Credenciamento de Organizações da Sociedade Civil (OSC) estatutariamente voltadas à promoção de assistência social, educação, gestão administrativa e...</t>
+    <t>Credenciamento de Organizações da Sociedade Civil...</t>
   </si>
   <si>
     <t>09/06/2026</t>
   </si>
   <si>
     <t>ADESÃO SRP nº 04/2025</t>
   </si>
   <si>
     <t>AQUISIÇÃO DE MEDICAMENTOS E INSUMOS HOSPITALARES</t>
   </si>
   <si>
     <t>2.538.749,75</t>
   </si>
   <si>
     <t>DISPENSA nº 03/2023</t>
   </si>
   <si>
     <t>03/2023</t>
   </si>
   <si>
-    <t>Locação de um imóvel urbano localizado na Rua Luís Domingues, n° 578, Centro, Timon/MA, para fins de sediar o funcionamento do Programa CENTRO POP.</t>
+    <t>Locação de um imóvel urbano localizado na Rua Luís...</t>
   </si>
   <si>
     <t>04/06/2025</t>
   </si>
   <si>
     <t>24.000,00</t>
   </si>
   <si>
     <t>CREDENCIAMENTO nº 1/2025</t>
   </si>
   <si>
-    <t>AQUISICAO DE GENEROS ALIMENTICIOS PROVENIENTES DA AGRICULTURA FAMILIAR, DESTINADOS AO ATENDIMENTO DO PROGRAMA NACIONAL DE ALIMENTACAO ESCOLAR (PNAE) D...</t>
+    <t>AQUISICAO DE GENEROS ALIMENTICIOS PROVENIENTES DA...</t>
   </si>
   <si>
     <t>2.591.660,00</t>
   </si>
   <si>
     <t>DISPENSA nº 002/2023</t>
   </si>
   <si>
     <t>002/2023</t>
   </si>
   <si>
-    <t>Contratação de serviços de locação de um imóvel urbano localizado na Avenida Teresina, n° 210, Bairro Parque Piauí, Timon-MA, para fins de sediar o Pr...</t>
+    <t>Contratação de serviços de locação de um imóvel ur...</t>
   </si>
   <si>
     <t>57.600,00</t>
   </si>
   <si>
     <t>DISPENSA nº 010/2021</t>
   </si>
   <si>
     <t>010/2021</t>
   </si>
   <si>
-    <t>Locação de imóvel localizado na Rua Coronel Falcão, n° 256, Bairro Centro, Timon-MA, para fins de sediar o funcionamento do programa ABRIGO DO IDOSO</t>
+    <t>Locação de imóvel localizado na Rua Coronel Falcão...</t>
   </si>
   <si>
     <t>36.000,00</t>
   </si>
   <si>
-    <t>DISPENSA nº 1/2025</t>
-[...4 lines deleted...]
-  <si>
     <t>07/05/2025</t>
   </si>
   <si>
-    <t>1.800,00</t>
-[...1 lines deleted...]
-  <si>
     <t>PREGÃO ELETRÔNICO nº 7/2023</t>
   </si>
   <si>
     <t>7/2023</t>
   </si>
   <si>
-    <t>O objeto do presente instrumento é a contratação de pessoa jurídica especializada na prestação de serviços continuados com dedicação exclusiva de mão...</t>
-[...1 lines deleted...]
-  <si>
     <t>17/05/2023</t>
   </si>
   <si>
     <t>684.453,00</t>
   </si>
   <si>
-    <t>Contratação de pessoa jurídica especializada na prestação de serviços continuados com dedicação exclusiva de mão de obra terceirizada, para atender as...</t>
+    <t>Contratação de pessoa jurídica especializada na pr...</t>
   </si>
   <si>
     <t>1.255.988,60</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO nº 048/2023</t>
   </si>
   <si>
     <t>048/2023</t>
   </si>
   <si>
-    <t>Contratação de empresa especializada na prestação de serviços de manutenção preventiva e corretiva nos aparelhos de ar-condicionado, geladeiras, bebed...</t>
-[...1 lines deleted...]
-  <si>
     <t>464.939,65</t>
   </si>
   <si>
     <t>CONCORRÊNCIA PUBLICA nº 4/2025</t>
   </si>
   <si>
-    <t>Contratação de serviços técnicos especializado de engenharia para planejamento e ordenamento territorial e gestão tributária do Município de Timon/MA,...</t>
+    <t>Contratação de serviços técnicos especializado de...</t>
   </si>
   <si>
     <t>13.129.748,00</t>
   </si>
   <si>
-    <t>REGISTRO DE PREÇO PARA FUTURAS AQUISIÇÕES DE ÁGUA MINERAL, PARA ATENDER AS NECESSIDADES DA SECRETARIA MUNICIPAL DA MULHER-SMM</t>
+    <t>REGISTRO DE PREÇO PARA FUTURAS AQUISIÇÕES DE ÁGUA...</t>
   </si>
   <si>
     <t>02/05/2024</t>
   </si>
   <si>
     <t>3.592,80</t>
   </si>
   <si>
-    <t>Contratação emergencial de empresa especializada em locação de veículos para transporte escolar visando garantir os deslocamentos seguro e regular dos...</t>
+    <t>Contratação emergencial de empresa especializada e...</t>
   </si>
   <si>
     <t>24/02/2025</t>
   </si>
   <si>
     <t>7.560.836,04</t>
   </si>
   <si>
-    <t>ADESÃO SRP nº 002/2025</t>
-[...2 lines deleted...]
-    <t>Adesão a ATA de Registro de Preços nº 005/2024 do Pregão Eletrônico SRP n° 007/2024-SRP da Prefeitura Municipal de Miguel Alves – PI para eventual con...</t>
+    <t>Adesão a ATA de Registro de Preços nº 005/2024 do...</t>
   </si>
   <si>
     <t>1.242.477,58</t>
   </si>
   <si>
-    <t>Contratação de empresa especializado em serviços de assessoria especializada na execução e acompanhamento dos Programas Educacionais Federais do Minis...</t>
-[...11 lines deleted...]
-    <t>09/04/2025</t>
+    <t>Contratação de empresa especializado em serviços d...</t>
+  </si>
+  <si>
+    <t>26/11/2025</t>
+  </si>
+  <si>
+    <t>Aquisição de Kits de material Escolar para os alun...</t>
   </si>
   <si>
     <t>2.725.731,89</t>
   </si>
   <si>
-    <t>Adesão de SRP para Aquisição de materiais de limpeza e higiene, para suprir as necessidades da Secretaria Municipal de Desenvolvimento Social - Semdes</t>
+    <t>Adesão de SRP para Aquisição de materiais de limpe...</t>
   </si>
   <si>
     <t>273.291,04</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE nº 002./2025</t>
   </si>
   <si>
     <t>002./2025</t>
   </si>
   <si>
     <t>Contratação direta</t>
   </si>
   <si>
-    <t>AQUISIÇÃO DE CARTUCHO CBC 12/70 CH/3T PARA A UTILIZAÇÃO EM TREINAMENTOS, E VISA ATENDER AS DEMANDAS DA GUARDA CIVIL MUNICIPAL DE TIMON.</t>
+    <t>AQUISIÇÃO DE CARTUCHO CBC 12/70 CH/3T PARA A UTILI...</t>
   </si>
   <si>
     <t>15.925,00</t>
   </si>
   <si>
-    <t>AQUISIÇÃO DE MUNIÇÕES REAIS E DE TREINAMENTO PARA A UTILIZAÇÃO JUNTO ÀS ARMAS DE FOGO INSTITUCIONAIS (CALIBRE .380 E .40), E VISA ATENDER AS DEMANDAS...</t>
+    <t>AQUISIÇÃO DE MUNIÇÕES REAIS E DE TREINAMENTO PARA...</t>
   </si>
   <si>
     <t>93.425,00</t>
   </si>
   <si>
-    <t>ADESÃO SRP nº 4/2025</t>
-[...1 lines deleted...]
-  <si>
     <t>ADESÃO</t>
   </si>
   <si>
-    <t>Aquisição de materiais e equipamentos de Higiene e Limpeza para atender as necessidades da Secretaria Municipal de Educação de Timon - MA.</t>
+    <t>Aquisição de materiais e equipamentos de Higiene e...</t>
   </si>
   <si>
     <t>25/09/2025</t>
   </si>
   <si>
     <t>3.573.495,87</t>
   </si>
   <si>
-    <t>Contratação de empresa para participação de servidores da Secretaria Municipal de Desenvolvimento Social no I Encontro Maranhense de Gestores e Trabal...</t>
+    <t>Contratação de empresa para participação de servid...</t>
   </si>
   <si>
     <t>700,00</t>
   </si>
   <si>
     <t>DISPENSA nº 06/2025</t>
   </si>
   <si>
-    <t>Contratação de empresa especializada para fornecimento de refeições prontas, a fim de atender as necessidades do Hospital Municipal Dr. José Firmino d...</t>
+    <t>Contratação de empresa especializada para fornecim...</t>
   </si>
   <si>
     <t>02/04/2025</t>
   </si>
   <si>
     <t>1.469.649,60</t>
   </si>
   <si>
     <t>CONTRATAÇÃO DIRETA</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO EMERGENCIA DE EMPRESA ESPECIALIZADA NO SERVIÇO DE LOCAÇÃO DE VEÍCULOS TIPO ONIBUS URBANO COM MOTORISTA, COBRADOR, COMBUSTÍVEL E MANUTENÇÃO...</t>
+    <t>CONTRATAÇÃO EMERGENCIA DE EMPRESA ESPECIALIZADA NO...</t>
   </si>
   <si>
     <t>21.667.040,00</t>
   </si>
   <si>
     <t>ADESÃO SRP nº 02/2025/2025</t>
   </si>
   <si>
     <t>02/2025/2025</t>
   </si>
   <si>
-    <t>Aquisição de Material de Expediente para atender as necessidades desta secretaria e suas Unidades</t>
+    <t>Aquisição de Material de Expediente para atender a...</t>
   </si>
   <si>
     <t>08/05/2025</t>
   </si>
   <si>
     <t>893.539,58</t>
   </si>
   <si>
-    <t>Contratação de empresa especializada no fornecimento de pescados, para atender a população em situação de vulnerabilidade social suprindo as necessida...</t>
-[...1 lines deleted...]
-  <si>
     <t>05/05/2025</t>
   </si>
   <si>
     <t>232.000,00</t>
   </si>
   <si>
-    <t>Contratação de serviços gráficos para confeccionar crachás, coletes, bolsas, folders e apostilas para equipar os visitadores do "Programa Criança Feli...</t>
+    <t>Contratação de serviços gráficos para confeccionar...</t>
   </si>
   <si>
     <t>70.602,00</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO nº 17/2024</t>
   </si>
   <si>
     <t>17/2024</t>
   </si>
   <si>
     <t>PREGÃO</t>
   </si>
   <si>
-    <t>PRESTAÇÃO DE SERVIÇOS REPRODUÇÃO DE CADERNOS PARA ATENDER O PROGRAMA EDUCAR PRA VALER QUE ATENDE ALUNOS NO ENSINO FUNDAMENTAL DO 1° AO 5° ANO PERTENCE...</t>
+    <t>PRESTAÇÃO DE SERVIÇOS REPRODUÇÃO DE CADERNOS PARA...</t>
   </si>
   <si>
     <t>10/04/2026</t>
   </si>
   <si>
     <t>940.190,00</t>
   </si>
   <si>
     <t>1.267.799,00</t>
   </si>
   <si>
-    <t>DISPENSA nº 01/2025/2025</t>
-[...5 lines deleted...]
-    <t>Prestação de Serviços Apoio Administrativo e Limpeza e Conservação de Áreas Hospitalares, a serem executados com regime de dedicação exclusiva de Mão...</t>
+    <t>Prestação de Serviços Apoio Administrativo e Limpe...</t>
+  </si>
+  <si>
+    <t>19/02/2025</t>
+  </si>
+  <si>
+    <t>12.104.254,92</t>
+  </si>
+  <si>
+    <t>DISPENSA nº 052025/2025</t>
+  </si>
+  <si>
+    <t>052025/2025</t>
+  </si>
+  <si>
+    <t>contratação de empresa especializada na Prestação...</t>
+  </si>
+  <si>
+    <t>03/04/2025</t>
+  </si>
+  <si>
+    <t>1.869.999,96</t>
+  </si>
+  <si>
+    <t>Dispensa</t>
+  </si>
+  <si>
+    <t>Adesão</t>
+  </si>
+  <si>
+    <t>Aquisição de kits escolares contendo mochila, meia...</t>
+  </si>
+  <si>
+    <t>6.644.800,00</t>
+  </si>
+  <si>
+    <t>PREGÃO ELETRÔNICO nº 1/2025</t>
+  </si>
+  <si>
+    <t>Registro de Preço para a contratação de estabeleci...</t>
   </si>
   <si>
     <t>25/04/2025</t>
   </si>
   <si>
-    <t>12.104.254,92</t>
-[...37 lines deleted...]
-  <si>
     <t>644.160,00</t>
   </si>
   <si>
     <t>inexigibilidade</t>
   </si>
   <si>
-    <t>Contratação para prestação de serviços técnicos especializados em assessoria e consultoria de alta indagação para a Secretaria Municipal de EDUCAÇÃO D...</t>
+    <t>Contratação para prestação de serviços técnicos es...</t>
   </si>
   <si>
     <t>07/03/2025</t>
   </si>
   <si>
     <t>588.000,00</t>
   </si>
   <si>
-    <t>Aquisição de Medicamentos e Materiais Hospitalares para atender as necessidades desta secretaria e suas unidades</t>
+    <t>Aquisição de Medicamentos e Materiais Hospitalares...</t>
   </si>
   <si>
     <t>1.943.451,43</t>
   </si>
   <si>
-    <t>DISPENSA nº 04/2025</t>
-[...2 lines deleted...]
-    <t>Contratação de empresa especializada na Prestação de Serviços na realização de curso de Capacitação para urgência e emergência aos técnicos de enferma...</t>
+    <t>Contratação de empresa especializada na Prestação...</t>
   </si>
   <si>
     <t>11/03/2025</t>
   </si>
   <si>
     <t>66.659,61</t>
   </si>
   <si>
     <t>ADESÃO SRP nº 94/2024/2025</t>
   </si>
   <si>
     <t>94/2024/2025</t>
   </si>
   <si>
     <t>contrato</t>
   </si>
   <si>
-    <t>0 Presente objeto tem como objeto a contratação de empresa para o fornecimento de combustível e manutenção para veículos da frota e maquinário municip...</t>
+    <t>0 Presente objeto tem como objeto a contratação de...</t>
   </si>
   <si>
     <t>26/03/2025</t>
   </si>
   <si>
     <t>163.450,00</t>
   </si>
   <si>
-    <t>Contratação de empresa para prestação de serviço de internet, com instalação e montagem de rede local de conectividade, implantação, instalação e manu...</t>
-[...2 lines deleted...]
-    <t>19/02/2025</t>
+    <t>Contratação de empresa para prestação de serviço d...</t>
   </si>
   <si>
     <t>57.960,00</t>
   </si>
   <si>
-    <t>Contratação de empresa especializada para viabilizar a participaçao/ inscrito de 3 ( tres) servidores municipal de segurança e cidadania, Timon no 20°...</t>
+    <t>Contratação de empresa especializada para viabiliz...</t>
   </si>
   <si>
     <t>17/03/2025</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE nº 01/2025</t>
   </si>
   <si>
-    <t>Contratação de empresa especializada para Prestação de Serviços de Assessoria Técnica em Gestão da Saúde Pública, visando apoiar as ações estratégicas...</t>
+    <t>Contratação de empresa especializada para Prestaçã...</t>
   </si>
   <si>
     <t>216.000,00</t>
   </si>
   <si>
-    <t>DISPENSA nº 2/2025</t>
-[...2 lines deleted...]
-    <t>Contratação de empresa especializada em fornecimento de Gás Oxigênio (Gás Medicinal) e acessórios, a fim de atender as necessidades desta Secretaria M...</t>
+    <t>Contratação de empresa especializada em fornecimen...</t>
   </si>
   <si>
     <t>514.917,80</t>
   </si>
   <si>
     <t>2.741.300,00</t>
   </si>
   <si>
     <t>CONCORRÊNCIA PUBLICA nº 3/2025</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE EMPRESA DE ENGENHARIA PARA CONSTRUÇÃO DO ESPAÇO ESPORTIVO COMUNITÁRIO LOCALIZADO NO BAIRRO NOVO TEMPO, NA ZONA URBANA DO MUNICÍPIO DE T...</t>
+    <t>CONTRATAÇÃO DE EMPRESA DE ENGENHARIA PARA CONSTRUÇ...</t>
   </si>
   <si>
     <t>1.462.500,00</t>
   </si>
   <si>
     <t>CONCORRÊNCIA PUBLICA nº 2/2025</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE EMPRESA DE ENGENHARIA PARA CONSTRUÇÃO DE UMA UNIDADE BÁSICA DE SAÚDE PORTE II (UBS - MIGUEL ARRAES), NA ZONA URBANA DO MUNICÍPIO DE TIM...</t>
-[...1 lines deleted...]
-  <si>
     <t>2.232.145,04</t>
   </si>
   <si>
     <t>CONCORRÊNCIA PUBLICA nº 1/2025</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE EMPRESA DE ENGENHARIA PARA CONSTRUÇÃO DE UMA UNIDADE BÁSICA DE SAÚDE - REQUALIFICA UBS - PORTE II – BAIRRO CENTRO, NA ZONA URBANA DO MU...</t>
-[...1 lines deleted...]
-  <si>
     <t>CHAMAMENTO PÚBLICO nº 001/2025</t>
   </si>
   <si>
-    <t>AQUISIÇÃO DE GÊNEROS ALIMENTÍCIOS PROVENIENTES DA AGRICULTURA FAMILIAR, DESTINADOS AO ATENDIMENTO DO PROGRAMA NACIONAL DE ALIMENTAÇÃO ESCOLAR (PNAE) D...</t>
-[...2 lines deleted...]
-    <t>O PRESENTE CONTRATO TEM POR OBJETO CONTRATAÇÃO EMERGENCIAL DE PESSOA JURÍDICA PARA PRESTAÇÃO DE SERVIÇOS EMERGENCIAIS REFERENTE À REFORMA E ADEQUAÇÃO...</t>
+    <t>AQUISIÇÃO DE GÊNEROS ALIMENTÍCIOS PROVENIENTES DA...</t>
+  </si>
+  <si>
+    <t>O PRESENTE CONTRATO TEM POR OBJETO CONTRATAÇÃO EME...</t>
   </si>
   <si>
     <t>13.221.413,76</t>
   </si>
   <si>
-    <t>Contratação de empresa especializada na Prestação de Serviços de Execução de Cirurgias de Catarata e Pterígio no município de Timon - MA, no âmbito de...</t>
-[...1 lines deleted...]
-  <si>
     <t>13/03/2025</t>
   </si>
   <si>
     <t>794.115,60</t>
   </si>
   <si>
-    <t>Aquisição de livros didáticos da coleção SAEB EM FOCO para alunos do Ensino Fundamental da Rede Municipal de Ensino de Timon - MA</t>
+    <t>Aquisição de livros didáticos da coleção SAEB EM F...</t>
   </si>
   <si>
     <t>8.416.450,00</t>
   </si>
   <si>
-    <t>Aquisição de livros didáticos da coleção "Trilhas Sistema de Ensino: Educação Infantil" para alunos da Educação Infantil da Rede Municipal de Ensino d...</t>
+    <t>Aquisição de livros didáticos da coleção "Trilhas...</t>
   </si>
   <si>
     <t>4.503.000,00</t>
   </si>
   <si>
-    <t>Contratação de serviços artísticos musicais do artista Durval Lelys a ser apresentado no ZÉ PEREIRA DE TIMON 2025.</t>
+    <t>Contratação de serviços artísticos musicais do art...</t>
   </si>
   <si>
     <t>30/01/2025</t>
   </si>
   <si>
     <t>500.000,00</t>
   </si>
   <si>
-    <t>Contratação de serviços artísticos musical da atração "Banda Avine Vinny" para apresentação no dia 23 de fevereiro de 2025, no Zé Pereira de Timon 202...</t>
+    <t>Contratação de serviços artísticos musical da atra...</t>
   </si>
   <si>
     <t>29/01/2025</t>
   </si>
   <si>
     <t>140.000,00</t>
   </si>
   <si>
-    <t>Contratação de serviços artísticos musicais do Artista Igor Kannário, a ser apresentado no ZÉ PEREIRA DE TIMON DE 2025, no dia 23/02/2025.</t>
+    <t>Contratação de serviços artísticos musicais do Art...</t>
   </si>
   <si>
     <t>27/01/2025</t>
   </si>
   <si>
     <t>220.000,00</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DOS SERVIÇOS ARTISTICOS MUSICAIS DA BANDA PSIRICO A SER APRESENTADO NO ZÉ PEREIRA DE TIMON 2025.</t>
+    <t>CONTRATAÇÃO DOS SERVIÇOS ARTISTICOS MUSICAIS DA BA...</t>
   </si>
   <si>
     <t>24/01/2025</t>
   </si>
   <si>
-    <t>250.000,00</t>
-[...5 lines deleted...]
-    <t>Contratação de serviços artístico musical OH POLÊMICO, para apresentação no dia 23 de fevereiro no ZÉ PEREIRA DE TIMON 2025.</t>
+    <t>Contratação de serviços artístico musical OH POLÊM...</t>
   </si>
   <si>
     <t>21/01/2025</t>
   </si>
   <si>
     <t>150.000,00</t>
   </si>
   <si>
-    <t>INEXIGIBILIDADE nº 5/2024</t>
-[...5 lines deleted...]
-    <t>Contratação de pessoa jurídica para prestação de serviço de consultoria jurídica especializada para elaboração de avaliação, análise e revisão de conc...</t>
+    <t>Contratação de pessoa jurídica para prestação de s...</t>
   </si>
   <si>
     <t>06/12/2024</t>
   </si>
   <si>
-    <t>120.000,00</t>
-[...1 lines deleted...]
-  <si>
     <t>PREGÃO ELETRÔNICO nº 30/2024</t>
   </si>
   <si>
     <t>30/2024</t>
   </si>
   <si>
-    <t>Registro de Preço para Aquisição futura de Material Hospitalar e Permanente para atender as necessidades da Secretaria Municipal de Saúde.</t>
+    <t>Registro de Preço para Aquisição futura de Materia...</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO nº 35/2024</t>
   </si>
   <si>
     <t>35/2024</t>
   </si>
   <si>
-    <t>Registro de preços para futuras aquisição de materiais permanentes mobiliários, eletrodomésticos e eletrônicos diversos, destinados a atender as neces...</t>
+    <t>Registro de preços para futuras aquisição de mater...</t>
   </si>
   <si>
     <t>17/12/2024</t>
   </si>
   <si>
     <t>30.236.672,40</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE nº 6/2024</t>
   </si>
   <si>
     <t>6/2024</t>
   </si>
   <si>
-    <t>Contratação de serviços artísticos musicais da atração Mara Pavanelly, para apresentação no dia 07 de junho no Folguedos de timon 2024.</t>
+    <t>Contratação de serviços artísticos musicais da atr...</t>
   </si>
   <si>
     <t>11/12/2024</t>
   </si>
   <si>
     <t>160.000,00</t>
   </si>
   <si>
     <t>ADESÃO SRP nº 001/2024</t>
   </si>
   <si>
     <t>001/2024</t>
   </si>
   <si>
-    <t>Constitui o Objeto do presente CONTRATO para aquisição de produtos alimentícios perecíveis para suprir as necessidades da Secretaria Municipal de de D...</t>
+    <t>Constitui o Objeto do presente CONTRATO para aquis...</t>
   </si>
   <si>
     <t>5.075.875,00</t>
   </si>
   <si>
     <t>ADESÃO SRP nº 3/2024</t>
   </si>
   <si>
-    <t>AQUISIÇÃO DE GÊNEROS ALIMENTÍCIOS PERECÍVEIS E NÃO PERECÍVEIS, PARA ATENDER AS DEMANDAS DO FUNDO MUNICIPAL DE ASSISTÊNCIA SOCIAL - FMAS</t>
+    <t>AQUISIÇÃO DE GÊNEROS ALIMENTÍCIOS PERECÍVEIS E NÃO...</t>
   </si>
   <si>
     <t>17/06/2024</t>
   </si>
   <si>
     <t>229.561,18</t>
   </si>
   <si>
     <t>DISPENSA nº 12/2024</t>
   </si>
   <si>
     <t>12/2024</t>
   </si>
   <si>
-    <t>a contratação de empresa especializada para aquisição de KIT MAKER PARA ROBOTICA destinadas a Secretaria Municipal de Educação – SEMED</t>
+    <t>a contratação de empresa especializada para aquisi...</t>
   </si>
   <si>
     <t>10/06/2024</t>
   </si>
   <si>
     <t>17.516,35</t>
   </si>
   <si>
     <t>DISPENSA nº 11/2024</t>
   </si>
   <si>
     <t>11/2024</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA CONFECÇÃO DE PLACAS DE TOMBAMENTO DESTINADAS A SECRETARIA MUNICIPAL DE EDUCAÇÃO – SEMED</t>
+    <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA CONFECÇÃ...</t>
   </si>
   <si>
     <t>37.000,00</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO nº 33/2024</t>
   </si>
   <si>
     <t>33/2024</t>
   </si>
   <si>
-    <t>Registro de Preço para futuras aquisições de gêneros alimentícios perecíveis e não perecíveis, visando atender a Secretaria Municipal de Educação (SEM...</t>
+    <t>Registro de Preço para futuras aquisições de gêner...</t>
   </si>
   <si>
     <t>13/12/2024</t>
   </si>
   <si>
     <t>18.711.207,48</t>
   </si>
   <si>
     <t>DISPENSA nº 23/2024</t>
   </si>
   <si>
     <t>23/2024</t>
   </si>
   <si>
     <t>Menor valor</t>
   </si>
   <si>
-    <t>Aquisição de equipamento de proteção individual (EPI) - colete de proteção balística nível III – A, para atender as necessidades da Guarda Civil Muni...</t>
+    <t>Aquisição de equipamento de proteção individual (E...</t>
   </si>
   <si>
     <t>04/11/2024</t>
   </si>
   <si>
     <t>56.713,30</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO nº 28/2024</t>
   </si>
   <si>
     <t>28/2024</t>
   </si>
   <si>
-    <t>Registro de Preço para Aquisição futura de Medicamento de Atenção Primária para atender as necessidades da Secretaria Municipal de Saúde de Timon.</t>
+    <t>Registro de Preço para Aquisição futura de Medicam...</t>
   </si>
   <si>
     <t>04/12/2024</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO nº 31/2024</t>
   </si>
   <si>
     <t>31/2024</t>
   </si>
   <si>
-    <t>Registro de preço para futura contratação de empresa para prestação de serviços de confecção de fardamento para os funcionários do SAMU, Agentes Comun...</t>
+    <t>Registro de preço para futura contratação de empre...</t>
   </si>
   <si>
     <t>8.965.199,90</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO nº 32/2024</t>
   </si>
   <si>
     <t>32/2024</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE EMPRESA PARA PRESTAÇÃO DE SERVIÇO DE INFRAESTRUTURA E DECORAÇÃO NATALINA COM A LOCAÇÃO, MONTAGEM, MANUTENÇÃO E DESMONTAGEM DE MATERIAIS...</t>
+    <t>CONTRATAÇÃO DE EMPRESA PARA PRESTAÇÃO DE SERVIÇO D...</t>
   </si>
   <si>
     <t>27/11/2024</t>
   </si>
   <si>
     <t>Revogada</t>
   </si>
   <si>
     <t>258.954,69</t>
   </si>
   <si>
     <t>CONCORRÊNCIA PUBLICA nº 7/2024</t>
   </si>
   <si>
     <t>7/2024</t>
   </si>
   <si>
-    <t>Contratação de empresa especializada para execução de Serviços de engenharia visando obras de reforma e ampliação de 05 (cinco) Unidades Escolares no...</t>
+    <t>Contratação de empresa especializada para execução...</t>
   </si>
   <si>
     <t>18/11/2024</t>
   </si>
   <si>
     <t>6.887.155,45</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO nº 27/2024</t>
   </si>
   <si>
     <t>27/2024</t>
   </si>
   <si>
-    <t>Registro de Preço para Contratação de empresa especializada na locação de impressora multifuncional laser e scanner de mesa profissional, para atender...</t>
+    <t>Registro de Preço para Contratação de empresa espe...</t>
   </si>
   <si>
     <t>11/11/2024</t>
   </si>
   <si>
     <t>3.459.954,00</t>
   </si>
   <si>
     <t>CONCORRÊNCIA PUBLICA nº 6/2024</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE EMPRESA DE ENGENHARIA PARA SERVIÇOS DE MANUTENÇÃO E CONSERVAÇÃO DE PAVIMENTAÇÃO, CANTEIROS, SARJETAS, MEIO FIO, GALERIAS E OUTROS EM VI...</t>
-[...4 lines deleted...]
-  <si>
     <t>7.518.215,45</t>
   </si>
   <si>
     <t>ADESÃO SRP nº 018/2024-CGCL-PMT-SAAE</t>
   </si>
   <si>
     <t>018/2024-CGCL-PMT-SAAE</t>
   </si>
   <si>
     <t>ADESAO</t>
   </si>
   <si>
-    <t>Instal ação e montagem de rede local de conectividade, Implantação/Instalação de Link Banda Larga, com garantia de 90% de download e 50% de upload, co...</t>
+    <t>Instal ação e montagem de rede local de conectivid...</t>
   </si>
   <si>
     <t>19/08/2025</t>
   </si>
   <si>
     <t>5.364,96</t>
   </si>
   <si>
     <t>DISPENSA nº 001/2021SAAE</t>
   </si>
   <si>
     <t>001/2021SAAE</t>
   </si>
   <si>
-    <t>LOCAÇÃO DE IMOVEL URBANO, PARA FUNCIONAMENTO DA SEDE ADIMINISTRATIVA DO SAAE</t>
+    <t>LOCAÇÃO DE IMOVEL URBANO, PARA FUNCIONAMENTO DA SE...</t>
   </si>
   <si>
     <t>48.756,00</t>
   </si>
   <si>
     <t>DISPENSA nº 002/2021SAAE</t>
   </si>
   <si>
     <t>002/2021SAAE</t>
   </si>
   <si>
-    <t>CONTRTAÇÃO PARA INSTALAÇÃO, LICENCIAMENTO DE USO E SUPORTE TECNICO DE SOFTWARE DE SISTEMA DE CONTABILIDADE INTEGRADO-SCPI</t>
+    <t>CONTRTAÇÃO PARA INSTALAÇÃO, LICENCIAMENTO DE USO E...</t>
   </si>
   <si>
     <t>28/10/2024</t>
   </si>
   <si>
     <t>8.700,00</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO nº 02/2021</t>
   </si>
   <si>
     <t>02/2021</t>
   </si>
   <si>
-    <t>Implantação, licenciamento e uso r suporte tecnico de sorftware de sistema de gerenciamento de faturamento.</t>
+    <t>Implantação, licenciamento e uso r suporte tecnico...</t>
   </si>
   <si>
     <t>16/12/2021</t>
   </si>
   <si>
     <t>32.808,00</t>
   </si>
   <si>
     <t>ADESÃO SRP nº 10/2024</t>
   </si>
   <si>
     <t>10/2024</t>
   </si>
   <si>
-    <t>AQUISIÇÃO DE MATERIAIS DE LIMPEZA PARA ATENDER AS DEMANDAS DO FUNDO MUNICIPAL DE ASSISTÊNCIA SOCIAL - FMAS</t>
+    <t>AQUISIÇÃO DE MATERIAIS DE LIMPEZA PARA ATENDER AS...</t>
   </si>
   <si>
     <t>16/08/2024</t>
   </si>
   <si>
     <t>775.654,25</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO nº 26/2024</t>
   </si>
   <si>
     <t>26/2024</t>
   </si>
   <si>
-    <t>Registro de Preço para futura contratação de empresa especializada no serviço de cópias reprográfica em papel A4 e encadernação em capa de PVC para at...</t>
+    <t>Registro de Preço para futura contratação de empre...</t>
   </si>
   <si>
     <t>06/11/2024</t>
   </si>
   <si>
     <t>1.698.300,00</t>
   </si>
   <si>
     <t>ADESÃO SRP nº 2/2024</t>
   </si>
   <si>
     <t>2/2024</t>
   </si>
   <si>
-    <t>AQUISIÇÃO DE EQUIPAMENTOS DE INFORMÁTICA PARA ATENDER AS NECESSIDADES DA SECRETARIA MUNICIPAL DE DESENVOLVIMENTO SOCIAL - SEMDES</t>
+    <t>AQUISIÇÃO DE EQUIPAMENTOS DE INFORMÁTICA PARA ATEN...</t>
   </si>
   <si>
     <t>12/06/2024</t>
   </si>
   <si>
     <t>399.292,00</t>
   </si>
   <si>
     <t>ADESÃO SRP nº 008/2024</t>
   </si>
   <si>
     <t>008/2024</t>
   </si>
   <si>
-    <t>AQUISIÇÃO DE MATERIAIS PERMANENTES, PARA ATENDER AS DEMANDAS DO FUNDO MUNICIPAL DE ASSISTÊNCIA SOCIAL - FMAS</t>
+    <t>AQUISIÇÃO DE MATERIAIS PERMANENTES, PARA ATENDER A...</t>
   </si>
   <si>
     <t>298.876,68</t>
   </si>
   <si>
     <t>ADESÃO SRP nº 005/2024</t>
   </si>
   <si>
     <t>005/2024</t>
   </si>
   <si>
-    <t>Adesão a ATA de SRP n° 017/2023, Pregão Eletrônico n° 025/2023-SRP, Processo Adm 069/2023-CPL da Prefeitura Municipal de Buriti Bravo - MA, referente...</t>
+    <t>Adesão a ATA de SRP n° 017/2023, Pregão Eletrônico...</t>
   </si>
   <si>
     <t>1.273.152,49</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE nº 004/2024</t>
   </si>
   <si>
     <t>004/2024</t>
   </si>
   <si>
-    <t>Contratação de empresa para ministrar curso de Licitações e Contratos, conforme 14.133/2021, a ser realizados nos dia 20 a 24 de maio de 2024, na cida...</t>
+    <t>Contratação de empresa para ministrar curso de Lic...</t>
   </si>
   <si>
     <t>13/05/2024</t>
   </si>
   <si>
     <t>9.870,00</t>
   </si>
   <si>
     <t>ADESÃO SRP nº 2A/2024</t>
   </si>
   <si>
     <t>2A/2024</t>
   </si>
   <si>
     <t>1.107,67</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO nº 25/2024</t>
   </si>
   <si>
     <t>25/2024</t>
   </si>
   <si>
-    <t>REGISTRO DE PREÇOS VISANDO FUTURAS E EVENTUAIS AQUISIÇÕES DE BRINQUEDOS, EQUIPAMENTOS PERMANENTES E MATERIAIS DIVERSOS, PARA ATENDER AS NECESSIDADES D...</t>
+    <t>REGISTRO DE PREÇOS VISANDO FUTURAS E EVENTUAIS AQU...</t>
   </si>
   <si>
     <t>08/10/2024</t>
   </si>
   <si>
     <t>363.581,11</t>
   </si>
   <si>
     <t>ADESÃO SRP nº 2B/2024</t>
   </si>
   <si>
     <t>2B/2024</t>
   </si>
   <si>
     <t>147.036,20</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO nº 24/2024</t>
   </si>
   <si>
     <t>24/2024</t>
   </si>
   <si>
-    <t>Registro de preços para futuras aquisições de materiais de expediente diversos, didáticos e pedagógicos para atender as demandas do município de Timon...</t>
+    <t>Registro de preços para futuras aquisições de mate...</t>
   </si>
   <si>
     <t>26/09/2024</t>
   </si>
   <si>
     <t>10.963.475,67</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO nº 9/2024</t>
   </si>
   <si>
-    <t>9/2024</t>
-[...2 lines deleted...]
-    <t>Registro de Preço para futuras aquisições de material equipamentos de segurança contra incêndios e recarga e manutenção dos extintores de incêndio já...</t>
+    <t>Registro de Preço para futuras aquisições de mater...</t>
   </si>
   <si>
     <t>06/06/2024</t>
   </si>
   <si>
     <t>Fracassada</t>
   </si>
   <si>
     <t>49.494,95</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO nº 23/2024</t>
   </si>
   <si>
-    <t>REGISTRO DE PREÇO PARA FUTURA AQUISIÇÃO DE EQUIPAMENTOS SUBMERSÍVEIS PARA POÇOS TUBULARES (UNIDADE DE BOMBEAMENTO – CONJ. MOTOBOMBAS), MATERIAIS HIDRÁ...</t>
+    <t>REGISTRO DE PREÇO PARA FUTURA AQUISIÇÃO DE EQUIPAM...</t>
   </si>
   <si>
     <t>29/09/2024</t>
   </si>
   <si>
     <t>2.186.214,93</t>
   </si>
   <si>
-    <t>ADESÃO SRP nº 9/2024</t>
-[...2 lines deleted...]
-    <t>PRESTAÇÃO DE SERVIÇOS CONTINUADOS SEM DEDICAÇÃO EXCLUSIVA DE MÃO DE OBRA DE AGENCIAMENTO DE VIAGENS, COMPREENDENDO OS SERVIÇOS DE RESERVA, DE EMISSÃO,...</t>
+    <t>PRESTAÇÃO DE SERVIÇOS CONTINUADOS SEM DEDICAÇÃO EX...</t>
   </si>
   <si>
     <t>08/07/2024</t>
   </si>
   <si>
     <t>10.234,87</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO nº 10/2024</t>
   </si>
   <si>
     <t>EDITAL PREGÃO</t>
   </si>
   <si>
-    <t>Registro de preço para futura contratação de empresa especializada na prestação de serviços de manutenção preventiva e corretiva de impressoras e forn...</t>
-[...1 lines deleted...]
-  <si>
     <t>258.431,30</t>
   </si>
   <si>
     <t>CONCORRÊNCIA PUBLICA nº 5/2024</t>
   </si>
   <si>
-    <t>Contratação de empresa de engenharia para execução dos serviços comuns de manutenção e conservação de Prédios Públicos, ou sob a responsabilidade da G...</t>
-[...1 lines deleted...]
-  <si>
     <t>09/09/2024</t>
   </si>
   <si>
     <t>7.147.625,78</t>
   </si>
   <si>
     <t>ADESÃO SRP nº 7/2024</t>
   </si>
   <si>
     <t>Menor preço</t>
   </si>
   <si>
-    <t>AQUISIÇÃO DE MATERIAIS DE EXPEDIENTE, PARA ATENDER AS DEMANDAS DO FUNDO MUNICIPAL DE ASSISTÊNCIA SOCIAL - FMAS</t>
+    <t>AQUISIÇÃO DE MATERIAIS DE EXPEDIENTE, PARA ATENDER...</t>
   </si>
   <si>
     <t>01/07/2024</t>
   </si>
   <si>
     <t>522.231,58</t>
   </si>
   <si>
     <t>ADESÃO SRP nº 06/2024</t>
   </si>
   <si>
     <t>06/2024</t>
   </si>
   <si>
-    <t>AQUISIÇÃO DE MEDICAMENTOS DA PREFEITURA MUNICIPAL DE PARNAIBA-PI.</t>
+    <t>AQUISIÇÃO DE MEDICAMENTOS DA PREFEITURA MUNICIPAL...</t>
   </si>
   <si>
     <t>07/08/2024</t>
   </si>
   <si>
     <t>2.687.613,75</t>
   </si>
   <si>
     <t>ADESÃO SRP nº 05/2024</t>
   </si>
   <si>
     <t>05/2024</t>
   </si>
   <si>
-    <t>AQUISIÇÃO DE MEDICAMENTOS PSICOTROPICOSDA,PARA ATENDER AS NECESSIDADES DESTA SECRETARIA E SUAS UNIDADES.</t>
+    <t>AQUISIÇÃO DE MEDICAMENTOS PSICOTROPICOSDA,PARA ATE...</t>
   </si>
   <si>
     <t>09/08/2024</t>
   </si>
   <si>
     <t>663.865,00</t>
   </si>
   <si>
     <t>10.295,00</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO nº 22/2024</t>
   </si>
   <si>
     <t>22/2024</t>
   </si>
   <si>
-    <t>Contratação de empresa para Aquisição de Bisturi Elétrico Microprocessado para atender a demanda do Hospital Municipal Dr. José Firmino de Sousa manti...</t>
+    <t>Contratação de empresa para Aquisição de Bisturi E...</t>
   </si>
   <si>
     <t>15/08/2024</t>
   </si>
   <si>
     <t>128.817,00</t>
   </si>
   <si>
     <t>CONCORRÊNCIA PUBLICA nº 004/2024</t>
   </si>
   <si>
-    <t>Contratação de empresa de engenharia para execução dos serviços comuns de manutenção, conservação e requalificação da Orla do Rio Parnaíba, no perímet...</t>
-[...1 lines deleted...]
-  <si>
     <t>22/07/2024</t>
   </si>
   <si>
     <t>2.331.214,46</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE nº 001/2024</t>
   </si>
   <si>
     <t>MELHOR TÉCNICA E PREÇO</t>
   </si>
   <si>
-    <t>PRESTAÇÃO DE SERVIÇOS DE ASSESSORIA E CONSULTORIA TÉCNICA DO PORTAL DA TRANSPARÊNCIA DO MUNICÍPIO DE TIMON/MA.</t>
+    <t>PRESTAÇÃO DE SERVIÇOS DE ASSESSORIA E CONSULTORIA...</t>
   </si>
   <si>
     <t>01/06/2024</t>
   </si>
   <si>
     <t>108.000,00</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO nº 13/2024</t>
   </si>
   <si>
     <t>13/2024</t>
   </si>
   <si>
-    <t>CONTRATAÇÕES FUTURAS POR MEIO DE REGISTRO DE PREÇOS DE SERVIÇOS COMUNS DE ENGENHARIA PARA SERVIÇOS DE MANUTENÇÃO, CONSERVAÇÃO E RECUPERAÇÃO DE PAVIMEN...</t>
+    <t>CONTRATAÇÕES FUTURAS POR MEIO DE REGISTRO DE PREÇO...</t>
   </si>
   <si>
     <t>6.609.167,54</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO nº 018/2024</t>
   </si>
   <si>
     <t>018/2024</t>
   </si>
   <si>
-    <t>Registro de Preço para futura Aquisição de Kit`s de Enxovais para natalidade a fim de suprir as necessidades de famílias com vulnerabilidade social at...</t>
+    <t>Registro de Preço para futura Aquisição de Kit`s d...</t>
   </si>
   <si>
     <t>2.436.040,00</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO nº 021/2024</t>
   </si>
   <si>
     <t>021/2024</t>
   </si>
   <si>
-    <t>Registro de Preço para futura Aquisição de Kit`s de Cestas Básicas visando suprir as necessidades dos programas atendidos pelo Fundo Municipal de Assi...</t>
-[...1 lines deleted...]
-  <si>
     <t>2.052.700,00</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO nº 20/2024</t>
   </si>
   <si>
     <t>20/2024</t>
   </si>
   <si>
-    <t>REGISTRO DE PREÇO PARA FUTURAS AQUISIÇÕES DE MATERIAIS HIDRÁULICOS, ELÉTRICOS E DE CONSTRUÇÃO EM GERAL, PARA ATENDER AS NECESSIDADES DA SECRETARIA MUN...</t>
+    <t>REGISTRO DE PREÇO PARA FUTURAS AQUISIÇÕES DE MATER...</t>
   </si>
   <si>
     <t>5.295.358,60</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO nº 19/2024</t>
   </si>
   <si>
     <t>19/2024</t>
   </si>
   <si>
-    <t>REGISTRO DE PREÇO PARA FUTURAS AQUISIÇÕES DE GÊNEROS ALIMENTÍCIOS PERECÍVEIS E NÃO PERECÍVEIS, VISANDO BENEFICIAR OS PROGRAMAS ATENDIDOS PELA SECRETAR...</t>
+    <t>REGISTRO DE PREÇO PARA FUTURAS AQUISIÇÕES DE GÊNER...</t>
   </si>
   <si>
     <t>08/08/2024</t>
   </si>
   <si>
     <t>7.097.926,49</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO nº 15/2024</t>
   </si>
   <si>
     <t>15/2024</t>
   </si>
   <si>
-    <t>Registro de Preço para futura contratação de empresa especializada para locação, instalação e manutenção de sistema de radiocomunicação digital na fai...</t>
-[...1 lines deleted...]
-  <si>
     <t>26/07/2024</t>
   </si>
   <si>
     <t>20.953,43</t>
   </si>
   <si>
     <t>Edital</t>
   </si>
   <si>
-    <t>Registro de Preço para futura contratação de empresa para prestação de serviço de reprodução de cadernos para atender o Programa Educar pra Valer que...</t>
-[...1 lines deleted...]
-  <si>
     <t>12/08/2024</t>
   </si>
   <si>
     <t>10.182.375,00</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO nº 016/2024</t>
   </si>
   <si>
     <t>016/2024</t>
   </si>
   <si>
-    <t>Registro de Preços para Contratação de empresa visando aquisição de veículos novos, zero KM e um micro-ônibus com acessibilidade para atender as neces...</t>
+    <t>Registro de Preços para Contratação de empresa vis...</t>
   </si>
   <si>
     <t>831.960,08</t>
   </si>
   <si>
     <t>DISPENSA nº 013/2024</t>
   </si>
   <si>
     <t>013/2024</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA PRODUÇÃO E ENTREGA DE PLACAS DE SINALIZAÇÃO,COM FRENTE ACM BOND 3MM,SINALIZADO COM VINIL ADESIVO IMPRESSO EM...</t>
+    <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA PRODUÇÃO...</t>
   </si>
   <si>
     <t>11/06/2024</t>
   </si>
   <si>
     <t>56.399,76</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE nº 2/2024</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NO FORNECIMENTO DE ASSINATURA PARA FERRAMENTA DE LICENÇA DE USO ANUAL DE SOFTWARE, QUE TEM COMO OBJETIVO AUXILIAR...</t>
+    <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NO FORNECIMEN...</t>
   </si>
   <si>
     <t>24/07/2024</t>
   </si>
   <si>
     <t>6.000,00</t>
   </si>
   <si>
     <t>CONCORRÊNCIA</t>
   </si>
   <si>
-    <t>Registro de Preço para contratação de serviços técnicos especializados na elaboração de estudos e projetos de engenharia, de acordo com a demanda do m...</t>
+    <t>Registro de Preço para contratação de serviços téc...</t>
   </si>
   <si>
     <t>04/06/2024</t>
   </si>
   <si>
     <t>1.661.444,58</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO nº 11/2024</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA PRESTAÇÃO DE SERVIÇOS DE TRANSPORTES ESCOLAR POR MEIO DE SISTEMA DE REGISTRO DE PREÇOS, PARA ATENDE ÀS DEMAN...</t>
+    <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA PRESTAÇÃ...</t>
   </si>
   <si>
     <t>18/07/2024</t>
   </si>
   <si>
     <t>11.660.314,60</t>
   </si>
   <si>
     <t>DISPENSA nº 005/2024</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE EMPRESA PARA PRESTAÇÃO DE SERVIÇOS ESPECIALIZADO EM ELABORAÇÃO DE PROJETO DE ENGENHARIA PARA CONSTRUÇÃO DE CÉLULA DE RECEPÇÃO DE RESÍDU...</t>
-[...1 lines deleted...]
-  <si>
     <t>18/04/2024</t>
   </si>
   <si>
     <t>95.333,33</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO nº 30/2021</t>
   </si>
   <si>
     <t>30/2021</t>
   </si>
   <si>
-    <t>contratação de empresa para os serviços de tratamento para controle de odor e da avifauna em célula de recepção ativa do aterro sanitário destinado a...</t>
+    <t>contratação de empresa para os serviços de tratame...</t>
   </si>
   <si>
     <t>25/06/2021</t>
   </si>
   <si>
     <t>58.656,00</t>
   </si>
   <si>
     <t>CONCORRÊNCIA PUBLICA nº 4/2024</t>
   </si>
   <si>
     <t>4/2024</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO nº 20/2021</t>
   </si>
   <si>
     <t>20/2021</t>
   </si>
   <si>
-    <t>Contratações futuras por meio de registro de preços de serviços comuns de engenharia para REVITALIZAÇÃO E REQUALIFICAÇÃO DE LOGRADOUROS (PRAÇAS E ÁREA...</t>
+    <t>Contratações futuras por meio de registro de preço...</t>
   </si>
   <si>
     <t>23/04/2021</t>
   </si>
   <si>
     <t>2.843.796,17</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO nº 14/2021</t>
   </si>
   <si>
     <t>14/2021</t>
   </si>
   <si>
-    <t>Registro de preços visando eventual e futura contratação de empresa especializada no fornecimento de gases medicinais: fornecimento de oxigênio líquid...</t>
+    <t>Registro de preços visando eventual e futura contr...</t>
   </si>
   <si>
     <t>25/03/2021</t>
   </si>
   <si>
     <t>4.168.803,18</t>
   </si>
   <si>
     <t>DECLARAÇÃO nº 004/2024</t>
   </si>
   <si>
     <t>DECLARAÇÃO</t>
   </si>
   <si>
     <t>Declaração as informações referentes às Licitações Fracassadas, no exercício financeiro de 2024, estão em processo de adequação.</t>
   </si>
   <si>
+    <t>Declaração as informações referentes às Licitações...</t>
+  </si>
+  <si>
     <t>04/09/2024</t>
   </si>
   <si>
     <t>0,00</t>
   </si>
   <si>
     <t>DECLARAÇÃO nº 003/2023</t>
   </si>
   <si>
     <t>003/2023</t>
   </si>
   <si>
     <t>Declaração as informações referentes às Licitações Fracassadas, no exercício financeiro de 2023, estão em processo de adequação.</t>
   </si>
   <si>
     <t>03/07/2024</t>
   </si>
   <si>
     <t>DECLARAÇÃO nº 002/2022</t>
   </si>
   <si>
     <t>002/2022</t>
   </si>
   <si>
     <t>Declaração as informações referentes às Licitações Fracassadas, no exercício financeiro de 2022, estão em processo de adequação.</t>
@@ -2951,4065 +3365,3642 @@
   <si>
     <t>Declaração as informações referentes às Licitações Fracassadas, no exercício financeiro de 2021, estão em processo de adequação.</t>
   </si>
   <si>
     <t>Declaração as informações referentes às Licitações Desertas, no exercício financeiro de 2024, estão em processo de adequação.</t>
   </si>
   <si>
     <t>Deserta</t>
   </si>
   <si>
     <t>Declaração as informações referentes às Licitações Desertas, no exercício financeiro de 2023, estão em processo de adequação.</t>
   </si>
   <si>
     <t>Declaração as informações referentes às Licitações Desertas, no exercício financeiro de 2022, estão em processo de adequação.</t>
   </si>
   <si>
     <t>Declaração as informações referentes às Licitações Desertas, no exercício financeiro de 2021, estão em processo de adequação.</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO nº 14/2024</t>
   </si>
   <si>
     <t>14/2024</t>
   </si>
   <si>
-    <t>Registro de Preço para Aquisição de Material Elétrico, Material de EPI para realizar a manutenção do Sistema de Iluminação Pública do Município de Tim...</t>
+    <t>Registro de Preço para Aquisição de Material Elétr...</t>
   </si>
   <si>
     <t>11/07/2024</t>
   </si>
   <si>
     <t>13.458.678,72</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO nº 053/2022</t>
   </si>
   <si>
     <t>053/2022</t>
   </si>
   <si>
-    <t>Registro De Preços Para Contratação De Empresa Especializada Na Prestação De Serviços Funerários, Incluindo Higienização Do Corpo, Translado E Sepulta...</t>
+    <t>Registro De Preços Para Contratação De Empresa Esp...</t>
   </si>
   <si>
     <t>03/01/2023</t>
   </si>
   <si>
     <t>2.087.360,00</t>
   </si>
   <si>
     <t>DISPENSA nº 02/2024</t>
   </si>
   <si>
     <t>menor preço</t>
   </si>
   <si>
     <t>objeto</t>
   </si>
   <si>
     <t>28/06/2024</t>
   </si>
   <si>
     <t>1.000,00</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO nº 12/2024</t>
   </si>
   <si>
-    <t>REGISTRO DE PREÇO PARA FUTURA CONTRATAÇÃO DE EMPRESA PARA EXECUÇÃO DE SERVIÇOS COMUNS DE ADEQUAÇÃO DA ESTRUTURA FISICA PARA ATENDIMENTO ÁS NORMAS DE A...</t>
+    <t>REGISTRO DE PREÇO PARA FUTURA CONTRATAÇÃO DE EMPRE...</t>
   </si>
   <si>
     <t>02/07/2024</t>
   </si>
   <si>
     <t>2.282.054,48</t>
   </si>
   <si>
     <t>ADESÃO SRP Nº 02/2024</t>
   </si>
   <si>
-    <t>O OBJETIVO DO PRESE NTE TERMO DE CONTRATO, É A AQUISIÇÃO DE MEDICAMENTOS E MATERIAIS MÉDICOS HOSPITALARES DESTINADOS À SECRETARIA MUNICIPAL DE SAÚDE E...</t>
+    <t>O OBJETIVO DO PRESE NTE TERMO DE CONTRATO, É A AQU...</t>
   </si>
   <si>
     <t>27/05/2024</t>
   </si>
   <si>
     <t>883.134,92</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE Nº 02/2024</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE EMPRESA PARA MINISTRAR CURSOS PROFISSIONALIZANTES EDUCACIONAIS, A SEREM REALIZADOS PRESENCIALMENTE NO SERVIÇO NACIONAL DE APRENDIZAGEM...</t>
+    <t>CONTRATAÇÃO DE EMPRESA PARA MINISTRAR CURSOS PROFI...</t>
   </si>
   <si>
     <t>01/03/2024</t>
   </si>
   <si>
     <t>49.739,20</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE Nº 05/2024</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE SERVIÇOS ARTISTICOS MUSICAL DA ATRAÇÃO "BANDA CALCINHA PRETA", PARA APRESENTAÇÃO NO FOLGUEDOS DE TIMON 2024 NO DIA 06 DE JUNHO.</t>
+    <t>CONTRATAÇÃO DE SERVIÇOS ARTISTICOS MUSICAL DA ATRA...</t>
   </si>
   <si>
     <t>08/04/2024</t>
   </si>
   <si>
     <t>350.000,00</t>
   </si>
   <si>
     <t>CONCORRÊNCIA PUBLICA Nº 02/2024</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE EMPRESA DE ENGENHARIA PARA OBRAS DE CONSTRUÇÃO DE CENTRO DE ATENÇÃO PSICOSSOCIAL (CAPS ADULTO) NA ZONA URBANA DO MUNICÍPIO DE TIMON - M...</t>
+    <t>CONTRATAÇÃO DE EMPRESA DE ENGENHARIA PARA OBRAS DE...</t>
   </si>
   <si>
     <t>20/05/2024</t>
   </si>
   <si>
     <t>2.212.459,49</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO Nº 006/2024</t>
   </si>
   <si>
     <t>006/2024</t>
   </si>
   <si>
-    <t>REGISTRO DE PREÇO PARA CONTRATAÇÃO DE EMPRESA PARA PRESTAÇÃO DE SERVIÇOS DE CONFECÇÃO DE CADERNOS PARA ATENDER O PROGRAMA EDUCAR PRA VALER, QUE ATENDE...</t>
+    <t>REGISTRO DE PREÇO PARA CONTRATAÇÃO DE EMPRESA PARA...</t>
   </si>
   <si>
     <t>06/05/2024</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO Nº 04/2024</t>
   </si>
   <si>
     <t>04/2024</t>
   </si>
   <si>
-    <t>AQUISIÇÃO DE UMA MESA GINECOLÓGICA ELÉTRICA, PARA ATENDER AS NECESSIDADES DA UNIDADE BÁSICA DE SAÚDE DR. FRANCISCO VITORINO DE ASSUNÇÃO DO MUNICÍPIO D...</t>
+    <t>AQUISIÇÃO DE UMA MESA GINECOLÓGICA ELÉTRICA, PARA...</t>
   </si>
   <si>
     <t>30/04/2024</t>
   </si>
   <si>
     <t>15.517,57</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO Nº 07/2024</t>
   </si>
   <si>
     <t>07/2024</t>
   </si>
   <si>
-    <t>REGISTRO DE PREÇO PARA FUTURAS AQUISIÇÕES DE ÁGUA MINERAL, PARA ATENDER AS NECESSIDADE DO MUNICÍPIO DE TIMON-MA,</t>
-[...1 lines deleted...]
-  <si>
     <t>500.307,74</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO Nº 05/2024</t>
   </si>
   <si>
-    <t>REGISTRO DE PREÇO PARA FUTURAS AQUISIÇÕES DE MATERIAL ESPORTIVO PARA ATENDER AS NECESSIDADES DOS PROJETOS MANTIDOS PELO MUNICÍPIO DE TIMON - MA.</t>
-[...1 lines deleted...]
-  <si>
     <t>4.666.717,51</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO Nº 2/2024</t>
   </si>
   <si>
-    <t>AQUISIÇÃO DE VEICULO TIPO AMBULÂNCIA DE SIMPLES REMOÇÃO, PARA ATENDER A NECESSIDADE DA SECRETARIA DE SAÚDE DO MUNICÍPIO DE TIMON-MA</t>
+    <t>AQUISIÇÃO DE VEICULO TIPO AMBULÂNCIA DE SIMPLES RE...</t>
   </si>
   <si>
     <t>304.876,25</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO Nº 03/2024</t>
   </si>
   <si>
     <t>03/2024</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE EMPRESA PARA PRESTAÇÃO SERVIÇOS DE LOCAÇÃO DE ÔNIBUS E VANS PARA TRANSPORTE DE ATLETAS PARTICIPANTES DOS PROJETOS ESPORTIVOS DO MUNICÍP...</t>
+    <t>CONTRATAÇÃO DE EMPRESA PARA PRESTAÇÃO SERVIÇOS DE...</t>
   </si>
   <si>
     <t>356.071,68</t>
   </si>
   <si>
     <t>ADESÃO SRP Nº 001/2024</t>
   </si>
   <si>
-    <t>O PRESENTE TERMO DE REFERÊNCIA TEM POR OBJETIVO A AQUISIÇÃO DE MEDICAMENTOS, MATERIAIS MÉDICOS E HOSPITALARES, PARA TENDER AS NECESSIDADES DESTA SECRE...</t>
+    <t>O PRESENTE TERMO DE REFERÊNCIA TEM POR OBJETIVO A...</t>
   </si>
   <si>
     <t>26/03/2024</t>
   </si>
   <si>
     <t>2.665.519,59</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO Nº 01/2024</t>
   </si>
   <si>
     <t>01/2024</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE SERVIÇOS BANCÁRIOS PARA GERENCIAMENTO DE FOLHA DE SERVIDORES PARA ATENDER A NECESSIDADE DO MUNICÍPIO DE TIMON.</t>
+    <t>CONTRATAÇÃO DE SERVIÇOS BANCÁRIOS PARA GERENCIAMEN...</t>
   </si>
   <si>
     <t>16/04/2024</t>
   </si>
   <si>
     <t>10.025.340,89</t>
   </si>
   <si>
-    <t>AQUISIÇÃO DE PRODUTOS ALIMENTÍCIOS PERECÍVEIS E NÃO PERECÍVEIS PARA SUPRIR AS NECESSIDADES DA SECRETARIA MUNICIPAL DE DESENVOLVIMENTO SOCIAL - SEMDES</t>
+    <t>AQUISIÇÃO DE PRODUTOS ALIMENTÍCIOS PERECÍVEIS E NÃ...</t>
   </si>
   <si>
     <t>20/02/2024</t>
   </si>
   <si>
     <t>CHAMAMENTO PÚBLICO Nº 01/2024</t>
   </si>
   <si>
-    <t>CHAMADA PÚBLICA PARA AQUISIÇÃODE GÊNEROS ALIMENTÍCIOS (FRUTAS, LEGUMES EVERDURAS) ADVINDOS DA AGRICULTURA FAMILIAR PARA ATENDER A REDE PÚBLICAMUNICIPA...</t>
+    <t>CHAMADA PÚBLICA PARA AQUISIÇÃODE GÊNEROS ALIMENTÍC...</t>
   </si>
   <si>
     <t>25/03/2024</t>
   </si>
   <si>
     <t>2.150.725,00</t>
   </si>
   <si>
     <t>DISPENSA nº 01/2023</t>
   </si>
   <si>
     <t>01/2023</t>
   </si>
   <si>
-    <t>PRESTAÇÃO DE SERVIÇOS DE ESTRUTURAÇÃO E ILUMINAÇÃO COM INSTALAÇÃO,MONTAGEM E FORNECIMENTO DE MATERIAL E EQUIPAMENTOS PARA A CAIXA CÊNICA DO TEATRO MAR...</t>
+    <t>PRESTAÇÃO DE SERVIÇOS DE ESTRUTURAÇÃO E ILUMINAÇÃO...</t>
   </si>
   <si>
     <t>20/12/2023</t>
   </si>
   <si>
     <t>276.073,95</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE Nº 01/2024</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE EMPRESA PARA MINISTRAR CURSO DE LICITAÇÕES E CONTRATOS, CONFORME 14.133/2021, A SER REALIZADO NOS DIAS 26 DE FEVEREIRO A 01 DE MARÇO DE...</t>
+    <t>CONTRATAÇÃO DE EMPRESA PARA MINISTRAR CURSO DE LIC...</t>
   </si>
   <si>
     <t>19/04/2024</t>
   </si>
   <si>
     <t>13.160,00</t>
   </si>
   <si>
     <t>CONCORRÊNCIA PUBLICA Nº 01/2024</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE EMPRESA PARA EXECUÇÃO DOS SERVIÇOS DE ENGENHARIA DE PAVIMENTAÇÃO ASFÁLTICA (IMPLANTAÇÃO DA PAVIMENTAÇÃO DA AVENIDA COHEB) NA ZONA URBAN...</t>
+    <t>CONTRATAÇÃO DE EMPRESA PARA EXECUÇÃO DOS SERVIÇOS...</t>
   </si>
   <si>
     <t>21/02/2024</t>
   </si>
   <si>
     <t>8.640.000,00</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE Nº 001/2024</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE SERVIÇOS ARTISTICOS MUSICAL DA ATRAÇÃO "XANDY HARMONIA", PARA APRESENTAÇÃO NO DIA 28 DE JANEIRO NO ZÉ PEREIRA DE TIMON 2024.</t>
-[...1 lines deleted...]
-  <si>
     <t>04/01/2024</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE Nº 04/2024</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE SERVIÇOS ARTISTICOS MUSICAL DA "PARANGOLÉ",PARA APRESENTAÇÃO NO DIA 28 DE JANEIRO NO ZÉ PEREIRA DE TIMON 2024.</t>
+    <t>CONTRATAÇÃO DE SERVIÇOS ARTISTICOS MUSICAL DA "PAR...</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE Nº 03/2024</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE SERVIÇOS ARTISTICOS MUSICAL DA "Ô POLÊMICO",PARA APRESENTAÇÃO NO DIA 27 DE JANEIRO NO ZÉ PEREIRA DE TIMON 2024.</t>
+    <t>CONTRATAÇÃO DE SERVIÇOS ARTISTICOS MUSICAL DA "Ô P...</t>
   </si>
   <si>
     <t>100.000,00</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE SERVIÇO ARTISTICOS MUSICAL DA ATRAÇÃO "BANDA CHICABANA", PARA APRESENTAÇÃO NO DIA 27 DE JANEIRO NO ZÉ PEREIRA DE TIMON 2024.</t>
+    <t>CONTRATAÇÃO DE SERVIÇO ARTISTICOS MUSICAL DA ATRAÇ...</t>
   </si>
   <si>
     <t>DISPENSA nº 011/2021</t>
   </si>
   <si>
     <t>011/2021</t>
   </si>
   <si>
-    <t>LOCAÇÃO DE IMÓVEL URBANO LOCALIZADO NA RUA ANTONIO GUIMARÃES, N° 701-A, BAIRRO PARQUE PIAUÍ, TIMON-MA, PARA FINS DE SEDIAR O FUNCIONAMENTO DO CONSELHO...</t>
+    <t>LOCAÇÃO DE IMÓVEL URBANO LOCALIZADO NA RUA ANTONIO...</t>
   </si>
   <si>
     <t>31.500,00</t>
   </si>
   <si>
     <t>DISPENSA nº 13/2021</t>
   </si>
   <si>
     <t>13/2021</t>
   </si>
   <si>
-    <t>LOCAÇÃO DE IMÓVEL URBANO LOCALIZADO NA RUA A, 480-B, BAIRRO SANTO ANTÔNIO, TIMON- MA, POR UM PERÍODO DE 09 (NOVE) MESES, PARA FINS DE SEDIAR O ANEXO...</t>
+    <t>LOCAÇÃO DE IMÓVEL URBANO LOCALIZADO NA RUA A, 480-...</t>
   </si>
   <si>
     <t>11.700,00</t>
   </si>
   <si>
     <t>DISPENSA nº 14/2021</t>
   </si>
   <si>
-    <t>LOCAÇÃO DE IMÓVEL URBANO LOCALIZADO NA RUA ELISEU SILVA, 480, BAIRRO SANTO ANTÔNIO, TIMON- MA, POR UM PERÍODO DE 09 (NOVE) MESES, PARA FINS DE SEDIAR...</t>
+    <t>LOCAÇÃO DE IMÓVEL URBANO LOCALIZADO NA RUA ELISEU...</t>
   </si>
   <si>
     <t>24.106,50</t>
   </si>
   <si>
     <t>DISPENSA nº 15/2021</t>
   </si>
   <si>
     <t>15/2021</t>
   </si>
   <si>
-    <t>LOCAÇÃO DE UM IMÓVEL URBANO LOCALIZADO NA QUADRA A-03, LOTE 03, LOTEAMENTO MARIMAR II, TIMON- MA, PARA FINS DE SEDIAR O PROGRAMA RESIDÊNCIA INCLUSIVA.</t>
+    <t>LOCAÇÃO DE UM IMÓVEL URBANO LOCALIZADO NA QUADRA A...</t>
   </si>
   <si>
     <t>02/06/2025</t>
   </si>
   <si>
     <t>DISPENSA nº 001/2022</t>
   </si>
   <si>
     <t>001/2022</t>
   </si>
   <si>
-    <t>LOCAÇÃO PELO PRAZO DE 11 (ONZE) MESES, DE UM IMÓVEL URBANO LOCALIZADO NA AVENIDA FRANCISCO VITORINO DE ASSUNÇÃO, N° 1126, BAIRRO PARQUE PIAUÍ, TIMON-M...</t>
+    <t>LOCAÇÃO PELO PRAZO DE 11 (ONZE) MESES, DE UM IMÓVE...</t>
   </si>
   <si>
     <t>28/08/2025</t>
   </si>
   <si>
     <t>3.389,52</t>
   </si>
   <si>
     <t>DISPENSA Nº DP 12/2021/2021</t>
   </si>
   <si>
     <t>DP 12/2021/2021</t>
   </si>
   <si>
-    <t>LOCAÇÃO DE IMÓVEL URBANO LOCALIZADO NA RUA FIRMINO JOSÉ DA SILVA, N° 640, PARQUE ALVORADA, TIMON- MA, NO PERÍODO DE 09 (NOVE) MESES PARA FINS DE SEDIA...</t>
+    <t>LOCAÇÃO DE IMÓVEL URBANO LOCALIZADO NA RUA FIRMINO...</t>
   </si>
   <si>
     <t>CARTA CONVITE Nº 4/2023</t>
   </si>
   <si>
     <t>4/2023</t>
   </si>
   <si>
     <t>CARTA CONVITE</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE EMPRESA PARA AQUISIÇÃO DE PASSAGENS AÉREAS NACIONAIS E INTERNACIONAIS, COMPREENDENDO RESERVA, MARCAÇÃO E EMISSÃO DE BILHETES PARA ATEND...</t>
+    <t>CONTRATAÇÃO DE EMPRESA PARA AQUISIÇÃO DE PASSAGENS...</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO Nº 57/2023</t>
   </si>
   <si>
     <t>57/2023</t>
   </si>
   <si>
-    <t>CONTRATAÇÕES FUTURAS POR MEIO DE REGISTRO DE PREÇOS DE SERVIÇOS COMUNS DE ENGENHARIA PARA SERVIÇOS DE MANUTENÇÃO E CONSERVAÇÃO DE PAVIMENTAÇÃO, CANTEI...</t>
-[...1 lines deleted...]
-  <si>
     <t>CONCORRÊNCIA PUBLICA nº 08/2023</t>
   </si>
   <si>
     <t>08/2023</t>
   </si>
   <si>
-    <t>REGISTRO DE PREÇOS PARA A CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA IMPLANTAÇÃO DE SISTEMAS DE GERAÇÃO DE ENERGIA SOLAR FOTOVOLTAICA CONECTADA À REDE,...</t>
-[...1 lines deleted...]
-  <si>
     <t>30/01/2024</t>
   </si>
   <si>
     <t>7.300.554,00</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO Nº 56/2023</t>
   </si>
   <si>
     <t>56/2023</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE EMPRESA DE ENGENHARIA PARA SERVIÇOS SIMPLES DE MANUTENÇÃO E CONSERVAÇÃO DE EQUIPAMENTOS ESPORTIVOS, NA ZONA URBANA DO MUNICÍPIO DE TIMO...</t>
-[...1 lines deleted...]
-  <si>
     <t>PREGÃO ELETRÔNICO Nº 55/2023</t>
   </si>
   <si>
     <t>55/2023</t>
   </si>
   <si>
-    <t>REGISTRO DE PREÇOS PARA CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NO FORNECIMENTO DE SOFTWARE COMO SERVIÇO (SAAS - SOFTWARE AS A SERVICE) PARA GESTÃO DA ED...</t>
+    <t>REGISTRO DE PREÇOS PARA CONTRATAÇÃO DE EMPRESA ESP...</t>
   </si>
   <si>
     <t>21/07/2025</t>
   </si>
   <si>
     <t>1.512.000,00</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO Nº 54/2023</t>
   </si>
   <si>
     <t>54/2023</t>
   </si>
   <si>
-    <t>REGISTRO DE PREÇO PARA CONTRATAÇÃO DE EMPRESA PARA FORNECIMENTO DE CESTAS BÁSICAS PARA ATENDER AS NECESSIDADES DA SECRETARIA MUNICIPAL DE DESENVOLVIME...</t>
-[...1 lines deleted...]
-  <si>
     <t>CONCORRÊNCIA PUBLICA nº 11/2023</t>
   </si>
   <si>
     <t>11/2023</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE EMPRESA DE ENGENHARIA PARA OBRAS DE CONSTRUÇÃO, AMPLIAÇÃO, REFORMA E/OU ADEQUAÇÃO PARA CLIMATIZAÇÃO DE UNIDADES ESCOLARES NO ÂMBITO DA...</t>
-[...1 lines deleted...]
-  <si>
     <t>25/01/2024</t>
   </si>
   <si>
     <t>5.394.257,51</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO Nº 53/2023</t>
   </si>
   <si>
     <t>53/2023</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE EMPRESA PARA FORNECIMENTO DE PEIXE IN NATURA (TIPO TAMBAQUI), ACONDICIONADA EM GELO, EM PERFEITAS E ADEQUADAS CONDIÇÕES DE CONSUMO, DES...</t>
+    <t>CONTRATAÇÃO DE EMPRESA PARA FORNECIMENTO DE PEIXE...</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE Nº 04/2023</t>
   </si>
   <si>
     <t>04/2023</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE PROFISSIONAL PARA MINISTRAR A CAPACITAÇÃO DOS MEMBROS DO CONSELHO TUTELAR DO MUNICÍPIO DE TIMON-MA NO SISTEMA DE INFORMAÇÃO PARA A INFÂ...</t>
+    <t>CONTRATAÇÃO DE PROFISSIONAL PARA MINISTRAR A CAPAC...</t>
   </si>
   <si>
     <t>16/11/2023</t>
   </si>
   <si>
     <t>3.000,00</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO Nº 52/2023</t>
   </si>
   <si>
     <t>52/2023</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE EMPRESA, POR MEIO DE REGISTRO DE PREÇO PARA EXECUÇÃO DE SERVIÇOS DE RECUPERAÇÃO DE ESTRADAS VICINAIS DO MUNICÍPIO DE TIMON-MA.</t>
+    <t>CONTRATAÇÃO DE EMPRESA, POR MEIO DE REGISTRO DE PR...</t>
   </si>
   <si>
     <t>5.100.000,00</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO Nº 46/2023</t>
   </si>
   <si>
     <t>46/2023</t>
   </si>
   <si>
-    <t>REGISTRO DE PREÇO PARA CONTRATAÇÃO DE EMPRESA PARA AQUISIÇÃO DE GÁS LIQUEFEITO DE PETRÓLEO ENVASADO (GLP-P13 E GLP- P45) E VASILHAMES VAZIOS PARA ATEN...</t>
-[...1 lines deleted...]
-  <si>
     <t>DISPENSA Nº 028/2023</t>
   </si>
   <si>
     <t>028/2023</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE EMPRESA PARA AQUISIÇÃO DE PEÇAS PARA MANUTENÇÃO CORRETIVA NOS APARELHOS DE AR-CONDICIONADO PARA ATENDER AS NECESSIDADES DA SECRETARIA M...</t>
+    <t>CONTRATAÇÃO DE EMPRESA PARA AQUISIÇÃO DE PEÇAS PAR...</t>
   </si>
   <si>
     <t>04/12/2023</t>
   </si>
   <si>
     <t>17.248,33</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO Nº 51/2023</t>
   </si>
   <si>
     <t>51/2023</t>
   </si>
   <si>
-    <t>REGISTRO DE PREÇOS PARA CONTRATAÇÕES FUTURAS DE SERVIÇO DE EVENTOS EM GERAL E LOCAÇÃO DE EQUIPAMENTOS DIVERSOS PARA EVENTOS PARA ATENDER AS DEMANDAS D...</t>
+    <t>REGISTRO DE PREÇOS PARA CONTRATAÇÕES FUTURAS DE SE...</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO Nº 50/2023</t>
   </si>
   <si>
     <t>50/2023</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE EMPRESA PARA FORNECIMENTO DE CONJUNTO ESCOLAR, CADEIRA E MESA COM ADAPTAÇÃO POSTURAL PARA CRIANÇAS COM NECESSIDADES ESPECIAIS MATRICULA...</t>
+    <t>CONTRATAÇÃO DE EMPRESA PARA FORNECIMENTO DE CONJUN...</t>
   </si>
   <si>
     <t>DISPENSA Nº DP 27/2023/2023</t>
   </si>
   <si>
     <t>DP 27/2023/2023</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA PRESTAÇÃO DE SERVIÇOS DE MANUTENÇÃO PREVENTIVA NOS APARELHOS DE AR-CONDICIONADO, PARA ATENDER AS NECESSIDADES...</t>
-[...1 lines deleted...]
-  <si>
     <t>PREGÃO ELETRÔNICO Nº 49/2023</t>
   </si>
   <si>
     <t>49/2023</t>
   </si>
   <si>
-    <t>REGISTRO DE PREÇO PARA AQUISIÇÃO DE COLCHÕES DE ESPUMA SOLTEIRO E COLCHONETES EM NAPA PARA SUPRIR AS NECESSIDADES DA SECRETARIA MUNICIPAL DE DESENVOLV...</t>
+    <t>REGISTRO DE PREÇO PARA AQUISIÇÃO DE COLCHÕES DE ES...</t>
   </si>
   <si>
     <t>DISPENSA Nº DP 25/2023/2023</t>
   </si>
   <si>
     <t>DP 25/2023/2023</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA AQUISIÇÃO DE MÓVEIS PARA SUPRIR AS NECESSIDADES DO LAR DA CRIANÇA (ABRIGO PROMOTORA ELDA MARIA)</t>
+    <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA AQUISIÇÃ...</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO Nº 48/2023</t>
   </si>
   <si>
     <t>48/2023</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA PRESTAÇÃO DE SERVIÇOS DE MANUTENÇÃO PREVENTIVA E CORRETIVA NOS APARELHOS DE AR-CONDICIONADO, GELADEIRAS, BEBED...</t>
-[...1 lines deleted...]
-  <si>
     <t>19/12/2023</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE Nº 04/2023/2023</t>
   </si>
   <si>
     <t>04/2023/2023</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE INSTRUTOR HABILITADO PARA PRESTAR SERVIÇO DE CAPACITAÇÃO PROFISSIONAL EM TÉCNICAS DE ABORDAGEM TÁTICA E ALGEMAÇÃO, DURANTE O ESTÁGIO A...</t>
+    <t>CONTRATAÇÃO DE INSTRUTOR HABILITADO PARA PRESTAR S...</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO Nº 47/2023</t>
   </si>
   <si>
     <t>47/2023</t>
   </si>
   <si>
-    <t>REGISTRO DE PREÇOS PARA LOCAÇÃO DE VEÍCULOS PARA ATENDER AS DEMANDAS DO MUNICÍPIO DE TIMON/MA.</t>
+    <t>REGISTRO DE PREÇOS PARA LOCAÇÃO DE VEÍCULOS PARA A...</t>
   </si>
   <si>
     <t>CONCORRÊNCIA PUBLICA Nº 007/2023</t>
   </si>
   <si>
     <t>007/2023</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE PESSOA JURÍDICA ESPECIALIZADA DE ACORDO COM O ARTIGO 13° DA LEI N° 8.666/1993 PARA PARECER E ANÁLISE DA REALIDADE MERCADOLÓGICA, JURÍDI...</t>
+    <t>CONTRATAÇÃO DE PESSOA JURÍDICA ESPECIALIZADA DE AC...</t>
   </si>
   <si>
     <t>ADESÃO SRP Nº 12/2023</t>
   </si>
   <si>
     <t>12/2023</t>
   </si>
   <si>
-    <t>ADESÃO A ATA DE SRP N° 004/2023 DO PREGÃO ELETRÔNICO N° 008/2023/SRP-PMO-PI E PROCESSO ADMINISTRATIVO N° 030/2023 DA PREFEITURA DE MUNICIPAL DE OEIRAS...</t>
+    <t>ADESÃO A ATA DE SRP N° 004/2023 DO PREGÃO ELETRÔNI...</t>
   </si>
   <si>
     <t>02/10/2023</t>
   </si>
   <si>
     <t>429.379,60</t>
   </si>
   <si>
     <t>DISPENSA Nº DP 23/2023/2023</t>
   </si>
   <si>
     <t>DP 23/2023/2023</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE PROFISSIONAL PARA MINISTRAR A CAPACITAÇÃO DE TRABALHADORES E TRABALHADORAS DO SUAS PARA IDENTIFICAÇÃO E ENFRENTAMENTO ÀS SITUAÇÕES DE T...</t>
-[...1 lines deleted...]
-  <si>
     <t>TOMADA DE PREÇO Nº 3/2023</t>
   </si>
   <si>
     <t>3/2023</t>
   </si>
   <si>
     <t>TOMADA DE PREÇO</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA PRESTAÇÃO DE SERVIÇOS DE ASSESSORIA E CONSULTORIA NA ÁREA DE LICITAÇÕES MAIS ESPECIFICAMENTE AO QUE TANGE A IM...</t>
-[...1 lines deleted...]
-  <si>
     <t>DISPENSA Nº 002/2023</t>
   </si>
   <si>
-    <t>PRESTAÇÃO DE SERVIÇOS PARA A CONFECÇÃO, MONTAGEM E INSTALAÇÃO DE MÓVEIS PLANEJADOS DESTINADOS AO SETOR DA COORDENAÇÃO GERAL DE CONTROLE DAS LICITAÇÕES...</t>
+    <t>PRESTAÇÃO DE SERVIÇOS PARA A CONFECÇÃO, MONTAGEM E...</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO Nº 45/2023</t>
   </si>
   <si>
     <t>45/2023</t>
   </si>
   <si>
-    <t>REGISTRO DE PREÇOS PARA FUTURAS AQUISIÇÕES DE MATERIAIS DE EXPEDIENTE DIVERSOS, DIDÁTICOS E PEDAGÓGICOS PARA ATENDER AS DEMANDAS DO MUNICÍPIO DE TIMON...</t>
+    <t>REGISTRO DE PREÇOS PARA FUTURAS AQUISIÇÕES DE MATE...</t>
   </si>
   <si>
     <t>DISPENSA Nº DP 13/2023/2023</t>
   </si>
   <si>
     <t>DP 13/2023/2023</t>
   </si>
   <si>
-    <t>LOCAÇÃO DE UM IMÓVEL URBANO LOCALIZADO NA RUA 2 (DOIS), N° 284, BAIRRO PARQUE SÃO FRANCISCO, NA CIDADE DE TIMON-MA, NO PERÍODO DE 03 (TRÊS) MESES PARA...</t>
+    <t>LOCAÇÃO DE UM IMÓVEL URBANO LOCALIZADO NA RUA 2 (D...</t>
   </si>
   <si>
     <t>CONCORRÊNCIA PUBLICA Nº 006/2023</t>
   </si>
   <si>
     <t>006/2023</t>
   </si>
   <si>
-    <t>REGISTRO DE PREÇOS PARA CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA EXECUÇÃO DE OBRAS DE IMPLANTAÇÃO DE POÇOS TUBULARES, DE RESERVATÓRIOS COM RECALQUE E D...</t>
-[...1 lines deleted...]
-  <si>
     <t>INEXIGIBILIDADE Nº 05/2023/2023</t>
   </si>
   <si>
     <t>05/2023/2023</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE INSTRUTOR HABILITADO PARA PRESTAR SERVIÇO DE CAPACITAÇÃO PROFISSIONAL NA DISCIPLINA DE ARMAMENTO E TIRO DURANTE O ESTÁGIO ANUAL DE QUAL...</t>
-[...1 lines deleted...]
-  <si>
     <t>INEXIGIBILIDADE Nº 03/2023/2023</t>
   </si>
   <si>
     <t>03/2023/2023</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE INSTRUTOR HABILITADO PARA PRESTAR SERVIÇO DE CAPACITAÇÃO PROFISSIONAL, AOS GUARDAS MUNICIPAIS DE TIMON-MA, NA DISCIPLINA DE POLÍTICA DE...</t>
-[...1 lines deleted...]
-  <si>
     <t>PREGÃO ELETRÔNICO Nº 44/2023</t>
   </si>
   <si>
     <t>44/2023</t>
   </si>
   <si>
-    <t>REGISTRO DE PREÇO PARA AQUISIÇÕES FUTURAS DE CAMISETAS E UNIFORMES PARA SEREM UTILIZADOS EM EVENTOS, CAMPANHAS, PROJETOS E PROGRAMAS EDUCACIONAIS PARA...</t>
+    <t>REGISTRO DE PREÇO PARA AQUISIÇÕES FUTURAS DE CAMIS...</t>
   </si>
   <si>
     <t>TOMADA DE PREÇO Nº 002/2023</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE EMPRESA DE ENGENHARIA PARA EXECUÇÃO DE SERVIÇOS DE ENGENHARIA PARA REVITALIZAÇÃO DE ESPAÇOS PÚBLICOS, LOCALIZADOS NO MUNICÍPIO DE TIMON...</t>
+    <t>CONTRATAÇÃO DE EMPRESA DE ENGENHARIA PARA EXECUÇÃO...</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO Nº 40/2023</t>
   </si>
   <si>
     <t>40/2023</t>
   </si>
   <si>
-    <t>AQUISIÇÃO DE GÊNEROS ALIMENTÍCIOS PERECÍVEIS (LOTE REVOGADO) PARA ATENDER AS DEMANDAS DA SECRETARIA MUNICIPAL DE DESENVOLVIMENTO SOCIAL (SEMDES) DO MU...</t>
+    <t>AQUISIÇÃO DE GÊNEROS ALIMENTÍCIOS PERECÍVEIS (LOTE...</t>
   </si>
   <si>
     <t>CARTA CONVITE Nº 003/2023</t>
   </si>
   <si>
-    <t>AQUISIÇÃO DE MUDAS DE PLANTAS ORNAMENTAIS, GRAMAS ESMERALDA E INSUMOS PARA REALIZAÇÃO DE PAISAGISMO ERA DIVERSOS LOCAIS PÚBLICOS DO MUNICÍPIO DO MUNIC...</t>
+    <t>AQUISIÇÃO DE MUDAS DE PLANTAS ORNAMENTAIS, GRAMAS...</t>
   </si>
   <si>
     <t>CARTA CONVITE Nº 002/2023</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE EMPRESA DE SERVIÇOS TÉCNICOS ESPECIALIZADOS DE SAÚDE E SEGURANÇA DO TRABALHO PARA ELABORAÇÃO DE LAUDO TÉCNICO DAS CONDIÇÕES AMBIENTAIS...</t>
+    <t>CONTRATAÇÃO DE EMPRESA DE SERVIÇOS TÉCNICOS ESPECI...</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO Nº 43/2023</t>
   </si>
   <si>
     <t>43/2023</t>
   </si>
   <si>
-    <t>REGISTRO DE PREÇOS PARA FUTURAS AQUISIÇÕES DE CARTEIRAS E CONJUNTOS ESCOLARES DIVERSOS PARA ATENDIMENTO DE DEMANDA DAS ESCOLAS E CRECHES DA REDE PÚBLI...</t>
+    <t>REGISTRO DE PREÇOS PARA FUTURAS AQUISIÇÕES DE CART...</t>
   </si>
   <si>
     <t>ADESÃO SRP Nº 08/2023</t>
   </si>
   <si>
-    <t>AQUISIÇÃO DE EQUIPAMENTOS E MATERIAL PERMANENTE, PARA ATENDER AS NECESSIDADES DA OFICINA ORTOPEDICA.</t>
+    <t>AQUISIÇÃO DE EQUIPAMENTOS E MATERIAL PERMANENTE, P...</t>
   </si>
   <si>
     <t>19/09/2023</t>
   </si>
   <si>
     <t>176.737,00</t>
   </si>
   <si>
     <t>DISPENSA Nº 04/2023/2023</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE SERVIÇO DE MANUTENÇÃO DE APARELHOS DE AR CONDICIONADO TIPO SPLIT, PARA ATENDER AS DEMANDAS DA GUARDA MUNICIPAL DE TIMON.</t>
+    <t>CONTRATAÇÃO DE SERVIÇO DE MANUTENÇÃO DE APARELHOS...</t>
   </si>
   <si>
     <t>DISPENSA Nº 03/2023/2023</t>
   </si>
   <si>
-    <t>AQUISIÇÃO DE MATERIAL DE EXPEDIENTE PARA ATENDER AS DEMANDAS DA GUARDA CIVIL MUNICIPAL.</t>
+    <t>AQUISIÇÃO DE MATERIAL DE EXPEDIENTE PARA ATENDER A...</t>
   </si>
   <si>
     <t>DISPENSA Nº 002/2023/2023</t>
   </si>
   <si>
     <t>002/2023/2023</t>
   </si>
   <si>
-    <t>AQUISIÇÃO DE EQUIPAMENTOS E MATERIAL PERMANENTE PARA IMPLANTAÇÃO DO DOFT-DIRETOR DE OPERAÇÃO E FISCALIZAÇÃO DE TRANSITO</t>
+    <t>AQUISIÇÃO DE EQUIPAMENTOS E MATERIAL PERMANENTE PA...</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO Nº 41/2023</t>
   </si>
   <si>
     <t>41/2023</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE EMPRESA PARA AQUISIÇÃO DE 04 VEÍCULOS AUTOMOTORES, TIPO PASSEIO, ZERO KM, PARA ATENDER AS NECESSIDADES DA SECRETARIA MUNICIPAL DE SAÚDE...</t>
+    <t>CONTRATAÇÃO DE EMPRESA PARA AQUISIÇÃO DE 04 VEÍCUL...</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO Nº 51/2022</t>
   </si>
   <si>
     <t>51/2022</t>
   </si>
   <si>
-    <t>AQUISIÇÃO DE EQUIPAMENTOS, MATERIAL PERMANENTE E DE CONSUMO PARA ATENDER AS NECESSIDADES DO CENTRO DE SAÚDE MARIA DO CARMO NEIVA</t>
+    <t>AQUISIÇÃO DE EQUIPAMENTOS, MATERIAL PERMANENTE E D...</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO Nº 42/2023</t>
   </si>
   <si>
     <t>42/2023</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE EMPRESA DE ENGENHARIA PARA PRESTAÇÃO DE SERVIÇOS DE INFRAESTRUTURA E DECORAÇÃO NATALINA COM A LOCAÇÃO, MONTAGEM, MANUTENÇÃO E DESMONTAG...</t>
+    <t>CONTRATAÇÃO DE EMPRESA DE ENGENHARIA PARA PRESTAÇÃ...</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO Nº 39/2023</t>
   </si>
   <si>
     <t>39/2023</t>
   </si>
   <si>
-    <t>REGISTRO DE PREÇO PARA AQUISIÇÕES FUTURAS DE GÁS LIQUEFEITO DE PETRÓLEO (GLP-P-13) ENVASADO E BOTIJÕES DE GÁS (VASILHAMES) DE 13KG VAZIOS, PARA ATENDE...</t>
+    <t>REGISTRO DE PREÇO PARA AQUISIÇÕES FUTURAS DE GÁS L...</t>
   </si>
   <si>
     <t>TOMADA DE PREÇO Nº 001/2023</t>
   </si>
   <si>
     <t>001/2023</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE EMPRESA DE ENGENHARIA PARA EXECUÇÃO DE OBRAS DE IMPLANTAÇÃO E MELHORIAS DE SISTEMA DE ABASTECIMENTO DE ÁGUA, NA ZONA RURAL DE TIMON-MA.</t>
-[...1 lines deleted...]
-  <si>
     <t>DISPENSA Nº DP 12/2023/2023</t>
   </si>
   <si>
     <t>DP 12/2023/2023</t>
   </si>
   <si>
-    <t>LOCAÇÃO DE UM IMÓVEL URBANO LOCALIZADO NA RUA MARTINHO CARLOS DA SILVA, N° 817, BAIRRO PARQUE ALVORADA, TIMON-MA, COM DURAÇÃO DE 3 (TRÊS) MESES PODEND...</t>
+    <t>LOCAÇÃO DE UM IMÓVEL URBANO LOCALIZADO NA RUA MART...</t>
   </si>
   <si>
     <t>DISPENSA Nº 001/2023/2023</t>
   </si>
   <si>
     <t>001/2023/2023</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE EMPRESA PARA AQUISIÇÃO DE INSUMOS E EQUIPAMENTOS DE INFORMÁTICA PARA A CONTROLADORIA GERAL DO MUNICÍPIO DE TIMON/MA.</t>
+    <t>CONTRATAÇÃO DE EMPRESA PARA AQUISIÇÃO DE INSUMOS E...</t>
   </si>
   <si>
     <t>ADESÃO SRP Nº 11/2023</t>
   </si>
   <si>
-    <t>ADESÃO A ATA DE SRP N° 001/2023 DO PREGÃO ELETRÔNICO N° 043/2022/SRP-PMO/PI E PROCESSO ADM N° 119/2022 DA PREFEITURA MUNICIPAL DE OEIRAS-PI PARA AQUIS...</t>
+    <t>ADESÃO A ATA DE SRP N° 001/2023 DO PREGÃO ELETRÔNI...</t>
   </si>
   <si>
     <t>01/09/2023</t>
   </si>
   <si>
     <t>948.420,30</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO Nº 38/2023</t>
   </si>
   <si>
     <t>38/2023</t>
   </si>
   <si>
-    <t>REGISTRO DE PREÇO PARA PRESTAÇÃO DE SERVIÇOS DE LIMPEZA E DESENTUPIMENTO DE FOSSAS BIOLÓGICAS E LOCAÇÃO DE CAÇAMBA ESTACIONADA PARA ATENDER AS DEMANDA...</t>
+    <t>REGISTRO DE PREÇO PARA PRESTAÇÃO DE SERVIÇOS DE LI...</t>
   </si>
   <si>
     <t>28/09/2023</t>
   </si>
   <si>
     <t>1.191.988,50</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO Nº 37/2023</t>
   </si>
   <si>
     <t>37/2023</t>
   </si>
   <si>
-    <t>REGISTRO DE PREÇOS PARA CONTRATAÇÃO SERVIÇOS CONTINUADOS DE IMPLANTAÇÃO E MANUTENÇÃO DE SOLUÇÕES NOS LOGRADOUROS PÚBLICOS A FIM DE GARANTIR MAIOR SEGU...</t>
+    <t>REGISTRO DE PREÇOS PARA CONTRATAÇÃO SERVIÇOS CONTI...</t>
   </si>
   <si>
     <t>DISPENSA Nº DP 11/2023/2023</t>
   </si>
   <si>
     <t>DP 11/2023/2023</t>
   </si>
   <si>
-    <t>LOCAÇÃO DE UM IMÓVEL URBANO LOCALIZADO NA AVENIDA FRANCISCO VITORINO DE ASSUNÇÃO, N° 1754, BAIRRO SÃO FRANCISCO, TIMON-MA, COM DURAÇÃO DE 03 MESES POD...</t>
+    <t>LOCAÇÃO DE UM IMÓVEL URBANO LOCALIZADO NA AVENIDA...</t>
   </si>
   <si>
     <t>DISPENSA Nº DP 10/2023/2023</t>
   </si>
   <si>
     <t>DP 10/2023/2023</t>
   </si>
   <si>
-    <t>LOCAÇÃO DE UM IMÓVEL URBANO LOCALIZADO NA RUA CARLOS ALBERTO DE MORAIS, N° 942, BAIRRO PARQUE ALVORADA, TIMON-MA, COM DURAÇÃO DE 3 (TRÊS) MESES PODEND...</t>
+    <t>LOCAÇÃO DE UM IMÓVEL URBANO LOCALIZADO NA RUA CARL...</t>
   </si>
   <si>
     <t>DISPENSA Nº DP 07/2023/2023</t>
   </si>
   <si>
     <t>DP 07/2023/2023</t>
   </si>
   <si>
-    <t>LOCAÇÃO DE UM IMÓVEL URBANO LOCALIZADO NA RUA LUÍS PIRES DE SÁ, N° 1372, BAIRRO PARQUE PIAUÍ, TIMON-MA, COM DURAÇÃO DE 3 (TRÊS) MESES PODENDO SER PROR...</t>
+    <t>LOCAÇÃO DE UM IMÓVEL URBANO LOCALIZADO NA RUA LUÍS...</t>
   </si>
   <si>
     <t>DISPENSA Nº DP 08/2023/2023</t>
   </si>
   <si>
     <t>DP 08/2023/2023</t>
   </si>
   <si>
-    <t>LOCAÇÃO DE UM IMÓVEL URBANO LOCALIZADO NA RUA 04, N° 213, BAIRRO VILA BANDEIRANTE, MA, COM DURAÇÃO DE 3 (TRÊS) MESES PODENDO SER PRORROGADO POR IGUAL...</t>
+    <t>LOCAÇÃO DE UM IMÓVEL URBANO LOCALIZADO NA RUA 04,...</t>
   </si>
   <si>
     <t>DISPENSA Nº DP 09/2023/2023</t>
   </si>
   <si>
     <t>DP 09/2023/2023</t>
   </si>
   <si>
-    <t>LOCAÇÃO DE UM IMÓVEL URBANO LOCALIZADO NA RUA 05, N° 900, BAIRRO PARQUE ALVORADA, TIMON-MA, COM DURAÇÃO DE 3 (TRÊS) MESES PODENDO SER PRORROGADO POR I...</t>
+    <t>LOCAÇÃO DE UM IMÓVEL URBANO LOCALIZADO NA RUA 05,...</t>
   </si>
   <si>
     <t>DISPENSA Nº DP 20/2023/2023</t>
   </si>
   <si>
     <t>DP 20/2023/2023</t>
   </si>
   <si>
-    <t>LOCAÇÃO DE UM IMÓVEL URBANO LOCALIZADO NA RUA P, N° 429, BAIRRO CIDADE NOVA, TIMON-MA, COM DURAÇÃO DE 03 MESES PODENDO SER PRORROGADO POR IGUAL PERÍOD...</t>
+    <t>LOCAÇÃO DE UM IMÓVEL URBANO LOCALIZADO NA RUA P, N...</t>
   </si>
   <si>
     <t>DISPENSA Nº DP 19/2023/2023</t>
   </si>
   <si>
     <t>DP 19/2023/2023</t>
   </si>
   <si>
-    <t>LOCAÇÃO DE UM IMÓVEL URBANO LOCALIZADO NA RUA 21, N° 01, QUADRA 59, LOTE 15, BAIRRO PLANALTO BOA ESPERANÇA, TIMON-MA, COM DURAÇÃO DE 02 MESES PODENDO...</t>
+    <t>LOCAÇÃO DE UM IMÓVEL URBANO LOCALIZADO NA RUA 21,...</t>
   </si>
   <si>
     <t>DISPENSA Nº 01/2023/2023</t>
   </si>
   <si>
     <t>01/2023/2023</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE INSTRUTOR CREDENCIADO JUNTO A POLÍCIA FEDERAL PARA APLICAÇÃO DE TESTE DE CAPACIDADE TÉCNICA PARA FINS DE PORTE DE ARMA DE FOGO PARA OS...</t>
+    <t>CONTRATAÇÃO DE INSTRUTOR CREDENCIADO JUNTO A POLÍC...</t>
   </si>
   <si>
     <t>DISPENSA Nº 02/2023/2023</t>
   </si>
   <si>
     <t>02/2023/2023</t>
   </si>
   <si>
-    <t>AQUISIÇÃO DE COLCHÕES TIPO HOSPITALAR D23 PARA ATENDER AS DEMANDAS DA GUARDA CIVIL MUNICIPAL</t>
+    <t>AQUISIÇÃO DE COLCHÕES TIPO HOSPITALAR D23 PARA ATE...</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO Nº 33/2023</t>
   </si>
   <si>
     <t>33/2023</t>
   </si>
   <si>
-    <t>REGISTRO DE PREÇO PARA AQUISIÇÃO DE MATERIAL PERMANENTE EM GERAL: MOBILIÁRIOS E ELETROELETRÔNICO DIVERSOS PARA ATENDER AS DEMANDAS DAS ESCOLAS E CRECH...</t>
-[...2 lines deleted...]
-    <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA REALIZAÇÃO DE CURSO PREPARATÓRIO PARA O PROCESSO DE ESCOLHA DOS MEMBROS DO CONSELHO TUTELAR, ASSESSORIA E A...</t>
+    <t>REGISTRO DE PREÇO PARA AQUISIÇÃO DE MATERIAL PERMA...</t>
+  </si>
+  <si>
+    <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA REALIZAÇ...</t>
   </si>
   <si>
     <t>DISPENSA nº 15/2023</t>
   </si>
   <si>
     <t>15/2023</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE SERVIÇOS DE LOCAÇÃO DE IMÓVEL URBANO LOCALIZADO NA AVENIDA GETÚLIO VARGAS, N° 281, BAIRRO CENTRO, TIMON/MA, PARA FINS DE SEDIAR O SERVI...</t>
+    <t>CONTRATAÇÃO DE SERVIÇOS DE LOCAÇÃO DE IMÓVEL URBAN...</t>
   </si>
   <si>
     <t>30.000,00</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO Nº 36/2023</t>
   </si>
   <si>
     <t>36/2023</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA PRESTAÇÃO DE SERVIÇOS DE ESTRUTURAÇÃO E ILUMINAÇÃO COM INSTALAÇÃO, MONTAGEM E FORNECIMENTO DE MATERIAL E EQU...</t>
-[...1 lines deleted...]
-  <si>
     <t>PREGÃO PRESENCIAL Nº 35/2023</t>
   </si>
   <si>
     <t>35/2023</t>
   </si>
   <si>
     <t>PREGÃO PRESENCIAL</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE EMPRESA PARA AQUISIÇÃO DE VEÍCULO AUTOMOTOR NOVO TIPO PICK-UP PEQUENA COM CABINE DUPLA, PARA ATENDER AS NECESSIDADES DO PROJETO ITAÚ SO...</t>
+    <t>CONTRATAÇÃO DE EMPRESA PARA AQUISIÇÃO DE VEÍCULO A...</t>
   </si>
   <si>
     <t>DISPENSA Nº 16/2023/2023</t>
   </si>
   <si>
     <t>16/2023/2023</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE EMPRESA PARA AQUISIÇÃO DE COMIDAS TÍPICAS PARA O PERÍODO JUNINO PARA ATENDER AS NECESSIDADES DOS PROGRAMAS DA SECRETARIA MUNICIPAL DE...</t>
+    <t>CONTRATAÇÃO DE EMPRESA PARA AQUISIÇÃO DE COMIDAS T...</t>
   </si>
   <si>
     <t>CREDENCIAMENTO Nº 002/2022</t>
   </si>
   <si>
-    <t>AUTORIZAR EMPRESA PARA PRESTAR O SERVIÇOS REGULARES DE TRANSPORTE RODOVIÁRIO SEMI URBANO INTERESTADUAL DE PASSAGEIROS ENTRE LOCALIDADES DE TIMON (MA)...</t>
+    <t>AUTORIZAR EMPRESA PARA PRESTAR O SERVIÇOS REGULARE...</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE Nº 008/2023/2023</t>
   </si>
   <si>
     <t>008/2023/2023</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE SERVIÇOS ARTITICOS MUSICAL DO CANTOR TERCIO ANTONIO RUBIA FILHO, PARA APRESENTAÇÃO NO DIA DO EVANGELICO 2023 EM TIMON-MA, A SER REALIZA...</t>
+    <t>CONTRATAÇÃO DE SERVIÇOS ARTITICOS MUSICAL DO CANTO...</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO Nº 34/2023</t>
   </si>
   <si>
     <t>34/2023</t>
   </si>
   <si>
-    <t>REGISTRO DE PREÇOS PARA FUTURA CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NO CONJUNTO DE AÇÕES VOLTADOS PARA MELHORIA DE SEGURANÇA NAS VIAS DO MUNICÍPIO DE...</t>
+    <t>REGISTRO DE PREÇOS PARA FUTURA CONTRATAÇÃO DE EMPR...</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE Nº 02/2023/2023</t>
   </si>
   <si>
-    <t>AQUISIÇÃO DE MUNIÇÃO CBC 12/70 PARA USO JUNTO AS ARMAS DE FOGO INSTITUCIONAIS DA GUARDA CIVIL MUNICIPAL TIMON- MA.</t>
+    <t>AQUISIÇÃO DE MUNIÇÃO CBC 12/70 PARA USO JUNTO AS A...</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE Nº 01/2023/2023</t>
   </si>
   <si>
-    <t>AQUISIÇÃO DE MUNIÇÃO PARA USO JUNTO AS ARMAS DE FOGO INSTITUCIONAIS DA GUARDA CIVIL MUNICIPAL TIMON- MA</t>
-[...2 lines deleted...]
-    <t>ADESÃO A ATA DE SRP Nº 013/2023 DO PREGÃO ELETRÔNICO Nº 174/2022 - SEMCASPI REFERENTE AO FORNECIMENTO DE GÊNEROS ALIMENTÍCIOS PERECÍVEIS-CARNES, PARA...</t>
+    <t>AQUISIÇÃO DE MUNIÇÃO PARA USO JUNTO AS ARMAS DE FO...</t>
+  </si>
+  <si>
+    <t>ADESÃO A ATA DE SRP Nº 013/2023 DO PREGÃO ELETRÔNI...</t>
   </si>
   <si>
     <t>30/06/2023</t>
   </si>
   <si>
     <t>933.059,01</t>
   </si>
   <si>
     <t>DISPENSA Nº DP 01/2023/2023</t>
   </si>
   <si>
     <t>DP 01/2023/2023</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA INSTALAÇÃO E MANUTENÇÃO DE CERCA ELÉTRICA NOS PRÉDIOS QUE SEDIAM OS PROGRAMAS DA SECRETARIA MUNICIPAL DE DES...</t>
+    <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA INSTALAÇ...</t>
   </si>
   <si>
     <t>CONCORRÊNCIA PUBLICA Nº 005/2023</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA SERVIÇOS DE COLETA, TRANSPORTE DE RESÍDUOS SÓLIDOS URBANOS E OUTROS SERVIÇOS COMPLEMENTARES DE LIMPEZA PÚBLI...</t>
+    <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA SERVIÇOS...</t>
   </si>
   <si>
     <t>25/08/2023</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE Nº 01/2023</t>
   </si>
   <si>
-    <t>A CONTRATAÇÃO DE EMPRESA PARA MINISTRAR CURSO DE LICITAÇÕES E CONTRATOS, CONFORME A LEI 14133/2021, A SER REALIZADO NOS DIAS 23 A 27 DE JANEIRO DE 202...</t>
+    <t>A CONTRATAÇÃO DE EMPRESA PARA MINISTRAR CURSO DE L...</t>
   </si>
   <si>
     <t>12/02/2023</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE Nº 005/2023/2023</t>
   </si>
   <si>
     <t>005/2023/2023</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE SERVIÇOS ARTISTICOS MUSICAL DA BANDATOCA DO VALE, PARA APRESENTAÇÃO NOS FESTEJOS DE FOLGUEDOS 2023 DE TIMON, MA.</t>
-[...2 lines deleted...]
-    <t>CONTRATAÇÃO DE SERVIÇOS ARTISTICOS MUSICAL DA BANDA WALKIRIA SANTOS , PARA APRESENTAÇÃO NOS FESTEJOS DE FOLGUEDOS 2023 DE TIMON, MA.</t>
+    <t>CONTRATAÇÃO DE SERVIÇOS ARTISTICOS MUSICAL DA BAND...</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE Nº 007/2023/2023</t>
   </si>
   <si>
     <t>007/2023/2023</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE SERVIÇOS ARTISTICOS MUSICAL DA BANDA DESEJO DE MENINA, PARA APRESENTAÇÃO NOS FESTEJOS DE FOLGUEDOS 2023 DE TIMON, MA.</t>
-[...1 lines deleted...]
-  <si>
     <t>ADESÃO SRP Nº 05/2023</t>
   </si>
   <si>
     <t>05/2023</t>
   </si>
   <si>
-    <t>AQUISIÇÃO DE MATERIAL DE LIMPEZA HOSPITALAR, PARA ATENDER AS DEMANDAS DA SECRETARIA MUNICIPAL DE SAÚDE DE TIMON-MA E SUAS UNIDADES.</t>
+    <t>AQUISIÇÃO DE MATERIAL DE LIMPEZA HOSPITALAR, PARA...</t>
   </si>
   <si>
     <t>23/06/2023</t>
   </si>
   <si>
     <t>465.920,00</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO Nº 029/2023</t>
   </si>
   <si>
     <t>029/2023</t>
   </si>
   <si>
-    <t>AQUISIÇÃO DE MATERIAL PERMANENTE E DE CONSUMO PARA ATENDER AS NECESSIDADES DO CENTRO CIRÚRGICO DO HOSPITAL MUNICIPAL DR.º JOSÉ FIRMINO DE SOUSA.</t>
+    <t>AQUISIÇÃO DE MATERIAL PERMANENTE E DE CONSUMO PARA...</t>
   </si>
   <si>
     <t>PREGÃO PRESENCIAL nº 032/2023</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA PRESTAÇÃO DE SERVIÇOS TÉCNICOS PARA FORNECIMENTO DE LICENÇAS DE SOFTWARE DE CONTABILIDADE PÚBLICA, FOLHA DE PA...</t>
-[...1 lines deleted...]
-  <si>
     <t>ADESÃO SRP Nº 06/2023</t>
   </si>
   <si>
     <t>06/2023</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE EMPRESA PARA FORNECIMENTO/PRESTAÇÃO DE SERVIÇOS COMUNS DE GRÁFICA NO MUNICÍPIO DE BURITI DOS LOPES-PI, PARA ATENDER AS DEMANDAS DA SECR...</t>
+    <t>CONTRATAÇÃO DE EMPRESA PARA FORNECIMENTO/PRESTAÇÃO...</t>
   </si>
   <si>
     <t>12/04/2023</t>
   </si>
   <si>
     <t>309.495,35</t>
   </si>
   <si>
     <t>DISPENSA Nº 03/2023</t>
   </si>
   <si>
-    <t>AQUISIÇÃO DE KITS PARA MERENDA ESCOLAR (COLHER, CANECA E PRATO), PERTENCENTE À SECRETARIA MUNICIPAL DE EDUCAÇÃO DE TIMON/MA,</t>
+    <t>AQUISIÇÃO DE KITS PARA MERENDA ESCOLAR (COLHER, CA...</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO Nº 031/2023</t>
   </si>
   <si>
     <t>031/2023</t>
   </si>
   <si>
-    <t>AQUISIÇÃO DE GÊNEROS ALIMENTÍCIOS PERECÍVEIS E NÃO PERECÍVEIS PARA ATENDER AS DEMANDAS DA SECRETARIA MUNICIPAL DE DESENVOLVIMENTO SOCIAL (SEMDES) DO M...</t>
-[...1 lines deleted...]
-  <si>
     <t>05/07/2023</t>
   </si>
   <si>
     <t>3.209.353,14</t>
   </si>
   <si>
     <t>DISPENSA Nº 01/2023</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE EMPRESA PARA APRESENTAÇÃO DE PROJETO DE ARQUITETURA DE MELHORIAS DA ILUMINAÇÃO, SONORIZAÇÃO E VESTIMENTA DA CAIXA CÊNICA PARA TEATRO MU...</t>
+    <t>CONTRATAÇÃO DE EMPRESA PARA APRESENTAÇÃO DE PROJET...</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO Nº 028/2023</t>
   </si>
   <si>
-    <t>AQUISIÇÕES FUTURAS POR MEIO DE REGISTRO DE PREÇOS DE KIT DE MATERIAL ESCOLAR, PARA ATENDER AS NECESSIDADES DA SECRETARIA MUNICIPAL DE EDUCAÇÃO DE TIMO...</t>
+    <t>AQUISIÇÕES FUTURAS POR MEIO DE REGISTRO DE PREÇOS...</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO Nº 010/2023</t>
   </si>
   <si>
     <t>010/2023</t>
   </si>
   <si>
-    <t>REGISTRO DE PREÇO PARA AQUISIÇÕES FUTURAS DC PLAQUETAS PARA TOMBAMENTO AUTO ADESIVA EM ALUMÍNIO MEDINDO 2X5CM PARA ATENDER AS DEMANDAS DO MUNICÍPIO DC...</t>
+    <t>REGISTRO DE PREÇO PARA AQUISIÇÕES FUTURAS DC PLAQU...</t>
   </si>
   <si>
     <t>DISPENSA Nº DP12022/2022</t>
   </si>
   <si>
     <t>DP12022/2022</t>
   </si>
   <si>
-    <t>FORNECIMENTO, COM ENTREGAS PARCIAIS DE RECIPIENTES DE BARROS EM ARGILA (FILTROS DE AGUA), CUJO MODELO, QUANTIDADE E PREÇO ENCONTRAM-SE APRESENTADOS NA...</t>
+    <t>FORNECIMENTO, COM ENTREGAS PARCIAIS DE RECIPIENTES...</t>
   </si>
   <si>
     <t>CONCORRÊNCIA PUBLICA Nº 004/2023</t>
   </si>
   <si>
     <t>004/2023</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE AGÊNCIA DE PUBLICIDADE E PROPAGANDA, PARA PRESTAÇÃO DE SERVIÇOS DE PUBLICIDADE.</t>
+    <t>CONTRATAÇÃO DE AGÊNCIA DE PUBLICIDADE E PROPAGANDA...</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO Nº 030/2023</t>
   </si>
   <si>
     <t>030/2023</t>
   </si>
   <si>
-    <t>AQUISIÇÃO DE MATERIAL PERMANENTE VISANDO ATENDER AS NECESSIDADES DA SECRETARIA MUNICIPAL DE DESENVOLVIMENTO SOCIAL (SEMDES) E PROGRAMAS VINCULADOS DO...</t>
+    <t>AQUISIÇÃO DE MATERIAL PERMANENTE VISANDO ATENDER A...</t>
   </si>
   <si>
     <t>ADESÃO SRP Nº 01/2022/2022</t>
   </si>
   <si>
     <t>01/2022/2022</t>
   </si>
   <si>
-    <t>REFERENTE A CONTRATAÇÃO DE EMPRESA PARA AQUISIÇÃO DE MEDICAMENTOS.</t>
+    <t>REFERENTE A CONTRATAÇÃO DE EMPRESA PARA AQUISIÇÃO...</t>
   </si>
   <si>
     <t>ADESÃO SRP Nº 01/2021</t>
   </si>
   <si>
     <t>01/2021</t>
   </si>
   <si>
-    <t>REFERENTE CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA LICENÇA DE USO DO SISTEMA PARA GERENCIAMENTO DAS AÇÕES E INFORMAÇÕES DA SAÚDE A SER IMPLANTADO NA...</t>
+    <t>REFERENTE CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PAR...</t>
   </si>
   <si>
     <t>18/01/2021</t>
   </si>
   <si>
     <t>362.101,80</t>
   </si>
   <si>
     <t>ADESÃO SRP nº 02/2021</t>
   </si>
   <si>
-    <t>AQUISIÇÃO DE MATERIAL DE CONSUMO ODONTOLÓGICO, INSTRUMENTAL ODONTOLÓGICO E APARELHOS ODONTOLÓGICOS.</t>
+    <t>AQUISIÇÃO DE MATERIAL DE CONSUMO ODONTOLÓGICO, INS...</t>
   </si>
   <si>
     <t>03/03/2022</t>
   </si>
   <si>
     <t>1.556.524,52</t>
   </si>
   <si>
-    <t>PRESTAÇÃO DE SERVIÇOS DE LOCAÇÃO DE VEÍCULOS DE PEQUENO E MÉDIO PORTE PARA ATENDER AS NECESSIDADES DIVERSAS DA SECRETARIA MUNICIPAL DE DESENVOLVIMENTO...</t>
+    <t>PRESTAÇÃO DE SERVIÇOS DE LOCAÇÃO DE VEÍCULOS DE PE...</t>
   </si>
   <si>
     <t>28/02/2023</t>
   </si>
   <si>
     <t>101.976,00</t>
   </si>
   <si>
     <t>ADESÃO SRP Nº 03/2022/2022</t>
   </si>
   <si>
     <t>03/2022/2022</t>
   </si>
   <si>
-    <t>REFERENTE A CONTRATAÇÃO DE EMPRESA PARA AQUISIÇÃO DE MATERIAL HOSPITALAR.</t>
-[...1 lines deleted...]
-  <si>
     <t>ADESÃO SRP Nº 04/2022/2022</t>
   </si>
   <si>
     <t>04/2022/2022</t>
   </si>
   <si>
-    <t>REFERENTE A CONTRATAÇÃO DE EMPRESA PARA AQUISIÇÃO DE MEDICAMENTOS E INSUMOS HOSPITALIZARES, PARA ATENDER AS DEMANDAS DA SECRETARIA MUNICIPAL DE SAÚDE...</t>
-[...1 lines deleted...]
-  <si>
     <t>ADESÃO SRP Nº 03/2021/2021</t>
   </si>
   <si>
     <t>03/2021/2021</t>
   </si>
   <si>
-    <t>REFERENTE A CONTRATAÇÃO DE EMPRESA PARA PRESTAÇÃO DOS SERVIÇOS NA CONFECÇÃO DE FARDAMENTO COMPLETO PARA ATENDER AS NECESSIDADES DESTA SECRETARIA E SUA...</t>
+    <t>REFERENTE A CONTRATAÇÃO DE EMPRESA PARA PRESTAÇÃO...</t>
   </si>
   <si>
     <t>ADESÃO SRP Nº 02/2021</t>
   </si>
   <si>
-    <t>REFERENTE A CONTRATAÇÃO DE EMPRESA PARA PRESTAÇÃO DOS SERVIÇOS NA CONFECÇÃO DE ENXOVAL HOSPITALAR PARA ATENDER AS NECESSIDADES DAS UNIDADES DE SAÚDE.</t>
-[...1 lines deleted...]
-  <si>
     <t>04/10/2021</t>
   </si>
   <si>
     <t>545.792,15</t>
   </si>
   <si>
     <t>ADESÃO SRP Nº 01/2023/2023</t>
   </si>
   <si>
-    <t>REFERENTE AQUISIÇÃO DE MATERIAL DE LIMPEZA DESTINADO À SECRETARIA DE SAÚDE DE TIMON-MA.</t>
+    <t>REFERENTE AQUISIÇÃO DE MATERIAL DE LIMPEZA DESTINA...</t>
   </si>
   <si>
     <t>ADESÃO SRP Nº 04/2023/2023</t>
   </si>
   <si>
-    <t>AQUISIÇÃO DE GÊNEROS ALIMENTÍCIOS PERECÍVEIS E NÃO PERECÍVEIS, PARA ATENDER AS DEMANDAS DESSA SECRETARIA E SUAS UNIDADES.</t>
-[...2 lines deleted...]
-    <t>PRESTAÇÃO DE SERVIÇOS NA CONFECÇÃO DE MATERIAL GRÁFICO.</t>
+    <t>PRESTAÇÃO DE SERVIÇOS NA CONFECÇÃO DE MATERIAL GRÁ...</t>
   </si>
   <si>
     <t>27/03/2023</t>
   </si>
   <si>
     <t>1.882.559,20</t>
   </si>
   <si>
     <t>ADESÃO SRP Nº 05/2022/2022</t>
   </si>
   <si>
     <t>05/2022/2022</t>
   </si>
   <si>
-    <t>REFERENTE A AQUISIÇÃO DE MEDICAMENTOS, MATERIAIS HOSPITALARES, ODONTOLÓGICOS E LABORATORIAIS, PARA ATENDER AS DEMANDAS DA SECRETARIA MUNICIPAL DE SAÚD...</t>
+    <t>REFERENTE A AQUISIÇÃO DE MEDICAMENTOS, MATERIAIS H...</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO Nº 026/2023</t>
   </si>
   <si>
     <t>026/2023</t>
   </si>
   <si>
-    <t>REGISTRO DE PREÇOS PARA AQUISIÇÕES FUTURAS DE MATERIAIS DE LIMPEZA USO GERAL, LIMPEZA HOSPITALAR, HIGIENE E DESCARTÁVEIS, PARA ATENDER AS NECESSIDADES...</t>
+    <t>REGISTRO DE PREÇOS PARA AQUISIÇÕES FUTURAS DE MATE...</t>
   </si>
   <si>
     <t>30/05/2023</t>
   </si>
   <si>
     <t>10.252.820,03</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO Nº 020/2023</t>
   </si>
   <si>
     <t>020/2023</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE EMPRESA PARA MOBILIAR, COM MONTAGEM DE MÓVEIS PLANEJADOS E OBRAS DE ARTE, O COMPLEXO CULTURAL E O TEATRO MUNICIPAL MARIA SOCORRO MACEDO...</t>
+    <t>CONTRATAÇÃO DE EMPRESA PARA MOBILIAR, COM MONTAGEM...</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO Nº 027/2023</t>
   </si>
   <si>
     <t>027/2023</t>
   </si>
   <si>
-    <t>REGISTRO DE PREÇO PARA AQUISIÇÃO FUTURA DE KIT''S DE ENXOVAL PARA NATALIDADE, AFIM DE ATENDER AS NECESSIDADES DE FAMÍLIAS EM SITUAÇÃO DE VULNERABILIDA...</t>
+    <t>REGISTRO DE PREÇO PARA AQUISIÇÃO FUTURA DE KIT''S...</t>
   </si>
   <si>
     <t>Cancelada</t>
   </si>
   <si>
     <t>2.272.398,00</t>
   </si>
   <si>
-    <t>FORNECIMENTO COM ENTREGA EM REMESSSAS PARCIAIS DE MATERIAIS DE CONSTRUÇÃO EM GERAL, CUJAS ESPECIFICAÇOES , QUANTIDADES E PREÇOS ENCONTRAM-SE EM CONFOR...</t>
+    <t>FORNECIMENTO COM ENTREGA EM REMESSSAS PARCIAIS DE...</t>
   </si>
   <si>
     <t>13/02/2023</t>
   </si>
   <si>
     <t>16.921,57</t>
   </si>
   <si>
     <t>CONCORRÊNCIA PUBLICA Nº 002/2023</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE EMPRESA DE ENGENHARIA PARA EXECUÇÃO DE SERVIÇO DE ENGENHARIA DE PAVIMENTAÇÃO EM PARALELEPÍPEDO EM VIAS NA ZONA URBANA DO MUNICÍPIO DE T...</t>
-[...1 lines deleted...]
-  <si>
     <t>CONCORRÊNCIA PUBLICA Nº 003/2023</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE EMPRESA DE ENGENHARIA PARA CONSTRUÇÃO, REFORMA E AMPLIAÇÃO DE UNIDADES ESCOLARES NO ÂMBITO DA SECRETARIA MUNICIPAL DE EDUCAÇÃO DE TIMON...</t>
-[...1 lines deleted...]
-  <si>
     <t>DISPENSA Nº 004/2023</t>
   </si>
   <si>
-    <t>AQUISIÇÃO DE COLCHONETES IMPERMEÁVEIS EM NAPA COM ESPUMA PARA ATENDER AS NECESSIDADES DAS ESCOLAS E CRECHES DA REDE MUNICIPAL DE ENSINO DE TIMON-MA.</t>
+    <t>AQUISIÇÃO DE COLCHONETES IMPERMEÁVEIS EM NAPA COM...</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO Nº 25/2023</t>
   </si>
   <si>
     <t>25/2023</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE EMPRESA PARA EXECUÇÃO DE SERVIÇOS COMUNS DE ENGENHARIA DE REQUALIFICAÇÃO DA ORLA DO RIO PARNAÍBA, NO PERÍMETRO DA AVENIDA PIAUÍ, ZONA U...</t>
-[...2 lines deleted...]
-    <t>LOCAÇAO DE IMÓVEL LOCALIZADO A AV. LUIS FIRMINO DE SOUSA, N9 3340, BAIRRO SÃO BENEDITO, TIMON - MA, PARA GUARDA DE MÁQUINAS E VEÍCULOS PESADOS QUE E...</t>
+    <t>CONTRATAÇÃO DE EMPRESA PARA EXECUÇÃO DE SERVIÇOS C...</t>
+  </si>
+  <si>
+    <t>LOCAÇAO DE IMÓVEL LOCALIZADO A AV. LUIS FIRMINO DE...</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO Nº 24/2023</t>
   </si>
   <si>
     <t>24/2023</t>
   </si>
   <si>
-    <t>AQUISIÇÃO DE MUDAS DE PLANTAS ORNAMENTAIS, GRAMAS ESMERALDA E INSUMOS PARA REALIZAÇÃO DE PAISAGISMO E ARBORIZAÇÃO, VISANDO ATENDER AS NECESSIDADES DOS...</t>
-[...1 lines deleted...]
-  <si>
     <t>DISPENSA Nº 003/2023/2023</t>
   </si>
   <si>
     <t>003/2023/2023</t>
   </si>
   <si>
-    <t>FORNECIMENTO E AQUISIÇÃO DE DE PASSAGENS AEREAS NACIONAIS</t>
+    <t>FORNECIMENTO E AQUISIÇÃO DE DE PASSAGENS AEREAS NA...</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO Nº 023/2023</t>
   </si>
   <si>
     <t>023/2023</t>
   </si>
   <si>
-    <t>AQUISIÇÃO DE PEÇAS PARA MANUTENÇÃO PREVENTIVA E CORRETIVA NOS APARELHOS ODONTOLÓGICOS DAS UNIDADES MANTIDAS POR ESTA SECRETARIA MUNICIPAL DE SAÚDE DO...</t>
-[...2 lines deleted...]
-    <t>CESSÃO DE DIREITO DE USO, SERVIÇOS DE IMPLANTAÇÃO, MIGRAÇÃO DE DADOS, SUPORTE TÉCNICO OPERACIONAL E MANUTENÇÃO DE SOFTWARE DIGITAL DE GERENCIAMENTO E...</t>
+    <t>AQUISIÇÃO DE PEÇAS PARA MANUTENÇÃO PREVENTIVA E CO...</t>
+  </si>
+  <si>
+    <t>CESSÃO DE DIREITO DE USO, SERVIÇOS DE IMPLANTAÇÃO,...</t>
   </si>
   <si>
     <t>19/04/2023</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO Nº 021/2023</t>
   </si>
   <si>
     <t>021/2023</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE EMPRESA PARA PRESTAÇÃO DE SERVIÇO DE ARBITRAGEM PARA OS JOGOS ESCOLARES TIMONENSE 2023 E COMPETIÇÕES OFICIAIS DA SECRETARIA MUNICIPAL D...</t>
-[...1 lines deleted...]
-  <si>
     <t>PREGÃO ELETRÔNICO Nº 018/2023</t>
   </si>
   <si>
     <t>018/2023</t>
   </si>
   <si>
-    <t>AQUISIÇÃO DE EQUIPAMENTOS E MATERIAL PERMANENTE PARA ATENDER AS NECESSIDADES DA OFICINA ORTOPÉDICA</t>
-[...1 lines deleted...]
-  <si>
     <t>PREGÃO ELETRÔNICO Nº 050/2022</t>
   </si>
   <si>
     <t>050/2022</t>
   </si>
   <si>
-    <t>AQUISIÇÃO DE MATERIAL PERMANENTE HOSPITALAR E DE CONSUMO PARA ATENDER AS NECESSIDADES DO HOSPITAL MUNICIPAL DR. JOSÉ FIRMINO DE SOUSA.</t>
+    <t>AQUISIÇÃO DE MATERIAL PERMANENTE HOSPITALAR E DE C...</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO Nº 022/2023</t>
   </si>
   <si>
     <t>022/2023</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE EMPRESA PARA PRESTAÇÃO DE SERVIÇOS DE LOCAÇÃO DE ÔNIBUS PARA TRANSPORTE DE ATLETAS PARTICIPANTES DOS PROJETOS ESPORTIVOS DO MUNICÍPIO D...</t>
-[...1 lines deleted...]
-  <si>
     <t>PREGÃO ELETRÔNICO Nº 019/2023</t>
   </si>
   <si>
     <t>019/2023</t>
   </si>
   <si>
-    <t>REGISTRO DE PREÇOS PARA SERVIÇOS DE TELECOMUNICAÇÕES, POR MEIO DE REDE IP (INTERNET PROTOCOL) MULTISSERVIÇOS, UTILIZANDO TECNOLOGIA DE TRANSPORTE L2L...</t>
+    <t>REGISTRO DE PREÇOS PARA SERVIÇOS DE TELECOMUNICAÇÕ...</t>
   </si>
   <si>
     <t>18/12/2023</t>
   </si>
   <si>
     <t>532.394,28</t>
   </si>
   <si>
     <t>ADESÃO SRP Nº 042/2022/2022</t>
   </si>
   <si>
     <t>042/2022/2022</t>
   </si>
   <si>
     <t>SERVIÇOS DE TALONARIO</t>
   </si>
   <si>
     <t>DISPENSA Nº 1434/2022</t>
   </si>
   <si>
     <t>1434/2022</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA PRESTAÇÃO DE SERVIÇO DE HOSPEDAGEM DO SITE OFICIAI E PORTAI DA TRANSPARÊNCIA DA PREFEITURA MUNICIPAI DE TIMO...</t>
-[...1 lines deleted...]
-  <si>
     <t>DISPENSA Nº 699/2021</t>
   </si>
   <si>
     <t>699/2021</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA PRESTAÇÃO DE SERVIÇO DE HOSPEDAGEM DO SITE OFICIAL E PORTAL DA TRANSPARÊNCIA DA PREFEITURA MUNICIPAL DE TIMO...</t>
-[...1 lines deleted...]
-  <si>
     <t>INEXIGIBILIDADE Nº 001/2021/2021</t>
   </si>
   <si>
     <t>001/2021/2021</t>
   </si>
   <si>
     <t>CURSO DOS AGENTES</t>
   </si>
   <si>
     <t>DISPENSA Nº 007/2021/2021</t>
   </si>
   <si>
     <t>007/2021/2021</t>
   </si>
   <si>
-    <t>PRESTAÇÃO DE SERVIÇOS DE RASTREAMENTO E GESTÃO DA FROTA DOS VEÍCULOS DE TRANSPORTE ALTERNATIVOS E DMTRANS</t>
+    <t>PRESTAÇÃO DE SERVIÇOS DE RASTREAMENTO E GESTÃO DA...</t>
   </si>
   <si>
     <t>DISPENSA Nº 006/2021/2021</t>
   </si>
   <si>
     <t>006/2021/2021</t>
   </si>
   <si>
-    <t>PRESTAÇÃO DE SERVIÇOS DE CONFECÇÃO DE MATERIAL GRÁFICO</t>
+    <t>PRESTAÇÃO DE SERVIÇOS DE CONFECÇÃO DE MATERIAL GRÁ...</t>
   </si>
   <si>
     <t>DISPENSA Nº 005/2021/2021</t>
   </si>
   <si>
     <t>005/2021/2021</t>
   </si>
   <si>
     <t>LOCAÇÃO DE MÁQUINA COPIADORA</t>
   </si>
   <si>
     <t>DISPENSA Nº 001/2021/2021</t>
   </si>
   <si>
     <t>AQUISIÇÃO DE ALIMENTAÇÃO PRONTA TIPO QUENTINHAS</t>
   </si>
   <si>
     <t>DISPENSA Nº 003/2021/2021</t>
   </si>
   <si>
     <t>003/2021/2021</t>
   </si>
   <si>
-    <t>LOCAÇÃO DE IMÓVEL PARA PÁTIO DE TRANSPORTE APREENDIDOS PELA DMTRANS</t>
+    <t>LOCAÇÃO DE IMÓVEL PARA PÁTIO DE TRANSPORTE APREEND...</t>
   </si>
   <si>
     <t>DISPENSA Nº 004/2021/2021</t>
   </si>
   <si>
     <t>004/2021/2021</t>
   </si>
   <si>
-    <t>LOCAÇÃO DE IMÓVEL PARA SEDE ADMINISTRATIVA- DMTRANS</t>
+    <t>LOCAÇÃO DE IMÓVEL PARA SEDE ADMINISTRATIVA- DMTRAN...</t>
   </si>
   <si>
     <t>DISPENSA Nº 002/2021/2021</t>
   </si>
   <si>
     <t>002/2021/2021</t>
   </si>
   <si>
-    <t>LOCAÇÃO DE IMÓVEL PARA SEDE DOS AGENTES E TRANSPORTES-DMTRANS</t>
+    <t>LOCAÇÃO DE IMÓVEL PARA SEDE DOS AGENTES E TRANSPOR...</t>
   </si>
   <si>
     <t>DISPENSA Nº 006/2020/2020</t>
   </si>
   <si>
     <t>006/2020/2020</t>
   </si>
   <si>
     <t>DISPENSA Nº 005/2020/2020</t>
   </si>
   <si>
     <t>005/2020/2020</t>
   </si>
   <si>
     <t>AQUISIÇÃO DE COLCHÕES</t>
   </si>
   <si>
     <t>DISPENSA Nº 004/2020/2020</t>
   </si>
   <si>
     <t>004/2020/2020</t>
   </si>
   <si>
     <t>AQUISIÇÃO DE MATERIAL DE HIGIENE E LIMPEZA</t>
   </si>
   <si>
     <t>DISPENSA Nº 003/2020/2020</t>
   </si>
   <si>
     <t>003/2020/2020</t>
   </si>
   <si>
-    <t>SERVIÇOS DE RASTREAMENTO NAS FROTAS DE VEÍCULOS DE TRANSPORTE ALTERNATIVOS E DMTRANS</t>
+    <t>SERVIÇOS DE RASTREAMENTO NAS FROTAS DE VEÍCULOS DE...</t>
   </si>
   <si>
     <t>DISPENSA Nº 002/2020/2020</t>
   </si>
   <si>
     <t>002/2020/2020</t>
   </si>
   <si>
-    <t>AQUISIÇÃO DE EQUIPAMENTOS E INSTALAÇÃO DE SEGURANÇA ELETRÔNICA NO PRÉDIO DOS AGENTES E PONTE METÁLICA</t>
+    <t>AQUISIÇÃO DE EQUIPAMENTOS E INSTALAÇÃO DE SEGURANÇ...</t>
   </si>
   <si>
     <t>DISPENSA Nº 001/2020/2020</t>
   </si>
   <si>
     <t>001/2020/2020</t>
   </si>
   <si>
     <t>SERVIÇOS DE PLOTAGEM</t>
   </si>
   <si>
     <t>DISPENSA Nº 003/2022/2022</t>
   </si>
   <si>
     <t>003/2022/2022</t>
   </si>
   <si>
     <t>DISPENSA Nº 001/2022/2022</t>
   </si>
   <si>
     <t>001/2022/2022</t>
   </si>
   <si>
     <t>AQUISIÇÃO DE CONES</t>
   </si>
   <si>
     <t>DISPENSA Nº 002/2022/2022</t>
   </si>
   <si>
     <t>002/2022/2022</t>
   </si>
   <si>
     <t>LOCAÇÃO DE IMPRESSORA</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO Nº 017/2023</t>
   </si>
   <si>
     <t>017/2023</t>
   </si>
   <si>
-    <t>REGISTRO DE PREÇOS PARA FUTURAS AQUISIÇÕES DE UTENSÍLIOS DOMÉSTICOS E MATERIAIS DE COZINHA PARA ATENDER AS NECESSIDADES DAS ESCOLAS E CRECHES DA SECRE...</t>
+    <t>REGISTRO DE PREÇOS PARA FUTURAS AQUISIÇÕES DE UTEN...</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO Nº 013/2023</t>
   </si>
   <si>
     <t>013/2023</t>
   </si>
   <si>
-    <t>REGISTRO DE PREÇO PARA AQUISIÇÃO DE MATERIAL ELÉTRICO, MATERIAL DE EPI PARA REALIZAR A MANUTENÇÃO DO SISTEMA DE ILUMINAÇÃO PÚBLICA DO MUNICÍPIO DE TIM...</t>
+    <t>REGISTRO DE PREÇO PARA AQUISIÇÃO DE MATERIAL ELÉTR...</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO Nº 012/2023</t>
   </si>
   <si>
     <t>012/2023</t>
   </si>
   <si>
-    <t>REGISTRO DE PREÇO PARA AQUISIÇÃO DE MATERIAIS HIDRÁULICOS, ELÉTRICOS E DE CONSTRUÇÃO EM GERAL PARA ATENDER AS DEMANDAS DO MUNICÍPIO DE TIMON/MA.</t>
+    <t>REGISTRO DE PREÇO PARA AQUISIÇÃO DE MATERIAIS HIDR...</t>
   </si>
   <si>
     <t>12/05/2023</t>
   </si>
   <si>
     <t>7.729.347,00</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO Nº 008/2023</t>
   </si>
   <si>
     <t>008/2023</t>
   </si>
   <si>
-    <t>REGISTRO DE PREÇO PARA FORNECIMENTO DE GASES MEDICINAIS LIQUEFEITOS COMPRIMIDOS A GRANEL COM MANUTENÇÃO PREVENTIVA E CORRETIVA DOS TANQUES, INCLUINDO...</t>
+    <t>REGISTRO DE PREÇO PARA FORNECIMENTO DE GASES MEDIC...</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO Nº 005/2023</t>
   </si>
   <si>
-    <t>REGISTRO DE PREÇOS PARA FUTURAS CONTRATAÇÕES DE SERVIÇOS NA CONFECÇÃO DE FARDAMENTOS E ENXOVAL HOSPITALAR E FORNECIMENTO DE EQUIPAMENTOS DE PROTEÇÃO I...</t>
+    <t>REGISTRO DE PREÇOS PARA FUTURAS CONTRATAÇÕES DE SE...</t>
   </si>
   <si>
     <t>08/05/2023</t>
   </si>
   <si>
     <t>1.596.248,50</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO Nº 014/2023</t>
   </si>
   <si>
     <t>014/2023</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE EMPRESA PARA CONFECÇÃO DE CADERNOS PARA O PROGRAMA EDUCAR PRA VALER, QUE ATENDE ALUNOS DO ENSINO FUNDAMENTAL PERTENCENTES A REDE PÚBLIC...</t>
+    <t>CONTRATAÇÃO DE EMPRESA PARA CONFECÇÃO DE CADERNOS...</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO Nº 015/2023</t>
   </si>
   <si>
     <t>015/2023</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA EM PRESTAÇÃO DE SERVIÇOS TÉCNICOS SOCIAIS, NA ÁREA DE HABITAÇÃO DE INTERESSE SOCIAL, PARA EXECUÇÃO DA REPROGRAMAÇ...</t>
+    <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA EM PRESTAÇÃO...</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO Nº 016/2023</t>
   </si>
   <si>
     <t>016/2023</t>
   </si>
   <si>
     <t>DISPENSA Nº 02/2020/2020</t>
   </si>
   <si>
     <t>02/2020/2020</t>
   </si>
   <si>
-    <t>AQUISIÇÃO DE ALVOS DE TIRO PARA SUPRIR AS DEMANDAS DO CENTRO DE FORMAÇÃO E ENSINO, SEJA NA UTILIZAÇÃO EM TREINAMENTO PRÁTICO DA DISCIPLINA ARMAMENTO E...</t>
+    <t>AQUISIÇÃO DE ALVOS DE TIRO PARA SUPRIR AS DEMANDAS...</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE Nº 27/2020/2020</t>
   </si>
   <si>
     <t>27/2020/2020</t>
   </si>
   <si>
-    <t>AQUISIÇÃO DE MUNIÇÃO DE USO PERMITIDO, PARA ATENDER AS NECESSIDADES DA GUARDA CIVIL MUNICIPAL.</t>
+    <t>AQUISIÇÃO DE MUNIÇÃO DE USO PERMITIDO, PARA ATENDE...</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE Nº 26/2020/2020</t>
   </si>
   <si>
     <t>26/2020/2020</t>
   </si>
   <si>
-    <t>AQUISIÇÃO DE ARMAMENTO E MUNIÇÃO DE USO PERMITIDO, PARA ATENDER AS NECESSIDADES DA GUARDA CIVIL MUNICIPAL.</t>
+    <t>AQUISIÇÃO DE ARMAMENTO E MUNIÇÃO DE USO PERMITIDO,...</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO Nº 002/2023</t>
   </si>
   <si>
-    <t>REGISTRO DE PREÇOS PARA CONTRATAÇÃO DE EMPRESA DE ENGENHARIA PARA EXECUÇÃO DE OBRAS COMUNS DE IMPLANTAÇÃO DE SISTEMAS SIMPLIFICADOS DE ABASTECIMENTO D...</t>
+    <t>REGISTRO DE PREÇOS PARA CONTRATAÇÃO DE EMPRESA DE...</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO Nº 009/2023</t>
   </si>
   <si>
     <t>009/2023</t>
   </si>
   <si>
-    <t>REGISTRO DE PREÇOS PARA FUTURAS AQUISIÇÕES DE PRODUTOS ALIMENTÍCIOS PERECÍVEIS E NÃO PERECÍVEIS PARA A MERENDA ESCOLAR DOS ALUNOS DA REDE MUNICIPAL DE...</t>
+    <t>REGISTRO DE PREÇOS PARA FUTURAS AQUISIÇÕES DE PROD...</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO Nº 007/2023</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO(ÕES) DE PESSOAS JURÍDICA(S) ESPECIALIZADA(S) NA PRESTAÇÃO DE SERVIÇOS CONTINUADOS COM DEDICAÇÃO EXCLUSIVA DE MÃO DE OBRA TERCEIRIZADA, POR...</t>
+    <t>CONTRATAÇÃO(ÕES) DE PESSOAS JURÍDICA(S) ESPECIALIZ...</t>
   </si>
   <si>
     <t>08/02/2023</t>
   </si>
   <si>
     <t>5.559.340,92</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO Nº 001/2023</t>
   </si>
   <si>
-    <t>REGISTRO DE PREÇO PARA PRESTAÇÃO DE SERVIÇOS DE CONTROLE SANITÁRIO INTEGRADO NO COMBATE A PRAGAS ENGLOBANDO DESINSETIZAÇÃO, DESCUPINIZAÇÃO, CONTROLE D...</t>
+    <t>REGISTRO DE PREÇO PARA PRESTAÇÃO DE SERVIÇOS DE CO...</t>
   </si>
   <si>
     <t>22/10/2024</t>
   </si>
   <si>
     <t>35.910,02</t>
   </si>
   <si>
     <t>CONCORRÊNCIA PUBLICA Nº 001/2023</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE EMPRESA DE ENGENHARIA PARA IMPLANTAÇÃO DE USINAS GERADORAS DE ENERGIA SOLAR NAS UNIDADES ESCOLARES NO ÂMBITO DA SECRETARIA MUNICIPAL DE...</t>
+    <t>CONTRATAÇÃO DE EMPRESA DE ENGENHARIA PARA IMPLANTA...</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE Nº 25/2020/2020</t>
   </si>
   <si>
     <t>25/2020/2020</t>
   </si>
   <si>
-    <t>AQUISIÇÃO DE ARMAS DE FOGO DO TIPO CARABINA E PISTOLAS .40 DE USO INSTITUCIONAL DA GUARDA CIVIL MUNICIPAL DE TIMON - MA.</t>
+    <t>AQUISIÇÃO DE ARMAS DE FOGO DO TIPO CARABINA E PIST...</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE Nº 24/2020/2020</t>
   </si>
   <si>
     <t>24/2020/2020</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE PROFISSIONAL HABILITADO PARA MINISTRAR INSTRUÇÃO NA ÁREA DE ASPECTOS JURÍDICOS DA ATUAÇÃO POLICIAL, DURANTE O CURSO DE FORMAÇÃO DE GUAR...</t>
+    <t>CONTRATAÇÃO DE PROFISSIONAL HABILITADO PARA MINIST...</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE Nº 23/2020/2020</t>
   </si>
   <si>
     <t>23/2020/2020</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE PROFISSIONAL HABILITADO PARA MINISTRAR INSTRUÇÃO NA ÁREA DE LEGISLAÇÃO DE TRÂNSITO, DURANTE O CURSO DE FORMAÇÃO DE GUARDA CIVIL MUNICIP...</t>
-[...1 lines deleted...]
-  <si>
     <t>INEXIGIBILIDADE Nº 22/2020/2020</t>
   </si>
   <si>
     <t>22/2020/2020</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE PROFISSIONAL HABILITADO PARA MINISTRAR INSTRUÇÃO NA ÁREA DE ARMAMENTO E TIRO, DURANTE O CURSO DE FORMAÇÃO DE GUARDA CIVIL MUNICIPAL, CO...</t>
-[...1 lines deleted...]
-  <si>
     <t>INEXIGIBILIDADE Nº 21/2020/2020</t>
   </si>
   <si>
     <t>21/2020/2020</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE PROFISSIONAL HABILITADO PARA MINISTRAR INSTRUÇÃO NA ÁREA DE FISCALIZAÇÃO E OPERAÇÃO EM VIAS, DURANTE O CURSO DE FORMAÇÃO DE GUARDA CIVI...</t>
-[...1 lines deleted...]
-  <si>
     <t>INEXIGIBILIDADE Nº 20/2020/2020</t>
   </si>
   <si>
     <t>20/2020/2020</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE PROFISSIONAL HABILITADO PARA MINISTRAR INSTRUÇÃO NA ÁREA DE LEGISLAÇÃO ESPECIAL, DURANTE O CURSO DE FORMAÇÃO DE GUARDA CIVIL MUNICIPAL,...</t>
-[...1 lines deleted...]
-  <si>
     <t>DISPENSA Nº 01/2020/2020</t>
   </si>
   <si>
     <t>01/2020/2020</t>
   </si>
   <si>
-    <t>AQUISIÇÃO DE ALGEMAS E TONFAS RETRÁTEIS, VISANDO ATENDER AS DEMANDAS DA GUARDA CIVIL MUNICIPAL DE TIMON, CONFORME ESPECIFICAÇÕES E QUANTIDADES ABAIXO...</t>
+    <t>AQUISIÇÃO DE ALGEMAS E TONFAS RETRÁTEIS, VISANDO A...</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE Nº 19/2020/2020</t>
   </si>
   <si>
     <t>19/2020/2020</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE PROFISSIONAL HABILITADO PARA MINISTRAR INSTRUÇÃO NA ÁREA DE COMUNICAÇÃO, DURANTE O CURSO DE FORMAÇÃO DE GUARDA CIVIL MUNICIPAL, COM BAS...</t>
-[...1 lines deleted...]
-  <si>
     <t>INEXIGIBILIDADE Nº 18/2020/2020</t>
   </si>
   <si>
     <t>18/2020/2020</t>
   </si>
   <si>
-    <t>AQUISIÇÃO DE MUNIÇÃO PARA AS ARMAS DE FOGO INSTITUCIONAIS DA GUARDA CIVIL MUNICIPAL E PARA USO NA FORMAÇÃO DOS NOVOS AGENTES DA GUARDA CIVIL MUNICIPAL...</t>
+    <t>AQUISIÇÃO DE MUNIÇÃO PARA AS ARMAS DE FOGO INSTITU...</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE Nº 318/2020/2020</t>
   </si>
   <si>
     <t>318/2020/2020</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE PROFISSIONAL HABILITADO PARA MINISTRAR INSTRUÇÃO NA ÁREA DE EQUIPAMENTOS MENOS LETAIS, DURANTE O CURSO DE FORMAÇÃO DE GUARDA CIVIL MUNI...</t>
-[...1 lines deleted...]
-  <si>
     <t>DISPENSA Nº 001/2023</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NO FORNECIMENTO DE LICENÇA DE USO ANUAL DO SOFTWARE, PARA PESQUISA DE PREÇOS QUE AUXILIEM NA ELABORAÇÃO DE ORÇAME...</t>
-[...1 lines deleted...]
-  <si>
     <t>CREDENCIAMENTO Nº 003/2022</t>
   </si>
   <si>
-    <t>CREDENCIAMENTO DE EMPRESAS QUE DETENHA DIREITOS PARA SERVIÇOS DE TRANSMISSÃO TELEVISIVA EM CANAL ABERTO, NO SISTEMA DIGITAL OU ANALÓGICO, EM TODA A ÁR...</t>
-[...2 lines deleted...]
-    <t>CREDENCIAMENTO DE INSTITUIÇÕES FINANCEIRAS OBJETIVANDO A PRESTAÇÃO DE SERVIÇOS BANCÁRIOS DE CONCESSÃO DE EMPRÉSTIMOS, MEDIANTE CONSIGNAÇÃO EM FOLHA DE...</t>
+    <t>CREDENCIAMENTO DE EMPRESAS QUE DETENHA DIREITOS PA...</t>
+  </si>
+  <si>
+    <t>CREDENCIAMENTO DE INSTITUIÇÕES FINANCEIRAS OBJETIV...</t>
   </si>
   <si>
     <t>CARTA CONVITE Nº 01/2018</t>
   </si>
   <si>
     <t>01/2018</t>
   </si>
   <si>
-    <t>SERVIÇOS DE ASSESSORIA ESPECIALIZADA EM CONTABILIDACE PUBLICA.</t>
+    <t>SERVIÇOS DE ASSESSORIA ESPECIALIZADA EM CONTABILI...</t>
   </si>
   <si>
     <t>CARTA CONVITE Nº 02/2018</t>
   </si>
   <si>
     <t>02/2018</t>
   </si>
   <si>
     <t>LOCAÇÃO DE 02 CARROS TIPO PASSEIO.</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE Nº 002/2022</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DO GRUPO CENTRUM CONSULTORIA CAPACITAÇÃO E EVENTOS LTDA, PARA A QUAL PRESTA SERVIÇO DO CURSO PREMIUM ONLINE "PREGÃO ELETRÔNICO: QUESTÕES F...</t>
+    <t>CONTRATAÇÃO DO GRUPO CENTRUM CONSULTORIA CAPACITAÇ...</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE Nº 001/2022</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DA GRUPO CENTRUM CAPACITAÇÃO E EVENTOS LTDA, PARA A QUAL PRESTA SERVIÇO DO CURSO DE PREMIUM ONLINE "A NOVA LEI DE LICITAÇÕES DESAFIOS E VA...</t>
+    <t>CONTRATAÇÃO DA GRUPO CENTRUM CAPACITAÇÃO E EVENTOS...</t>
   </si>
   <si>
     <t>TOMADA DE PREÇO Nº 009/2022</t>
   </si>
   <si>
     <t>009/2022</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE EMPRESA DE ENGENHARIA PARA CONSTRUÇÃO DE UNIDADE ESCOLAR COM 06 (SEIS) SALAS DE AULA, PADRÃO FNDE, NO RESIDENCIAL JOÃO EMILIO FALCÃO, Z...</t>
-[...1 lines deleted...]
-  <si>
     <t>INEXIGIBILIDADE Nº 16/2020/2020</t>
   </si>
   <si>
     <t>16/2020/2020</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE PROFISSIONAL HABILITADO PARA MINISTRAR INSTRUÇÃO NA ÁREA DE TÉCNICA DE POLICIA OSTENSIVA, DURANTE O CURSO DE FORMAÇÃO DE GUARDA CIVIL M...</t>
-[...1 lines deleted...]
-  <si>
     <t>INEXIGIBILIDADE Nº 15/2020/2020</t>
   </si>
   <si>
     <t>15/2020/2020</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE PROFISSIONAL HABILITADO PARA REALIZAR MONITORIA EM INSTRUÇÃO DE PRIMEIROS SOCORROS, DURANTE O CURSO DE FORMAÇÃO DE GUARDA CIVIL MUNICIP...</t>
+    <t>CONTRATAÇÃO DE PROFISSIONAL HABILITADO PARA REALIZ...</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE Nº 14/2020/2020</t>
   </si>
   <si>
     <t>14/2020/2020</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE PROFISSIONAL HABILITADO PARA MINISTRAR INSTRUÇÃO NA ÁREA DE GERENCIAMENTO DE CRISE, DURANTE O CURSO DE FORMAÇÃO DE GUARDA CIVIL MUNICIP...</t>
-[...1 lines deleted...]
-  <si>
     <t>INEXIGIBILIDADE Nº 13/2020/2020</t>
   </si>
   <si>
     <t>13/2020/2020</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE PROFISSIONAL HABILITADO PARA ATUAR COMO MONITOR DA DISCIPLINA DE NOÇÕES DE BOMBEIRO, DURANTE O CURSO DE FORMAÇÃO DE GUARDA CIVIL MUNICI...</t>
+    <t>CONTRATAÇÃO DE PROFISSIONAL HABILITADO PARA ATUAR...</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE Nº 12/2020/2020</t>
   </si>
   <si>
     <t>12/2020/2020</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE PROFISSIONAL HABILITADO PARA MINISTRAR INSTRUÇÃO NA ÁREA DE TÉCNICAS DE OPERAÇÕES ESPECIAIS, DURANTE O CURSO DE FORMAÇÃO DE GUARDA CIVI...</t>
-[...1 lines deleted...]
-  <si>
     <t>INEXIGIBILIDADE Nº 11/2020/2020</t>
   </si>
   <si>
     <t>11/2020/2020</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE PROFISSIONAL HABILITADO PARA MINISTRAR INSTRUÇÃO NA ÁREA DE TÉCNICAS DE POLICIAMENTO E RÁDIO PATRULHA, DURANTE O CURSO DE FORMAÇÃO DE G...</t>
-[...1 lines deleted...]
-  <si>
     <t>INEXIGIBILIDADE Nº 10/2020/2020</t>
   </si>
   <si>
     <t>10/2020/2020</t>
   </si>
   <si>
-    <t>A CONTRATAÇÃO DE PROFISSIONAL HABILITADO PARA MINISTRAR INSTRUÇÃO NA ÁREA DE NOÇÕES DE BOMBEIRO, DURANTE O CURSO DE FORMAÇÃO DE GUARDA CIVIL MUNICIPAL...</t>
+    <t>A CONTRATAÇÃO DE PROFISSIONAL HABILITADO PARA MINI...</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE Nº 09/2020/2020</t>
   </si>
   <si>
     <t>09/2020/2020</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE PROFISSIONAL HABILITADO PARA MINISTRAR INSTRUÇÃO NA ÁREA DE PRIMEIROS SOCORROS, DURANTE O CURSO DE FORMAÇÃO DE GUARDA CIVIL MUNICIPAL,...</t>
-[...1 lines deleted...]
-  <si>
     <t>INEXIGIBILIDADE Nº 08/2020/2020</t>
   </si>
   <si>
     <t>08/2020/2020</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE PROFISSIONAL HABILITADO PARA MINISTRAR INSTRUÇÃO NA ÁREA DE SEGURANÇA NO TRABALHO, DURANTE O CURSO DE FORMAÇÃO DE GUARDA CIVIL MUNICIPA...</t>
-[...1 lines deleted...]
-  <si>
     <t>INEXIGIBILIDADE Nº 07/2020/2020</t>
   </si>
   <si>
     <t>07/2020/2020</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE PROFISSIONAL HABILITADO PARA MINISTRAR INSTRUÇÃO NA ÁREA DE POLICIAMENTO EM ÁREA ESCOLAR DURANTE O CURSO DE FORMAÇÃO DE GUARDA CIVIL MU...</t>
-[...1 lines deleted...]
-  <si>
     <t>INEXIGIBILIDADE Nº 06/2020/2020</t>
   </si>
   <si>
     <t>06/2020/2020</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE PROFISSIONAL HABILITADO PARA MINISTRAR INSTRUÇÃO NA ÁREA DE SOCIOLOGIA DA CRIMINALIDADE, DURANTE O CURSO DE FORMAÇÃO DE GUARDA CIVIL MU...</t>
-[...1 lines deleted...]
-  <si>
     <t>INEXIGIBILIDADE Nº 05/2020/2020</t>
   </si>
   <si>
     <t>05/2020/2020</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE PROFISSIONAL HABILITADO PARA MINISTRAR INSTRUÇÃO NA ÁREA DE DEFESA PESSOAL, DURANTE O CURSO DE FORMAÇÃO DE GUARDA CIVIL MUNICIPAL, COM...</t>
-[...1 lines deleted...]
-  <si>
     <t>INEXIGIBILIDADE Nº 04/2020/2020</t>
   </si>
   <si>
     <t>04/2020/2020</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE PROFISSIONAL HABILITADO PARA MINISTRAR INSTRUÇÃO NA ÁREA POLICIAMENTO COMUNITÁRIO, DURANTE O CURSO DE FORMAÇÃO DE GUARDA CIVIL MUNICIPA...</t>
-[...1 lines deleted...]
-  <si>
     <t>INEXIGIBILIDADE Nº 03/2020/2020</t>
   </si>
   <si>
     <t>03/2020/2020</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE PROFISSIONAL HABILITADO PARA MINISTRAR INSTRUÇÃO NA ÁREA DE DIREITO AMBIENTAL DURANTE O CURSO DE FORMAÇÃO DE GUARDA CIVIL MUNICIPAL, CO...</t>
-[...1 lines deleted...]
-  <si>
     <t>INEXIGIBILIDADE Nº 02/2020/2020</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE PROFISSIONAL HABILITADO PARA MINISTRAR INSTRUÇÃO NA ÁREA DE TÉCNICAS DE INFORMAÇÃO E INTELIGÊNCIA, DURANTE O CURSO DE FORMAÇÃO DE GUARD...</t>
-[...1 lines deleted...]
-  <si>
     <t>INEXIGIBILIDADE Nº 01/2020/2020</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE PROFISSIONAL HABILITADO PARA MINISTRAR INSTRUÇÃO NA ÁREA CRIMINALÍSTICA APLICADA, DURANTE O CURSO DE FORMAÇÃO DE GUARDA CIVIL MUNICIPAL...</t>
-[...2 lines deleted...]
-    <t>AQUISIÇÃO DE MATERIAL DE EXPEDIENTE, PARA ATENDER AS DEMANDAS DA SECRETARIA MUNICIPAL DE SAÚDE DE TIMON-MA E SUAS UNIDADES.</t>
+    <t>AQUISIÇÃO DE MATERIAL DE EXPEDIENTE, PARA ATENDER...</t>
   </si>
   <si>
     <t>10/03/2023</t>
   </si>
   <si>
     <t>2.885.310,15</t>
   </si>
   <si>
     <t>DISPENSA Nº 01/2022/2022</t>
   </si>
   <si>
-    <t>PRESTAÇÃO DE SERVIÇO DE AVALIAÇÃO PSICOLÓGICA NECESSÁRIA POR SE TRATAR DE EXIGÊNCIA LEGAL PARA PORTE DE ARMA DE FOGO BEM COMO ACOMPANHAR A CAPACIDADE...</t>
+    <t>PRESTAÇÃO DE SERVIÇO DE AVALIAÇÃO PSICOLÓGICA NECE...</t>
   </si>
   <si>
     <t>DISPENSA Nº 10/2020/2020</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE PROFISSIONAL HABILITADO PARA MINISTRAR TREINAMENTO DE DEFESA PESSOAL PARA OS 49 (QUARENTA E NOVE) GUARDAS CIVIS MUNICIPAIS QUE POSSUEM...</t>
-[...1 lines deleted...]
-  <si>
     <t>DISPENSA Nº 09/2020/2020</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE PROFISSIONAL HABILITADO PARA MINISTRAR CURSO - ARMAMENTO E TIRO - NO ESTAGIO DE QUALIFICAÇÃO PROFISSIONAL DOS GUARDAS CIVIS MUNICIPAIS,...</t>
-[...1 lines deleted...]
-  <si>
     <t>DISPENSA Nº 08/2020/2020</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE INSTRUTOR HABILITADO EM TÉCNICAS DE ABORDAGEM POLICIAL, PARA MINISTRAR CURSO DURANTE O ESTÁGIO DE QUALIFICAÇÃO PROFISSIONAL EXIGIDO PEL...</t>
+    <t>CONTRATAÇÃO DE INSTRUTOR HABILITADO EM TÉCNICAS DE...</t>
   </si>
   <si>
     <t>DISPENSA Nº 07/2020/2020</t>
   </si>
   <si>
-    <t>AQUISIÇÃO DE APARELHOS DE AR-CONDICIONADO E IMPRESSORAS PARA ATENDIMENTO A DEMANDA DA GUARDA CIVIL MUNICIPAL.</t>
-[...2 lines deleted...]
-    <t>CONTRATAÇÃO DE FACILITADORA PARA APRESENTAR DINÂMICA DE GRUPO, DE FORMA ESTRATÉGICA, A SER APLICADA NO EVENTO SEMINÁRIO TIMON GRANDE - UMA JANELA DE O...</t>
+    <t>AQUISIÇÃO DE APARELHOS DE AR-CONDICIONADO E IMPRES...</t>
+  </si>
+  <si>
+    <t>CONTRATAÇÃO DE FACILITADORA PARA APRESENTAR DINÂMI...</t>
   </si>
   <si>
     <t>DISPENSA Nº 06/2020/2020</t>
   </si>
   <si>
-    <t>APLICAÇÃO DE TESTE DE CAPACIDADE TÉCNICA DE ARMAMENTO E TIRO COM INSTRUTOR CREDENCIADO E REGULAMENTADO NA POLÍCIA FEDERAL PARA REALIZAR AVALIAÇÃO DOS...</t>
+    <t>APLICAÇÃO DE TESTE DE CAPACIDADE TÉCNICA DE ARMAME...</t>
   </si>
   <si>
     <t>DISPENSA Nº 05/2020/2020</t>
   </si>
   <si>
-    <t>PRESTAÇÃO DE SERVIÇO DE AVALIAÇÃO PSICOLÓGICA PARA FINS DE PORTE DE ARMA DE FOGO, DESTINADO AOS CONCLUDENTES DO CURSO DE FORMAÇÃO DE GUARDA CIVIL MUNI...</t>
+    <t>PRESTAÇÃO DE SERVIÇO DE AVALIAÇÃO PSICOLÓGICA PARA...</t>
   </si>
   <si>
     <t>DISPENSA Nº 04/2020/2020</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA O FORNECIMENTO E INSTALAÇÃO DE CÂMERAS DE VÍDEO MONITORAMENTO, CERCA ELÉTRICA, CONCERTINA, PORTÃO ELÉTRICO E...</t>
-[...2 lines deleted...]
-    <t>LOCAÇÃO DE IMÓVEL LOCALIZADA NA AVENIDA VIANA VAZ, Nº 47, CENTRO, TIMON-MA, PARA SEDIAR O FUNCIONAMENTO DA COORDENAÇÃO DE REGULARIZAÇÃO FUNDIÁRIA (ANE...</t>
+    <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA O FORNEC...</t>
+  </si>
+  <si>
+    <t>LOCAÇÃO DE IMÓVEL LOCALIZADA NA AVENIDA VIANA VAZ,...</t>
   </si>
   <si>
     <t>DISPENSA Nº 04/2021/2021</t>
   </si>
   <si>
     <t>04/2021/2021</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE PROFISSIONAL HABILITADO PARA MINISTRAR CURSO DE CAPACITAÇÃO E QUALIFICAÇÃO EM TÉCNICAS DE PILOTAGEM E POLICIAMENTO COM MOTOCICLETA A 30...</t>
-[...1 lines deleted...]
-  <si>
     <t>DISPENSA Nº 03/2021/2021</t>
   </si>
   <si>
-    <t>|21AQUISIÇÃO DE RÁDIO COMUNICADOR PORTÁTIL, PARA ATENDER A NECESSIDADE DA GUARDA CIVIL MUNICIPAL DE TIMON</t>
+    <t>|21AQUISIÇÃO DE RÁDIO COMUNICADOR PORTÁTIL, PARA A...</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE Nº 01/2021</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE PROFISSIONAL HABILITADO PARA MINISTRAR CURSO COMPLEMENTAR DE HABILITAÇÃO EM ARMAS LONGAS: CARABINA CAL .40 E ESPINGARDA CAL .12, PARA A...</t>
-[...1 lines deleted...]
-  <si>
     <t>02/06/2024</t>
   </si>
   <si>
     <t>28.250,00</t>
   </si>
   <si>
     <t>DISPENSA Nº 02/2021/2021</t>
   </si>
   <si>
     <t>02/2021/2021</t>
   </si>
   <si>
-    <t>PRESTAÇÃO DE SERVIÇO DE AVALIAÇÃO PSICOLÓGICA PARA FINS DE MANUSEIO DE ARMA DE FOGO TIPO PORTÁTIL (CARABINA E ESPINGARDA), DESTINADO AOS AGENTES DA GU...</t>
-[...1 lines deleted...]
-  <si>
     <t>DISPENSA Nº 01/2021/2021</t>
   </si>
   <si>
     <t>01/2021/2021</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE INSTRUTOR DE ARMAMENTO E TIRO CREDENCIADO JUNTO A POLICIA FEDERAL, PARA APLICAR TESTE DE CAPACIDADE TÉCNICA PARA MANUSEIO DE ARMAS DE F...</t>
+    <t>CONTRATAÇÃO DE INSTRUTOR DE ARMAMENTO E TIRO CREDE...</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE Nº 06/2022/2022</t>
   </si>
   <si>
     <t>06/2022/2022</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE INSTRUTOR HABILITADO PARA PRESTAR SERVIÇO DE CAPACITAÇÃO PROFISSIONAL NA DISCIPLINA ASPECTOS LEGAIS PARA O ATENDIMENTO A OCORRÊNCIAS EN...</t>
-[...1 lines deleted...]
-  <si>
     <t>INEXIGIBILIDADE Nº 05/2022/2022</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE INSTRUTOR HABILITADO PARA PRESTAR SERVIÇO DE CAPACITAÇÃO PROFISSIONAL NA DISCIPLINA ASPECTOS LEGAIS E TÉCNICOS PARA O ATENDIMENTO A OCO...</t>
-[...1 lines deleted...]
-  <si>
     <t>DISPENSA Nº 381/2020/2020</t>
   </si>
   <si>
     <t>381/2020/2020</t>
   </si>
   <si>
-    <t>AQUISIÇÃO DE COMPUTADOR DESKTOP COMPLETO, COM MONITOR 19.5", INTEL CORE I7, 8GB, HD 2TB HDMIFULL HD, E UMA MÁQUINA IMPRESSORA MULTIFUNCIONAL TANQUE DE...</t>
+    <t>AQUISIÇÃO DE COMPUTADOR DESKTOP COMPLETO, COM MONI...</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE Nº 04/2022/2022</t>
   </si>
   <si>
-    <t>PRESTAÇÃO DE SERVIÇO DE CAPACITAÇÃO PROFISSIONAL EM TÉCNICAS DE ABORDAGEM POLICIAL, DURANTE O ESTAGIO ANUAL DE QUALIFICAÇÃO PROFISSIONAL DESTINADO AOS...</t>
+    <t>PRESTAÇÃO DE SERVIÇO DE CAPACITAÇÃO PROFISSIONAL E...</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE Nº 03/2022/2022</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE INSTRUTOR HABILITADO PARA PRESTAR SERVIÇO DE CAPACITAÇÃO PROFISSIONAL NA DISCIPLINA GERENCIAMENTO DE CRISES DURANTE O ESTAGIO ANUAL DE...</t>
-[...2 lines deleted...]
-    <t>CONTRATAÇÃO DE EMPRESA PARA FORNECIMENTO DE EQUIPAMENTOS DE INFORMÁTICA EM GERAL, OBJETIVANDO ATENDER AS NECESSIDADES DA SECRETARIA MUNICIPAL DE PLANE...</t>
+    <t>CONTRATAÇÃO DE EMPRESA PARA FORNECIMENTO DE EQUIPA...</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE Nº 02/2022/2022</t>
   </si>
   <si>
     <t>02/2022/2022</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE INSTRUTOR HABILITADO PARA PRESTAR SERVIÇO DE CAPACITAÇÃO PROFISSIONAL NA DISCIPLINA DE ARMAMENTO E TIRO DURANTE O ESTAGIO ANUAL DE QUAL...</t>
-[...1 lines deleted...]
-  <si>
     <t>DISPENSA Nº 02/2022/2022</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE INSTRUTOR CREDENCIADO JUNTO A POLÍCIA FEDERAL PARA APLICAÇÃO DE TESTE DE CAPACIDADE TÉCNICA DE TIRO PARA OS GUARDAS CIVIS MUNICIPAIS QU...</t>
-[...4 lines deleted...]
-  <si>
     <t>INEXIGIBILIDADE Nº 762/2022/2022</t>
   </si>
   <si>
     <t>762/2022/2022</t>
   </si>
   <si>
-    <t>CONTRA TO DE PRESTAÇÃO DE SERVIÇOS ESTRATÉGICOS DE TECNOLOGIA DA INFORMAÇÃO, QUE ENTRE SI CELEBRAM INSTITUTO DE PREVIDÊNCIA SOCIAL DOS SERVIDORES PÚBL...</t>
-[...2 lines deleted...]
-    <t>CONTRATAÇÃ.O DE FORNECIMENTO DE PRESTAÇÃO DE SERVIÇOS TÉCNICOS ESPECIALIZADOS DE CONSULTORIA EM INVESTIMENTOS PARA RPPS, PARA ATENDER A DEMANDA DO IN...</t>
+    <t>CONTRA TO DE PRESTAÇÃO DE SERVIÇOS ESTRATÉGICOS DE...</t>
+  </si>
+  <si>
+    <t>CONTRATAÇÃ.O DE FORNECIMENTO DE PRESTAÇÃO DE SERVI...</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE Nº 02/2021/2021</t>
   </si>
   <si>
-    <t>PAGAMENTO DE TAXA DE ANUIDADE DA ANEPREM, REFERENTE AO EXERCIO DE 2021</t>
+    <t>PAGAMENTO DE TAXA DE ANUIDADE DA ANEPREM, REFERENT...</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE Nº 002/2021/2021</t>
   </si>
   <si>
-    <t>PAGAMENTO DE TAXA DE ANUIDADE DA ABIPEM REFERENTE AO EXERCICIO 2021</t>
+    <t>PAGAMENTO DE TAXA DE ANUIDADE DA ABIPEM REFERENTE...</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE Nº 006/2021/2021</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA EM AVALIAÇÃO, CONSULTORIA E RELATÓRIOS DP CALCULO ATUARIAL EXECICIO 2020 ( ANO BASE 2019), CONFORME EXIGENCIA DA...</t>
+    <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA EM AVALIAÇÃO,...</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE Nº 007/2021/2021</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA EM AVALIAÇÃO, CONSULTORIA E RELATÓRIOS DO CALCULO ATUARIAL EXECICIO 2021( ANO BASE 2020) CONFORME EXIGENCIA DA PO...</t>
-[...1 lines deleted...]
-  <si>
     <t>INEXIGIBILIDADE Nº 01/2022/2022</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE PROFISSIONAL HABILITADO PARA MINISTRAR CAPACITAÇÃO PROFISSIONAL DE GRUPAMENTO TÁTICO DA GUARDA CIVIL MUNICIPAL (ROMU).</t>
-[...2 lines deleted...]
-    <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA EM SERVIÇO DE MONTAGEM DE PALCO E FORNECIMENTO DE EQUIPAMENTOS, PARA A REALIZAÇÃO DA X PARADA DA DIVERSIDADE, NES...</t>
+    <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA EM SERVIÇO DE...</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE Nº 002/2022/2022</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE SERVIÇOS ARTISTICOS MUSICAL ATRAÇÃO “FORROZÃO TROPYKÁLIA”, PARA APRESENTAÇÃO NOS FESTEJOS DE FOLGUEDOS 2022 DE TIMON/MA.</t>
+    <t>CONTRATAÇÃO DE SERVIÇOS ARTISTICOS MUSICAL ATRAÇÃO...</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE Nº 001/2022/2022</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE SERVIÇOS ARTISTICOS MUSICAL DA BANDA TATY GIRL, PARA APRESENTAÇÃO NOS FESTEJOS DE FOLGUEDOS 2022 DE TIMON/MA</t>
-[...1 lines deleted...]
-  <si>
     <t>INEXIGIBILIDADE Nº 003/2023/2022</t>
   </si>
   <si>
     <t>003/2023/2022</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE SERVIÇOS ARTISTICOS MUSICAL ATRAÇÃO "FORRÓ DOS PLAYS" PARA APRESENTAÇÃO NOS FESTEJOS DE FOLGUEDOS 2022 DE TIMON/MA</t>
-[...2 lines deleted...]
-    <t>PRESTAÇÃO DE SERVIÇOS DE FORMAÇÃO E QUALIFICAÇÃO DE AGENTES DE TRANSITOS</t>
+    <t>PRESTAÇÃO DE SERVIÇOS DE FORMAÇÃO E QUALIFICAÇÃO D...</t>
   </si>
   <si>
     <t>DISPENSA Nº 08/2022/2022</t>
   </si>
   <si>
     <t>08/2022/2022</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NO FORNECIMENTO DE CARTUCHOS E TONER PARA IMPRESSORA, PARA ATENDER AS NECESSIDADES DO FUNDO MUNICIPAL DE ASSISTÊN...</t>
-[...1 lines deleted...]
-  <si>
     <t>PREGÃO ELETRÔNICO Nº 004/2023</t>
   </si>
   <si>
-    <t>AQUISIÇÃO DE EQUIPAMENTOS E MATERIAL PERMANENTE PARA ATENDER AS NECESSIDADES DA OFICINA ORTOPÉDICA.</t>
-[...1 lines deleted...]
-  <si>
     <t>CARTA CONVITE Nº 015/2022</t>
   </si>
   <si>
     <t>015/2022</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA PRESTAÇÃO DE SERVIÇOS DE INSTALAÇÃO DE REDE DE SUBSTAÇÃO AÉREA TRIFÁSICA DE 255 KVA E ENTREDA DE ENTREGA DE...</t>
-[...1 lines deleted...]
-  <si>
     <t>INEXIGIBILIDADE Nº 1/2023</t>
   </si>
   <si>
     <t>1/2023</t>
   </si>
   <si>
-    <t>PRESTAÇÃO DE SERVIÇOS DE IMPRESSÃO NO DIÁRIO DA. UNIÃO DE ATOS PÚBLICOS OFICIAIS E DEMAIS MATÉRIAS DE INTERESSE DA ADMINISTRAÇÃO MUNICIPAL, REALIZADOS...</t>
+    <t>PRESTAÇÃO DE SERVIÇOS DE IMPRESSÃO NO DIÁRIO DA. U...</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO Nº 44/2022</t>
   </si>
   <si>
     <t>44/2022</t>
   </si>
   <si>
-    <t>REGISTRO DE PREÇOS PARA AQUISIÇÃO DE FARDAMENTO ESCOLAR DESTINADO AOS ALUNOS DA REDE MUNICIPAL DE ENSINO DE TIMON-MA.</t>
-[...2 lines deleted...]
-    <t>CONTRATAÇÃO DE EMPRESA PARA PRESTAÇÃO DE SERVIÇOS DE CONSULTORIA E LOCAÇÃO DO SOFTWARE SISTEMA INTEGRADO DE CONTROLE INTERNO E ANÁLISE DE PROCESSOS.-...</t>
+    <t>REGISTRO DE PREÇOS PARA AQUISIÇÃO DE FARDAMENTO ES...</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO Nº 006/2023</t>
   </si>
   <si>
-    <t>REGISTRO DE PREÇOS PARA FUTURAS CONTRATAÇÕES DE AQUISIÇÃO DE COLCHÃO DE ESPUMA SOLTEIRO E COLCHONETE EM NAPA COM ESPUMA PARA ATENDER AS NECESSIDADES D...</t>
+    <t>REGISTRO DE PREÇOS PARA FUTURAS CONTRATAÇÕES DE AQ...</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO Nº 003/2023</t>
   </si>
   <si>
-    <t>REGISTRO DE PREÇOS DE EQUIPAMENTOS SUBMERSÍVEIS PARA POÇOS TUBULARES (UNIDADES DE BOMBEAMENTO – CONJ. MOTOBOMBAS DE ÁGUA), E MATERIAIS HIDRÁULICOS (TU...</t>
+    <t>REGISTRO DE PREÇOS DE EQUIPAMENTOS SUBMERSÍVEIS PA...</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO Nº 054/2022</t>
   </si>
   <si>
     <t>054/2022</t>
   </si>
   <si>
-    <t>REGISTRO DE PREÇO PARA CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA PRESTAÇÃO DE SERVIÇOS DE CÓPIA REPROGRÁFICA EM PAPEL A4 E ENCADERNAÇÃO EM CAPA PVC PARA...</t>
+    <t>REGISTRO DE PREÇO PARA CONTRATAÇÃO DE EMPRESA ESPE...</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO Nº 052/2022</t>
   </si>
   <si>
     <t>052/2022</t>
   </si>
   <si>
-    <t>REGISTRO DE PREÇOS PARA FUTURA CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA PRESTAÇÃO DE SERVIÇOS DE ESTERILIZAÇÃO, REESTERILIZAÇÃO E/OU REPROCESSAMENTO DE...</t>
-[...1 lines deleted...]
-  <si>
     <t>PREGÃO ELETRÔNICO Nº 049/2022</t>
   </si>
   <si>
     <t>049/2022</t>
   </si>
   <si>
-    <t>CONTRATAÇÕES FUTURAS POR MEIO DE REGISTRO DE PREÇO PARA SERVIÇOS COMUNS DE ENGENHARIA PARA MANUTENÇÃO E CONSERVAÇÃO DE PRÉDIOS PÚBLICOS OU SOB RESPONS...</t>
-[...1 lines deleted...]
-  <si>
     <t>PREGÃO ELETRÔNICO Nº 048/2022</t>
   </si>
   <si>
     <t>048/2022</t>
   </si>
   <si>
-    <t>CONTRATAÇÕES FUTURAS POR MEIO DE REGISTRO DE PREÇO PARA SERVIÇOS COMUNS DE ENGENHARIA PARA RECUPERAÇÃO DE PAVIMENTAÇÃO PRIMÁRIA E ASFÁLTICA EM VIAS PÚ...</t>
-[...1 lines deleted...]
-  <si>
     <t>PREGÃO ELETRÔNICO Nº 047/2022</t>
   </si>
   <si>
     <t>047/2022</t>
   </si>
   <si>
-    <t>CONTRATAÇÕES FUTURAS POR MEIO DE REGISTRO DE PREÇOS DE SERVIÇOS COMUNS DE ENGENHARIA PARA MANUTENÇÃO E CONSERVAÇÃO DE PAVIMENTAÇÃO, CANTEIROS, SARJETA...</t>
-[...1 lines deleted...]
-  <si>
     <t>PREGÃO ELETRÔNICO Nº 045/2022</t>
   </si>
   <si>
     <t>045/2022</t>
   </si>
   <si>
-    <t>REGISTRO DE PREÇOS PARA FUTURA AQUISIÇÃO DE MATERIAL PERMANENTE (CADEIRA UNIVERSITÁRIA DIRETOR FIXA PALITO COM BRAÇOS CORSA E PRANCHETA ESCAMOTEAVEL)...</t>
+    <t>REGISTRO DE PREÇOS PARA FUTURA AQUISIÇÃO DE MATERI...</t>
   </si>
   <si>
     <t>CHAMAMENTO PÚBLICO Nº 001/2022</t>
   </si>
   <si>
-    <t>AQUISIÇÃO DE GÊNEROS ALIMENTÍCIOS (FRUTAS LEGUMES E VERDURAS) ADVINDOS DA AGRICULTURA FAMILIAR PARA ATENDER A REDE PÚBLICA MUNICIPAL DE ENSINO DE TIMO...</t>
+    <t>AQUISIÇÃO DE GÊNEROS ALIMENTÍCIOS (FRUTAS LEGUMES...</t>
   </si>
   <si>
     <t>CREDENCIAMENTO Nº 001/2022</t>
   </si>
   <si>
-    <t>CREDENCIAMENTO DE INSTITUIÇÃO FINANCEIRA PARA PRESTAÇÃO DE SERVIÇOS BANCÁRIOS DE RECOLHIMENTO DE TRIBUTOS E DEMAIS RECEITAS MUNICIPAIS, ATRAVÉS DE DAM...</t>
+    <t>CREDENCIAMENTO DE INSTITUIÇÃO FINANCEIRA PARA PRES...</t>
   </si>
   <si>
     <t>CARTA CONVITE Nº 014/2022</t>
   </si>
   <si>
     <t>014/2022</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE EMPRESA PARA FORNECIMENTO PARCELADO DE PASSAGENS AÉREAS NACIONAIS, COMPREENDENDO RESERVA, MARCAÇÃO E EMISSÃO DE BILHETES PARA ATENDER A...</t>
+    <t>CONTRATAÇÃO DE EMPRESA PARA FORNECIMENTO PARCELADO...</t>
   </si>
   <si>
     <t>TOMADA DE PREÇO Nº 002/2022</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE EMPRESA DE ENGENHARIA PARA OBRAS DE REQUALIFICAÇÃO/REFORMA DO TERMINAL RODOVIÁRIO DE TIMON – MA, GOVERNADOR NUNES FREIRE, PARA ATENDER...</t>
-[...1 lines deleted...]
-  <si>
     <t>PREGÃO ELETRÔNICO Nº 015/2022</t>
   </si>
   <si>
-    <t>REGISTRO DE PREÇOS PARA AQUISIÇÕES FUTURAS DE MEDICAMENTOS E MATERIAIS HOSPITALARES PARA SUPRIR AS DEMANDAS DO MUNICÍPIO DE TIMON - MA.</t>
+    <t>REGISTRO DE PREÇOS PARA AQUISIÇÕES FUTURAS DE MEDI...</t>
   </si>
   <si>
     <t>CHAMAMENTO PÚBLICO Nº 001/2023</t>
   </si>
   <si>
-    <t>CHAMADA PÚBLICA PARA AQUISIÇÃO DE GÊNEROS ALIMENTÍCIOS (FRUTAS,LEGUMES E VERDURAS) ADVINDOS DA AGRICULTURA FAMILIAR PARA ATENDER A REDE PÚBLICA MUNICI...</t>
+    <t>CHAMADA PÚBLICA PARA AQUISIÇÃO DE GÊNEROS ALIMENTÍ...</t>
   </si>
   <si>
     <t>27/01/2023</t>
   </si>
   <si>
     <t>1.839.976,00</t>
   </si>
   <si>
     <t>CARTA CONVITE Nº 001/2023</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE EMPRESA PARA PRESTAÇÃO DE SERVIÇOS TÉCNICOS ESPECIALIZADOS DC ASSESSORIA ADMINISTRATIVA COM MAPEAMENTO E REDEFINIÇÃO DOS PROCESSOS DOS...</t>
-[...1 lines deleted...]
-  <si>
     <t>PREGÃO ELETRÔNICO Nº 53/2022</t>
   </si>
   <si>
     <t>53/2022</t>
   </si>
   <si>
-    <t>REGISTRO DE PREÇOS PARA CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA PRESTAÇÃO DE SERVIÇOS FUNERÁRIOS, INCLUINDO HIGIENIZAÇÃO DO CORPO, TRANSLADO E SEPULTA...</t>
-[...1 lines deleted...]
-  <si>
     <t>440.000,00</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE Nº 003/2023/2023</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE SERVIÇOS ARTÍSTICO MUSICAL DA ATRAÇÃO "RUBINHO", PARA APRESENTAÇÃO NO DIA 05 DE FEVEREIRO DE 2023, NO "ZÉ PEREIRA DE TIMON 2023".</t>
+    <t>CONTRATAÇÃO DE SERVIÇOS ARTÍSTICO MUSICAL DA ATRAÇ...</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE Nº 004/2023/2023</t>
   </si>
   <si>
     <t>004/2023/2023</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE SERVIÇOS ARTÍSTICOS MUSICAL DA ATRAÇÃO " RICARDO CHAVES" , PARA APRESENTAÇÃO NO DIA 04 DE FEVEREIRO NO "ZÉ PEREIRA DE TIMON 2023".</t>
+    <t>CONTRATAÇÃO DE SERVIÇOS ARTÍSTICOS MUSICAL DA ATRA...</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE Nº 002/2023/2023</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE SERVIÇOS ARTÍSTICOS MUSICAIS DO ARTISTA "O POETA" PARA APRESENTAÇÃO NO "ZÉ PEREIRA DE TIMON 2023" , NO DIA 04 DE FEVEREIRO DE 2023.</t>
+    <t>CONTRATAÇÃO DE SERVIÇOS ARTÍSTICOS MUSICAIS DO ART...</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE Nº 001/2023/2023</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE SERVIÇOS ARTÍSTICOS MUSICAIS DO ARTISTA BELL MARQUES PARA APRESENTAÇÃO NO ZÉ PEREIRA DE TIMON, PARA PRESENTAÇÃO NO DIA 05/02/2023.</t>
-[...1 lines deleted...]
-  <si>
     <t>PREGÃO ELETRÔNICO Nº 002/2022</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO(ÕES) FUTURAS DE PESSOAS JURÍDICA(S) ESPECIALIZADA(S) NA PRESTAÇÃO DE SERVIÇOS CONTINUADOS COM DEDICAÇÃO EXCLUSIVA DE MÃO DE OBRA TERCEIRI...</t>
+    <t>CONTRATAÇÃO(ÕES) FUTURAS DE PESSOAS JURÍDICA(S) ES...</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO Nº 046/2022</t>
   </si>
   <si>
     <t>046/2022</t>
   </si>
   <si>
-    <t>REGISTRO DE PREÇO PARA AQUISIÇÕES FUTURAS DE MATERIAL HIDRÁULICO, ELÉTRICO E DE CONSTRUÇÃO EM GERAL PARA ATENDER AS NECESSIDADES DA SECRETARIA MUNICIP...</t>
+    <t>REGISTRO DE PREÇO PARA AQUISIÇÕES FUTURAS DE MATER...</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO Nº 042/2022</t>
   </si>
   <si>
     <t>042/2022</t>
   </si>
   <si>
-    <t>REGISTRO DE PREÇOS PARA AQUISIÇÃO FUTURA DE AVENTAIS DESCARTÁVEIS, PARA ATENDER AS NECESSIDADES DA SECRETARIA MUNICIPAL DE SAÚDE DO MUNICÍPIO DE TIMON...</t>
+    <t>REGISTRO DE PREÇOS PARA AQUISIÇÃO FUTURA DE AVENTA...</t>
   </si>
   <si>
     <t>12/03/2024</t>
   </si>
   <si>
     <t>67.500,00</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO Nº 040/2022</t>
   </si>
   <si>
     <t>040/2022</t>
   </si>
   <si>
-    <t>REGISTRO DE PREÇOS PARA FUTURAS AQUISIÇÕES DE CESTAS BÁSICAS, PARA ATENDER AS DEMANDAS DO MUNICIPIO DE TIMON-MA.</t>
+    <t>REGISTRO DE PREÇOS PARA FUTURAS AQUISIÇÕES DE CEST...</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO Nº 037/2022</t>
   </si>
   <si>
     <t>037/2022</t>
   </si>
   <si>
-    <t>REGISTRO DE PREÇO PARA AQUISIÇÕES FUTURAS DE ÁGUA MINERAL (COPOS PLÁSTICOS DE 200ML, GARRAFÕES DE 20L E GARRAFÃO 20L VAZIO), POR MEIO REGISTRO DE PREÇ...</t>
+    <t>REGISTRO DE PREÇO PARA AQUISIÇÕES FUTURAS DE ÁGUA...</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO Nº 027/2022</t>
   </si>
   <si>
     <t>027/2022</t>
   </si>
   <si>
-    <t>REGISTRO DC PREÇO DE MATERIAIS HIDRÁULICOS, ELÉTRICOS E DE CONSTRUÇÃO EM GERAL PARA ATENDER AS DEMANDAS DO MUNICÍPIO DE TIMON/MA.</t>
+    <t>REGISTRO DC PREÇO DE MATERIAIS HIDRÁULICOS, ELÉTRI...</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO Nº 028/2022</t>
   </si>
   <si>
     <t>028/2022</t>
   </si>
   <si>
-    <t>AQUISIÇÃO DE EQUIPAMENTOS, MATERIAL PERMANENTE E DE CONSUMO PARA ATENDER AS NECESSIDADES DO HOSPITAL MUNICIPAL DR. JOSÉ FIRMINO DE SOUSA, OFICINA ORTO...</t>
-[...1 lines deleted...]
-  <si>
     <t>PREGÃO ELETRÔNICO Nº 014/2022</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE EMPRESA PARA EXECUÇÃO DE SERVIÇOS DE EVENTO JUNINO, FOLGUEDOS, DO MUNICÍPIO DE TIMON, CONFORME CONDIÇÕES, QUANTIDADES E EXIGÊNCIAS EST...</t>
+    <t>CONTRATAÇÃO DE EMPRESA PARA EXECUÇÃO DE SERVIÇOS D...</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO Nº 012/2022</t>
   </si>
   <si>
     <t>012/2022</t>
   </si>
   <si>
-    <t>AQUISIÇÃO DE GÊNEROS ALIMENTÍCIOS (FRUTAS, LEGUMES E VERDURAS) ADVINDOS DA AGRICULTURA FAMILIAR PARA ATENDER A REDE PÚBLICA MUNICIPAL DE ENSINO DE TI...</t>
+    <t>AQUISIÇÃO DE GÊNEROS ALIMENTÍCIOS (FRUTAS, LEGUME...</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO Nº 010/2022</t>
   </si>
   <si>
     <t>010/2022</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA PRESTAÇÃO DE SERVIÇOS DE LOCAÇÃO, MANUTENÇÃO CORRETIVA E EVOLUTIVA DO SISTEMA DE TRÂNSITO, ATRAVÉS DO TALONÁRI...</t>
-[...1 lines deleted...]
-  <si>
     <t>27/05/2022</t>
   </si>
   <si>
     <t>282.580,00</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO Nº 009/2022</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE EMPRESA PARA AQUISIÇÃO DE MATERIAIS HIDRÁULICOS, ELÉTRICOS E DE CONSTRUÇÃO PARA ATENDER A NECESSIDADES DA SECRETARIA MUNICIPAL DE OBRA...</t>
+    <t>CONTRATAÇÃO DE EMPRESA PARA AQUISIÇÃO DE MATERIAIS...</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO Nº 008/2022</t>
   </si>
   <si>
     <t>008/2022</t>
   </si>
   <si>
-    <t>REGISTRO DE PREÇOS PARA FUTURAS AQUISIÇÕES DE GÊNEROS ALIMENTÍCIOS EM GERAL, PARA ATENDER AS DEMANDAS DO MUNICIPIO DE TIMON-MA.</t>
-[...2 lines deleted...]
-    <t>CHAMADA PÚBLICA CONSISTE NA AQUISIÇÃO DE GÊNEROS ALIMENTÍCIOS (FRUTAS, LEGUMES E VERDURAS) ADVINDOS DA AGRICULTURA FAMILIAR PARA ATENDER A REDE PÚBLIC...</t>
+    <t>REGISTRO DE PREÇOS PARA FUTURAS AQUISIÇÕES DE GÊNE...</t>
+  </si>
+  <si>
+    <t>CHAMADA PÚBLICA CONSISTE NA AQUISIÇÃO DE GÊNEROS A...</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO Nº 007/2022</t>
   </si>
   <si>
     <t>007/2022</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE EMPRESA PARA OS SERVIÇOS DE TRATAMENTO DE CONTROLE DE ODOR E AVIFAUNA EM CÉLULA DE RECEPÇÃO ATIVA E TRATAMENTO DA ÁGUA DE TANQUE DE E...</t>
+    <t>CONTRATAÇÃO DE EMPRESA PARA OS SERVIÇOS DE TRATAME...</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO Nº 006/2022</t>
   </si>
   <si>
     <t>006/2022</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE EMPRESA PARA AQUISIÇÃO DE 04 VEÍCULOS PARA A ESTRUTURAÇÃO DA REDE DE SERVIÇOS DO SISTEMA ÚNICO DA ASSISTÊNCIA - SUAS, COORDENADO PELO F...</t>
-[...1 lines deleted...]
-  <si>
     <t>PREGÃO ELETRÔNICO Nº 005/2022</t>
   </si>
   <si>
     <t>005/2022</t>
   </si>
   <si>
-    <t>REGISTRO DE PREÇO PARA AQUISIÇÃO FUTURA DE ABSORVENTES FEMININOS, PARA ATENDER AS NECESSIDADES DAS ESCOLAS MANTIDAS PELA SECRETARIA MUNICIPAL DE EDUCA...</t>
+    <t>REGISTRO DE PREÇO PARA AQUISIÇÃO FUTURA DE ABSORVE...</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO Nº 004/2022</t>
   </si>
   <si>
     <t>004/2022</t>
   </si>
   <si>
-    <t>REGISTRO DE PREÇO PARA AQUISIÇÕES FUTURAS DE MATERIAL ELÉTRICO PARA ATENDER AS NECESSIDADES DO DEPARTAMENTO DE ILUMINAÇÃO PÚBLICA DO MUNICÍPIO DE TIMO...</t>
-[...1 lines deleted...]
-  <si>
     <t>PREGÃO ELETRÔNICO Nº 003/2022</t>
   </si>
   <si>
-    <t>REGISTRO DE PREÇOS PARA PRESTAÇÃO DE SERVIÇOS DE LIMPEZA E DESENTUPIMENTO DE FOSSAS, PARA ATENDER AS NECESSIDADES DO MUNICÍPIO DE TIMON – MA.</t>
+    <t>REGISTRO DE PREÇOS PARA PRESTAÇÃO DE SERVIÇOS DE L...</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO Nº 001/2022</t>
   </si>
   <si>
-    <t>AQUISIÇÃO DE GÊNEROS ALIMENTÍCIOS (FRUTAS, LEGUMES E VERDURAS) ADVINDOS DA AGRICULTURA FAMILIAR PARA ATENDER A REDE PÚBLICA MUNICIPAL DE ENSINO DE T...</t>
-[...1 lines deleted...]
-  <si>
     <t>INEXIGIBILIDADE Nº 001/2021</t>
   </si>
   <si>
-    <t>AQUISIÇÃO LIVROS DIDÁTICOS DE SOLUÇÕES EDUCACIONAIS “COLEÇÃO NA PONTA DO LÁPIS VOLUME 01 E 02; A BANDINHA DO ABC; NO CAPRICHO A, INTITULADA CALIGRAFIA...</t>
+    <t>AQUISIÇÃO LIVROS DIDÁTICOS DE SOLUÇÕES EDUCACIONAI...</t>
   </si>
   <si>
     <t>CONCORRÊNCIA PUBLICA Nº 004/2022</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE EMPRESA PARA EXECUÇÃO DE SERVIÇOS DE ENGENHARIA DE PAVIMENTAÇÃO E REQUALIFICAÇÃO DE VIAS URBANAS DO MUNICÍPIO DE TIMON/MA.</t>
-[...1 lines deleted...]
-  <si>
     <t>CONCORRÊNCIA PUBLICA Nº 003/2022</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE EMPRESA DE ENGENHARIA PARA CONSTRUÇÃO, AMPLIAÇÃO, REFORMA E/OU ADEQUAÇÃO PARA CLIMATIZAÇÃO DE EDIFICAÇÕES NO ÂMBITO DA SECRETARIA MUNIC...</t>
-[...1 lines deleted...]
-  <si>
     <t>CONCORRÊNCIA PUBLICA Nº 002/2022</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE EMPRESA DE ENGENHARIA PARA PAVIMENTAÇÃO ESERVIÇOS COMPLEMENTARES DA ÁREA DO GROTÃO DOS BAIRROS PEDRO PATRÍCIO, SÃO MARCOS, PARQUE ALIAN...</t>
+    <t>CONTRATAÇÃO DE EMPRESA DE ENGENHARIA PARA PAVIMENT...</t>
   </si>
   <si>
     <t>16/05/2022</t>
   </si>
   <si>
     <t>9.182.130,66</t>
   </si>
   <si>
     <t>CARTA CONVITE Nº 013/2022</t>
   </si>
   <si>
     <t>013/2022</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE CONSULTORIA PARA AJUSTE E ALTERAÇÃO DO CRITÉRIO DE JULGAMENTO DO EDITAL DE PERMISSÃO DE TRANSPORTE SEMIURBANO ENTRE TERESINA/PI E TIMON...</t>
+    <t>CONTRATAÇÃO DE CONSULTORIA PARA AJUSTE E ALTERAÇÃO...</t>
   </si>
   <si>
     <t>CONCORRÊNCIA PUBLICA Nº 001/2022</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE EMPRESA DE ENGENHARIA PARA CONSTRUÇÃO DE UNIDADE ESCOLAR COM 12(DOZE) SALAS, PADRÃO FNDE, NO BAIRRO JULIA ALMEIDA EM TIMON - MA, PARA A...</t>
-[...1 lines deleted...]
-  <si>
     <t>CARTA CONVITE Nº 012/2022</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE EMPRESA DE ENGENHARIA PARA AS OBRAS DE REFORMA DA SEDE DO IPMT, NA ZONA URBANA DO MUNICÍPIO DE TIMON NO ESTADO DO MARANHÃO.</t>
+    <t>CONTRATAÇÃO DE EMPRESA DE ENGENHARIA PARA AS OBRAS...</t>
   </si>
   <si>
     <t>CARTA CONVITE Nº 011/2022</t>
   </si>
   <si>
     <t>011/2022</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE EMPRESA PARA EXECUÇÃO DE OBRAS E SERVIÇOS DE REFORMA E REQUALIFICAÇÃO DE PRAÇAS ESPORTIVAS NA ZONA URBANA DO MUNICÍPIO DE TIMON - MA.</t>
+    <t>CONTRATAÇÃO DE EMPRESA PARA EXECUÇÃO DE OBRAS E SE...</t>
   </si>
   <si>
     <t>CARTA CONVITE Nº 010/2022</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE EMPRESA DE OBRAS E ENGENHARIA PARA REFORMA E AMPLIAÇÃO DA SEDE DA GUARDA MUNICIPAL DE TIMON/MA- GCM.</t>
+    <t>CONTRATAÇÃO DE EMPRESA DE OBRAS E ENGENHARIA PARA...</t>
   </si>
   <si>
     <t>CARTA CONVITE Nº 009/2022</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE EMPRESA DE ENGENHARIA PARA EXECUÇÃO DE SERVIÇOS DE ENGENHARIA PARA REVITALIZAÇÃO DE ESPAÇOS PÚBLICOS LOCALIZADOS NO MUNICÍPIO DE TIMON-...</t>
-[...1 lines deleted...]
-  <si>
     <t>CARTA CONVITE Nº 008/2022</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE EMPRESA PARA PRESTAÇÃO DE SERVIÇO DE MANUTENÇÃO PREVENTIVA E CORRETIVA EM EQUIPAMENTOS MÉDICOS E HOSPITALARES.</t>
-[...1 lines deleted...]
-  <si>
     <t>CARTA CONVITE Nº 007/2022</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA EXECUÇÃO DE SERVIÇOS TÉCNICOS ESPECIALIZADOS NA ELABORAÇÃO DE ESTUDOS E PROJETOS DE ENGENHARIA, DE ACORDO C...</t>
+    <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA EXECUÇÃO...</t>
   </si>
   <si>
     <t>CARTA CONVITE Nº 006/2022</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE EMPRESA PARA PRESTAÇÃO DE SERVIÇOS DE ARBITRAGEM.</t>
-[...1 lines deleted...]
-  <si>
     <t>CARTA CONVITE Nº 004/2022</t>
   </si>
   <si>
-    <t>SERVIÇO PARA EXECUÇÃO DE OBRAS DE CONSTRUÇÃO DE PRAÇA NO BAIRRO SUCUPIRA, - NO MUNICÍPIO DE TIMON- MA.</t>
+    <t>SERVIÇO PARA EXECUÇÃO DE OBRAS DE CONSTRUÇÃO DE PR...</t>
   </si>
   <si>
     <t>CARTA CONVITE Nº 003/2022</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE EMPRESA PARA ESTRUTURAÇÃO E ORGANIZAÇÃO PARA O EVENTO AMOR DE MÃE, EM ALUSÃO AO DIA DAS MÃES, REALIZADO PELO GABINETE DA PREFEITA MUNI...</t>
+    <t>CONTRATAÇÃO DE EMPRESA PARA ESTRUTURAÇÃO E ORGANIZ...</t>
   </si>
   <si>
     <t>CARTA CONVITE Nº 002/2022</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA PRESTAÇÃO DE SERVIÇOS NA IMPLANTAÇÃO DO PRONTUÁRIO ELETRÔNICO (PEC E SUS) E CAPACIDADE TÉCNICA DOS PROFISSIO...</t>
-[...1 lines deleted...]
-  <si>
     <t>CARTA CONVITE Nº 001/2022</t>
   </si>
   <si>
-    <t>LOCAÇÃO DE ÔNIBUS E VANS PARA TRANSPORTE DE ATLETAS PARTICIPANTES DOS PROJETOS ESPORTIVOS DO MUNICÍPIO DE TIMON - MA</t>
+    <t>LOCAÇÃO DE ÔNIBUS E VANS PARA TRANSPORTE DE ATLETA...</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO Nº 046 / 2021/2021</t>
   </si>
   <si>
     <t>046 / 2021/2021</t>
   </si>
   <si>
-    <t>REGISTRO DE PREÇO PARA AQUISIÇÃO DE UTENSÍLIOS DOMÉSTICO E MATERIAL DE COZINHA PARA ATENDER AS NECESSIDADES DO MUNICÍPIO TIMON - MA.</t>
+    <t>REGISTRO DE PREÇO PARA AQUISIÇÃO DE UTENSÍLIOS DOM...</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO Nº 029 / 2021/2021</t>
   </si>
   <si>
     <t>029 / 2021/2021</t>
   </si>
   <si>
-    <t>Registro de preços para aquisição de material de consumo e permanente, para atender as necessidades da Unidade de Vigilância de Zoonoses - UVZ, mantid...</t>
-[...2 lines deleted...]
-    <t>ConcluÃ­da</t>
+    <t>Registro de preços para aquisição de material de c...</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO Nº 040/2021/2021</t>
   </si>
   <si>
     <t>040/2021/2021</t>
   </si>
   <si>
-    <t>Aquisições futuras por meio de registro de preços de gêneros alimentícios para formação de kits de alimentos e demais finalidades para atender as dema...</t>
+    <t>Aquisições futuras por meio de registro de preços...</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO Nº 045/2021/2021</t>
   </si>
   <si>
     <t>045/2021/2021</t>
   </si>
   <si>
-    <t>Registro de preços para aquisição de peças para manutenção preventiva e corretiva nos aparelhos odontológicos das unidades mantidas pela Secretaria Mu...</t>
+    <t>Registro de preços para aquisição de peças para ma...</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO Nº 044/2021/2021</t>
   </si>
   <si>
     <t>044/2021/2021</t>
   </si>
   <si>
-    <t>Registro de preços para futuras contrações de serviços gráficos em geral para atender as demandas do município de Timon – MA.</t>
+    <t>Registro de preços para futuras contrações de serv...</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO Nº 042 / 2021/2021</t>
   </si>
   <si>
     <t>042 / 2021/2021</t>
   </si>
   <si>
-    <t>Aquisição de materiais e instrumentos musicais destinados a Escola Municipal de Artes Beija-Flor.</t>
+    <t>Aquisição de materiais e instrumentos musicais des...</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO Nº 037 / 2021/2021</t>
   </si>
   <si>
     <t>037 / 2021/2021</t>
   </si>
   <si>
-    <t>Registro de preços para contratações futuras de serviços de desinsetização, descupinização e limpeza de caixas d’água, para atender as necessidades do...</t>
+    <t>Registro de preços para contratações futuras de se...</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO Nº 035 / 2021/2021</t>
   </si>
   <si>
     <t>035 / 2021/2021</t>
   </si>
   <si>
-    <t>REGISTRO DE PREÇOS PARA PRESTAÇÃO DE SERVIÇO DE MONITORAMENTO ELETRÔNICO COM ADESÃO AO SISTEMA EM COMODATO, PARA ATENDER AS NECESSIDADES DA SECRETARIA...</t>
+    <t>REGISTRO DE PREÇOS PARA PRESTAÇÃO DE SERVIÇO DE MO...</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO Nº 033 / 2021/2021</t>
   </si>
   <si>
     <t>033 / 2021/2021</t>
   </si>
   <si>
-    <t>REGISTRO DE PREÇOS PARA SERVIÇO DE CONFECÇÃO DE MÁSCARAS DE PROTEÇÃO, DE USO NÃO PROFISSIONAL, CONFECCIONADA EM TECIDO LAVÁVEL PARA ATENDER AS NECESSI...</t>
+    <t>REGISTRO DE PREÇOS PARA SERVIÇO DE CONFECÇÃO DE MÁ...</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO Nº 041 / 2021/2021</t>
   </si>
   <si>
     <t>041 / 2021/2021</t>
   </si>
   <si>
-    <t>Registro de preços para contrações futuras de serviços comuns de engenharia para PAVIMENTAÇÃO EM PARALELEPÍPEDO EM VIAS URBANAS do município de Timon...</t>
+    <t>Registro de preços para contrações futuras de serv...</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO Nº 039/2021/2021</t>
   </si>
   <si>
     <t>039/2021/2021</t>
   </si>
   <si>
-    <t>Registro de preços de serviços comuns de engenharia para recuperação de pavimentação primária e asfáltica em vias públicas do município de Timon/MA.</t>
+    <t>Registro de preços de serviços comuns de engenhari...</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO Nº 036/2021/2021</t>
   </si>
   <si>
     <t>036/2021/2021</t>
   </si>
   <si>
-    <t>Aquisição futura por meio de registro de preços de gases medicinais a granel com cessão e manutenção de tanque, gases medicinais liquefeitos e comprim...</t>
+    <t>Aquisição futura por meio de registro de preços de...</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO Nº 004A / 2021/2021</t>
   </si>
   <si>
     <t>004A / 2021/2021</t>
   </si>
   <si>
-    <t>Aquisição de equipamentos permanentes e de mobiliários diversos para atendimento dos alunos das escolas da rede pública do município de Timon/MA.</t>
+    <t>Aquisição de equipamentos permanentes e de mobiliá...</t>
   </si>
   <si>
     <t>CARTA CONVITE Nº 011/2021/2021</t>
   </si>
   <si>
     <t>011/2021/2021</t>
   </si>
   <si>
-    <t>Contratação de pessoa jurídica para o fornecimento de material de equipamento de proteção individual.</t>
+    <t>Contratação de pessoa jurídica para o fornecimento...</t>
   </si>
   <si>
     <t>CARTA CONVITE Nº 013 / 2021/2021</t>
   </si>
   <si>
     <t>013 / 2021/2021</t>
   </si>
   <si>
-    <t>Contratação de empresa para serviços de infraestrutura e organização das lives de São João da Fundação Municipal de Cultura.</t>
+    <t>Contratação de empresa para serviços de infraestru...</t>
   </si>
   <si>
     <t>CARTA CONVITE Nº 012/2021/2021</t>
   </si>
   <si>
     <t>012/2021/2021</t>
   </si>
   <si>
-    <t>Locação de ônibus e vans para transporte de atletas participantes dos projetos esportivos do município de Timon/MA.</t>
+    <t>Locação de ônibus e vans para transporte de atleta...</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO Nº 031 / 2021/2021</t>
   </si>
   <si>
     <t>031 / 2021/2021</t>
   </si>
   <si>
-    <t>Contratação futura de empresa especializada para serviços de sistema informatizado de gestão pública municipal com fornecimento de licença de uso (loc...</t>
+    <t>Contratação futura de empresa especializada para s...</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO Nº 026/2021/2021</t>
   </si>
   <si>
     <t>026/2021/2021</t>
   </si>
   <si>
-    <t>Registro de preço para aquisições futuras de material permanente para atender as necessidades do hospital municipal Dr. José Firmino de Sousa do munic...</t>
+    <t>Registro de preço para aquisições futuras de mater...</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO Nº 032 / 2021/2021</t>
   </si>
   <si>
     <t>032 / 2021/2021</t>
   </si>
   <si>
-    <t>Aquisições futuras de Kits de Teste Rápido Covid-19, por meio de sistema de registro de preços, destinados ao enfrentamento da emergência de saúde pub...</t>
+    <t>Aquisições futuras de Kits de Teste Rápido Covid-1...</t>
   </si>
   <si>
     <t>CARTA CONVITE Nº 010/2021/2021</t>
   </si>
   <si>
     <t>010/2021/2021</t>
   </si>
   <si>
-    <t>Contratação de empresa para aquisição e instalação de itens de segurança eletrônica para vídeo monitoramento.</t>
+    <t>Contratação de empresa para aquisição e instalação...</t>
   </si>
   <si>
     <t>CARTA CONVITE Nº 009/2021/2021</t>
   </si>
   <si>
     <t>009/2021/2021</t>
   </si>
   <si>
-    <t>Contratação de empresa especializada para prestação de serviço de reforma e adequação da EMEI - Maria Fernandes, localizada no bairro Mutirão e EMEF -...</t>
-[...1 lines deleted...]
-  <si>
     <t>PREGÃO ELETRÔNICO Nº 031/2021/2021</t>
   </si>
   <si>
     <t>031/2021/2021</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO Nº 030 / 2021/2021</t>
   </si>
   <si>
     <t>030 / 2021/2021</t>
   </si>
   <si>
-    <t>Contratação de empresa para os serviços de tratamento para controle de odor e da avifauna em célula de recepção ativa do aterro sanitário destinado a...</t>
+    <t>Contratação de empresa para os serviços de tratame...</t>
   </si>
   <si>
     <t>CARTA CONVITE Nº 008 / 2021/2021</t>
   </si>
   <si>
     <t>008 / 2021/2021</t>
   </si>
   <si>
-    <t>Contratação de empresa para fornecimento parcelado de passagens aéreas nacionais, compreendendo reserva, marcação e emissão de bilhetes para atender a...</t>
+    <t>Contratação de empresa para fornecimento parcelado...</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO Nº 024 / 2021/2021</t>
   </si>
   <si>
     <t>024 / 2021/2021</t>
   </si>
   <si>
-    <t>Registro de preços para futuras aquisições de materiais e equipamentos de proteção individual (EPIS) para atender as demandas do município de Timon-MA...</t>
-[...1 lines deleted...]
-  <si>
     <t>PREGÃO ELETRÔNICO Nº 028 / 2021/2021</t>
   </si>
   <si>
     <t>028 / 2021/2021</t>
   </si>
   <si>
-    <t>Aquisição de geomembrana de polietileno de alta densidade – PEAD, para impermeabilização de célula em Aterro sanitário - CTR de Timon -MA.26</t>
+    <t>Aquisição de geomembrana de polietileno de alta de...</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO Nº 027 / 2021/2021</t>
   </si>
   <si>
     <t>027 / 2021/2021</t>
   </si>
   <si>
-    <t>Aquisição futura de vidros, esquadrias e acessórios, por meio de registro de preços, para atender as necessidades da Secretaria Municipal de Saúde e s...</t>
+    <t>Aquisição futura de vidros, esquadrias e acessório...</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO Nº 025 / 2021/2021</t>
   </si>
   <si>
     <t>025 / 2021/2021</t>
   </si>
   <si>
-    <t>REGISTRO DE PREÇOS PARA SERVIÇO DE DIGITALIZAÇÃO DE CÓPIA REPROGRÁFICA EM PAPEL A4 E ENCADERNAÇÃO EM CAPA DE PVC E PLOTAGEM PARA ATENDER AS NECESSIDAD...</t>
+    <t>REGISTRO DE PREÇOS PARA SERVIÇO DE DIGITALIZAÇÃO D...</t>
   </si>
   <si>
     <t>CARTA CONVITE Nº 007 / 2021/2021</t>
   </si>
   <si>
     <t>007 / 2021/2021</t>
   </si>
   <si>
-    <t>Contratação de empresa especializada para prestação de serviço de engenharia para ampliação da rede de distribuição de gases medicinais e instalações...</t>
-[...1 lines deleted...]
-  <si>
     <t>PREGÃO ELETRÔNICO Nº 019.2 / 2021/2021</t>
   </si>
   <si>
     <t>019.2 / 2021/2021</t>
   </si>
   <si>
-    <t>Aquisição de equipamentos (máquinas e equipamentos agrícolas e de uso na construção civil) especificamente para o item escavadeira hidráulica que foi...</t>
+    <t>Aquisição de equipamentos (máquinas e equipamentos...</t>
   </si>
   <si>
     <t>TOMADA DE PREÇO Nº 001 / 2021/2021</t>
   </si>
   <si>
     <t>001 / 2021/2021</t>
   </si>
   <si>
-    <t>Contratação de empresa de engenharia para construção de oficina ortopédica no Centro Especializada em Reabilitação Maria do Carmo Neiva do Município d...</t>
+    <t>Contratação de empresa de engenharia para construç...</t>
   </si>
   <si>
     <t>CHAMAMENTO PÚBLICO Nº 001 / 2021/2021</t>
   </si>
   <si>
-    <t>Aquisição de gêneros alimentícios (frutas, legumes e verduras) advindos da agricultura familiar para atender a rede pública municipal de ensino de Tim...</t>
+    <t>Aquisição de gêneros alimentícios (frutas, legumes...</t>
   </si>
   <si>
     <t>CARTA CONVITE Nº 006 / 2021/2021</t>
   </si>
   <si>
     <t>006 / 2021/2021</t>
   </si>
   <si>
-    <t>Contratação de empresa para prestação de serviços de recarga de cartuchos e manutenção de impressoras.</t>
-[...1 lines deleted...]
-  <si>
     <t>CARTA CONVITE Nº 001 / 2020/2020</t>
   </si>
   <si>
     <t>001 / 2020/2020</t>
   </si>
   <si>
-    <t>Contratação de empresa para aquisição de enxoval para recém nascido para atender a demanda da secretaria e programas vinculados a essa Secretaria Muni...</t>
+    <t>Contratação de empresa para aquisição de enxoval p...</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO Nº 019.2/2021/2021</t>
   </si>
   <si>
     <t>019.2/2021/2021</t>
   </si>
   <si>
     <t>13/05/2021</t>
   </si>
   <si>
     <t>592.084,12</t>
   </si>
   <si>
     <t>ADESÃO SRP nº 04/2021</t>
   </si>
   <si>
     <t>04/2021</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA,PARA PRESTAÇÃO DE SERVIÇOS DE LOCAÇÃO DE EQUIPAMENTOS MEDICO-HOSPITALARES,PARA REALIZAÇÃO DE EXAMES CLINICOS,INCL...</t>
+    <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA,PARA PRESTAÇÃ...</t>
   </si>
   <si>
     <t>27/09/2021</t>
   </si>
   <si>
     <t>13.835.998,92</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO Nº 022/2021/2021</t>
   </si>
   <si>
     <t>022/2021/2021</t>
   </si>
   <si>
     <t>CARTA CONVITE Nº 004/2021/2021</t>
   </si>
   <si>
-    <t>Contratação de empresa para prestação dos serviços de manutenção preventiva e corretiva em equipamentos médicos e hospitalares.</t>
+    <t>Contratação de empresa para prestação dos serviços...</t>
   </si>
   <si>
     <t>CONCORRÊNCIA PUBLICA Nº 001 / 2020/2020</t>
   </si>
   <si>
-    <t>Contratação de empresa de engenharia para execução de obra de implantação de pavimentação asfáltica em vias públicas do município de Timon/MA.</t>
-[...1 lines deleted...]
-  <si>
     <t>CARTA CONVITE Nº 005 / 2020/2020</t>
   </si>
   <si>
     <t>005 / 2020/2020</t>
   </si>
   <si>
-    <t>Contratação de empresa para aquisição de peças para manutenção preventiva e corretiva nos aparelhos odontológicos das unidades de saúde mantidas pela...</t>
+    <t>Contratação de empresa para aquisição de peças par...</t>
   </si>
   <si>
     <t>CARTA CONVITE Nº 003 / 2020/2020</t>
   </si>
   <si>
     <t>003 / 2020/2020</t>
   </si>
   <si>
-    <t>Contratação de empresa para o fornecimento de equipamento de proteção individual aos colaboradores do Departamento de Iluminação Pública - DEMIP.</t>
+    <t>Contratação de empresa para o fornecimento de equi...</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO Nº 021/2021/2021</t>
   </si>
   <si>
     <t>021/2021/2021</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA EXECUÇÃO DE CURSOS DE QUALIFICAÇÃO PARA O PROGRAMA PAC II ETAPA PÓS OCUPAÇÃO PARA O MUNICÍPIO DE TIMON – MA.</t>
-[...1 lines deleted...]
-  <si>
     <t>PREGÃO ELETRÔNICO Nº 020 / 2021/2021</t>
   </si>
   <si>
     <t>020 / 2021/2021</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO Nº 019/2021/2021</t>
   </si>
   <si>
     <t>019/2021/2021</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO Nº 018/2021/2021</t>
   </si>
   <si>
     <t>018/2021/2021</t>
   </si>
   <si>
-    <t>Registro de Preço de materiais hidráulicos, elétricos e de construção em geral para atender as demandas do Município de Timon/MA.</t>
+    <t>Registro de Preço de materiais hidráulicos, elétri...</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO Nº 017 / 2021/2021</t>
   </si>
   <si>
     <t>017 / 2021/2021</t>
   </si>
   <si>
-    <t>REGISTRO DE PREÇOS PARA AQUISIÇÕES FUTURAS DE LANCHES EM GERAL, ÁGUA MINERAL, REFRIGERANTES E REFEIÇÃO PRONTA TIPO QUENTINHA PARA ATENDER AS DEMANDAS...</t>
+    <t>REGISTRO DE PREÇOS PARA AQUISIÇÕES FUTURAS DE LANC...</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO Nº 016 / 2021/2021</t>
   </si>
   <si>
     <t>016 / 2021/2021</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO Nº 015 / 2021/2021</t>
   </si>
   <si>
     <t>015 / 2021/2021</t>
   </si>
   <si>
-    <t>Aquisição futura de kits de uniformes para os Agentes da Guarda Civil Municipal e para os Agentes de Trânsito, por meio de registro de preços, para at...</t>
+    <t>Aquisição futura de kits de uniformes para os Agen...</t>
   </si>
   <si>
     <t>CARTA CONVITE Nº 003 / 2021/2021</t>
   </si>
   <si>
     <t>003 / 2021/2021</t>
   </si>
   <si>
-    <t>Contratação de empresa especializada para prestação de serviço de reforma e adequação do CEO - Centro de Especialidades Odontológicas, mantida pela Se...</t>
-[...1 lines deleted...]
-  <si>
     <t>PREGÃO ELETRÔNICO Nº 014/2021/2021</t>
   </si>
   <si>
     <t>014/2021/2021</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO Nº 013/2021/2021</t>
   </si>
   <si>
     <t>013/2021/2021</t>
   </si>
   <si>
-    <t>Registro de preços para futuras aquisições de insumos, materiais, periféricos e equipamentos de informática, para atender as demandas do município de...</t>
+    <t>Registro de preços para futuras aquisições de insu...</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO Nº 012/2021/2021</t>
   </si>
   <si>
-    <t>Contratação de empresa especializada na prestação de serviços de confecção de cadernos do programa Educar pra Valer, que atende aos alunos do ensino f...</t>
-[...1 lines deleted...]
-  <si>
     <t>PREGÃO ELETRÔNICO Nº 011/2021/2021</t>
   </si>
   <si>
-    <t>Registro de preço para contratação futura de empresa especializada em serviços de locação de equipamentos médico-hospitalares para tratamento clínico...</t>
+    <t>Registro de preço para contratação futura de empre...</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO Nº 010/2021/2021</t>
   </si>
   <si>
-    <t>Contratações futuras por meio de registro de preços de serviços comuns de engenharia para manutenção e conservação de prédios públicos do município d...</t>
-[...1 lines deleted...]
-  <si>
     <t>PREGÃO ELETRÔNICO Nº 009/2021/2021</t>
   </si>
   <si>
-    <t>Registro de preços para futuras aquisições de materiais de expediente, didáticos e pedagógicos diversos, para atender as demandas do município de Timo...</t>
-[...1 lines deleted...]
-  <si>
     <t>PREGÃO PRESENCIAL Nº 008/2021/2021</t>
   </si>
   <si>
     <t>008/2021/2021</t>
   </si>
   <si>
-    <t>Registro de preço para aquisição de material de limpeza e higiene pessoal para atender a demanda do município de Timon/MA.</t>
+    <t>Registro de preço para aquisição de material de li...</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO Nº 006/2021/2021</t>
   </si>
   <si>
-    <t>Aquisição de equipamentos (máquinas e equipamentos agrícolas e de uso geral na construção civil) para dinamização de atividades produtivas no municípi...</t>
-[...1 lines deleted...]
-  <si>
     <t>PREGÃO ELETRÔNICO Nº 004/2021/2021</t>
   </si>
   <si>
-    <t>Aquisição de materiais permanentes (equipamentos e mobiliários diversos) para atendimento das escolas e creches da rede pública do município mantidas...</t>
+    <t>Aquisição de materiais permanentes (equipamentos e...</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO Nº 003/2021/2021</t>
   </si>
   <si>
-    <t>Aquisição de kits completos de brinquedos pedagógicos para atendimento dos alunos do ensino infantil da rede pública do município de Timon/MA.</t>
+    <t>Aquisição de kits completos de brinquedos pedagógi...</t>
   </si>
   <si>
     <t>PREGÃO PRESENCIAL Nº 001/2021/2021</t>
   </si>
   <si>
-    <t>Registro de preços para futuras contratações de empresa especializada na prestação de serviços de manutenção preventiva e corretiva nos aparelhos de...</t>
+    <t>Registro de preços para futuras contratações de em...</t>
   </si>
   <si>
     <t>PREGÃO PRESENCIAL Nº 005 / 2021/2021</t>
   </si>
   <si>
     <t>005 / 2021/2021</t>
   </si>
   <si>
-    <t>Registro de preços para futura aquisição de gás de cozinha para atender as demandas do Município de Timon/MA.</t>
+    <t>Registro de preços para futura aquisição de gás de...</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO Nº 007 / 2021/2021</t>
   </si>
   <si>
-    <t>Contratações futuras por meio de registro de preços de serviços comuns de engenharia para manutenção e conservação de pavimentação, canteiros, sarjeta...</t>
-[...1 lines deleted...]
-  <si>
     <t>PREGÃO ELETRÔNICO Nº 002/2021/2021</t>
   </si>
   <si>
-    <t>Escolha de proposta mais vantajosa para aquisições futuras por meio de registro de preços de gêneros alimentícios perecíveis e não perecíveis para ate...</t>
+    <t>Escolha de proposta mais vantajosa para aquisições...</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO Nº /2020</t>
   </si>
   <si>
     <t>/2020</t>
   </si>
   <si>
-    <t>REGISTRO DE PREÇOS PARA FUTURAS AQUISIÇÕES DE MATERIAIS E EQUIPAMENTOS DE PROTEÇÃO INDIVIDUAL (EPIS) PARA O COMBATE AO COVID-19, PARA ATENDER AS DEMAN...</t>
-[...2 lines deleted...]
-    <t>Registro de Preços para contratação futura de serviço de confecção de material e vestimentas de proteção individual, com e sem personalização, para at...</t>
+    <t>Registro de Preços para contratação futura de serv...</t>
   </si>
   <si>
     <t>PREGÃO PRESENCIAL Nº /2020</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA PRESTAÇÃO DE SERVIÇOS DE MANUTENÇÃO PREVENTIVA E CORRETIVA, POR CHAMADA AVULSA, COM SUBSTITUIÇÃO DE PEÇAS E AC...</t>
-[...5 lines deleted...]
-    <t>Registro de preços para futura aquisição de material esportivo em geral para atender as demandas do município de Timon/MA.</t>
+    <t>Contratação de empresa especializada para serviços...</t>
+  </si>
+  <si>
+    <t>Registro de preços para futura aquisição de materi...</t>
   </si>
   <si>
     <t>CARTA CONVITE Nº /2020</t>
   </si>
   <si>
-    <t>Contratação de empresa para aquisição de utensílios domésticos para atender a demanda da Secretaria Municipal Desenvolvimento Social - SEMDES e progra...</t>
-[...2 lines deleted...]
-    <t>Aquisição de Equipamentos para atender as necessidades do LACEN – Laboratório Central.</t>
+    <t>Contratação de empresa para aquisição de utensílio...</t>
+  </si>
+  <si>
+    <t>Aquisição de Equipamentos para atender as necessid...</t>
   </si>
   <si>
     <t>TOMADA DE PREÇO Nº /2020</t>
   </si>
   <si>
-    <t>Contratação de empresa de engenharia para execução de serviços de remanescente da construção do Centro de Atenção à Mulher - CAISM no município de Tim...</t>
-[...1 lines deleted...]
-  <si>
     <t>PREGÃO PRESENCIAL Nº /2019</t>
   </si>
   <si>
     <t>/2019</t>
   </si>
   <si>
-    <t>REGISTRO DE PREÇOS PARA AQUISIÇÃO DE VIATURAS 0(ZERO)KM, PARA A GUARDA CIVIL MUNICIPAL E DEPARTAMENTO MUNICIPAL DE TRANSITO - DMTRANS, PARA ATENDIMENT...</t>
+    <t>REGISTRO DE PREÇOS PARA AQUISIÇÃO DE VIATURAS 0(ZE...</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE Nº /2020</t>
   </si>
   <si>
-    <t>Dispensa de licitação em caráter emergencial, para contratação de prestação de serviços de sanitização de ambientes para o combate ao novo corona vír...</t>
-[...2 lines deleted...]
-    <t>Intervenções urbanísticas em logradouros públicos municipais no âmbito da Fundação Municipal de Cultura.</t>
+    <t>Dispensa de licitação em caráter emergencial, par...</t>
+  </si>
+  <si>
+    <t>Intervenções urbanísticas em logradouros públicos...</t>
   </si>
   <si>
     <t>DISPENSA Nº /2020</t>
   </si>
   <si>
-    <t>Dispensa de licitação em caráter emergencial, para contratação de empresa para aquisição de equipamentos/materiais permanentes destinados à sala de es...</t>
-[...65 lines deleted...]
-    <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA EXECUÇÃO DOS SERVIÇOS DE ENGENHARIA PARA AMPLIAÇÃO EM 05 (CINCO) SALAS DA EMEF - REGINO COSTA NOLETO, LOCALI...</t>
+    <t>Dispensa de licitação em caráter emergencial, para...</t>
+  </si>
+  <si>
+    <t>Aquisição de equipamentos de proteção individual d...</t>
+  </si>
+  <si>
+    <t>DISPENSA DE LICITAÇÃO EM CARATER EMERGENCIAL, para...</t>
+  </si>
+  <si>
+    <t>Aquisição de equipamentos (maquinas e equipamentos...</t>
+  </si>
+  <si>
+    <t>Registro de preços para aquisição futura de urnas...</t>
+  </si>
+  <si>
+    <t>Registro de preços de gêneros alimentícios perecív...</t>
+  </si>
+  <si>
+    <t>"Dispensa de licitação em caráter emergencial, par...</t>
+  </si>
+  <si>
+    <t>Registro de Preços para Aquisição de livros da edu...</t>
+  </si>
+  <si>
+    <t>Contratação em caráter emergencial de serviço de c...</t>
+  </si>
+  <si>
+    <t>Contratação de empresa para confecção de cadernos...</t>
+  </si>
+  <si>
+    <t>REGISTRO DE PREÇOS DE SERVIÇOS DE ENGENHARIA PARA...</t>
+  </si>
+  <si>
+    <t>Registro de preços para aquisição de coletes a pro...</t>
+  </si>
+  <si>
+    <t>Registro de preços para aquisições futuras de medi...</t>
   </si>
   <si>
     <t>TOMADA DE PREÇO Nº /2019</t>
   </si>
   <si>
-    <t>Contratação de empresa especializada para execução dos serviços de engenharia para revitalização do Mercado do Bairro Formosa, zona urbana, no municíp...</t>
-[...8 lines deleted...]
-    <t>Registro de preços de serviços de engenharia para manutenção e conservação de pavimentação, canteiros, sarjetas, meio fio, galerias e outros em vias...</t>
+    <t>Registro de preço para aquisição de conjunto escol...</t>
+  </si>
+  <si>
+    <t>Registro de preços de serviços de engenharia para...</t>
   </si>
   <si>
     <t>CHAMAMENTO PÚBLICO Nº /2019</t>
   </si>
   <si>
-    <t>Chamada pública para aquisição de gêneros alimentícios (frutas, legumes e verduras) advindos da agricultura familiar para atender a rede pública muni...</t>
-[...44 lines deleted...]
-    <t>Contratação de empresa para serviços dos sistemas administrativo e tributário municipal incluindo a contabilidade pública, folha de pagamento, arrecad...</t>
+    <t>Chamada pública para aquisição de gêneros alimentí...</t>
+  </si>
+  <si>
+    <t>Contratação de empresa para locação de veículos au...</t>
+  </si>
+  <si>
+    <t>Aquisição de equipamentos permanentes para o hospi...</t>
+  </si>
+  <si>
+    <t>Registro de Preço para aquisição de Fardamento Esc...</t>
+  </si>
+  <si>
+    <t>Registro de preços para aquisição de gêneros alime...</t>
+  </si>
+  <si>
+    <t>Registro de Preços de Materiais hidráulico, elétri...</t>
+  </si>
+  <si>
+    <t>Registro de preços para futuras aquisições de lanc...</t>
+  </si>
+  <si>
+    <t>Registro de preço para aquisição de fardamento par...</t>
+  </si>
+  <si>
+    <t>Contratação de empresa para executar serviços espe...</t>
+  </si>
+  <si>
+    <t>Contratação de empresa para os serviços de engenha...</t>
+  </si>
+  <si>
+    <t>Registro de preços para contratação de empresa esp...</t>
+  </si>
+  <si>
+    <t>Registro de preços para futura aquisição de gás GL...</t>
+  </si>
+  <si>
+    <t>Contratação de empresa para serviços dos sistemas...</t>
   </si>
   <si>
     <t>CARTA CONVITE Nº /2019</t>
   </si>
   <si>
-    <t>Contratação de empresa para aquisição de materiais e equipamentos de informática para atender as necessidades da Coordenadoria Municipal de Proteção d...</t>
-[...29 lines deleted...]
-    <t>Registro de preços de material de expediente diversos, didáticos e pedagógicos em geral para atender as demandas do Município de Timon/MA.</t>
+    <t>Contratação de empresa para aquisição de materiais...</t>
+  </si>
+  <si>
+    <t>Registro de preços para aquisição futura de kits c...</t>
+  </si>
+  <si>
+    <t>Contratação de instituição financeira para prestaç...</t>
+  </si>
+  <si>
+    <t>Registro de Preços para prestação de serviços de d...</t>
+  </si>
+  <si>
+    <t>Registro de preços para aquisição de gás oxigênio(...</t>
+  </si>
+  <si>
+    <t>REGISTRO DE PREÇOS PARA AQUISIÇÃO DE MATERIAL DE C...</t>
+  </si>
+  <si>
+    <t>Registro de preço para serviço técnico especializa...</t>
+  </si>
+  <si>
+    <t>REGISTRO DE PREÇOS PARA AQUISIÇÃO EQUIPAMENTOS E M...</t>
+  </si>
+  <si>
+    <t>Registro de preços para prestação de serviço de li...</t>
+  </si>
+  <si>
+    <t>Registro de preços de material de expediente diver...</t>
   </si>
   <si>
     <t>REGISTRO DE PREÇOS DE SERVIÇO DE EVENTOS EM GERAL.</t>
   </si>
   <si>
-    <t>REGISTRO DE PREÇOS PARA SERVIÇOS TÉCNICOS ESPECIALIZADOS DE TELECOMUNICAÇÃO PARA FORNECER CONEXÃO DE FIBRA ÓPTICA E RÁDIO DIGITAL E TRANSMISSÃO DE DAD...</t>
-[...5 lines deleted...]
-    <t>REGISTRO DE PREÇOS PARA AQUISIÇÃO DE GÊNEROS ALIMENTÍCIOS PERECÍVEIS E NÃO PERECÍVEIS DO MUNICÍPIO DE TIMON – MA.</t>
+    <t>REGISTRO DE PREÇOS PARA SERVIÇOS TÉCNICOS ESPECIAL...</t>
+  </si>
+  <si>
+    <t>Aquisição de Mobiliários e Equipamentos para Crech...</t>
+  </si>
+  <si>
+    <t>REGISTRO DE PREÇOS PARA AQUISIÇÃO DE GÊNEROS ALIME...</t>
   </si>
   <si>
     <t>CREDENCIAMENTO Nº /2019</t>
   </si>
   <si>
-    <t>Credenciamento de Estabelecimentos de Saúde para Prestação de Serviços de Confecção de Próteses Dentarias para atender pacientes usuários do SUS.</t>
-[...17 lines deleted...]
-    <t>Contratação de empresa para prestação dos serviços de manutenção preventiva e corretiva nos aparelhos de ar condicionados, geladeiras, bebedouros e fr...</t>
+    <t>Credenciamento de Estabelecimentos de Saúde para P...</t>
+  </si>
+  <si>
+    <t>Contratação de empresa especializada para realizar...</t>
   </si>
   <si>
     <t>2019-03-07</t>
   </si>
   <si>
-    <t>Aquisição de material permanente e de consumo destinados ao centro de atenção integrada materno infantil- CAEMI</t>
-[...2 lines deleted...]
-    <t>SRP aquisição de sacos de lixo (100 litros), para atender as necessidades da Superintendência de limpeza pulica e urbanização de Timon – MA - SLU.</t>
+    <t>Aquisição de material permanente e de consumo dest...</t>
+  </si>
+  <si>
+    <t>SRP aquisição de sacos de lixo (100 litros), para...</t>
   </si>
   <si>
     <t>2019-04-12</t>
   </si>
   <si>
-    <t>Registro de Preço para futuras contratações de Empresa Especializada em prestação de serviços funerários com fornecimento de urnas.</t>
+    <t>Registro de Preço para futuras contratações de Emp...</t>
   </si>
   <si>
     <t>2019-04-01</t>
   </si>
   <si>
-    <t>Registro de preços de serviços de manutenção preventiva e corretiva, com substituição de peças e acessórios em aparelhos de refrigeração (condicionado...</t>
+    <t>Registro de preços de serviços de manutenção preve...</t>
   </si>
   <si>
     <t>2019-03-26</t>
   </si>
   <si>
-    <t>Aquisição de livros da educação infantil para uso nas escolas da rede municipal de ensino deste município.</t>
+    <t>Aquisição de livros da educação infantil para uso...</t>
   </si>
   <si>
     <t>2019-03-18</t>
   </si>
   <si>
-    <t>Registro de preços permanente em geral para atender a demanda do município de Timon- MA</t>
+    <t>Registro de preços permanente em geral para atende...</t>
   </si>
   <si>
     <t>2019-04-11</t>
   </si>
   <si>
-    <t>Registro de preços de material de consumo odontológico, instrumental odontológico e aparelhos odontológicos.</t>
+    <t>Registro de preços de material de consumo odontoló...</t>
   </si>
   <si>
     <t>2019-02-27</t>
   </si>
   <si>
-    <t>Registro de preços de serviço na confecção de material gráfico em geral.</t>
+    <t>Registro de preços de serviço na confecção de mate...</t>
   </si>
   <si>
     <t>2019-04-02</t>
   </si>
   <si>
-    <t>Registro de Preços de peças para manutenção preventiva e corretiva nos aparelhos odontológicos.</t>
+    <t>Registro de Preços de peças para manutenção preven...</t>
   </si>
   <si>
     <t>2019-03-27</t>
   </si>
   <si>
-    <t>Prestação dos serviços de manutenção preventiva e corretiva, por chamada avulsa, com substituição de peças e acessórios relativos aos equipamentos de...</t>
+    <t>Prestação dos serviços de manutenção preventiva e...</t>
   </si>
   <si>
     <t>2019-02-26</t>
   </si>
   <si>
-    <t>Contratação de empresa especializada para prestação de serviços de transporte escolar por meio de sistema de registro de preços, para atender as deman...</t>
-[...1 lines deleted...]
-  <si>
     <t>2019-02-25</t>
   </si>
   <si>
-    <t>Registro de preços de serviços de eventos em geral para atender as demandas do Município de Timon/MA.</t>
+    <t>Registro de preços de serviços de eventos em geral...</t>
   </si>
   <si>
     <t>2019-02-08</t>
   </si>
   <si>
-    <t>Aquisição de gás oxigênio (gás medicinal) para atender as necessidades desta secretaria e suas unidades.</t>
+    <t>Aquisição de gás oxigênio (gás medicinal) para ate...</t>
   </si>
   <si>
     <t>2019-01-25</t>
   </si>
   <si>
-    <t>Registro de preços para contratação de empresa para serviços técnicos especializados de telecomunicação para fornecer conexão de fibra óptica e rádio...</t>
+    <t>Registro de preços para contratação de empresa par...</t>
   </si>
   <si>
     <t>2019-02-15</t>
   </si>
   <si>
-    <t>Aquisição de mobiliário de creches destinados a educação infantil da rede municipal de ensino de Timon- MA.</t>
+    <t>Aquisição de mobiliário de creches destinados a ed...</t>
   </si>
   <si>
     <t>2019-02-05</t>
   </si>
   <si>
-    <t>Sistema de registro de preços para aquisição de gêneros alimentícios e não perecíeis do município de Timon- MA.</t>
+    <t>Sistema de registro de preços para aquisição de gê...</t>
   </si>
   <si>
     <t>2019-01-31</t>
   </si>
   <si>
     <t>CHAMAMENTO PÚBLICO Nº /2018</t>
   </si>
   <si>
     <t>/2018</t>
   </si>
   <si>
-    <t>Aquisição direta de frutas e verduras da agricultura familiar para atender a demanda dos alunos das escolas da rede municipal de ensino da secretaria...</t>
+    <t>Aquisição direta de frutas e verduras da agricultu...</t>
   </si>
   <si>
     <t>2018-03-26</t>
   </si>
   <si>
     <t>CREDENCIAMENTO Nº /2018</t>
   </si>
   <si>
-    <t>Credenciamento de estabelecimentos de saúde para a prestação de serviços de internação compulsória de pacientes usuários do SUS</t>
+    <t>Credenciamento de estabelecimentos de saúde para a...</t>
   </si>
   <si>
     <t>2018-06-04</t>
   </si>
   <si>
     <t>RDC PRESENCIAL Nº /2018</t>
   </si>
   <si>
     <t>RDC PRESENCIAL</t>
   </si>
   <si>
-    <t>Serviço de engenharia para reforma, ampliação, adequação e climatização em escolas da rede municipal de ensino de Timon- MA.</t>
+    <t>Serviço de engenharia para reforma, ampliação, ade...</t>
   </si>
   <si>
     <t>2018-03-22</t>
   </si>
   <si>
     <t>CONCORRÊNCIA PUBLICA Nº /2018</t>
   </si>
   <si>
-    <t>Prolongamento da Avenida Piauí através da implantação de pavimentação asfáltica em concreto betuminoso usinada á quente – CNUQ e iluminação em LED, na...</t>
+    <t>Prolongamento da Avenida Piauí através da implanta...</t>
   </si>
   <si>
     <t>2018-06-01</t>
   </si>
   <si>
-    <t>Contratação de empresa especializada para execução dos serviços de engenharia de Revitalização da sede central de abastecimento -Ceasa em Timon – ma.</t>
-[...1 lines deleted...]
-  <si>
     <t>2018-04-24</t>
   </si>
   <si>
-    <t>Contratação de agência de publicidade e propaganda, especializada na prestação de serviços técnicos de projetos de divulgação de atos, programas, obra...</t>
+    <t>Contratação de agência de publicidade e propaganda...</t>
   </si>
   <si>
     <t>2018-05-03</t>
   </si>
   <si>
-    <t>Contratação de pessoa jurídica especializada para a execução dos serviços para diagnostico e recuperação financeira de ativos do município de Timon/MA...</t>
+    <t>Contratação de pessoa jurídica especializada para...</t>
   </si>
   <si>
     <t>2018-05-02</t>
   </si>
   <si>
     <t>TOMADA DE PREÇO Nº /2018</t>
   </si>
   <si>
-    <t>Contratação de empresa para os serviços de engenharia de reforma e adequação do hospital municipal Dr. Jose Firmino Sousa.</t>
-[...1 lines deleted...]
-  <si>
     <t>2018-08-31</t>
   </si>
   <si>
     <t>CARTA CONVITE Nº /2018</t>
   </si>
   <si>
-    <t>Contratação de empresa para prestação de serviços de instalação, substituição de ar condicionado, serviços complementares, substituição de compressore...</t>
-[...1 lines deleted...]
-  <si>
     <t>2018-11-14</t>
   </si>
   <si>
-    <t>Serviço gráficos de confecção de cartilha PROERD e cartilha EDUCATIVA, para atender a secretaria de educação – Timon - MA</t>
+    <t>Serviço gráficos de confecção de cartilha PROERD e...</t>
   </si>
   <si>
     <t>2018-06-11</t>
   </si>
   <si>
-    <t>Locação de ônibus para transporte de atletas participantes dos projetos esportivos do município de Timon.</t>
+    <t>Locação de ônibus para transporte de atletas parti...</t>
   </si>
   <si>
     <t>2018-06-07</t>
   </si>
   <si>
-    <t>Contratação de empresas para execução deserviço topográfico para regularização fundiária.</t>
+    <t>Contratação de empresas para execução deserviço to...</t>
   </si>
   <si>
     <t>2018-05-11</t>
   </si>
   <si>
     <t>2018-03-12</t>
   </si>
   <si>
-    <t>Aquisição de rádios de comunicação para o serviço de atendimento móvel de urgência- SAMU</t>
+    <t>Aquisição de rádios de comunicação para o serviço...</t>
   </si>
   <si>
     <t>2018-03-06</t>
   </si>
   <si>
-    <t>Contratação de empresa para aquisição de peças para manutenção preventiva e corretiva nos aparelhos de ar condicionado, geladeiras, bebedouros e freez...</t>
-[...1 lines deleted...]
-  <si>
     <t>2018-03-08</t>
   </si>
   <si>
     <t>PREGÃO PRESENCIAL Nº /2018</t>
   </si>
   <si>
-    <t>Serviço de impressão de proas individualizadas por aluno turma,, serie – ano, turma, serie/ano e escola para o 2º períodos do ensino infantil e 1º, 4º...</t>
+    <t>Serviço de impressão de proas individualizadas por...</t>
   </si>
   <si>
     <t>2018-11-28</t>
   </si>
   <si>
-    <t>Aquisição de material de EPI (equipamento de proteção individual) para os funcionários do serviço de atendimento móvel de urgência- SAMU</t>
-[...2 lines deleted...]
-    <t>Aquisição de material de construção em geral, para atender as necessidades da educação.</t>
+    <t>Aquisição de material de EPI (equipamento de prote...</t>
+  </si>
+  <si>
+    <t>Aquisição de material de construção em geral, para...</t>
   </si>
   <si>
     <t>2018-10-25</t>
   </si>
   <si>
-    <t>Aquisição de material de armarinho, bazar e tecidos, para atendimento desta secretaria municipal de educação.</t>
+    <t>Aquisição de material de armarinho, bazar e tecido...</t>
   </si>
   <si>
     <t>2018-08-13</t>
   </si>
   <si>
-    <t>Sistema de Registro de preços para serviços de engenharia para manutenção e conservação de pavimentação, canteiros, sarjetas, meio fio, galerias e out...</t>
+    <t>Sistema de Registro de preços para serviços de eng...</t>
   </si>
   <si>
     <t>2018-07-31</t>
   </si>
   <si>
-    <t>Contratação de empresa para serviços de manutenção preventiva e corretiva em equipamentos médicos e hospitalares para atender as demandas da SEMS.</t>
+    <t>Contratação de empresa para serviços de manutenção...</t>
   </si>
   <si>
     <t>2018-08-23</t>
   </si>
   <si>
-    <t>Registro de preços para a contratação de empresa especializada, ministrar curso de formação de programação e robótica, com as temáticas “Robótica e Ga...</t>
+    <t>Registro de preços para a contratação de empresa e...</t>
   </si>
   <si>
     <t>2018-07-20</t>
   </si>
   <si>
-    <t>Registro de Preços para futuras locações de contêineres estrutura em aço galvanizado conforme especificações técnica do Anexo I do edital, para atende...</t>
+    <t>Registro de Preços para futuras locações de contêi...</t>
   </si>
   <si>
     <t>2018-06-21</t>
   </si>
   <si>
-    <t>Sistema de registro de preços para aquisição de insumos e equipamento de informática em geral</t>
+    <t>Sistema de registro de preços para aquisição de in...</t>
   </si>
   <si>
     <t>2018-06-25</t>
   </si>
   <si>
-    <t>Aquisição e instalação de extintores de combate a incêndio tipo ABC com capacidade de 6kg para atendimento das escolas da rede municipal de ensino..</t>
+    <t>Aquisição e instalação de extintores de combate a...</t>
   </si>
   <si>
     <t>2018-06-20</t>
   </si>
   <si>
-    <t>Registro de Preços para serviços de recarga de cartucho, manutenção em maquinas impressoras e scanners para atender as demandas do Município de Timon/...</t>
+    <t>Registro de Preços para serviços de recarga de car...</t>
   </si>
   <si>
     <t>2018-05-18</t>
   </si>
   <si>
-    <t>Registro de preços para serviços de digitalização, fotocópias e encadernação de documentos para atender as demandas do município de Timon/MA.</t>
-[...2 lines deleted...]
-    <t>Aquisição de material esportivo para atender as demandas da secretaria municipal de esporte, juventude, lazer – SEMEJ.</t>
+    <t>Registro de preços para serviços de digitalização,...</t>
+  </si>
+  <si>
+    <t>Aquisição de material esportivo para atender as de...</t>
   </si>
   <si>
     <t>2018-05-24</t>
   </si>
   <si>
-    <t>Contratação de empresa para aquisição de veículos para a secretaria municipal de saúde e SAMU.</t>
-[...2 lines deleted...]
-    <t>Aquisição de passagens aéreas nacionais a fim de atender as demandas do município de Timon – MA.</t>
+    <t>Contratação de empresa para aquisição de veículos...</t>
+  </si>
+  <si>
+    <t>Aquisição de passagens aéreas nacionais a fim de a...</t>
   </si>
   <si>
     <t>2018-05-07</t>
   </si>
   <si>
-    <t>Aquisição de Material Permanente para as UBS – Unidade Básica de Saúde.</t>
+    <t>Aquisição de Material Permanente para as UBS – Uni...</t>
   </si>
   <si>
     <t>2018-06-12</t>
   </si>
   <si>
-    <t>Registro de preço de material e equipamento de proteção individual para atender as demandas do DEMIP</t>
+    <t>Registro de preço de material e equipamento de pro...</t>
   </si>
   <si>
     <t>2018-04-25</t>
   </si>
   <si>
-    <t>Contração de empresa para aquisição de cesta aérea isolada para atender as demandas do DEMIP.</t>
+    <t>Contração de empresa para aquisição de cesta aérea...</t>
   </si>
   <si>
     <t>2018-04-20</t>
   </si>
   <si>
-    <t>Sistema de Registro de Preços de serviços de monitoramento eletrônico com adesão ao sistema em comodato, desta secretaria e sua unidades.</t>
-[...2 lines deleted...]
-    <t>Serviço em aplicação de Programa de capacitação de educadores em ação plena (mindfulness) para educadores, alunos, e pais ou responsáveis, comtempland...</t>
+    <t>Sistema de Registro de Preços de serviços de monit...</t>
+  </si>
+  <si>
+    <t>Serviço em aplicação de Programa de capacitação de...</t>
   </si>
   <si>
     <t>2018-04-12</t>
   </si>
   <si>
-    <t>Sistema de registro de preços de material odontológico, instrumental odontológico e aparelhos odontológicos a fim de atender a demanda do município de...</t>
+    <t>Sistema de registro de preços de material odontoló...</t>
   </si>
   <si>
     <t>2018-04-13</t>
   </si>
   <si>
-    <t>Sistema de registro de preços de medicamentos farmácia básica, injetáveis, controlados, material hospitalar, penso e suspenso e nutrição enteral.</t>
+    <t>Sistema de registro de preços de medicamentos farm...</t>
   </si>
   <si>
     <t>2018-03-23</t>
   </si>
   <si>
-    <t>Sistema de registro de preços de urnas funerárias com serviço funerário de traslado e sepultamento</t>
+    <t>Sistema de registro de preços de urnas funerárias...</t>
   </si>
   <si>
     <t>2018-03-19</t>
   </si>
   <si>
-    <t>Aquisição de maquina roçadeira, motosserras e fio de nylon para roçadeiras, para atender as necessidades da superintendia de limpeza publica e urbaniz...</t>
+    <t>Aquisição de maquina roçadeira, motosserras e fio...</t>
   </si>
   <si>
     <t>2018-03-14</t>
   </si>
   <si>
-    <t>Sistema de registro de preços de livros da educação infantil para uso das creches da rede municipal de ensino.</t>
+    <t>Sistema de registro de preços de livros da educaçã...</t>
   </si>
   <si>
     <t>2018-03-13</t>
   </si>
   <si>
-    <t>Sistema de Registro de Preços de gás de cozinha destinada as escolas da rede municipal de ensino de Timon no exercício do ano 2018.</t>
+    <t>Sistema de Registro de Preços de gás de cozinha de...</t>
   </si>
   <si>
     <t>2018-03-15</t>
   </si>
   <si>
-    <t>Sistema de Registro de Preços de gás oxigênio (gás medicinal), para atender as necessidades da secretaria e sua unidade.</t>
+    <t>Sistema de Registro de Preços de gás oxigênio (gás...</t>
   </si>
   <si>
     <t>2018-03-05</t>
   </si>
   <si>
-    <t>Sistema de Registro de Preços de material de limpeza em geral para atender as necessidades do município de Timon – MA.</t>
+    <t>Sistema de Registro de Preços de material de limpe...</t>
   </si>
   <si>
     <t>2018-02-07</t>
   </si>
   <si>
-    <t>Aquisição de cilindros para armazenamento de gás oxigênio (gás medicinal), para atender as necessidades desta secretaria e suas unidades.</t>
-[...2 lines deleted...]
-    <t>Sistema de registro de preços de sacos de lixo reforçados (100 litros) para atender as necessidades da superintendência de limpeza pública e urbanizaç...</t>
+    <t>Aquisição de cilindros para armazenamento de gás o...</t>
+  </si>
+  <si>
+    <t>Sistema de registro de preços de sacos de lixo ref...</t>
   </si>
   <si>
     <t>2018-02-09</t>
   </si>
   <si>
-    <t>Contratação de empresa especializada para aquisição de equipamentos, materiais de radio comunicador, sirene e giroflex para o DMTRANS.</t>
-[...1 lines deleted...]
-  <si>
     <t>ADESÃO SRP nº 05/2</t>
   </si>
   <si>
     <t>05/2</t>
   </si>
   <si>
-    <t>Aquisição de Medicamentos Psicotrópicos para atender as necessidades desta secretaria e suas unidades</t>
+    <t>Aquisição de Medicamentos Psicotrópicos para atend...</t>
   </si>
   <si>
     <t>335.380,90</t>
   </si>
   <si>
     <t>DISPENSA nº 11/2025</t>
   </si>
   <si>
-    <t>AQUISIÇÃO DE EXTINTORES DE INCÊNDIO, SERVIÇOS DE RECARGA, PLACAS DE SINALIZAÇÃO E ACESSÓRIOS PARA ATENDIMENTO ÀS EXIGÊNCIAS LEGAIS DE SEGURANÇA NAS UN...</t>
+    <t>AQUISIÇÃO DE EXTINTORES DE INCÊNDIO, SERVIÇOS DE R...</t>
   </si>
   <si>
     <t>55.841,67</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO nº 7/2025</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA PRESTAÇÃO DE SERVIÇO DE PROCESSAMENTO DE ROUPAS HOSPITALARES, COMPREENDENDO ENTRE OUTROS, A COLETA, LAVAGEM, D...</t>
-[...1 lines deleted...]
-  <si>
     <t>2.937.724,40</t>
   </si>
   <si>
     <t>DISPENSA nº 03/2025</t>
   </si>
   <si>
-    <t>Contratação de empresa especializada em prestação de serviços de buffet (coffe break, lanche, refeição) e ornamentação de eventos para atender a 5º Co...</t>
+    <t>Contratação de empresa especializada em prestação...</t>
   </si>
   <si>
     <t>32.600,00</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO nº 10/2025</t>
   </si>
   <si>
-    <t>REGISTRO DE PREÇO PARA CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA A PRESTAÇÃO DE SERVIÇO DE TRANSPORTE ESCOLAR, VISANDO GARANTIR O DESLOCAMENTO SEGURO...</t>
-[...1 lines deleted...]
-  <si>
     <t>PREGÃO ELETRÔNICO nº 9/2025</t>
   </si>
   <si>
-    <t>Maior desconto</t>
-[...2 lines deleted...]
-    <t>Registro de preço para contratação de empresa especializada para prestação de serviços de gerenciamento da frota de veículos do município de Timon/MA,...</t>
+    <t>Registro de preço para contratação de empresa espe...</t>
   </si>
   <si>
     <t>2,00</t>
   </si>
   <si>
-    <t>Implantação de estratégia de transformação digital no setor público, com foco na modernização da gestão, integração de dados, automação de processos e...</t>
+    <t>Implantação de estratégia de transformação digital...</t>
   </si>
   <si>
     <t>04/08/2025</t>
   </si>
   <si>
     <t>915.000,00</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO nº 8/2025</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO, POR MEIO DE REGISTRO DE PREÇOS, DE EMPRESA ESPECIALIZADA NA PRESTAÇÃO DE SERVIÇO DE FORNECIMENTO DE REFEIÇÕES PRONTAS, DESTINADAS AOS PAC...</t>
+    <t>CONTRATAÇÃO, POR MEIO DE REGISTRO DE PREÇOS, DE EM...</t>
   </si>
   <si>
     <t>3.633.804,00</t>
-  </si>
-[...1 lines deleted...]
-    <t>Este contrato tem por objeto a contratação de empresa especializada na área de consultoria atuarial e financeira para elaboração da avaliação atuarial...</t>
   </si>
   <si>
     <t>23/06/2025</t>
   </si>
   <si>
     <t>7.000,00</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -7321,21960 +7312,23313 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I797"/>
+  <dimension ref="A1:I860"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I797" sqref="I797"/>
+      <selection activeCell="I860" sqref="I860"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2">
-        <v>821</v>
+        <v>884</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
       <c r="I2" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3">
-        <v>820</v>
+        <v>883</v>
       </c>
       <c r="B3" t="s">
         <v>17</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>19</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="F3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="G3" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="H3" t="s">
         <v>15</v>
       </c>
       <c r="I3" s="1" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4">
-        <v>819</v>
+        <v>882</v>
       </c>
       <c r="B4" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C4" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D4" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="E4" t="s">
         <v>12</v>
       </c>
       <c r="F4" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="G4" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="H4" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="I4" s="1" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5">
-        <v>818</v>
+        <v>881</v>
       </c>
       <c r="B5" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C5" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D5" t="s">
-        <v>32</v>
+        <v>11</v>
       </c>
       <c r="E5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F5" t="s">
         <v>33</v>
       </c>
-      <c r="F5" t="s">
+      <c r="G5" t="s">
         <v>34</v>
       </c>
-      <c r="G5" t="s">
+      <c r="H5" t="s">
+        <v>15</v>
+      </c>
+      <c r="I5" s="1" t="s">
         <v>35</v>
-      </c>
-[...4 lines deleted...]
-        <v>36</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6">
-        <v>817</v>
+        <v>880</v>
       </c>
       <c r="B6" t="s">
-        <v>37</v>
+        <v>31</v>
       </c>
       <c r="C6" t="s">
-        <v>38</v>
+        <v>32</v>
       </c>
       <c r="D6" t="s">
         <v>11</v>
       </c>
       <c r="E6" t="s">
         <v>12</v>
       </c>
       <c r="F6" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="G6" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="H6" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="I6" s="1" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7">
-        <v>815</v>
+        <v>879</v>
       </c>
       <c r="B7" t="s">
+        <v>39</v>
+      </c>
+      <c r="C7" t="s">
+        <v>40</v>
+      </c>
+      <c r="D7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E7" t="s">
+        <v>41</v>
+      </c>
+      <c r="F7" t="s">
         <v>42</v>
       </c>
-      <c r="C7" t="s">
+      <c r="G7" t="s">
         <v>43</v>
       </c>
-      <c r="D7" t="s">
-[...5 lines deleted...]
-      <c r="F7" t="s">
+      <c r="H7" t="s">
+        <v>29</v>
+      </c>
+      <c r="I7" s="1" t="s">
         <v>44</v>
-      </c>
-[...7 lines deleted...]
-        <v>46</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8">
-        <v>814</v>
+        <v>878</v>
       </c>
       <c r="B8" t="s">
+        <v>45</v>
+      </c>
+      <c r="C8" t="s">
+        <v>46</v>
+      </c>
+      <c r="D8" t="s">
         <v>47</v>
       </c>
-      <c r="C8" t="s">
+      <c r="E8" t="s">
+        <v>12</v>
+      </c>
+      <c r="F8" t="s">
         <v>48</v>
       </c>
-      <c r="D8" t="s">
-[...5 lines deleted...]
-      <c r="F8" t="s">
+      <c r="G8" t="s">
         <v>49</v>
       </c>
-      <c r="G8" t="s">
+      <c r="H8" t="s">
+        <v>15</v>
+      </c>
+      <c r="I8" s="1" t="s">
         <v>50</v>
-      </c>
-[...4 lines deleted...]
-        <v>51</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9">
-        <v>813</v>
+        <v>877</v>
       </c>
       <c r="B9" t="s">
+        <v>51</v>
+      </c>
+      <c r="C9" t="s">
         <v>52</v>
       </c>
-      <c r="C9" t="s">
+      <c r="D9" t="s">
+        <v>47</v>
+      </c>
+      <c r="E9" t="s">
+        <v>12</v>
+      </c>
+      <c r="F9" t="s">
         <v>53</v>
       </c>
-      <c r="D9" t="s">
-[...5 lines deleted...]
-      <c r="F9" t="s">
+      <c r="G9" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
       <c r="H9" t="s">
         <v>15</v>
       </c>
       <c r="I9" s="1" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10">
-        <v>812</v>
+        <v>876</v>
       </c>
       <c r="B10" t="s">
+        <v>56</v>
+      </c>
+      <c r="C10" t="s">
+        <v>32</v>
+      </c>
+      <c r="D10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E10" t="s">
+        <v>41</v>
+      </c>
+      <c r="F10" t="s">
         <v>57</v>
       </c>
-      <c r="C10" t="s">
+      <c r="G10" t="s">
         <v>58</v>
       </c>
-      <c r="D10" t="s">
+      <c r="H10" t="s">
+        <v>29</v>
+      </c>
+      <c r="I10" s="1" t="s">
         <v>59</v>
-      </c>
-[...13 lines deleted...]
-        <v>62</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11">
-        <v>811</v>
+        <v>875</v>
       </c>
       <c r="B11" t="s">
+        <v>60</v>
+      </c>
+      <c r="C11" t="s">
+        <v>61</v>
+      </c>
+      <c r="D11" t="s">
+        <v>62</v>
+      </c>
+      <c r="E11" t="s">
+        <v>12</v>
+      </c>
+      <c r="F11" t="s">
         <v>63</v>
       </c>
-      <c r="C11" t="s">
+      <c r="G11" t="s">
         <v>64</v>
       </c>
-      <c r="D11" t="s">
-[...5 lines deleted...]
-      <c r="F11" t="s">
+      <c r="H11" t="s">
+        <v>15</v>
+      </c>
+      <c r="I11" s="1" t="s">
         <v>65</v>
-      </c>
-[...7 lines deleted...]
-        <v>68</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12">
-        <v>810</v>
+        <v>874</v>
       </c>
       <c r="B12" t="s">
+        <v>66</v>
+      </c>
+      <c r="C12" t="s">
+        <v>67</v>
+      </c>
+      <c r="D12" t="s">
+        <v>26</v>
+      </c>
+      <c r="E12" t="s">
+        <v>12</v>
+      </c>
+      <c r="F12" t="s">
+        <v>68</v>
+      </c>
+      <c r="G12" t="s">
         <v>69</v>
       </c>
-      <c r="C12" t="s">
+      <c r="H12" t="s">
+        <v>29</v>
+      </c>
+      <c r="I12" s="1" t="s">
         <v>70</v>
-      </c>
-[...16 lines deleted...]
-        <v>73</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13">
-        <v>809</v>
+        <v>873</v>
       </c>
       <c r="B13" t="s">
+        <v>71</v>
+      </c>
+      <c r="C13" t="s">
+        <v>72</v>
+      </c>
+      <c r="D13" t="s">
+        <v>26</v>
+      </c>
+      <c r="E13" t="s">
+        <v>12</v>
+      </c>
+      <c r="F13" t="s">
+        <v>73</v>
+      </c>
+      <c r="G13" t="s">
         <v>74</v>
       </c>
-      <c r="C13" t="s">
+      <c r="H13" t="s">
+        <v>29</v>
+      </c>
+      <c r="I13" s="1" t="s">
         <v>75</v>
-      </c>
-[...16 lines deleted...]
-        <v>77</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14">
-        <v>808</v>
+        <v>872</v>
       </c>
       <c r="B14" t="s">
+        <v>76</v>
+      </c>
+      <c r="C14" t="s">
+        <v>77</v>
+      </c>
+      <c r="D14" t="s">
+        <v>19</v>
+      </c>
+      <c r="E14" t="s">
         <v>78</v>
       </c>
-      <c r="C14" t="s">
+      <c r="F14" t="s">
         <v>79</v>
       </c>
-      <c r="D14" t="s">
-[...5 lines deleted...]
-      <c r="F14" t="s">
+      <c r="G14" t="s">
         <v>80</v>
       </c>
-      <c r="G14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H14" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15">
-        <v>807</v>
+        <v>871</v>
       </c>
       <c r="B15" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C15" t="s">
-        <v>43</v>
+        <v>84</v>
       </c>
       <c r="D15" t="s">
-        <v>59</v>
+        <v>11</v>
       </c>
       <c r="E15" t="s">
         <v>12</v>
       </c>
       <c r="F15" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="G15" t="s">
-        <v>27</v>
+        <v>86</v>
       </c>
       <c r="H15" t="s">
-        <v>67</v>
+        <v>29</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16">
-        <v>806</v>
+        <v>870</v>
       </c>
       <c r="B16" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="C16" t="s">
+        <v>89</v>
+      </c>
+      <c r="D16" t="s">
+        <v>11</v>
+      </c>
+      <c r="E16" t="s">
+        <v>12</v>
+      </c>
+      <c r="F16" t="s">
+        <v>90</v>
+      </c>
+      <c r="G16" t="s">
         <v>86</v>
       </c>
-      <c r="D16" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H16" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17">
-        <v>805</v>
+        <v>869</v>
       </c>
       <c r="B17" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="C17" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="D17" t="s">
-        <v>25</v>
+        <v>11</v>
       </c>
       <c r="E17" t="s">
         <v>12</v>
       </c>
       <c r="F17" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="G17" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="H17" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18">
-        <v>804</v>
+        <v>868</v>
       </c>
       <c r="B18" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C18" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="D18" t="s">
-        <v>32</v>
+        <v>11</v>
       </c>
       <c r="E18" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="F18" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="G18" t="s">
-        <v>98</v>
+        <v>69</v>
       </c>
       <c r="H18" t="s">
-        <v>28</v>
+        <v>15</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>36</v>
+        <v>99</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19">
-        <v>802</v>
+        <v>867</v>
       </c>
       <c r="B19" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C19" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D19" t="s">
-        <v>101</v>
+        <v>26</v>
       </c>
       <c r="E19" t="s">
-        <v>12</v>
+        <v>78</v>
       </c>
       <c r="F19" t="s">
+        <v>68</v>
+      </c>
+      <c r="G19" t="s">
+        <v>58</v>
+      </c>
+      <c r="H19" t="s">
+        <v>29</v>
+      </c>
+      <c r="I19" s="1" t="s">
         <v>102</v>
-      </c>
-[...7 lines deleted...]
-        <v>104</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20">
-        <v>801</v>
+        <v>866</v>
       </c>
       <c r="B20" t="s">
+        <v>31</v>
+      </c>
+      <c r="C20" t="s">
+        <v>32</v>
+      </c>
+      <c r="D20" t="s">
+        <v>11</v>
+      </c>
+      <c r="E20" t="s">
+        <v>12</v>
+      </c>
+      <c r="F20" t="s">
+        <v>103</v>
+      </c>
+      <c r="G20" t="s">
+        <v>104</v>
+      </c>
+      <c r="H20" t="s">
+        <v>15</v>
+      </c>
+      <c r="I20" s="1" t="s">
         <v>105</v>
-      </c>
-[...19 lines deleted...]
-        <v>108</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21">
-        <v>800</v>
+        <v>865</v>
       </c>
       <c r="B21" t="s">
+        <v>106</v>
+      </c>
+      <c r="C21" t="s">
+        <v>107</v>
+      </c>
+      <c r="D21" t="s">
+        <v>26</v>
+      </c>
+      <c r="E21" t="s">
+        <v>12</v>
+      </c>
+      <c r="F21" t="s">
+        <v>108</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21" t="s">
+        <v>29</v>
+      </c>
+      <c r="I21" s="1" t="s">
         <v>109</v>
-      </c>
-[...19 lines deleted...]
-        <v>113</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22">
-        <v>799</v>
+        <v>864</v>
       </c>
       <c r="B22" t="s">
-        <v>78</v>
+        <v>110</v>
       </c>
       <c r="C22" t="s">
-        <v>79</v>
+        <v>111</v>
       </c>
       <c r="D22" t="s">
-        <v>25</v>
+        <v>11</v>
       </c>
       <c r="E22" t="s">
-        <v>12</v>
+        <v>112</v>
       </c>
       <c r="F22" t="s">
+        <v>113</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22" t="s">
+        <v>29</v>
+      </c>
+      <c r="I22" s="1" t="s">
         <v>114</v>
-      </c>
-[...7 lines deleted...]
-        <v>116</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23">
-        <v>798</v>
+        <v>863</v>
       </c>
       <c r="B23" t="s">
+        <v>115</v>
+      </c>
+      <c r="C23" t="s">
+        <v>10</v>
+      </c>
+      <c r="D23" t="s">
+        <v>47</v>
+      </c>
+      <c r="E23" t="s">
+        <v>41</v>
+      </c>
+      <c r="F23" t="s">
+        <v>116</v>
+      </c>
+      <c r="G23" t="s">
         <v>117</v>
       </c>
-      <c r="C23" t="s">
+      <c r="H23" t="s">
+        <v>15</v>
+      </c>
+      <c r="I23" s="1" t="s">
         <v>118</v>
-      </c>
-[...16 lines deleted...]
-        <v>121</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24">
-        <v>797</v>
+        <v>862</v>
       </c>
       <c r="B24" t="s">
-        <v>122</v>
+        <v>115</v>
       </c>
       <c r="C24" t="s">
-        <v>123</v>
+        <v>10</v>
       </c>
       <c r="D24" t="s">
-        <v>11</v>
+        <v>47</v>
       </c>
       <c r="E24" t="s">
-        <v>12</v>
+        <v>41</v>
       </c>
       <c r="F24" t="s">
-        <v>124</v>
+        <v>116</v>
       </c>
       <c r="G24" t="s">
-        <v>125</v>
+        <v>117</v>
       </c>
       <c r="H24" t="s">
         <v>15</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>126</v>
+        <v>118</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25">
-        <v>796</v>
+        <v>861</v>
       </c>
       <c r="B25" t="s">
-        <v>127</v>
+        <v>119</v>
       </c>
       <c r="C25" t="s">
-        <v>38</v>
+        <v>120</v>
       </c>
       <c r="D25" t="s">
-        <v>32</v>
+        <v>11</v>
       </c>
       <c r="E25" t="s">
         <v>12</v>
       </c>
       <c r="F25" t="s">
-        <v>128</v>
+        <v>113</v>
       </c>
       <c r="G25" t="s">
-        <v>129</v>
+        <v>121</v>
       </c>
       <c r="H25" t="s">
-        <v>67</v>
+        <v>29</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>130</v>
+        <v>122</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26">
-        <v>795</v>
+        <v>860</v>
       </c>
       <c r="B26" t="s">
-        <v>131</v>
+        <v>123</v>
       </c>
       <c r="C26" t="s">
-        <v>132</v>
+        <v>32</v>
       </c>
       <c r="D26" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="E26" t="s">
-        <v>133</v>
+        <v>12</v>
       </c>
       <c r="F26" t="s">
-        <v>134</v>
+        <v>124</v>
       </c>
       <c r="G26" t="s">
-        <v>135</v>
+        <v>125</v>
       </c>
       <c r="H26" t="s">
-        <v>67</v>
+        <v>29</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>136</v>
+        <v>126</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27">
-        <v>794</v>
+        <v>859</v>
       </c>
       <c r="B27" t="s">
-        <v>137</v>
+        <v>127</v>
       </c>
       <c r="C27" t="s">
-        <v>138</v>
+        <v>128</v>
       </c>
       <c r="D27" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="E27" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="F27" t="s">
-        <v>139</v>
+        <v>129</v>
       </c>
       <c r="G27" t="s">
-        <v>140</v>
+        <v>130</v>
       </c>
       <c r="H27" t="s">
-        <v>28</v>
+        <v>81</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>141</v>
+        <v>131</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28">
-        <v>793</v>
+        <v>858</v>
       </c>
       <c r="B28" t="s">
-        <v>142</v>
+        <v>127</v>
       </c>
       <c r="C28" t="s">
-        <v>143</v>
+        <v>128</v>
       </c>
       <c r="D28" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="E28" t="s">
-        <v>144</v>
+        <v>12</v>
       </c>
       <c r="F28" t="s">
-        <v>145</v>
+        <v>129</v>
       </c>
       <c r="G28" t="s">
-        <v>146</v>
+        <v>130</v>
       </c>
       <c r="H28" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>147</v>
+        <v>131</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29">
-        <v>792</v>
+        <v>857</v>
       </c>
       <c r="B29" t="s">
-        <v>148</v>
+        <v>132</v>
       </c>
       <c r="C29" t="s">
-        <v>24</v>
+        <v>133</v>
       </c>
       <c r="D29" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="E29" t="s">
-        <v>33</v>
+        <v>78</v>
       </c>
       <c r="F29" t="s">
-        <v>149</v>
+        <v>134</v>
       </c>
       <c r="G29" t="s">
-        <v>61</v>
+        <v>135</v>
       </c>
       <c r="H29" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="I29" s="1" t="s">
-        <v>150</v>
+        <v>136</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30">
-        <v>791</v>
+        <v>856</v>
       </c>
       <c r="B30" t="s">
-        <v>151</v>
+        <v>137</v>
       </c>
       <c r="C30" t="s">
-        <v>152</v>
+        <v>138</v>
       </c>
       <c r="D30" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="E30" t="s">
-        <v>12</v>
+        <v>41</v>
       </c>
       <c r="F30" t="s">
-        <v>153</v>
+        <v>139</v>
       </c>
       <c r="G30" t="s">
-        <v>154</v>
+        <v>140</v>
       </c>
       <c r="H30" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>155</v>
+        <v>141</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31">
-        <v>790</v>
+        <v>855</v>
       </c>
       <c r="B31" t="s">
-        <v>156</v>
+        <v>142</v>
       </c>
       <c r="C31" t="s">
-        <v>132</v>
+        <v>143</v>
       </c>
       <c r="D31" t="s">
-        <v>59</v>
+        <v>26</v>
       </c>
       <c r="E31" t="s">
         <v>12</v>
       </c>
       <c r="F31" t="s">
-        <v>157</v>
+        <v>144</v>
       </c>
       <c r="G31" t="s">
-        <v>158</v>
+        <v>22</v>
       </c>
       <c r="H31" t="s">
-        <v>67</v>
+        <v>29</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>159</v>
+        <v>145</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32">
-        <v>789</v>
+        <v>854</v>
       </c>
       <c r="B32" t="s">
-        <v>160</v>
+        <v>146</v>
       </c>
       <c r="C32" t="s">
-        <v>161</v>
+        <v>84</v>
       </c>
       <c r="D32" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="E32" t="s">
         <v>12</v>
       </c>
       <c r="F32" t="s">
-        <v>162</v>
+        <v>147</v>
       </c>
       <c r="G32" t="s">
-        <v>120</v>
+        <v>148</v>
       </c>
       <c r="H32" t="s">
-        <v>67</v>
+        <v>29</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>163</v>
+        <v>149</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33">
-        <v>788</v>
+        <v>853</v>
       </c>
       <c r="B33" t="s">
-        <v>160</v>
+        <v>150</v>
       </c>
       <c r="C33" t="s">
-        <v>161</v>
+        <v>61</v>
       </c>
       <c r="D33" t="s">
-        <v>25</v>
+        <v>11</v>
       </c>
       <c r="E33" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="F33" t="s">
-        <v>162</v>
+        <v>151</v>
       </c>
       <c r="G33" t="s">
-        <v>120</v>
+        <v>152</v>
       </c>
       <c r="H33" t="s">
-        <v>67</v>
+        <v>29</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>163</v>
+        <v>153</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34">
-        <v>787</v>
+        <v>852</v>
       </c>
       <c r="B34" t="s">
-        <v>164</v>
+        <v>154</v>
       </c>
       <c r="C34" t="s">
-        <v>38</v>
+        <v>155</v>
       </c>
       <c r="D34" t="s">
-        <v>59</v>
+        <v>47</v>
       </c>
       <c r="E34" t="s">
         <v>12</v>
       </c>
       <c r="F34" t="s">
-        <v>165</v>
+        <v>156</v>
       </c>
       <c r="G34" t="s">
-        <v>166</v>
+        <v>43</v>
       </c>
       <c r="H34" t="s">
-        <v>67</v>
+        <v>15</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>167</v>
+        <v>157</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35">
-        <v>786</v>
+        <v>851</v>
       </c>
       <c r="B35" t="s">
-        <v>168</v>
+        <v>158</v>
       </c>
       <c r="C35" t="s">
-        <v>169</v>
+        <v>10</v>
       </c>
       <c r="D35" t="s">
-        <v>59</v>
+        <v>159</v>
       </c>
       <c r="E35" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="F35" t="s">
-        <v>170</v>
+        <v>160</v>
       </c>
       <c r="G35" t="s">
-        <v>171</v>
+        <v>161</v>
       </c>
       <c r="H35" t="s">
-        <v>67</v>
+        <v>15</v>
       </c>
       <c r="I35" s="1" t="s">
-        <v>172</v>
+        <v>162</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36">
-        <v>785</v>
+        <v>850</v>
       </c>
       <c r="B36" t="s">
-        <v>173</v>
+        <v>163</v>
       </c>
       <c r="C36" t="s">
-        <v>169</v>
+        <v>164</v>
       </c>
       <c r="D36" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="E36" t="s">
-        <v>133</v>
+        <v>12</v>
       </c>
       <c r="F36" t="s">
-        <v>174</v>
+        <v>165</v>
       </c>
       <c r="G36" t="s">
-        <v>175</v>
+        <v>121</v>
       </c>
       <c r="H36" t="s">
-        <v>67</v>
+        <v>29</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>176</v>
+        <v>166</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37">
-        <v>784</v>
+        <v>849</v>
       </c>
       <c r="B37" t="s">
-        <v>177</v>
+        <v>167</v>
       </c>
       <c r="C37" t="s">
-        <v>18</v>
+        <v>89</v>
       </c>
       <c r="D37" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="E37" t="s">
         <v>12</v>
       </c>
       <c r="F37" t="s">
-        <v>178</v>
+        <v>168</v>
       </c>
       <c r="G37" t="s">
-        <v>179</v>
+        <v>169</v>
       </c>
       <c r="H37" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>180</v>
+        <v>170</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38">
-        <v>783</v>
+        <v>848</v>
       </c>
       <c r="B38" t="s">
-        <v>181</v>
+        <v>132</v>
       </c>
       <c r="C38" t="s">
-        <v>118</v>
+        <v>133</v>
       </c>
       <c r="D38" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="E38" t="s">
-        <v>12</v>
+        <v>41</v>
       </c>
       <c r="F38" t="s">
-        <v>182</v>
+        <v>171</v>
       </c>
       <c r="G38" t="s">
-        <v>183</v>
+        <v>172</v>
       </c>
       <c r="H38" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
       <c r="I38" s="1" t="s">
-        <v>184</v>
+        <v>173</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39">
-        <v>782</v>
+        <v>847</v>
       </c>
       <c r="B39" t="s">
-        <v>137</v>
+        <v>17</v>
       </c>
       <c r="C39" t="s">
-        <v>138</v>
+        <v>18</v>
       </c>
       <c r="D39" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="E39" t="s">
-        <v>12</v>
+        <v>41</v>
       </c>
       <c r="F39" t="s">
-        <v>185</v>
+        <v>174</v>
       </c>
       <c r="G39" t="s">
-        <v>158</v>
+        <v>175</v>
       </c>
       <c r="H39" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>186</v>
+        <v>176</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40">
-        <v>781</v>
+        <v>846</v>
       </c>
       <c r="B40" t="s">
-        <v>187</v>
+        <v>177</v>
       </c>
       <c r="C40" t="s">
-        <v>188</v>
+        <v>128</v>
       </c>
       <c r="D40" t="s">
-        <v>189</v>
+        <v>11</v>
       </c>
       <c r="E40" t="s">
-        <v>12</v>
+        <v>41</v>
       </c>
       <c r="F40" t="s">
-        <v>190</v>
+        <v>178</v>
       </c>
       <c r="G40" t="s">
         <v>179</v>
       </c>
       <c r="H40" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="I40" s="1" t="s">
-        <v>191</v>
+        <v>180</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41">
-        <v>780</v>
+        <v>845</v>
       </c>
       <c r="B41" t="s">
-        <v>148</v>
+        <v>181</v>
       </c>
       <c r="C41" t="s">
-        <v>24</v>
+        <v>52</v>
       </c>
       <c r="D41" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="E41" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="F41" t="s">
-        <v>192</v>
+        <v>182</v>
       </c>
       <c r="G41" t="s">
-        <v>193</v>
+        <v>183</v>
       </c>
       <c r="H41" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="I41" s="1" t="s">
-        <v>194</v>
+        <v>184</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42">
-        <v>779</v>
+        <v>844</v>
       </c>
       <c r="B42" t="s">
-        <v>195</v>
+        <v>185</v>
       </c>
       <c r="C42" t="s">
-        <v>53</v>
+        <v>186</v>
       </c>
       <c r="D42" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="E42" t="s">
         <v>12</v>
       </c>
       <c r="F42" t="s">
-        <v>196</v>
+        <v>187</v>
       </c>
       <c r="G42" t="s">
-        <v>197</v>
+        <v>188</v>
       </c>
       <c r="H42" t="s">
-        <v>28</v>
+        <v>81</v>
       </c>
       <c r="I42" s="1" t="s">
-        <v>198</v>
+        <v>189</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43">
-        <v>778</v>
+        <v>843</v>
       </c>
       <c r="B43" t="s">
-        <v>199</v>
+        <v>190</v>
       </c>
       <c r="C43" t="s">
-        <v>100</v>
+        <v>155</v>
       </c>
       <c r="D43" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="E43" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="F43" t="s">
-        <v>200</v>
+        <v>191</v>
       </c>
       <c r="G43" t="s">
-        <v>201</v>
+        <v>192</v>
       </c>
       <c r="H43" t="s">
         <v>15</v>
       </c>
       <c r="I43" s="1" t="s">
-        <v>202</v>
+        <v>193</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44">
-        <v>777</v>
+        <v>842</v>
       </c>
       <c r="B44" t="s">
-        <v>203</v>
+        <v>194</v>
       </c>
       <c r="C44" t="s">
-        <v>204</v>
+        <v>195</v>
       </c>
       <c r="D44" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="E44" t="s">
         <v>12</v>
       </c>
       <c r="F44" t="s">
-        <v>205</v>
+        <v>196</v>
       </c>
       <c r="G44" t="s">
-        <v>206</v>
+        <v>197</v>
       </c>
       <c r="H44" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
       <c r="I44" s="1" t="s">
-        <v>207</v>
+        <v>198</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45">
-        <v>776</v>
+        <v>841</v>
       </c>
       <c r="B45" t="s">
-        <v>208</v>
+        <v>199</v>
       </c>
       <c r="C45" t="s">
-        <v>188</v>
+        <v>200</v>
       </c>
       <c r="D45" t="s">
-        <v>59</v>
+        <v>26</v>
       </c>
       <c r="E45" t="s">
         <v>12</v>
       </c>
       <c r="F45" t="s">
-        <v>209</v>
+        <v>201</v>
       </c>
       <c r="G45" t="s">
-        <v>210</v>
+        <v>202</v>
       </c>
       <c r="H45" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I45" s="1" t="s">
-        <v>211</v>
+        <v>203</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46">
-        <v>775</v>
+        <v>840</v>
       </c>
       <c r="B46" t="s">
-        <v>212</v>
+        <v>92</v>
       </c>
       <c r="C46" t="s">
-        <v>213</v>
+        <v>93</v>
       </c>
       <c r="D46" t="s">
-        <v>59</v>
+        <v>11</v>
       </c>
       <c r="E46" t="s">
         <v>12</v>
       </c>
       <c r="F46" t="s">
-        <v>214</v>
+        <v>113</v>
       </c>
       <c r="G46" t="s">
-        <v>215</v>
+        <v>204</v>
       </c>
       <c r="H46" t="s">
-        <v>67</v>
+        <v>29</v>
       </c>
       <c r="I46" s="1" t="s">
-        <v>216</v>
+        <v>205</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47">
-        <v>774</v>
+        <v>839</v>
       </c>
       <c r="B47" t="s">
-        <v>217</v>
+        <v>206</v>
       </c>
       <c r="C47" t="s">
-        <v>118</v>
+        <v>10</v>
       </c>
       <c r="D47" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="E47" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="F47" t="s">
-        <v>218</v>
+        <v>207</v>
       </c>
       <c r="G47" t="s">
-        <v>219</v>
+        <v>208</v>
       </c>
       <c r="H47" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="I47" s="1" t="s">
-        <v>220</v>
+        <v>209</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48">
-        <v>773</v>
+        <v>838</v>
       </c>
       <c r="B48" t="s">
-        <v>221</v>
+        <v>210</v>
       </c>
       <c r="C48" t="s">
-        <v>222</v>
+        <v>211</v>
       </c>
       <c r="D48" t="s">
         <v>11</v>
       </c>
       <c r="E48" t="s">
         <v>12</v>
       </c>
       <c r="F48" t="s">
-        <v>223</v>
+        <v>212</v>
       </c>
       <c r="G48" t="s">
-        <v>103</v>
+        <v>202</v>
       </c>
       <c r="H48" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
       <c r="I48" s="1" t="s">
-        <v>224</v>
+        <v>213</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49">
-        <v>772</v>
+        <v>837</v>
       </c>
       <c r="B49" t="s">
-        <v>225</v>
+        <v>214</v>
       </c>
       <c r="C49" t="s">
-        <v>226</v>
+        <v>215</v>
       </c>
       <c r="D49" t="s">
-        <v>32</v>
+        <v>11</v>
       </c>
       <c r="E49" t="s">
         <v>12</v>
       </c>
       <c r="F49" t="s">
-        <v>227</v>
+        <v>216</v>
       </c>
       <c r="G49" t="s">
-        <v>228</v>
+        <v>217</v>
       </c>
       <c r="H49" t="s">
-        <v>67</v>
+        <v>15</v>
       </c>
       <c r="I49" s="1" t="s">
-        <v>229</v>
+        <v>218</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50">
-        <v>771</v>
+        <v>836</v>
       </c>
       <c r="B50" t="s">
-        <v>230</v>
+        <v>219</v>
       </c>
       <c r="C50" t="s">
-        <v>91</v>
+        <v>220</v>
       </c>
       <c r="D50" t="s">
-        <v>231</v>
+        <v>47</v>
       </c>
       <c r="E50" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="F50" t="s">
-        <v>232</v>
+        <v>221</v>
       </c>
       <c r="G50" t="s">
-        <v>233</v>
+        <v>222</v>
       </c>
       <c r="H50" t="s">
-        <v>28</v>
+        <v>15</v>
       </c>
       <c r="I50" s="1" t="s">
-        <v>234</v>
+        <v>223</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51">
-        <v>770</v>
+        <v>835</v>
       </c>
       <c r="B51" t="s">
-        <v>230</v>
+        <v>71</v>
       </c>
       <c r="C51" t="s">
-        <v>91</v>
+        <v>72</v>
       </c>
       <c r="D51" t="s">
-        <v>231</v>
+        <v>26</v>
       </c>
       <c r="E51" t="s">
         <v>12</v>
       </c>
       <c r="F51" t="s">
-        <v>235</v>
+        <v>224</v>
       </c>
       <c r="G51" t="s">
-        <v>166</v>
+        <v>204</v>
       </c>
       <c r="H51" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="I51" s="1" t="s">
-        <v>236</v>
+        <v>225</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52">
-        <v>769</v>
+        <v>834</v>
       </c>
       <c r="B52" t="s">
-        <v>237</v>
+        <v>214</v>
       </c>
       <c r="C52" t="s">
-        <v>222</v>
+        <v>215</v>
       </c>
       <c r="D52" t="s">
-        <v>25</v>
+        <v>11</v>
       </c>
       <c r="E52" t="s">
         <v>12</v>
       </c>
       <c r="F52" t="s">
-        <v>238</v>
+        <v>226</v>
       </c>
       <c r="G52" t="s">
-        <v>61</v>
+        <v>227</v>
       </c>
       <c r="H52" t="s">
-        <v>28</v>
+        <v>15</v>
       </c>
       <c r="I52" s="1" t="s">
-        <v>239</v>
+        <v>228</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53">
-        <v>768</v>
+        <v>833</v>
       </c>
       <c r="B53" t="s">
-        <v>240</v>
+        <v>214</v>
       </c>
       <c r="C53" t="s">
-        <v>241</v>
+        <v>215</v>
       </c>
       <c r="D53" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="E53" t="s">
         <v>12</v>
       </c>
       <c r="F53" t="s">
-        <v>242</v>
+        <v>226</v>
       </c>
       <c r="G53" t="s">
-        <v>243</v>
+        <v>227</v>
       </c>
       <c r="H53" t="s">
-        <v>28</v>
+        <v>15</v>
       </c>
       <c r="I53" s="1" t="s">
-        <v>244</v>
+        <v>228</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54">
-        <v>767</v>
+        <v>832</v>
       </c>
       <c r="B54" t="s">
-        <v>245</v>
+        <v>229</v>
       </c>
       <c r="C54" t="s">
-        <v>246</v>
+        <v>164</v>
       </c>
       <c r="D54" t="s">
-        <v>32</v>
+        <v>47</v>
       </c>
       <c r="E54" t="s">
-        <v>247</v>
+        <v>12</v>
       </c>
       <c r="F54" t="s">
-        <v>248</v>
+        <v>230</v>
       </c>
       <c r="G54" t="s">
-        <v>249</v>
+        <v>231</v>
       </c>
       <c r="H54" t="s">
-        <v>250</v>
+        <v>15</v>
       </c>
       <c r="I54" s="1" t="s">
-        <v>251</v>
+        <v>232</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55">
-        <v>766</v>
+        <v>831</v>
       </c>
       <c r="B55" t="s">
-        <v>252</v>
+        <v>123</v>
       </c>
       <c r="C55" t="s">
-        <v>86</v>
+        <v>32</v>
       </c>
       <c r="D55" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="E55" t="s">
-        <v>12</v>
+        <v>78</v>
       </c>
       <c r="F55" t="s">
-        <v>253</v>
+        <v>233</v>
       </c>
       <c r="G55" t="s">
-        <v>254</v>
+        <v>234</v>
       </c>
       <c r="H55" t="s">
         <v>15</v>
       </c>
       <c r="I55" s="1" t="s">
-        <v>255</v>
+        <v>235</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56">
-        <v>765</v>
+        <v>830</v>
       </c>
       <c r="B56" t="s">
-        <v>256</v>
+        <v>236</v>
       </c>
       <c r="C56" t="s">
-        <v>58</v>
+        <v>120</v>
       </c>
       <c r="D56" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="E56" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="F56" t="s">
-        <v>257</v>
+        <v>237</v>
       </c>
       <c r="G56" t="s">
-        <v>61</v>
+        <v>238</v>
       </c>
       <c r="H56" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="I56" s="1" t="s">
-        <v>258</v>
+        <v>239</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57">
-        <v>764</v>
+        <v>829</v>
       </c>
       <c r="B57" t="s">
-        <v>259</v>
+        <v>240</v>
       </c>
       <c r="C57" t="s">
-        <v>260</v>
+        <v>195</v>
       </c>
       <c r="D57" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="E57" t="s">
-        <v>247</v>
+        <v>12</v>
       </c>
       <c r="F57" t="s">
-        <v>261</v>
+        <v>241</v>
       </c>
       <c r="G57" t="s">
-        <v>262</v>
+        <v>242</v>
       </c>
       <c r="H57" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="I57" s="1" t="s">
-        <v>263</v>
+        <v>243</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58">
-        <v>763</v>
+        <v>828</v>
       </c>
       <c r="B58" t="s">
-        <v>259</v>
+        <v>96</v>
       </c>
       <c r="C58" t="s">
-        <v>260</v>
+        <v>97</v>
       </c>
       <c r="D58" t="s">
-        <v>25</v>
+        <v>11</v>
       </c>
       <c r="E58" t="s">
-        <v>247</v>
+        <v>12</v>
       </c>
       <c r="F58" t="s">
-        <v>261</v>
+        <v>244</v>
       </c>
       <c r="G58" t="s">
-        <v>262</v>
+        <v>217</v>
       </c>
       <c r="H58" t="s">
-        <v>28</v>
+        <v>81</v>
       </c>
       <c r="I58" s="1" t="s">
-        <v>263</v>
+        <v>245</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59">
-        <v>762</v>
+        <v>827</v>
       </c>
       <c r="B59" t="s">
-        <v>264</v>
+        <v>246</v>
       </c>
       <c r="C59" t="s">
-        <v>246</v>
+        <v>107</v>
       </c>
       <c r="D59" t="s">
-        <v>59</v>
+        <v>47</v>
       </c>
       <c r="E59" t="s">
         <v>12</v>
       </c>
       <c r="F59" t="s">
-        <v>265</v>
+        <v>247</v>
       </c>
       <c r="G59" t="s">
-        <v>61</v>
+        <v>183</v>
       </c>
       <c r="H59" t="s">
-        <v>250</v>
+        <v>29</v>
       </c>
       <c r="I59" s="1" t="s">
-        <v>266</v>
+        <v>248</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60">
-        <v>761</v>
+        <v>826</v>
       </c>
       <c r="B60" t="s">
-        <v>267</v>
+        <v>249</v>
       </c>
       <c r="C60" t="s">
-        <v>268</v>
+        <v>250</v>
       </c>
       <c r="D60" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="E60" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="F60" t="s">
-        <v>269</v>
+        <v>251</v>
       </c>
       <c r="G60" t="s">
-        <v>270</v>
+        <v>192</v>
       </c>
       <c r="H60" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="I60" s="1" t="s">
-        <v>271</v>
+        <v>252</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61">
-        <v>760</v>
+        <v>825</v>
       </c>
       <c r="B61" t="s">
-        <v>272</v>
+        <v>253</v>
       </c>
       <c r="C61" t="s">
-        <v>100</v>
+        <v>254</v>
       </c>
       <c r="D61" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="E61" t="s">
-        <v>273</v>
+        <v>20</v>
       </c>
       <c r="F61" t="s">
-        <v>274</v>
+        <v>255</v>
       </c>
       <c r="G61" t="s">
-        <v>275</v>
+        <v>256</v>
       </c>
       <c r="H61" t="s">
-        <v>67</v>
+        <v>15</v>
       </c>
       <c r="I61" s="1" t="s">
-        <v>276</v>
+        <v>209</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62">
-        <v>759</v>
+        <v>824</v>
       </c>
       <c r="B62" t="s">
-        <v>277</v>
+        <v>257</v>
       </c>
       <c r="C62" t="s">
-        <v>204</v>
+        <v>200</v>
       </c>
       <c r="D62" t="s">
-        <v>59</v>
+        <v>11</v>
       </c>
       <c r="E62" t="s">
         <v>12</v>
       </c>
       <c r="F62" t="s">
-        <v>278</v>
+        <v>258</v>
       </c>
       <c r="G62" t="s">
-        <v>279</v>
+        <v>259</v>
       </c>
       <c r="H62" t="s">
-        <v>28</v>
+        <v>81</v>
       </c>
       <c r="I62" s="1" t="s">
-        <v>229</v>
+        <v>260</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63">
-        <v>758</v>
+        <v>823</v>
       </c>
       <c r="B63" t="s">
-        <v>280</v>
+        <v>261</v>
       </c>
       <c r="C63" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="D63" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="E63" t="s">
-        <v>12</v>
+        <v>41</v>
       </c>
       <c r="F63" t="s">
-        <v>281</v>
+        <v>263</v>
       </c>
       <c r="G63" t="s">
-        <v>282</v>
+        <v>264</v>
       </c>
       <c r="H63" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="I63" s="1" t="s">
-        <v>283</v>
+        <v>265</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64">
-        <v>757</v>
+        <v>822</v>
       </c>
       <c r="B64" t="s">
-        <v>284</v>
+        <v>266</v>
       </c>
       <c r="C64" t="s">
-        <v>31</v>
+        <v>254</v>
       </c>
       <c r="D64" t="s">
-        <v>25</v>
+        <v>11</v>
       </c>
       <c r="E64" t="s">
         <v>12</v>
       </c>
       <c r="F64" t="s">
-        <v>285</v>
+        <v>267</v>
       </c>
       <c r="G64" t="s">
-        <v>61</v>
+        <v>135</v>
       </c>
       <c r="H64" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="I64" s="1" t="s">
-        <v>286</v>
+        <v>268</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65">
-        <v>756</v>
+        <v>821</v>
       </c>
       <c r="B65" t="s">
-        <v>287</v>
+        <v>269</v>
       </c>
       <c r="C65" t="s">
-        <v>288</v>
+        <v>270</v>
       </c>
       <c r="D65" t="s">
-        <v>32</v>
+        <v>47</v>
       </c>
       <c r="E65" t="s">
         <v>12</v>
       </c>
       <c r="F65" t="s">
-        <v>289</v>
+        <v>271</v>
       </c>
       <c r="G65" t="s">
-        <v>290</v>
+        <v>256</v>
       </c>
       <c r="H65" t="s">
         <v>15</v>
       </c>
       <c r="I65" s="1" t="s">
-        <v>291</v>
+        <v>272</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66">
-        <v>755</v>
+        <v>820</v>
       </c>
       <c r="B66" t="s">
-        <v>287</v>
+        <v>273</v>
       </c>
       <c r="C66" t="s">
-        <v>288</v>
+        <v>274</v>
       </c>
       <c r="D66" t="s">
-        <v>32</v>
+        <v>62</v>
       </c>
       <c r="E66" t="s">
         <v>12</v>
       </c>
       <c r="F66" t="s">
-        <v>289</v>
+        <v>275</v>
       </c>
       <c r="G66" t="s">
-        <v>290</v>
+        <v>234</v>
       </c>
       <c r="H66" t="s">
         <v>15</v>
       </c>
       <c r="I66" s="1" t="s">
-        <v>291</v>
+        <v>276</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67">
-        <v>754</v>
+        <v>819</v>
       </c>
       <c r="B67" t="s">
-        <v>287</v>
+        <v>277</v>
       </c>
       <c r="C67" t="s">
-        <v>288</v>
+        <v>10</v>
       </c>
       <c r="D67" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="E67" t="s">
         <v>12</v>
       </c>
       <c r="F67" t="s">
-        <v>289</v>
+        <v>278</v>
       </c>
       <c r="G67" t="s">
-        <v>290</v>
+        <v>259</v>
       </c>
       <c r="H67" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
       <c r="I67" s="1" t="s">
-        <v>291</v>
+        <v>279</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68">
-        <v>753</v>
+        <v>818</v>
       </c>
       <c r="B68" t="s">
-        <v>245</v>
+        <v>280</v>
       </c>
       <c r="C68" t="s">
-        <v>246</v>
+        <v>211</v>
       </c>
       <c r="D68" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="E68" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="F68" t="s">
-        <v>292</v>
+        <v>281</v>
       </c>
       <c r="G68" t="s">
-        <v>293</v>
+        <v>192</v>
       </c>
       <c r="H68" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="I68" s="1" t="s">
-        <v>294</v>
+        <v>282</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69">
-        <v>752</v>
+        <v>817</v>
       </c>
       <c r="B69" t="s">
-        <v>295</v>
+        <v>283</v>
       </c>
       <c r="C69" t="s">
-        <v>260</v>
+        <v>128</v>
       </c>
       <c r="D69" t="s">
-        <v>296</v>
+        <v>47</v>
       </c>
       <c r="E69" t="s">
-        <v>247</v>
+        <v>12</v>
       </c>
       <c r="F69" t="s">
-        <v>297</v>
+        <v>284</v>
       </c>
       <c r="G69" t="s">
-        <v>88</v>
+        <v>285</v>
       </c>
       <c r="H69" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
       <c r="I69" s="1" t="s">
-        <v>298</v>
+        <v>286</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70">
-        <v>751</v>
+        <v>815</v>
       </c>
       <c r="B70" t="s">
-        <v>299</v>
+        <v>287</v>
       </c>
       <c r="C70" t="s">
-        <v>300</v>
+        <v>288</v>
       </c>
       <c r="D70" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="E70" t="s">
         <v>12</v>
       </c>
       <c r="F70" t="s">
-        <v>301</v>
+        <v>289</v>
       </c>
       <c r="G70" t="s">
-        <v>129</v>
+        <v>290</v>
       </c>
       <c r="H70" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="I70" s="1" t="s">
-        <v>302</v>
+        <v>118</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71">
-        <v>750</v>
+        <v>814</v>
       </c>
       <c r="B71" t="s">
-        <v>284</v>
+        <v>56</v>
       </c>
       <c r="C71" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D71" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="E71" t="s">
         <v>12</v>
       </c>
       <c r="F71" t="s">
-        <v>303</v>
+        <v>291</v>
       </c>
       <c r="G71" t="s">
-        <v>304</v>
+        <v>292</v>
       </c>
       <c r="H71" t="s">
-        <v>67</v>
+        <v>29</v>
       </c>
       <c r="I71" s="1" t="s">
-        <v>305</v>
+        <v>293</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72">
-        <v>748</v>
+        <v>813</v>
       </c>
       <c r="B72" t="s">
-        <v>85</v>
+        <v>294</v>
       </c>
       <c r="C72" t="s">
-        <v>86</v>
+        <v>295</v>
       </c>
       <c r="D72" t="s">
-        <v>32</v>
+        <v>47</v>
       </c>
       <c r="E72" t="s">
-        <v>247</v>
+        <v>12</v>
       </c>
       <c r="F72" t="s">
-        <v>306</v>
+        <v>296</v>
       </c>
       <c r="G72" t="s">
-        <v>307</v>
+        <v>297</v>
       </c>
       <c r="H72" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="I72" s="1" t="s">
-        <v>308</v>
+        <v>298</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73">
-        <v>743</v>
+        <v>812</v>
       </c>
       <c r="B73" t="s">
-        <v>177</v>
+        <v>299</v>
       </c>
       <c r="C73" t="s">
-        <v>18</v>
+        <v>101</v>
       </c>
       <c r="D73" t="s">
-        <v>25</v>
+        <v>11</v>
       </c>
       <c r="E73" t="s">
         <v>12</v>
       </c>
       <c r="F73" t="s">
-        <v>309</v>
+        <v>300</v>
       </c>
       <c r="G73" t="s">
-        <v>310</v>
+        <v>301</v>
       </c>
       <c r="H73" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="I73" s="1" t="s">
-        <v>311</v>
+        <v>302</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74">
-        <v>740</v>
+        <v>811</v>
       </c>
       <c r="B74" t="s">
-        <v>173</v>
+        <v>71</v>
       </c>
       <c r="C74" t="s">
-        <v>169</v>
+        <v>72</v>
       </c>
       <c r="D74" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="E74" t="s">
-        <v>247</v>
+        <v>12</v>
       </c>
       <c r="F74" t="s">
-        <v>312</v>
+        <v>303</v>
       </c>
       <c r="G74" t="s">
-        <v>307</v>
+        <v>242</v>
       </c>
       <c r="H74" t="s">
-        <v>28</v>
+        <v>81</v>
       </c>
       <c r="I74" s="1" t="s">
-        <v>313</v>
+        <v>304</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75">
-        <v>739</v>
+        <v>810</v>
       </c>
       <c r="B75" t="s">
-        <v>314</v>
+        <v>305</v>
       </c>
       <c r="C75" t="s">
-        <v>100</v>
+        <v>306</v>
       </c>
       <c r="D75" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="E75" t="s">
         <v>12</v>
       </c>
       <c r="F75" t="s">
-        <v>315</v>
+        <v>307</v>
       </c>
       <c r="G75" t="s">
-        <v>310</v>
+        <v>308</v>
       </c>
       <c r="H75" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="I75" s="1" t="s">
-        <v>316</v>
+        <v>309</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76">
-        <v>738</v>
+        <v>809</v>
       </c>
       <c r="B76" t="s">
-        <v>317</v>
+        <v>310</v>
       </c>
       <c r="C76" t="s">
-        <v>318</v>
+        <v>311</v>
       </c>
       <c r="D76" t="s">
-        <v>32</v>
+        <v>62</v>
       </c>
       <c r="E76" t="s">
-        <v>247</v>
+        <v>12</v>
       </c>
       <c r="F76" t="s">
-        <v>319</v>
+        <v>312</v>
       </c>
       <c r="G76" t="s">
-        <v>307</v>
+        <v>242</v>
       </c>
       <c r="H76" t="s">
-        <v>28</v>
+        <v>81</v>
       </c>
       <c r="I76" s="1" t="s">
-        <v>320</v>
+        <v>313</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77">
-        <v>737</v>
+        <v>808</v>
       </c>
       <c r="B77" t="s">
-        <v>156</v>
+        <v>314</v>
       </c>
       <c r="C77" t="s">
-        <v>132</v>
+        <v>215</v>
       </c>
       <c r="D77" t="s">
-        <v>59</v>
+        <v>26</v>
       </c>
       <c r="E77" t="s">
         <v>12</v>
       </c>
       <c r="F77" t="s">
-        <v>321</v>
+        <v>315</v>
       </c>
       <c r="G77" t="s">
-        <v>322</v>
+        <v>242</v>
       </c>
       <c r="H77" t="s">
-        <v>28</v>
+        <v>81</v>
       </c>
       <c r="I77" s="1" t="s">
-        <v>323</v>
+        <v>316</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78">
-        <v>736</v>
+        <v>807</v>
       </c>
       <c r="B78" t="s">
-        <v>324</v>
+        <v>317</v>
       </c>
       <c r="C78" t="s">
-        <v>222</v>
+        <v>288</v>
       </c>
       <c r="D78" t="s">
-        <v>32</v>
+        <v>11</v>
       </c>
       <c r="E78" t="s">
         <v>12</v>
       </c>
       <c r="F78" t="s">
-        <v>325</v>
+        <v>318</v>
       </c>
       <c r="G78" t="s">
-        <v>326</v>
+        <v>259</v>
       </c>
       <c r="H78" t="s">
-        <v>28</v>
+        <v>81</v>
       </c>
       <c r="I78" s="1" t="s">
-        <v>327</v>
+        <v>319</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79">
-        <v>735</v>
+        <v>806</v>
       </c>
       <c r="B79" t="s">
-        <v>164</v>
+        <v>320</v>
       </c>
       <c r="C79" t="s">
-        <v>38</v>
+        <v>93</v>
       </c>
       <c r="D79" t="s">
-        <v>59</v>
+        <v>19</v>
       </c>
       <c r="E79" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="F79" t="s">
-        <v>328</v>
+        <v>321</v>
       </c>
       <c r="G79" t="s">
-        <v>329</v>
+        <v>135</v>
       </c>
       <c r="H79" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="I79" s="1" t="s">
-        <v>330</v>
+        <v>322</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80">
-        <v>734</v>
+        <v>805</v>
       </c>
       <c r="B80" t="s">
-        <v>127</v>
+        <v>323</v>
       </c>
       <c r="C80" t="s">
-        <v>38</v>
+        <v>97</v>
       </c>
       <c r="D80" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="E80" t="s">
-        <v>247</v>
+        <v>12</v>
       </c>
       <c r="F80" t="s">
-        <v>331</v>
+        <v>324</v>
       </c>
       <c r="G80" t="s">
-        <v>332</v>
+        <v>325</v>
       </c>
       <c r="H80" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="I80" s="1" t="s">
-        <v>333</v>
+        <v>326</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81">
-        <v>733</v>
+        <v>804</v>
       </c>
       <c r="B81" t="s">
-        <v>334</v>
+        <v>327</v>
       </c>
       <c r="C81" t="s">
-        <v>169</v>
+        <v>107</v>
       </c>
       <c r="D81" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="E81" t="s">
         <v>12</v>
       </c>
       <c r="F81" t="s">
-        <v>335</v>
+        <v>258</v>
       </c>
       <c r="G81" t="s">
-        <v>336</v>
+        <v>328</v>
       </c>
       <c r="H81" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="I81" s="1" t="s">
-        <v>337</v>
+        <v>282</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82">
-        <v>732</v>
+        <v>802</v>
       </c>
       <c r="B82" t="s">
-        <v>131</v>
+        <v>329</v>
       </c>
       <c r="C82" t="s">
-        <v>132</v>
+        <v>254</v>
       </c>
       <c r="D82" t="s">
-        <v>32</v>
+        <v>330</v>
       </c>
       <c r="E82" t="s">
-        <v>247</v>
+        <v>12</v>
       </c>
       <c r="F82" t="s">
-        <v>338</v>
+        <v>331</v>
       </c>
       <c r="G82" t="s">
-        <v>339</v>
+        <v>332</v>
       </c>
       <c r="H82" t="s">
-        <v>28</v>
+        <v>81</v>
       </c>
       <c r="I82" s="1" t="s">
-        <v>340</v>
+        <v>333</v>
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83">
-        <v>731</v>
+        <v>801</v>
       </c>
       <c r="B83" t="s">
-        <v>341</v>
+        <v>334</v>
       </c>
       <c r="C83" t="s">
-        <v>342</v>
+        <v>335</v>
       </c>
       <c r="D83" t="s">
-        <v>59</v>
+        <v>26</v>
       </c>
       <c r="E83" t="s">
         <v>12</v>
       </c>
       <c r="F83" t="s">
-        <v>343</v>
+        <v>336</v>
       </c>
       <c r="G83" t="s">
-        <v>344</v>
+        <v>332</v>
       </c>
       <c r="H83" t="s">
-        <v>28</v>
+        <v>81</v>
       </c>
       <c r="I83" s="1" t="s">
-        <v>345</v>
+        <v>337</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84">
-        <v>730</v>
+        <v>800</v>
       </c>
       <c r="B84" t="s">
-        <v>90</v>
+        <v>338</v>
       </c>
       <c r="C84" t="s">
-        <v>91</v>
+        <v>339</v>
       </c>
       <c r="D84" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="E84" t="s">
         <v>12</v>
       </c>
       <c r="F84" t="s">
-        <v>346</v>
+        <v>85</v>
       </c>
       <c r="G84" t="s">
-        <v>347</v>
+        <v>340</v>
       </c>
       <c r="H84" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I84" s="1" t="s">
-        <v>348</v>
+        <v>341</v>
       </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85">
-        <v>729</v>
+        <v>799</v>
       </c>
       <c r="B85" t="s">
-        <v>349</v>
+        <v>314</v>
       </c>
       <c r="C85" t="s">
-        <v>350</v>
+        <v>215</v>
       </c>
       <c r="D85" t="s">
-        <v>11</v>
+        <v>26</v>
       </c>
       <c r="E85" t="s">
         <v>12</v>
       </c>
       <c r="F85" t="s">
-        <v>351</v>
+        <v>342</v>
       </c>
       <c r="G85" t="s">
-        <v>72</v>
+        <v>343</v>
       </c>
       <c r="H85" t="s">
-        <v>352</v>
+        <v>81</v>
       </c>
       <c r="I85" s="1" t="s">
-        <v>229</v>
+        <v>344</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86">
-        <v>728</v>
+        <v>798</v>
       </c>
       <c r="B86" t="s">
-        <v>353</v>
+        <v>199</v>
       </c>
       <c r="C86" t="s">
-        <v>354</v>
+        <v>200</v>
       </c>
       <c r="D86" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="E86" t="s">
         <v>12</v>
       </c>
       <c r="F86" t="s">
-        <v>162</v>
+        <v>345</v>
       </c>
       <c r="G86" t="s">
-        <v>355</v>
+        <v>346</v>
       </c>
       <c r="H86" t="s">
-        <v>67</v>
+        <v>29</v>
       </c>
       <c r="I86" s="1" t="s">
-        <v>356</v>
+        <v>347</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="A87">
-        <v>727</v>
+        <v>797</v>
       </c>
       <c r="B87" t="s">
-        <v>57</v>
+        <v>348</v>
       </c>
       <c r="C87" t="s">
-        <v>58</v>
+        <v>349</v>
       </c>
       <c r="D87" t="s">
-        <v>59</v>
+        <v>47</v>
       </c>
       <c r="E87" t="s">
         <v>12</v>
       </c>
       <c r="F87" t="s">
-        <v>357</v>
+        <v>350</v>
       </c>
       <c r="G87" t="s">
-        <v>358</v>
+        <v>351</v>
       </c>
       <c r="H87" t="s">
-        <v>28</v>
+        <v>15</v>
       </c>
       <c r="I87" s="1" t="s">
-        <v>229</v>
+        <v>352</v>
       </c>
     </row>
     <row r="88" spans="1:9">
       <c r="A88">
-        <v>726</v>
+        <v>796</v>
       </c>
       <c r="B88" t="s">
-        <v>359</v>
+        <v>353</v>
       </c>
       <c r="C88" t="s">
-        <v>246</v>
+        <v>128</v>
       </c>
       <c r="D88" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="E88" t="s">
         <v>12</v>
       </c>
       <c r="F88" t="s">
-        <v>360</v>
+        <v>354</v>
       </c>
       <c r="G88" t="s">
-        <v>361</v>
+        <v>355</v>
       </c>
       <c r="H88" t="s">
-        <v>15</v>
+        <v>81</v>
       </c>
       <c r="I88" s="1" t="s">
-        <v>362</v>
+        <v>356</v>
       </c>
     </row>
     <row r="89" spans="1:9">
       <c r="A89">
-        <v>725</v>
+        <v>795</v>
       </c>
       <c r="B89" t="s">
-        <v>363</v>
+        <v>357</v>
       </c>
       <c r="C89" t="s">
-        <v>48</v>
+        <v>358</v>
       </c>
       <c r="D89" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="E89" t="s">
-        <v>12</v>
+        <v>41</v>
       </c>
       <c r="F89" t="s">
-        <v>364</v>
+        <v>359</v>
       </c>
       <c r="G89" t="s">
-        <v>275</v>
+        <v>360</v>
       </c>
       <c r="H89" t="s">
-        <v>28</v>
+        <v>81</v>
       </c>
       <c r="I89" s="1" t="s">
-        <v>365</v>
+        <v>176</v>
       </c>
     </row>
     <row r="90" spans="1:9">
       <c r="A90">
-        <v>724</v>
+        <v>794</v>
       </c>
       <c r="B90" t="s">
-        <v>366</v>
+        <v>361</v>
       </c>
       <c r="C90" t="s">
-        <v>204</v>
+        <v>61</v>
       </c>
       <c r="D90" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="E90" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="F90" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="G90" t="s">
-        <v>290</v>
+        <v>363</v>
       </c>
       <c r="H90" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
       <c r="I90" s="1" t="s">
-        <v>368</v>
+        <v>364</v>
       </c>
     </row>
     <row r="91" spans="1:9">
       <c r="A91">
-        <v>723</v>
+        <v>793</v>
       </c>
       <c r="B91" t="s">
+        <v>365</v>
+      </c>
+      <c r="C91" t="s">
+        <v>366</v>
+      </c>
+      <c r="D91" t="s">
+        <v>26</v>
+      </c>
+      <c r="E91" t="s">
+        <v>367</v>
+      </c>
+      <c r="F91" t="s">
+        <v>368</v>
+      </c>
+      <c r="G91" t="s">
         <v>369</v>
       </c>
-      <c r="C91" t="s">
+      <c r="H91" t="s">
+        <v>81</v>
+      </c>
+      <c r="I91" s="1" t="s">
         <v>370</v>
-      </c>
-[...16 lines deleted...]
-        <v>373</v>
       </c>
     </row>
     <row r="92" spans="1:9">
       <c r="A92">
-        <v>722</v>
+        <v>792</v>
       </c>
       <c r="B92" t="s">
-        <v>374</v>
+        <v>371</v>
       </c>
       <c r="C92" t="s">
-        <v>375</v>
+        <v>25</v>
       </c>
       <c r="D92" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="E92" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="F92" t="s">
-        <v>376</v>
+        <v>372</v>
       </c>
       <c r="G92" t="s">
-        <v>377</v>
+        <v>301</v>
       </c>
       <c r="H92" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="I92" s="1" t="s">
-        <v>378</v>
+        <v>373</v>
       </c>
     </row>
     <row r="93" spans="1:9">
       <c r="A93">
-        <v>721</v>
+        <v>791</v>
       </c>
       <c r="B93" t="s">
-        <v>127</v>
+        <v>374</v>
       </c>
       <c r="C93" t="s">
-        <v>38</v>
+        <v>375</v>
       </c>
       <c r="D93" t="s">
-        <v>32</v>
+        <v>47</v>
       </c>
       <c r="E93" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="F93" t="s">
-        <v>379</v>
+        <v>376</v>
       </c>
       <c r="G93" t="s">
-        <v>380</v>
+        <v>377</v>
       </c>
       <c r="H93" t="s">
-        <v>67</v>
+        <v>15</v>
       </c>
       <c r="I93" s="1" t="s">
-        <v>381</v>
+        <v>378</v>
       </c>
     </row>
     <row r="94" spans="1:9">
       <c r="A94">
-        <v>720</v>
+        <v>790</v>
       </c>
       <c r="B94" t="s">
+        <v>379</v>
+      </c>
+      <c r="C94" t="s">
+        <v>358</v>
+      </c>
+      <c r="D94" t="s">
+        <v>11</v>
+      </c>
+      <c r="E94" t="s">
+        <v>12</v>
+      </c>
+      <c r="F94" t="s">
+        <v>380</v>
+      </c>
+      <c r="G94" t="s">
+        <v>381</v>
+      </c>
+      <c r="H94" t="s">
+        <v>81</v>
+      </c>
+      <c r="I94" s="1" t="s">
         <v>382</v>
-      </c>
-[...19 lines deleted...]
-        <v>385</v>
       </c>
     </row>
     <row r="95" spans="1:9">
       <c r="A95">
-        <v>719</v>
+        <v>789</v>
       </c>
       <c r="B95" t="s">
+        <v>383</v>
+      </c>
+      <c r="C95" t="s">
+        <v>384</v>
+      </c>
+      <c r="D95" t="s">
+        <v>26</v>
+      </c>
+      <c r="E95" t="s">
+        <v>12</v>
+      </c>
+      <c r="F95" t="s">
+        <v>385</v>
+      </c>
+      <c r="G95" t="s">
+        <v>346</v>
+      </c>
+      <c r="H95" t="s">
+        <v>81</v>
+      </c>
+      <c r="I95" s="1" t="s">
         <v>386</v>
-      </c>
-[...19 lines deleted...]
-        <v>389</v>
       </c>
     </row>
     <row r="96" spans="1:9">
       <c r="A96">
-        <v>718</v>
+        <v>788</v>
       </c>
       <c r="B96" t="s">
-        <v>230</v>
+        <v>383</v>
       </c>
       <c r="C96" t="s">
-        <v>91</v>
+        <v>384</v>
       </c>
       <c r="D96" t="s">
-        <v>231</v>
+        <v>26</v>
       </c>
       <c r="E96" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="F96" t="s">
-        <v>390</v>
+        <v>385</v>
       </c>
       <c r="G96" t="s">
-        <v>233</v>
+        <v>346</v>
       </c>
       <c r="H96" t="s">
-        <v>15</v>
+        <v>81</v>
       </c>
       <c r="I96" s="1" t="s">
-        <v>234</v>
+        <v>386</v>
       </c>
     </row>
     <row r="97" spans="1:9">
       <c r="A97">
-        <v>717</v>
+        <v>787</v>
       </c>
       <c r="B97" t="s">
-        <v>391</v>
+        <v>177</v>
       </c>
       <c r="C97" t="s">
-        <v>392</v>
+        <v>128</v>
       </c>
       <c r="D97" t="s">
-        <v>59</v>
+        <v>11</v>
       </c>
       <c r="E97" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="F97" t="s">
-        <v>393</v>
+        <v>387</v>
       </c>
       <c r="G97" t="s">
         <v>388</v>
       </c>
       <c r="H97" t="s">
-        <v>28</v>
+        <v>81</v>
       </c>
       <c r="I97" s="1" t="s">
-        <v>394</v>
+        <v>389</v>
       </c>
     </row>
     <row r="98" spans="1:9">
       <c r="A98">
-        <v>716</v>
+        <v>786</v>
       </c>
       <c r="B98" t="s">
-        <v>395</v>
+        <v>390</v>
       </c>
       <c r="C98" t="s">
-        <v>138</v>
+        <v>391</v>
       </c>
       <c r="D98" t="s">
-        <v>25</v>
+        <v>11</v>
       </c>
       <c r="E98" t="s">
         <v>12</v>
       </c>
       <c r="F98" t="s">
-        <v>396</v>
+        <v>392</v>
       </c>
       <c r="G98" t="s">
-        <v>197</v>
+        <v>393</v>
       </c>
       <c r="H98" t="s">
-        <v>28</v>
+        <v>81</v>
       </c>
       <c r="I98" s="1" t="s">
-        <v>397</v>
+        <v>394</v>
       </c>
     </row>
     <row r="99" spans="1:9">
       <c r="A99">
-        <v>715</v>
+        <v>785</v>
       </c>
       <c r="B99" t="s">
+        <v>395</v>
+      </c>
+      <c r="C99" t="s">
+        <v>391</v>
+      </c>
+      <c r="D99" t="s">
+        <v>19</v>
+      </c>
+      <c r="E99" t="s">
+        <v>41</v>
+      </c>
+      <c r="F99" t="s">
+        <v>396</v>
+      </c>
+      <c r="G99" t="s">
+        <v>397</v>
+      </c>
+      <c r="H99" t="s">
+        <v>81</v>
+      </c>
+      <c r="I99" s="1" t="s">
         <v>398</v>
-      </c>
-[...19 lines deleted...]
-        <v>401</v>
       </c>
     </row>
     <row r="100" spans="1:9">
       <c r="A100">
-        <v>714</v>
+        <v>784</v>
       </c>
       <c r="B100" t="s">
-        <v>47</v>
+        <v>399</v>
       </c>
       <c r="C100" t="s">
-        <v>48</v>
+        <v>274</v>
       </c>
       <c r="D100" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="E100" t="s">
         <v>12</v>
       </c>
       <c r="F100" t="s">
-        <v>402</v>
+        <v>400</v>
       </c>
       <c r="G100" t="s">
-        <v>400</v>
+        <v>204</v>
       </c>
       <c r="H100" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="I100" s="1" t="s">
-        <v>403</v>
+        <v>401</v>
       </c>
     </row>
     <row r="101" spans="1:9">
       <c r="A101">
-        <v>713</v>
+        <v>783</v>
       </c>
       <c r="B101" t="s">
-        <v>245</v>
+        <v>402</v>
       </c>
       <c r="C101" t="s">
-        <v>246</v>
+        <v>200</v>
       </c>
       <c r="D101" t="s">
-        <v>32</v>
+        <v>47</v>
       </c>
       <c r="E101" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="F101" t="s">
+        <v>403</v>
+      </c>
+      <c r="G101" t="s">
+        <v>140</v>
+      </c>
+      <c r="H101" t="s">
+        <v>29</v>
+      </c>
+      <c r="I101" s="1" t="s">
         <v>404</v>
-      </c>
-[...7 lines deleted...]
-        <v>405</v>
       </c>
     </row>
     <row r="102" spans="1:9">
       <c r="A102">
-        <v>712</v>
+        <v>782</v>
       </c>
       <c r="B102" t="s">
-        <v>42</v>
+        <v>361</v>
       </c>
       <c r="C102" t="s">
-        <v>43</v>
+        <v>61</v>
       </c>
       <c r="D102" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="E102" t="s">
         <v>12</v>
       </c>
       <c r="F102" t="s">
-        <v>406</v>
+        <v>258</v>
       </c>
       <c r="G102" t="s">
-        <v>407</v>
+        <v>381</v>
       </c>
       <c r="H102" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="I102" s="1" t="s">
-        <v>408</v>
+        <v>405</v>
       </c>
     </row>
     <row r="103" spans="1:9">
       <c r="A103">
-        <v>711</v>
+        <v>781</v>
       </c>
       <c r="B103" t="s">
+        <v>406</v>
+      </c>
+      <c r="C103" t="s">
+        <v>407</v>
+      </c>
+      <c r="D103" t="s">
+        <v>408</v>
+      </c>
+      <c r="E103" t="s">
+        <v>12</v>
+      </c>
+      <c r="F103" t="s">
         <v>409</v>
       </c>
-      <c r="C103" t="s">
+      <c r="G103" t="s">
+        <v>204</v>
+      </c>
+      <c r="H103" t="s">
+        <v>29</v>
+      </c>
+      <c r="I103" s="1" t="s">
         <v>410</v>
-      </c>
-[...16 lines deleted...]
-        <v>412</v>
       </c>
     </row>
     <row r="104" spans="1:9">
       <c r="A104">
-        <v>710</v>
+        <v>780</v>
       </c>
       <c r="B104" t="s">
+        <v>371</v>
+      </c>
+      <c r="C104" t="s">
+        <v>25</v>
+      </c>
+      <c r="D104" t="s">
+        <v>19</v>
+      </c>
+      <c r="E104" t="s">
+        <v>12</v>
+      </c>
+      <c r="F104" t="s">
+        <v>411</v>
+      </c>
+      <c r="G104" t="s">
+        <v>412</v>
+      </c>
+      <c r="H104" t="s">
+        <v>29</v>
+      </c>
+      <c r="I104" s="1" t="s">
         <v>413</v>
-      </c>
-[...19 lines deleted...]
-        <v>416</v>
       </c>
     </row>
     <row r="105" spans="1:9">
       <c r="A105">
-        <v>709</v>
+        <v>779</v>
       </c>
       <c r="B105" t="s">
+        <v>414</v>
+      </c>
+      <c r="C105" t="s">
+        <v>295</v>
+      </c>
+      <c r="D105" t="s">
+        <v>19</v>
+      </c>
+      <c r="E105" t="s">
+        <v>12</v>
+      </c>
+      <c r="F105" t="s">
+        <v>415</v>
+      </c>
+      <c r="G105" t="s">
+        <v>416</v>
+      </c>
+      <c r="H105" t="s">
+        <v>29</v>
+      </c>
+      <c r="I105" s="1" t="s">
         <v>417</v>
-      </c>
-[...19 lines deleted...]
-        <v>420</v>
       </c>
     </row>
     <row r="106" spans="1:9">
       <c r="A106">
-        <v>708</v>
+        <v>778</v>
       </c>
       <c r="B106" t="s">
+        <v>418</v>
+      </c>
+      <c r="C106" t="s">
+        <v>254</v>
+      </c>
+      <c r="D106" t="s">
+        <v>47</v>
+      </c>
+      <c r="E106" t="s">
+        <v>12</v>
+      </c>
+      <c r="F106" t="s">
+        <v>419</v>
+      </c>
+      <c r="G106" t="s">
+        <v>420</v>
+      </c>
+      <c r="H106" t="s">
+        <v>15</v>
+      </c>
+      <c r="I106" s="1" t="s">
         <v>421</v>
-      </c>
-[...19 lines deleted...]
-        <v>425</v>
       </c>
     </row>
     <row r="107" spans="1:9">
       <c r="A107">
-        <v>707</v>
+        <v>777</v>
       </c>
       <c r="B107" t="s">
-        <v>426</v>
+        <v>422</v>
       </c>
       <c r="C107" t="s">
-        <v>427</v>
+        <v>18</v>
       </c>
       <c r="D107" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="E107" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="F107" t="s">
-        <v>428</v>
+        <v>423</v>
       </c>
       <c r="G107" t="s">
         <v>424</v>
       </c>
       <c r="H107" t="s">
-        <v>28</v>
+        <v>15</v>
       </c>
       <c r="I107" s="1" t="s">
-        <v>429</v>
+        <v>425</v>
       </c>
     </row>
     <row r="108" spans="1:9">
       <c r="A108">
-        <v>706</v>
+        <v>776</v>
       </c>
       <c r="B108" t="s">
-        <v>430</v>
+        <v>426</v>
       </c>
       <c r="C108" t="s">
-        <v>431</v>
+        <v>407</v>
       </c>
       <c r="D108" t="s">
-        <v>32</v>
+        <v>11</v>
       </c>
       <c r="E108" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="F108" t="s">
-        <v>432</v>
+        <v>427</v>
       </c>
       <c r="G108" t="s">
-        <v>50</v>
+        <v>428</v>
       </c>
       <c r="H108" t="s">
-        <v>28</v>
+        <v>81</v>
       </c>
       <c r="I108" s="1" t="s">
-        <v>433</v>
+        <v>429</v>
       </c>
     </row>
     <row r="109" spans="1:9">
       <c r="A109">
-        <v>705</v>
+        <v>775</v>
       </c>
       <c r="B109" t="s">
-        <v>434</v>
+        <v>430</v>
       </c>
       <c r="C109" t="s">
-        <v>435</v>
+        <v>431</v>
       </c>
       <c r="D109" t="s">
         <v>11</v>
       </c>
       <c r="E109" t="s">
-        <v>144</v>
+        <v>12</v>
       </c>
       <c r="F109" t="s">
-        <v>419</v>
+        <v>432</v>
       </c>
       <c r="G109" t="s">
-        <v>424</v>
+        <v>433</v>
       </c>
       <c r="H109" t="s">
-        <v>15</v>
+        <v>81</v>
       </c>
       <c r="I109" s="1" t="s">
-        <v>420</v>
+        <v>434</v>
       </c>
     </row>
     <row r="110" spans="1:9">
       <c r="A110">
-        <v>704</v>
+        <v>774</v>
       </c>
       <c r="B110" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="C110" t="s">
-        <v>435</v>
+        <v>200</v>
       </c>
       <c r="D110" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="E110" t="s">
-        <v>144</v>
+        <v>20</v>
       </c>
       <c r="F110" t="s">
-        <v>419</v>
+        <v>436</v>
       </c>
       <c r="G110" t="s">
-        <v>424</v>
+        <v>202</v>
       </c>
       <c r="H110" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
       <c r="I110" s="1" t="s">
-        <v>420</v>
+        <v>437</v>
       </c>
     </row>
     <row r="111" spans="1:9">
       <c r="A111">
-        <v>703</v>
+        <v>773</v>
       </c>
       <c r="B111" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="C111" t="s">
-        <v>437</v>
+        <v>262</v>
       </c>
       <c r="D111" t="s">
-        <v>32</v>
+        <v>47</v>
       </c>
       <c r="E111" t="s">
-        <v>273</v>
+        <v>12</v>
       </c>
       <c r="F111" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="G111" t="s">
-        <v>254</v>
+        <v>332</v>
       </c>
       <c r="H111" t="s">
-        <v>67</v>
+        <v>29</v>
       </c>
       <c r="I111" s="1" t="s">
-        <v>439</v>
+        <v>223</v>
       </c>
     </row>
     <row r="112" spans="1:9">
       <c r="A112">
-        <v>702</v>
+        <v>772</v>
       </c>
       <c r="B112" t="s">
-        <v>30</v>
+        <v>440</v>
       </c>
       <c r="C112" t="s">
-        <v>31</v>
+        <v>441</v>
       </c>
       <c r="D112" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="E112" t="s">
-        <v>273</v>
+        <v>12</v>
       </c>
       <c r="F112" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="G112" t="s">
-        <v>441</v>
+        <v>148</v>
       </c>
       <c r="H112" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I112" s="1" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
     </row>
     <row r="113" spans="1:9">
       <c r="A113">
-        <v>701</v>
+        <v>771</v>
       </c>
       <c r="B113" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="C113" t="s">
-        <v>444</v>
+        <v>97</v>
       </c>
       <c r="D113" t="s">
-        <v>32</v>
+        <v>445</v>
       </c>
       <c r="E113" t="s">
-        <v>273</v>
+        <v>20</v>
       </c>
       <c r="F113" t="s">
-        <v>445</v>
+        <v>85</v>
       </c>
       <c r="G113" t="s">
-        <v>210</v>
+        <v>446</v>
       </c>
       <c r="H113" t="s">
-        <v>67</v>
+        <v>29</v>
       </c>
       <c r="I113" s="1" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
     </row>
     <row r="114" spans="1:9">
       <c r="A114">
-        <v>700</v>
+        <v>770</v>
       </c>
       <c r="B114" t="s">
-        <v>447</v>
+        <v>444</v>
       </c>
       <c r="C114" t="s">
+        <v>97</v>
+      </c>
+      <c r="D114" t="s">
+        <v>445</v>
+      </c>
+      <c r="E114" t="s">
+        <v>12</v>
+      </c>
+      <c r="F114" t="s">
         <v>448</v>
       </c>
-      <c r="D114" t="s">
-[...5 lines deleted...]
-      <c r="F114" t="s">
+      <c r="G114" t="s">
+        <v>388</v>
+      </c>
+      <c r="H114" t="s">
+        <v>29</v>
+      </c>
+      <c r="I114" s="1" t="s">
         <v>449</v>
-      </c>
-[...7 lines deleted...]
-        <v>450</v>
       </c>
     </row>
     <row r="115" spans="1:9">
       <c r="A115">
-        <v>699</v>
+        <v>769</v>
       </c>
       <c r="B115" t="s">
+        <v>450</v>
+      </c>
+      <c r="C115" t="s">
+        <v>262</v>
+      </c>
+      <c r="D115" t="s">
+        <v>26</v>
+      </c>
+      <c r="E115" t="s">
+        <v>12</v>
+      </c>
+      <c r="F115" t="s">
         <v>451</v>
       </c>
-      <c r="C115" t="s">
-[...8 lines deleted...]
-      <c r="F115" t="s">
+      <c r="G115" t="s">
+        <v>301</v>
+      </c>
+      <c r="H115" t="s">
+        <v>29</v>
+      </c>
+      <c r="I115" s="1" t="s">
         <v>452</v>
-      </c>
-[...7 lines deleted...]
-        <v>453</v>
       </c>
     </row>
     <row r="116" spans="1:9">
       <c r="A116">
-        <v>698</v>
+        <v>768</v>
       </c>
       <c r="B116" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="C116" t="s">
-        <v>64</v>
+        <v>454</v>
       </c>
       <c r="D116" t="s">
-        <v>32</v>
+        <v>62</v>
       </c>
       <c r="E116" t="s">
-        <v>273</v>
+        <v>12</v>
       </c>
       <c r="F116" t="s">
-        <v>452</v>
+        <v>455</v>
       </c>
       <c r="G116" t="s">
-        <v>210</v>
+        <v>456</v>
       </c>
       <c r="H116" t="s">
-        <v>67</v>
+        <v>29</v>
       </c>
       <c r="I116" s="1" t="s">
-        <v>453</v>
+        <v>457</v>
       </c>
     </row>
     <row r="117" spans="1:9">
       <c r="A117">
-        <v>697</v>
+        <v>767</v>
       </c>
       <c r="B117" t="s">
-        <v>454</v>
+        <v>206</v>
       </c>
       <c r="C117" t="s">
-        <v>455</v>
+        <v>10</v>
       </c>
       <c r="D117" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="E117" t="s">
-        <v>273</v>
+        <v>78</v>
       </c>
       <c r="F117" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="G117" t="s">
-        <v>210</v>
+        <v>459</v>
       </c>
       <c r="H117" t="s">
-        <v>15</v>
+        <v>460</v>
       </c>
       <c r="I117" s="1" t="s">
-        <v>442</v>
+        <v>461</v>
       </c>
     </row>
     <row r="118" spans="1:9">
       <c r="A118">
-        <v>696</v>
+        <v>766</v>
       </c>
       <c r="B118" t="s">
-        <v>82</v>
+        <v>462</v>
       </c>
       <c r="C118" t="s">
-        <v>43</v>
+        <v>93</v>
       </c>
       <c r="D118" t="s">
-        <v>59</v>
+        <v>26</v>
       </c>
       <c r="E118" t="s">
         <v>12</v>
       </c>
       <c r="F118" t="s">
-        <v>457</v>
+        <v>463</v>
       </c>
       <c r="G118" t="s">
-        <v>210</v>
+        <v>464</v>
       </c>
       <c r="H118" t="s">
-        <v>28</v>
+        <v>15</v>
       </c>
       <c r="I118" s="1" t="s">
-        <v>458</v>
+        <v>465</v>
       </c>
     </row>
     <row r="119" spans="1:9">
       <c r="A119">
-        <v>695</v>
+        <v>765</v>
       </c>
       <c r="B119" t="s">
-        <v>459</v>
+        <v>466</v>
       </c>
       <c r="C119" t="s">
-        <v>79</v>
+        <v>101</v>
       </c>
       <c r="D119" t="s">
-        <v>59</v>
+        <v>19</v>
       </c>
       <c r="E119" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="F119" t="s">
-        <v>460</v>
+        <v>233</v>
       </c>
       <c r="G119" t="s">
-        <v>210</v>
+        <v>301</v>
       </c>
       <c r="H119" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="I119" s="1" t="s">
-        <v>461</v>
+        <v>467</v>
       </c>
     </row>
     <row r="120" spans="1:9">
       <c r="A120">
-        <v>694</v>
+        <v>764</v>
       </c>
       <c r="B120" t="s">
-        <v>462</v>
+        <v>468</v>
       </c>
       <c r="C120" t="s">
-        <v>48</v>
+        <v>195</v>
       </c>
       <c r="D120" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="E120" t="s">
-        <v>12</v>
+        <v>78</v>
       </c>
       <c r="F120" t="s">
-        <v>463</v>
+        <v>469</v>
       </c>
       <c r="G120" t="s">
-        <v>197</v>
+        <v>470</v>
       </c>
       <c r="H120" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
       <c r="I120" s="1" t="s">
-        <v>224</v>
+        <v>471</v>
       </c>
     </row>
     <row r="121" spans="1:9">
       <c r="A121">
-        <v>693</v>
+        <v>763</v>
       </c>
       <c r="B121" t="s">
-        <v>464</v>
+        <v>468</v>
       </c>
       <c r="C121" t="s">
-        <v>410</v>
+        <v>195</v>
       </c>
       <c r="D121" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="E121" t="s">
-        <v>12</v>
+        <v>78</v>
       </c>
       <c r="F121" t="s">
-        <v>465</v>
+        <v>469</v>
       </c>
       <c r="G121" t="s">
-        <v>40</v>
+        <v>470</v>
       </c>
       <c r="H121" t="s">
-        <v>67</v>
+        <v>29</v>
       </c>
       <c r="I121" s="1" t="s">
-        <v>385</v>
+        <v>471</v>
       </c>
     </row>
     <row r="122" spans="1:9">
       <c r="A122">
-        <v>692</v>
+        <v>762</v>
       </c>
       <c r="B122" t="s">
-        <v>466</v>
+        <v>9</v>
       </c>
       <c r="C122" t="s">
-        <v>467</v>
+        <v>10</v>
       </c>
       <c r="D122" t="s">
-        <v>59</v>
+        <v>11</v>
       </c>
       <c r="E122" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="F122" t="s">
-        <v>468</v>
+        <v>472</v>
       </c>
       <c r="G122" t="s">
-        <v>424</v>
+        <v>301</v>
       </c>
       <c r="H122" t="s">
-        <v>28</v>
+        <v>460</v>
       </c>
       <c r="I122" s="1" t="s">
-        <v>469</v>
+        <v>473</v>
       </c>
     </row>
     <row r="123" spans="1:9">
       <c r="A123">
-        <v>691</v>
+        <v>761</v>
       </c>
       <c r="B123" t="s">
-        <v>470</v>
+        <v>474</v>
       </c>
       <c r="C123" t="s">
-        <v>471</v>
+        <v>67</v>
       </c>
       <c r="D123" t="s">
-        <v>59</v>
+        <v>19</v>
       </c>
       <c r="E123" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="F123" t="s">
-        <v>472</v>
+        <v>475</v>
       </c>
       <c r="G123" t="s">
-        <v>40</v>
+        <v>476</v>
       </c>
       <c r="H123" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="I123" s="1" t="s">
-        <v>473</v>
+        <v>477</v>
       </c>
     </row>
     <row r="124" spans="1:9">
       <c r="A124">
-        <v>690</v>
+        <v>760</v>
       </c>
       <c r="B124" t="s">
-        <v>474</v>
+        <v>253</v>
       </c>
       <c r="C124" t="s">
-        <v>475</v>
+        <v>254</v>
       </c>
       <c r="D124" t="s">
-        <v>59</v>
+        <v>19</v>
       </c>
       <c r="E124" t="s">
-        <v>33</v>
+        <v>478</v>
       </c>
       <c r="F124" t="s">
-        <v>476</v>
+        <v>479</v>
       </c>
       <c r="G124" t="s">
-        <v>477</v>
+        <v>480</v>
       </c>
       <c r="H124" t="s">
-        <v>28</v>
+        <v>81</v>
       </c>
       <c r="I124" s="1" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
     </row>
     <row r="125" spans="1:9">
       <c r="A125">
-        <v>689</v>
+        <v>759</v>
       </c>
       <c r="B125" t="s">
-        <v>479</v>
+        <v>482</v>
       </c>
       <c r="C125" t="s">
-        <v>91</v>
+        <v>18</v>
       </c>
       <c r="D125" t="s">
-        <v>32</v>
+        <v>11</v>
       </c>
       <c r="E125" t="s">
-        <v>480</v>
+        <v>12</v>
       </c>
       <c r="F125" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="G125" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
       <c r="H125" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="I125" s="1" t="s">
-        <v>483</v>
+        <v>443</v>
       </c>
     </row>
     <row r="126" spans="1:9">
       <c r="A126">
-        <v>688</v>
+        <v>758</v>
       </c>
       <c r="B126" t="s">
-        <v>484</v>
+        <v>240</v>
       </c>
       <c r="C126" t="s">
-        <v>79</v>
+        <v>195</v>
       </c>
       <c r="D126" t="s">
-        <v>296</v>
+        <v>19</v>
       </c>
       <c r="E126" t="s">
+        <v>12</v>
+      </c>
+      <c r="F126" t="s">
         <v>485</v>
       </c>
-      <c r="F126" t="s">
+      <c r="G126" t="s">
         <v>486</v>
       </c>
-      <c r="G126" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H126" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
       <c r="I126" s="1" t="s">
         <v>487</v>
       </c>
     </row>
     <row r="127" spans="1:9">
       <c r="A127">
-        <v>687</v>
+        <v>757</v>
       </c>
       <c r="B127" t="s">
         <v>488</v>
       </c>
       <c r="C127" t="s">
+        <v>211</v>
+      </c>
+      <c r="D127" t="s">
+        <v>26</v>
+      </c>
+      <c r="E127" t="s">
+        <v>12</v>
+      </c>
+      <c r="F127" t="s">
+        <v>116</v>
+      </c>
+      <c r="G127" t="s">
+        <v>301</v>
+      </c>
+      <c r="H127" t="s">
+        <v>29</v>
+      </c>
+      <c r="I127" s="1" t="s">
         <v>489</v>
-      </c>
-[...16 lines deleted...]
-        <v>491</v>
       </c>
     </row>
     <row r="128" spans="1:9">
       <c r="A128">
-        <v>686</v>
+        <v>756</v>
       </c>
       <c r="B128" t="s">
-        <v>156</v>
+        <v>490</v>
       </c>
       <c r="C128" t="s">
-        <v>132</v>
+        <v>143</v>
       </c>
       <c r="D128" t="s">
-        <v>59</v>
+        <v>19</v>
       </c>
       <c r="E128" t="s">
         <v>12</v>
       </c>
       <c r="F128" t="s">
+        <v>415</v>
+      </c>
+      <c r="G128" t="s">
+        <v>491</v>
+      </c>
+      <c r="H128" t="s">
+        <v>15</v>
+      </c>
+      <c r="I128" s="1" t="s">
         <v>492</v>
-      </c>
-[...7 lines deleted...]
-        <v>493</v>
       </c>
     </row>
     <row r="129" spans="1:9">
       <c r="A129">
-        <v>685</v>
+        <v>755</v>
       </c>
       <c r="B129" t="s">
-        <v>494</v>
+        <v>490</v>
       </c>
       <c r="C129" t="s">
-        <v>91</v>
+        <v>143</v>
       </c>
       <c r="D129" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="E129" t="s">
-        <v>495</v>
+        <v>12</v>
       </c>
       <c r="F129" t="s">
-        <v>496</v>
+        <v>415</v>
       </c>
       <c r="G129" t="s">
-        <v>40</v>
+        <v>491</v>
       </c>
       <c r="H129" t="s">
-        <v>28</v>
+        <v>15</v>
       </c>
       <c r="I129" s="1" t="s">
-        <v>497</v>
+        <v>492</v>
       </c>
     </row>
     <row r="130" spans="1:9">
       <c r="A130">
-        <v>684</v>
+        <v>754</v>
       </c>
       <c r="B130" t="s">
-        <v>173</v>
+        <v>490</v>
       </c>
       <c r="C130" t="s">
-        <v>169</v>
+        <v>143</v>
       </c>
       <c r="D130" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="E130" t="s">
         <v>12</v>
       </c>
       <c r="F130" t="s">
-        <v>498</v>
+        <v>415</v>
       </c>
       <c r="G130" t="s">
-        <v>400</v>
+        <v>491</v>
       </c>
       <c r="H130" t="s">
-        <v>28</v>
+        <v>15</v>
       </c>
       <c r="I130" s="1" t="s">
-        <v>499</v>
+        <v>492</v>
       </c>
     </row>
     <row r="131" spans="1:9">
       <c r="A131">
-        <v>683</v>
+        <v>753</v>
       </c>
       <c r="B131" t="s">
-        <v>500</v>
+        <v>206</v>
       </c>
       <c r="C131" t="s">
-        <v>489</v>
+        <v>10</v>
       </c>
       <c r="D131" t="s">
-        <v>59</v>
+        <v>19</v>
       </c>
       <c r="E131" t="s">
-        <v>485</v>
+        <v>20</v>
       </c>
       <c r="F131" t="s">
-        <v>501</v>
+        <v>493</v>
       </c>
       <c r="G131" t="s">
-        <v>50</v>
+        <v>494</v>
       </c>
       <c r="H131" t="s">
-        <v>67</v>
+        <v>29</v>
       </c>
       <c r="I131" s="1" t="s">
-        <v>502</v>
+        <v>495</v>
       </c>
     </row>
     <row r="132" spans="1:9">
       <c r="A132">
-        <v>682</v>
+        <v>752</v>
       </c>
       <c r="B132" t="s">
-        <v>168</v>
+        <v>496</v>
       </c>
       <c r="C132" t="s">
-        <v>169</v>
+        <v>195</v>
       </c>
       <c r="D132" t="s">
-        <v>59</v>
+        <v>497</v>
       </c>
       <c r="E132" t="s">
-        <v>12</v>
+        <v>78</v>
       </c>
       <c r="F132" t="s">
-        <v>503</v>
+        <v>498</v>
       </c>
       <c r="G132" t="s">
-        <v>400</v>
+        <v>135</v>
       </c>
       <c r="H132" t="s">
-        <v>67</v>
+        <v>15</v>
       </c>
       <c r="I132" s="1" t="s">
-        <v>504</v>
+        <v>499</v>
       </c>
     </row>
     <row r="133" spans="1:9">
       <c r="A133">
-        <v>681</v>
+        <v>751</v>
       </c>
       <c r="B133" t="s">
-        <v>259</v>
+        <v>500</v>
       </c>
       <c r="C133" t="s">
-        <v>260</v>
+        <v>84</v>
       </c>
       <c r="D133" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="E133" t="s">
-        <v>505</v>
+        <v>12</v>
       </c>
       <c r="F133" t="s">
-        <v>506</v>
+        <v>501</v>
       </c>
       <c r="G133" t="s">
-        <v>477</v>
+        <v>355</v>
       </c>
       <c r="H133" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="I133" s="1" t="s">
-        <v>507</v>
+        <v>502</v>
       </c>
     </row>
     <row r="134" spans="1:9">
       <c r="A134">
-        <v>680</v>
+        <v>750</v>
       </c>
       <c r="B134" t="s">
-        <v>508</v>
+        <v>488</v>
       </c>
       <c r="C134" t="s">
-        <v>18</v>
+        <v>211</v>
       </c>
       <c r="D134" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="E134" t="s">
-        <v>509</v>
+        <v>12</v>
       </c>
       <c r="F134" t="s">
-        <v>510</v>
+        <v>503</v>
       </c>
       <c r="G134" t="s">
-        <v>511</v>
+        <v>504</v>
       </c>
       <c r="H134" t="s">
-        <v>28</v>
+        <v>81</v>
       </c>
       <c r="I134" s="1" t="s">
-        <v>512</v>
+        <v>505</v>
       </c>
     </row>
     <row r="135" spans="1:9">
       <c r="A135">
-        <v>679</v>
+        <v>748</v>
       </c>
       <c r="B135" t="s">
-        <v>513</v>
+        <v>320</v>
       </c>
       <c r="C135" t="s">
-        <v>204</v>
+        <v>93</v>
       </c>
       <c r="D135" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="E135" t="s">
-        <v>509</v>
+        <v>78</v>
       </c>
       <c r="F135" t="s">
-        <v>514</v>
+        <v>506</v>
       </c>
       <c r="G135" t="s">
-        <v>515</v>
+        <v>507</v>
       </c>
       <c r="H135" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="I135" s="1" t="s">
-        <v>516</v>
+        <v>508</v>
       </c>
     </row>
     <row r="136" spans="1:9">
       <c r="A136">
-        <v>678</v>
+        <v>743</v>
       </c>
       <c r="B136" t="s">
-        <v>137</v>
+        <v>399</v>
       </c>
       <c r="C136" t="s">
-        <v>138</v>
+        <v>274</v>
       </c>
       <c r="D136" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="E136" t="s">
+        <v>12</v>
+      </c>
+      <c r="F136" t="s">
         <v>509</v>
       </c>
-      <c r="F136" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G136" t="s">
+        <v>510</v>
+      </c>
+      <c r="H136" t="s">
+        <v>29</v>
+      </c>
+      <c r="I136" s="1" t="s">
         <v>511</v>
-      </c>
-[...4 lines deleted...]
-        <v>518</v>
       </c>
     </row>
     <row r="137" spans="1:9">
       <c r="A137">
-        <v>677</v>
+        <v>740</v>
       </c>
       <c r="B137" t="s">
-        <v>519</v>
+        <v>395</v>
       </c>
       <c r="C137" t="s">
-        <v>132</v>
+        <v>391</v>
       </c>
       <c r="D137" t="s">
-        <v>231</v>
+        <v>19</v>
       </c>
       <c r="E137" t="s">
-        <v>495</v>
+        <v>78</v>
       </c>
       <c r="F137" t="s">
-        <v>520</v>
+        <v>512</v>
       </c>
       <c r="G137" t="s">
-        <v>521</v>
+        <v>507</v>
       </c>
       <c r="H137" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
       <c r="I137" s="1" t="s">
-        <v>224</v>
+        <v>513</v>
       </c>
     </row>
     <row r="138" spans="1:9">
       <c r="A138">
-        <v>676</v>
+        <v>739</v>
       </c>
       <c r="B138" t="s">
-        <v>522</v>
+        <v>514</v>
       </c>
       <c r="C138" t="s">
-        <v>318</v>
+        <v>254</v>
       </c>
       <c r="D138" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="E138" t="s">
-        <v>485</v>
+        <v>12</v>
       </c>
       <c r="F138" t="s">
-        <v>523</v>
+        <v>515</v>
       </c>
       <c r="G138" t="s">
-        <v>171</v>
+        <v>510</v>
       </c>
       <c r="H138" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="I138" s="1" t="s">
-        <v>524</v>
+        <v>516</v>
       </c>
     </row>
     <row r="139" spans="1:9">
       <c r="A139">
-        <v>675</v>
+        <v>738</v>
       </c>
       <c r="B139" t="s">
-        <v>525</v>
+        <v>167</v>
       </c>
       <c r="C139" t="s">
-        <v>526</v>
+        <v>89</v>
       </c>
       <c r="D139" t="s">
-        <v>59</v>
+        <v>19</v>
       </c>
       <c r="E139" t="s">
-        <v>12</v>
+        <v>78</v>
       </c>
       <c r="F139" t="s">
-        <v>527</v>
+        <v>517</v>
       </c>
       <c r="G139" t="s">
-        <v>528</v>
+        <v>507</v>
       </c>
       <c r="H139" t="s">
-        <v>67</v>
+        <v>29</v>
       </c>
       <c r="I139" s="1" t="s">
-        <v>529</v>
+        <v>518</v>
       </c>
     </row>
     <row r="140" spans="1:9">
       <c r="A140">
-        <v>674</v>
+        <v>737</v>
       </c>
       <c r="B140" t="s">
-        <v>530</v>
+        <v>379</v>
       </c>
       <c r="C140" t="s">
-        <v>260</v>
+        <v>358</v>
       </c>
       <c r="D140" t="s">
-        <v>231</v>
+        <v>11</v>
       </c>
       <c r="E140" t="s">
-        <v>495</v>
+        <v>12</v>
       </c>
       <c r="F140" t="s">
-        <v>531</v>
+        <v>519</v>
       </c>
       <c r="G140" t="s">
-        <v>322</v>
+        <v>520</v>
       </c>
       <c r="H140" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="I140" s="1" t="s">
-        <v>532</v>
+        <v>521</v>
       </c>
     </row>
     <row r="141" spans="1:9">
       <c r="A141">
-        <v>673</v>
+        <v>736</v>
       </c>
       <c r="B141" t="s">
-        <v>533</v>
+        <v>261</v>
       </c>
       <c r="C141" t="s">
-        <v>534</v>
+        <v>262</v>
       </c>
       <c r="D141" t="s">
-        <v>59</v>
+        <v>19</v>
       </c>
       <c r="E141" t="s">
         <v>12</v>
       </c>
       <c r="F141" t="s">
-        <v>535</v>
+        <v>522</v>
       </c>
       <c r="G141" t="s">
-        <v>515</v>
+        <v>523</v>
       </c>
       <c r="H141" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="I141" s="1" t="s">
-        <v>536</v>
+        <v>524</v>
       </c>
     </row>
     <row r="142" spans="1:9">
       <c r="A142">
-        <v>672</v>
+        <v>735</v>
       </c>
       <c r="B142" t="s">
-        <v>537</v>
+        <v>177</v>
       </c>
       <c r="C142" t="s">
-        <v>538</v>
+        <v>128</v>
       </c>
       <c r="D142" t="s">
-        <v>59</v>
+        <v>11</v>
       </c>
       <c r="E142" t="s">
         <v>12</v>
       </c>
       <c r="F142" t="s">
-        <v>539</v>
+        <v>85</v>
       </c>
       <c r="G142" t="s">
-        <v>27</v>
+        <v>525</v>
       </c>
       <c r="H142" t="s">
-        <v>67</v>
+        <v>29</v>
       </c>
       <c r="I142" s="1" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
     </row>
     <row r="143" spans="1:9">
       <c r="A143">
-        <v>671</v>
+        <v>734</v>
       </c>
       <c r="B143" t="s">
-        <v>541</v>
+        <v>353</v>
       </c>
       <c r="C143" t="s">
-        <v>260</v>
+        <v>128</v>
       </c>
       <c r="D143" t="s">
-        <v>59</v>
+        <v>19</v>
       </c>
       <c r="E143" t="s">
-        <v>12</v>
+        <v>78</v>
       </c>
       <c r="F143" t="s">
-        <v>542</v>
+        <v>527</v>
       </c>
       <c r="G143" t="s">
-        <v>543</v>
+        <v>528</v>
       </c>
       <c r="H143" t="s">
-        <v>67</v>
+        <v>29</v>
       </c>
       <c r="I143" s="1" t="s">
-        <v>544</v>
+        <v>529</v>
       </c>
     </row>
     <row r="144" spans="1:9">
       <c r="A144">
-        <v>670</v>
+        <v>733</v>
       </c>
       <c r="B144" t="s">
-        <v>545</v>
+        <v>530</v>
       </c>
       <c r="C144" t="s">
-        <v>546</v>
+        <v>391</v>
       </c>
       <c r="D144" t="s">
-        <v>11</v>
+        <v>26</v>
       </c>
       <c r="E144" t="s">
         <v>12</v>
       </c>
       <c r="F144" t="s">
-        <v>547</v>
+        <v>85</v>
       </c>
       <c r="G144" t="s">
-        <v>548</v>
+        <v>531</v>
       </c>
       <c r="H144" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="I144" s="1" t="s">
-        <v>549</v>
+        <v>532</v>
       </c>
     </row>
     <row r="145" spans="1:9">
       <c r="A145">
-        <v>669</v>
+        <v>732</v>
       </c>
       <c r="B145" t="s">
-        <v>545</v>
+        <v>357</v>
       </c>
       <c r="C145" t="s">
-        <v>546</v>
+        <v>358</v>
       </c>
       <c r="D145" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="E145" t="s">
-        <v>12</v>
+        <v>78</v>
       </c>
       <c r="F145" t="s">
-        <v>550</v>
+        <v>533</v>
       </c>
       <c r="G145" t="s">
-        <v>548</v>
+        <v>197</v>
       </c>
       <c r="H145" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="I145" s="1" t="s">
-        <v>551</v>
+        <v>534</v>
       </c>
     </row>
     <row r="146" spans="1:9">
       <c r="A146">
-        <v>668</v>
+        <v>731</v>
       </c>
       <c r="B146" t="s">
-        <v>552</v>
+        <v>535</v>
       </c>
       <c r="C146" t="s">
-        <v>553</v>
+        <v>536</v>
       </c>
       <c r="D146" t="s">
         <v>11</v>
       </c>
       <c r="E146" t="s">
         <v>12</v>
       </c>
       <c r="F146" t="s">
-        <v>554</v>
+        <v>537</v>
       </c>
       <c r="G146" t="s">
-        <v>347</v>
+        <v>538</v>
       </c>
       <c r="H146" t="s">
-        <v>67</v>
+        <v>29</v>
       </c>
       <c r="I146" s="1" t="s">
-        <v>555</v>
+        <v>539</v>
       </c>
     </row>
     <row r="147" spans="1:9">
       <c r="A147">
-        <v>667</v>
+        <v>730</v>
       </c>
       <c r="B147" t="s">
-        <v>556</v>
+        <v>323</v>
       </c>
       <c r="C147" t="s">
-        <v>58</v>
+        <v>97</v>
       </c>
       <c r="D147" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="E147" t="s">
-        <v>495</v>
+        <v>12</v>
       </c>
       <c r="F147" t="s">
-        <v>557</v>
+        <v>540</v>
       </c>
       <c r="G147" t="s">
-        <v>528</v>
+        <v>541</v>
       </c>
       <c r="H147" t="s">
-        <v>15</v>
+        <v>81</v>
       </c>
       <c r="I147" s="1" t="s">
-        <v>558</v>
+        <v>542</v>
       </c>
     </row>
     <row r="148" spans="1:9">
       <c r="A148">
-        <v>666</v>
+        <v>729</v>
       </c>
       <c r="B148" t="s">
-        <v>78</v>
+        <v>543</v>
       </c>
       <c r="C148" t="s">
-        <v>79</v>
+        <v>544</v>
       </c>
       <c r="D148" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="E148" t="s">
-        <v>485</v>
+        <v>12</v>
       </c>
       <c r="F148" t="s">
-        <v>559</v>
+        <v>545</v>
       </c>
       <c r="G148" t="s">
-        <v>560</v>
+        <v>308</v>
       </c>
       <c r="H148" t="s">
-        <v>15</v>
+        <v>546</v>
       </c>
       <c r="I148" s="1" t="s">
-        <v>561</v>
+        <v>443</v>
       </c>
     </row>
     <row r="149" spans="1:9">
       <c r="A149">
-        <v>665</v>
+        <v>728</v>
       </c>
       <c r="B149" t="s">
-        <v>541</v>
+        <v>547</v>
       </c>
       <c r="C149" t="s">
-        <v>260</v>
+        <v>548</v>
       </c>
       <c r="D149" t="s">
-        <v>59</v>
+        <v>26</v>
       </c>
       <c r="E149" t="s">
         <v>12</v>
       </c>
       <c r="F149" t="s">
-        <v>562</v>
+        <v>385</v>
       </c>
       <c r="G149" t="s">
-        <v>563</v>
+        <v>549</v>
       </c>
       <c r="H149" t="s">
-        <v>28</v>
+        <v>81</v>
       </c>
       <c r="I149" s="1" t="s">
-        <v>564</v>
+        <v>550</v>
       </c>
     </row>
     <row r="150" spans="1:9">
       <c r="A150">
-        <v>664</v>
+        <v>727</v>
       </c>
       <c r="B150" t="s">
-        <v>565</v>
+        <v>299</v>
       </c>
       <c r="C150" t="s">
-        <v>38</v>
+        <v>101</v>
       </c>
       <c r="D150" t="s">
-        <v>25</v>
+        <v>11</v>
       </c>
       <c r="E150" t="s">
         <v>12</v>
       </c>
       <c r="F150" t="s">
-        <v>566</v>
+        <v>551</v>
       </c>
       <c r="G150" t="s">
-        <v>400</v>
+        <v>552</v>
       </c>
       <c r="H150" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="I150" s="1" t="s">
-        <v>567</v>
+        <v>443</v>
       </c>
     </row>
     <row r="151" spans="1:9">
       <c r="A151">
-        <v>663</v>
+        <v>726</v>
       </c>
       <c r="B151" t="s">
-        <v>256</v>
+        <v>115</v>
       </c>
       <c r="C151" t="s">
-        <v>58</v>
+        <v>10</v>
       </c>
       <c r="D151" t="s">
-        <v>32</v>
+        <v>47</v>
       </c>
       <c r="E151" t="s">
-        <v>509</v>
+        <v>12</v>
       </c>
       <c r="F151" t="s">
-        <v>568</v>
+        <v>553</v>
       </c>
       <c r="G151" t="s">
-        <v>569</v>
+        <v>554</v>
       </c>
       <c r="H151" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="I151" s="1" t="s">
-        <v>136</v>
+        <v>555</v>
       </c>
     </row>
     <row r="152" spans="1:9">
       <c r="A152">
-        <v>662</v>
+        <v>725</v>
       </c>
       <c r="B152" t="s">
-        <v>570</v>
+        <v>556</v>
       </c>
       <c r="C152" t="s">
-        <v>246</v>
+        <v>32</v>
       </c>
       <c r="D152" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="E152" t="s">
         <v>12</v>
       </c>
       <c r="F152" t="s">
-        <v>571</v>
+        <v>557</v>
       </c>
       <c r="G152" t="s">
-        <v>572</v>
+        <v>480</v>
       </c>
       <c r="H152" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="I152" s="1" t="s">
-        <v>573</v>
+        <v>558</v>
       </c>
     </row>
     <row r="153" spans="1:9">
       <c r="A153">
-        <v>661</v>
+        <v>724</v>
       </c>
       <c r="B153" t="s">
-        <v>299</v>
+        <v>559</v>
       </c>
       <c r="C153" t="s">
-        <v>300</v>
+        <v>18</v>
       </c>
       <c r="D153" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="E153" t="s">
         <v>12</v>
       </c>
       <c r="F153" t="s">
-        <v>574</v>
+        <v>103</v>
       </c>
       <c r="G153" t="s">
-        <v>400</v>
+        <v>491</v>
       </c>
       <c r="H153" t="s">
-        <v>67</v>
+        <v>15</v>
       </c>
       <c r="I153" s="1" t="s">
-        <v>575</v>
+        <v>560</v>
       </c>
     </row>
     <row r="154" spans="1:9">
       <c r="A154">
-        <v>660</v>
+        <v>723</v>
       </c>
       <c r="B154" t="s">
-        <v>576</v>
+        <v>561</v>
       </c>
       <c r="C154" t="s">
-        <v>577</v>
+        <v>562</v>
       </c>
       <c r="D154" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="E154" t="s">
-        <v>578</v>
+        <v>20</v>
       </c>
       <c r="F154" t="s">
-        <v>579</v>
+        <v>563</v>
       </c>
       <c r="G154" t="s">
-        <v>355</v>
+        <v>564</v>
       </c>
       <c r="H154" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="I154" s="1" t="s">
-        <v>580</v>
+        <v>565</v>
       </c>
     </row>
     <row r="155" spans="1:9">
       <c r="A155">
-        <v>659</v>
+        <v>722</v>
       </c>
       <c r="B155" t="s">
-        <v>131</v>
+        <v>566</v>
       </c>
       <c r="C155" t="s">
-        <v>132</v>
+        <v>567</v>
       </c>
       <c r="D155" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="E155" t="s">
-        <v>578</v>
+        <v>12</v>
       </c>
       <c r="F155" t="s">
-        <v>581</v>
+        <v>506</v>
       </c>
       <c r="G155" t="s">
-        <v>355</v>
+        <v>568</v>
       </c>
       <c r="H155" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="I155" s="1" t="s">
-        <v>582</v>
+        <v>569</v>
       </c>
     </row>
     <row r="156" spans="1:9">
       <c r="A156">
-        <v>658</v>
+        <v>721</v>
       </c>
       <c r="B156" t="s">
-        <v>583</v>
+        <v>353</v>
       </c>
       <c r="C156" t="s">
-        <v>58</v>
+        <v>128</v>
       </c>
       <c r="D156" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="E156" t="s">
-        <v>584</v>
+        <v>20</v>
       </c>
       <c r="F156" t="s">
-        <v>585</v>
+        <v>570</v>
       </c>
       <c r="G156" t="s">
-        <v>586</v>
+        <v>571</v>
       </c>
       <c r="H156" t="s">
-        <v>28</v>
+        <v>81</v>
       </c>
       <c r="I156" s="1" t="s">
-        <v>587</v>
+        <v>572</v>
       </c>
     </row>
     <row r="157" spans="1:9">
       <c r="A157">
-        <v>657</v>
+        <v>720</v>
       </c>
       <c r="B157" t="s">
-        <v>131</v>
+        <v>573</v>
       </c>
       <c r="C157" t="s">
-        <v>132</v>
+        <v>574</v>
       </c>
       <c r="D157" t="s">
-        <v>32</v>
+        <v>11</v>
       </c>
       <c r="E157" t="s">
         <v>12</v>
       </c>
       <c r="F157" t="s">
-        <v>588</v>
+        <v>575</v>
       </c>
       <c r="G157" t="s">
-        <v>400</v>
+        <v>510</v>
       </c>
       <c r="H157" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I157" s="1" t="s">
-        <v>589</v>
+        <v>576</v>
       </c>
     </row>
     <row r="158" spans="1:9">
       <c r="A158">
-        <v>655</v>
+        <v>719</v>
       </c>
       <c r="B158" t="s">
-        <v>590</v>
+        <v>31</v>
       </c>
       <c r="C158" t="s">
-        <v>375</v>
+        <v>32</v>
       </c>
       <c r="D158" t="s">
-        <v>59</v>
+        <v>11</v>
       </c>
       <c r="E158" t="s">
-        <v>485</v>
+        <v>12</v>
       </c>
       <c r="F158" t="s">
-        <v>591</v>
+        <v>577</v>
       </c>
       <c r="G158" t="s">
-        <v>592</v>
+        <v>578</v>
       </c>
       <c r="H158" t="s">
-        <v>67</v>
+        <v>29</v>
       </c>
       <c r="I158" s="1" t="s">
-        <v>593</v>
+        <v>579</v>
       </c>
     </row>
     <row r="159" spans="1:9">
       <c r="A159">
-        <v>654</v>
+        <v>718</v>
       </c>
       <c r="B159" t="s">
-        <v>541</v>
+        <v>444</v>
       </c>
       <c r="C159" t="s">
-        <v>260</v>
+        <v>97</v>
       </c>
       <c r="D159" t="s">
-        <v>59</v>
+        <v>445</v>
       </c>
       <c r="E159" t="s">
-        <v>594</v>
+        <v>20</v>
       </c>
       <c r="F159" t="s">
-        <v>595</v>
+        <v>580</v>
       </c>
       <c r="G159" t="s">
-        <v>125</v>
+        <v>446</v>
       </c>
       <c r="H159" t="s">
-        <v>28</v>
+        <v>15</v>
       </c>
       <c r="I159" s="1" t="s">
-        <v>596</v>
+        <v>447</v>
       </c>
     </row>
     <row r="160" spans="1:9">
       <c r="A160">
-        <v>653</v>
+        <v>717</v>
       </c>
       <c r="B160" t="s">
-        <v>597</v>
+        <v>581</v>
       </c>
       <c r="C160" t="s">
-        <v>598</v>
+        <v>582</v>
       </c>
       <c r="D160" t="s">
-        <v>25</v>
+        <v>11</v>
       </c>
       <c r="E160" t="s">
-        <v>485</v>
+        <v>20</v>
       </c>
       <c r="F160" t="s">
-        <v>599</v>
+        <v>583</v>
       </c>
       <c r="G160" t="s">
-        <v>600</v>
+        <v>578</v>
       </c>
       <c r="H160" t="s">
-        <v>67</v>
+        <v>29</v>
       </c>
       <c r="I160" s="1" t="s">
-        <v>601</v>
+        <v>584</v>
       </c>
     </row>
     <row r="161" spans="1:9">
       <c r="A161">
-        <v>652</v>
+        <v>716</v>
       </c>
       <c r="B161" t="s">
-        <v>570</v>
+        <v>585</v>
       </c>
       <c r="C161" t="s">
-        <v>246</v>
+        <v>61</v>
       </c>
       <c r="D161" t="s">
-        <v>25</v>
+        <v>26</v>
+      </c>
+      <c r="E161" t="s">
+        <v>12</v>
       </c>
       <c r="F161" t="s">
-        <v>602</v>
+        <v>586</v>
       </c>
       <c r="G161" t="s">
-        <v>603</v>
+        <v>416</v>
       </c>
       <c r="H161" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="I161" s="1" t="s">
-        <v>604</v>
+        <v>587</v>
       </c>
     </row>
     <row r="162" spans="1:9">
       <c r="A162">
-        <v>651</v>
+        <v>715</v>
       </c>
       <c r="B162" t="s">
-        <v>164</v>
+        <v>66</v>
       </c>
       <c r="C162" t="s">
-        <v>38</v>
+        <v>67</v>
       </c>
       <c r="D162" t="s">
-        <v>59</v>
+        <v>26</v>
       </c>
       <c r="E162" t="s">
         <v>12</v>
       </c>
       <c r="F162" t="s">
-        <v>605</v>
+        <v>588</v>
       </c>
       <c r="G162" t="s">
-        <v>400</v>
+        <v>589</v>
       </c>
       <c r="H162" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="I162" s="1" t="s">
-        <v>606</v>
+        <v>590</v>
       </c>
     </row>
     <row r="163" spans="1:9">
       <c r="A163">
-        <v>650</v>
+        <v>714</v>
       </c>
       <c r="B163" t="s">
-        <v>607</v>
+        <v>56</v>
       </c>
       <c r="C163" t="s">
-        <v>608</v>
+        <v>32</v>
       </c>
       <c r="D163" t="s">
-        <v>11</v>
+        <v>26</v>
       </c>
       <c r="E163" t="s">
-        <v>609</v>
+        <v>12</v>
       </c>
       <c r="F163" t="s">
-        <v>610</v>
+        <v>591</v>
       </c>
       <c r="G163" t="s">
-        <v>611</v>
+        <v>589</v>
       </c>
       <c r="H163" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
       <c r="I163" s="1" t="s">
-        <v>612</v>
+        <v>592</v>
       </c>
     </row>
     <row r="164" spans="1:9">
       <c r="A164">
-        <v>649</v>
+        <v>713</v>
       </c>
       <c r="B164" t="s">
-        <v>607</v>
+        <v>206</v>
       </c>
       <c r="C164" t="s">
-        <v>608</v>
+        <v>10</v>
       </c>
       <c r="D164" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="E164" t="s">
-        <v>609</v>
+        <v>20</v>
       </c>
       <c r="F164" t="s">
-        <v>610</v>
+        <v>593</v>
       </c>
       <c r="G164" t="s">
-        <v>329</v>
+        <v>292</v>
       </c>
       <c r="H164" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
       <c r="I164" s="1" t="s">
-        <v>613</v>
+        <v>594</v>
       </c>
     </row>
     <row r="165" spans="1:9">
       <c r="A165">
-        <v>648</v>
+        <v>712</v>
       </c>
       <c r="B165" t="s">
-        <v>614</v>
+        <v>287</v>
       </c>
       <c r="C165" t="s">
-        <v>615</v>
+        <v>288</v>
       </c>
       <c r="D165" t="s">
-        <v>59</v>
+        <v>26</v>
       </c>
       <c r="E165" t="s">
-        <v>485</v>
+        <v>12</v>
       </c>
       <c r="F165" t="s">
-        <v>616</v>
+        <v>595</v>
       </c>
       <c r="G165" t="s">
-        <v>617</v>
+        <v>596</v>
       </c>
       <c r="H165" t="s">
-        <v>67</v>
+        <v>29</v>
       </c>
       <c r="I165" s="1" t="s">
-        <v>618</v>
+        <v>597</v>
       </c>
     </row>
     <row r="166" spans="1:9">
       <c r="A166">
-        <v>647</v>
+        <v>711</v>
       </c>
       <c r="B166" t="s">
-        <v>619</v>
+        <v>598</v>
       </c>
       <c r="C166" t="s">
-        <v>620</v>
+        <v>599</v>
       </c>
       <c r="D166" t="s">
-        <v>59</v>
+        <v>26</v>
       </c>
       <c r="E166" t="s">
-        <v>485</v>
+        <v>12</v>
       </c>
       <c r="F166" t="s">
-        <v>621</v>
+        <v>600</v>
       </c>
       <c r="G166" t="s">
-        <v>622</v>
+        <v>549</v>
       </c>
       <c r="H166" t="s">
-        <v>67</v>
+        <v>29</v>
       </c>
       <c r="I166" s="1" t="s">
-        <v>623</v>
+        <v>601</v>
       </c>
     </row>
     <row r="167" spans="1:9">
       <c r="A167">
-        <v>646</v>
+        <v>710</v>
       </c>
       <c r="B167" t="s">
-        <v>541</v>
+        <v>602</v>
       </c>
       <c r="C167" t="s">
-        <v>260</v>
+        <v>358</v>
       </c>
       <c r="D167" t="s">
-        <v>59</v>
+        <v>26</v>
       </c>
       <c r="E167" t="s">
-        <v>624</v>
+        <v>12</v>
       </c>
       <c r="F167" t="s">
-        <v>625</v>
+        <v>603</v>
       </c>
       <c r="G167" t="s">
-        <v>563</v>
+        <v>604</v>
       </c>
       <c r="H167" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
       <c r="I167" s="1" t="s">
-        <v>564</v>
+        <v>605</v>
       </c>
     </row>
     <row r="168" spans="1:9">
       <c r="A168">
-        <v>645</v>
+        <v>709</v>
       </c>
       <c r="B168" t="s">
-        <v>565</v>
+        <v>606</v>
       </c>
       <c r="C168" t="s">
-        <v>38</v>
+        <v>607</v>
       </c>
       <c r="D168" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="E168" t="s">
-        <v>626</v>
+        <v>367</v>
       </c>
       <c r="F168" t="s">
-        <v>627</v>
+        <v>545</v>
       </c>
       <c r="G168" t="s">
-        <v>129</v>
+        <v>416</v>
       </c>
       <c r="H168" t="s">
         <v>15</v>
       </c>
       <c r="I168" s="1" t="s">
-        <v>628</v>
+        <v>608</v>
       </c>
     </row>
     <row r="169" spans="1:9">
       <c r="A169">
-        <v>644</v>
+        <v>708</v>
       </c>
       <c r="B169" t="s">
-        <v>629</v>
+        <v>609</v>
       </c>
       <c r="C169" t="s">
-        <v>260</v>
+        <v>610</v>
       </c>
       <c r="D169" t="s">
         <v>11</v>
       </c>
       <c r="E169" t="s">
-        <v>495</v>
+        <v>20</v>
       </c>
       <c r="F169" t="s">
-        <v>630</v>
+        <v>611</v>
       </c>
       <c r="G169" t="s">
-        <v>617</v>
+        <v>612</v>
       </c>
       <c r="H169" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="I169" s="1" t="s">
-        <v>631</v>
+        <v>613</v>
       </c>
     </row>
     <row r="170" spans="1:9">
       <c r="A170">
-        <v>643</v>
+        <v>707</v>
       </c>
       <c r="B170" t="s">
-        <v>245</v>
+        <v>614</v>
       </c>
       <c r="C170" t="s">
-        <v>246</v>
+        <v>615</v>
       </c>
       <c r="D170" t="s">
-        <v>32</v>
+        <v>11</v>
       </c>
       <c r="E170" t="s">
-        <v>632</v>
+        <v>20</v>
       </c>
       <c r="F170" t="s">
-        <v>633</v>
+        <v>616</v>
       </c>
       <c r="G170" t="s">
-        <v>634</v>
+        <v>612</v>
       </c>
       <c r="H170" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
       <c r="I170" s="1" t="s">
-        <v>635</v>
+        <v>617</v>
       </c>
     </row>
     <row r="171" spans="1:9">
       <c r="A171">
-        <v>642</v>
+        <v>706</v>
       </c>
       <c r="B171" t="s">
-        <v>78</v>
+        <v>618</v>
       </c>
       <c r="C171" t="s">
-        <v>79</v>
+        <v>619</v>
       </c>
       <c r="D171" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="E171" t="s">
-        <v>485</v>
+        <v>20</v>
       </c>
       <c r="F171" t="s">
-        <v>636</v>
+        <v>620</v>
       </c>
       <c r="G171" t="s">
-        <v>415</v>
+        <v>292</v>
       </c>
       <c r="H171" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="I171" s="1" t="s">
-        <v>637</v>
+        <v>621</v>
       </c>
     </row>
     <row r="172" spans="1:9">
       <c r="A172">
-        <v>641</v>
+        <v>705</v>
       </c>
       <c r="B172" t="s">
-        <v>638</v>
+        <v>622</v>
       </c>
       <c r="C172" t="s">
-        <v>318</v>
+        <v>623</v>
       </c>
       <c r="D172" t="s">
-        <v>59</v>
+        <v>47</v>
       </c>
       <c r="E172" t="s">
-        <v>485</v>
+        <v>367</v>
       </c>
       <c r="F172" t="s">
-        <v>639</v>
+        <v>545</v>
       </c>
       <c r="G172" t="s">
-        <v>640</v>
+        <v>612</v>
       </c>
       <c r="H172" t="s">
-        <v>67</v>
+        <v>15</v>
       </c>
       <c r="I172" s="1" t="s">
-        <v>641</v>
+        <v>608</v>
       </c>
     </row>
     <row r="173" spans="1:9">
       <c r="A173">
-        <v>640</v>
+        <v>704</v>
       </c>
       <c r="B173" t="s">
-        <v>642</v>
+        <v>622</v>
       </c>
       <c r="C173" t="s">
-        <v>643</v>
+        <v>623</v>
       </c>
       <c r="D173" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="E173" t="s">
-        <v>644</v>
+        <v>367</v>
       </c>
       <c r="F173" t="s">
-        <v>645</v>
+        <v>545</v>
       </c>
       <c r="G173" t="s">
-        <v>646</v>
+        <v>612</v>
       </c>
       <c r="H173" t="s">
         <v>15</v>
       </c>
       <c r="I173" s="1" t="s">
-        <v>647</v>
+        <v>608</v>
       </c>
     </row>
     <row r="174" spans="1:9">
       <c r="A174">
-        <v>638</v>
+        <v>703</v>
       </c>
       <c r="B174" t="s">
-        <v>156</v>
+        <v>624</v>
       </c>
       <c r="C174" t="s">
-        <v>132</v>
+        <v>120</v>
       </c>
       <c r="D174" t="s">
-        <v>59</v>
+        <v>19</v>
       </c>
       <c r="E174" t="s">
-        <v>644</v>
+        <v>478</v>
       </c>
       <c r="F174" t="s">
-        <v>648</v>
+        <v>479</v>
       </c>
       <c r="G174" t="s">
-        <v>649</v>
+        <v>464</v>
       </c>
       <c r="H174" t="s">
-        <v>15</v>
+        <v>81</v>
       </c>
       <c r="I174" s="1" t="s">
-        <v>650</v>
+        <v>625</v>
       </c>
     </row>
     <row r="175" spans="1:9">
       <c r="A175">
-        <v>637</v>
+        <v>702</v>
       </c>
       <c r="B175" t="s">
-        <v>127</v>
+        <v>280</v>
       </c>
       <c r="C175" t="s">
-        <v>38</v>
+        <v>211</v>
       </c>
       <c r="D175" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="E175" t="s">
-        <v>644</v>
+        <v>478</v>
       </c>
       <c r="F175" t="s">
-        <v>651</v>
+        <v>479</v>
       </c>
       <c r="G175" t="s">
-        <v>652</v>
+        <v>626</v>
       </c>
       <c r="H175" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I175" s="1" t="s">
-        <v>130</v>
+        <v>627</v>
       </c>
     </row>
     <row r="176" spans="1:9">
       <c r="A176">
-        <v>636</v>
+        <v>701</v>
       </c>
       <c r="B176" t="s">
-        <v>653</v>
+        <v>39</v>
       </c>
       <c r="C176" t="s">
-        <v>79</v>
+        <v>40</v>
       </c>
       <c r="D176" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="E176" t="s">
-        <v>485</v>
+        <v>478</v>
       </c>
       <c r="F176" t="s">
-        <v>654</v>
+        <v>479</v>
       </c>
       <c r="G176" t="s">
-        <v>640</v>
+        <v>428</v>
       </c>
       <c r="H176" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I176" s="1" t="s">
-        <v>655</v>
+        <v>141</v>
       </c>
     </row>
     <row r="177" spans="1:9">
       <c r="A177">
-        <v>635</v>
+        <v>700</v>
       </c>
       <c r="B177" t="s">
-        <v>656</v>
+        <v>628</v>
       </c>
       <c r="C177" t="s">
-        <v>91</v>
+        <v>629</v>
       </c>
       <c r="D177" t="s">
-        <v>59</v>
+        <v>19</v>
       </c>
       <c r="E177" t="s">
-        <v>485</v>
+        <v>478</v>
       </c>
       <c r="F177" t="s">
-        <v>657</v>
+        <v>479</v>
       </c>
       <c r="G177" t="s">
-        <v>640</v>
+        <v>428</v>
       </c>
       <c r="H177" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I177" s="1" t="s">
-        <v>658</v>
+        <v>630</v>
       </c>
     </row>
     <row r="178" spans="1:9">
       <c r="A178">
-        <v>634</v>
+        <v>699</v>
       </c>
       <c r="B178" t="s">
-        <v>409</v>
+        <v>631</v>
       </c>
       <c r="C178" t="s">
-        <v>410</v>
+        <v>72</v>
       </c>
       <c r="D178" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="E178" t="s">
-        <v>12</v>
+        <v>478</v>
       </c>
       <c r="F178" t="s">
-        <v>261</v>
+        <v>479</v>
       </c>
       <c r="G178" t="s">
-        <v>640</v>
+        <v>428</v>
       </c>
       <c r="H178" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I178" s="1" t="s">
-        <v>659</v>
+        <v>632</v>
       </c>
     </row>
     <row r="179" spans="1:9">
       <c r="A179">
-        <v>633</v>
+        <v>698</v>
       </c>
       <c r="B179" t="s">
-        <v>660</v>
+        <v>631</v>
       </c>
       <c r="C179" t="s">
-        <v>246</v>
+        <v>72</v>
       </c>
       <c r="D179" t="s">
         <v>19</v>
       </c>
       <c r="E179" t="s">
-        <v>495</v>
+        <v>478</v>
       </c>
       <c r="F179" t="s">
-        <v>661</v>
+        <v>479</v>
       </c>
       <c r="G179" t="s">
-        <v>329</v>
+        <v>428</v>
       </c>
       <c r="H179" t="s">
-        <v>28</v>
+        <v>81</v>
       </c>
       <c r="I179" s="1" t="s">
-        <v>662</v>
+        <v>632</v>
       </c>
     </row>
     <row r="180" spans="1:9">
       <c r="A180">
-        <v>632</v>
+        <v>697</v>
       </c>
       <c r="B180" t="s">
-        <v>663</v>
+        <v>633</v>
       </c>
       <c r="C180" t="s">
-        <v>91</v>
+        <v>111</v>
       </c>
       <c r="D180" t="s">
         <v>19</v>
       </c>
       <c r="E180" t="s">
-        <v>495</v>
+        <v>478</v>
       </c>
       <c r="F180" t="s">
-        <v>664</v>
+        <v>479</v>
       </c>
       <c r="G180" t="s">
-        <v>125</v>
+        <v>428</v>
       </c>
       <c r="H180" t="s">
-        <v>28</v>
+        <v>15</v>
       </c>
       <c r="I180" s="1" t="s">
-        <v>665</v>
+        <v>627</v>
       </c>
     </row>
     <row r="181" spans="1:9">
       <c r="A181">
-        <v>631</v>
+        <v>696</v>
       </c>
       <c r="B181" t="s">
-        <v>666</v>
+        <v>317</v>
       </c>
       <c r="C181" t="s">
-        <v>260</v>
+        <v>288</v>
       </c>
       <c r="D181" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="E181" t="s">
-        <v>495</v>
+        <v>12</v>
       </c>
       <c r="F181" t="s">
-        <v>667</v>
+        <v>634</v>
       </c>
       <c r="G181" t="s">
-        <v>125</v>
+        <v>428</v>
       </c>
       <c r="H181" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="I181" s="1" t="s">
-        <v>665</v>
+        <v>635</v>
       </c>
     </row>
     <row r="182" spans="1:9">
       <c r="A182">
-        <v>630</v>
+        <v>695</v>
       </c>
       <c r="B182" t="s">
-        <v>668</v>
+        <v>214</v>
       </c>
       <c r="C182" t="s">
-        <v>132</v>
+        <v>215</v>
       </c>
       <c r="D182" t="s">
-        <v>296</v>
+        <v>11</v>
       </c>
       <c r="E182" t="s">
-        <v>495</v>
+        <v>12</v>
       </c>
       <c r="F182" t="s">
-        <v>669</v>
+        <v>636</v>
       </c>
       <c r="G182" t="s">
-        <v>322</v>
+        <v>428</v>
       </c>
       <c r="H182" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
       <c r="I182" s="1" t="s">
-        <v>532</v>
+        <v>637</v>
       </c>
     </row>
     <row r="183" spans="1:9">
       <c r="A183">
-        <v>629</v>
+        <v>694</v>
       </c>
       <c r="B183" t="s">
-        <v>656</v>
+        <v>638</v>
       </c>
       <c r="C183" t="s">
-        <v>91</v>
+        <v>32</v>
       </c>
       <c r="D183" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="E183" t="s">
-        <v>59</v>
+        <v>12</v>
       </c>
       <c r="F183" t="s">
-        <v>670</v>
+        <v>639</v>
       </c>
       <c r="G183" t="s">
-        <v>140</v>
+        <v>416</v>
       </c>
       <c r="H183" t="s">
-        <v>28</v>
+        <v>15</v>
       </c>
       <c r="I183" s="1" t="s">
-        <v>671</v>
+        <v>223</v>
       </c>
     </row>
     <row r="184" spans="1:9">
       <c r="A184">
-        <v>627</v>
+        <v>693</v>
       </c>
       <c r="B184" t="s">
-        <v>264</v>
+        <v>640</v>
       </c>
       <c r="C184" t="s">
-        <v>246</v>
+        <v>599</v>
       </c>
       <c r="D184" t="s">
-        <v>59</v>
+        <v>19</v>
       </c>
       <c r="E184" t="s">
-        <v>485</v>
+        <v>12</v>
       </c>
       <c r="F184" t="s">
-        <v>672</v>
+        <v>641</v>
       </c>
       <c r="G184" t="s">
-        <v>673</v>
+        <v>285</v>
       </c>
       <c r="H184" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I184" s="1" t="s">
-        <v>674</v>
+        <v>576</v>
       </c>
     </row>
     <row r="185" spans="1:9">
       <c r="A185">
-        <v>626</v>
+        <v>692</v>
       </c>
       <c r="B185" t="s">
-        <v>666</v>
+        <v>642</v>
       </c>
       <c r="C185" t="s">
-        <v>260</v>
+        <v>643</v>
       </c>
       <c r="D185" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="E185" t="s">
-        <v>495</v>
+        <v>20</v>
       </c>
       <c r="F185" t="s">
-        <v>667</v>
+        <v>616</v>
       </c>
       <c r="G185" t="s">
-        <v>125</v>
+        <v>612</v>
       </c>
       <c r="H185" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
       <c r="I185" s="1" t="s">
-        <v>665</v>
+        <v>644</v>
       </c>
     </row>
     <row r="186" spans="1:9">
       <c r="A186">
-        <v>625</v>
+        <v>691</v>
       </c>
       <c r="B186" t="s">
-        <v>479</v>
+        <v>645</v>
       </c>
       <c r="C186" t="s">
-        <v>91</v>
+        <v>646</v>
       </c>
       <c r="D186" t="s">
-        <v>32</v>
+        <v>11</v>
       </c>
       <c r="E186" t="s">
-        <v>632</v>
+        <v>20</v>
       </c>
       <c r="F186" t="s">
-        <v>675</v>
+        <v>611</v>
       </c>
       <c r="G186" t="s">
-        <v>563</v>
+        <v>285</v>
       </c>
       <c r="H186" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="I186" s="1" t="s">
-        <v>676</v>
+        <v>647</v>
       </c>
     </row>
     <row r="187" spans="1:9">
       <c r="A187">
-        <v>624</v>
+        <v>690</v>
       </c>
       <c r="B187" t="s">
-        <v>280</v>
+        <v>648</v>
       </c>
       <c r="C187" t="s">
-        <v>260</v>
+        <v>649</v>
       </c>
       <c r="D187" t="s">
-        <v>32</v>
+        <v>11</v>
       </c>
       <c r="E187" t="s">
-        <v>632</v>
+        <v>20</v>
       </c>
       <c r="F187" t="s">
-        <v>677</v>
+        <v>611</v>
       </c>
       <c r="G187" t="s">
-        <v>563</v>
+        <v>650</v>
       </c>
       <c r="H187" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="I187" s="1" t="s">
-        <v>678</v>
+        <v>651</v>
       </c>
     </row>
     <row r="188" spans="1:9">
       <c r="A188">
-        <v>622</v>
+        <v>689</v>
       </c>
       <c r="B188" t="s">
-        <v>256</v>
+        <v>652</v>
       </c>
       <c r="C188" t="s">
-        <v>58</v>
+        <v>97</v>
       </c>
       <c r="D188" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="E188" t="s">
-        <v>495</v>
+        <v>653</v>
       </c>
       <c r="F188" t="s">
-        <v>679</v>
+        <v>654</v>
       </c>
       <c r="G188" t="s">
-        <v>680</v>
+        <v>655</v>
       </c>
       <c r="H188" t="s">
-        <v>250</v>
+        <v>29</v>
       </c>
       <c r="I188" s="1" t="s">
-        <v>681</v>
+        <v>656</v>
       </c>
     </row>
     <row r="189" spans="1:9">
       <c r="A189">
-        <v>621</v>
+        <v>688</v>
       </c>
       <c r="B189" t="s">
-        <v>245</v>
+        <v>657</v>
       </c>
       <c r="C189" t="s">
-        <v>246</v>
+        <v>215</v>
       </c>
       <c r="D189" t="s">
-        <v>32</v>
+        <v>497</v>
       </c>
       <c r="E189" t="s">
-        <v>495</v>
+        <v>658</v>
       </c>
       <c r="F189" t="s">
-        <v>682</v>
+        <v>659</v>
       </c>
       <c r="G189" t="s">
-        <v>683</v>
+        <v>552</v>
       </c>
       <c r="H189" t="s">
-        <v>250</v>
+        <v>15</v>
       </c>
       <c r="I189" s="1" t="s">
-        <v>684</v>
+        <v>660</v>
       </c>
     </row>
     <row r="190" spans="1:9">
       <c r="A190">
-        <v>620</v>
+        <v>687</v>
       </c>
       <c r="B190" t="s">
-        <v>479</v>
+        <v>661</v>
       </c>
       <c r="C190" t="s">
-        <v>91</v>
+        <v>662</v>
       </c>
       <c r="D190" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="E190" t="s">
-        <v>495</v>
+        <v>658</v>
       </c>
       <c r="F190" t="s">
-        <v>685</v>
+        <v>663</v>
       </c>
       <c r="G190" t="s">
-        <v>686</v>
+        <v>552</v>
       </c>
       <c r="H190" t="s">
-        <v>250</v>
+        <v>81</v>
       </c>
       <c r="I190" s="1" t="s">
-        <v>687</v>
+        <v>664</v>
       </c>
     </row>
     <row r="191" spans="1:9">
       <c r="A191">
-        <v>619</v>
+        <v>686</v>
       </c>
       <c r="B191" t="s">
-        <v>280</v>
+        <v>379</v>
       </c>
       <c r="C191" t="s">
-        <v>260</v>
+        <v>358</v>
       </c>
       <c r="D191" t="s">
-        <v>32</v>
+        <v>11</v>
       </c>
       <c r="E191" t="s">
-        <v>495</v>
+        <v>12</v>
       </c>
       <c r="F191" t="s">
-        <v>688</v>
+        <v>665</v>
       </c>
       <c r="G191" t="s">
-        <v>689</v>
+        <v>589</v>
       </c>
       <c r="H191" t="s">
-        <v>250</v>
+        <v>29</v>
       </c>
       <c r="I191" s="1" t="s">
-        <v>690</v>
+        <v>666</v>
       </c>
     </row>
     <row r="192" spans="1:9">
       <c r="A192">
-        <v>617</v>
+        <v>685</v>
       </c>
       <c r="B192" t="s">
-        <v>691</v>
+        <v>667</v>
       </c>
       <c r="C192" t="s">
-        <v>48</v>
+        <v>97</v>
       </c>
       <c r="D192" t="s">
-        <v>32</v>
+        <v>47</v>
       </c>
       <c r="E192" t="s">
-        <v>495</v>
+        <v>668</v>
       </c>
       <c r="F192" t="s">
-        <v>692</v>
+        <v>669</v>
       </c>
       <c r="G192" t="s">
-        <v>693</v>
+        <v>285</v>
       </c>
       <c r="H192" t="s">
-        <v>250</v>
+        <v>29</v>
       </c>
       <c r="I192" s="1" t="s">
-        <v>694</v>
+        <v>670</v>
       </c>
     </row>
     <row r="193" spans="1:9">
       <c r="A193">
-        <v>616</v>
+        <v>684</v>
       </c>
       <c r="B193" t="s">
-        <v>695</v>
+        <v>395</v>
       </c>
       <c r="C193" t="s">
-        <v>696</v>
+        <v>391</v>
       </c>
       <c r="D193" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="E193" t="s">
-        <v>495</v>
+        <v>12</v>
       </c>
       <c r="F193" t="s">
-        <v>697</v>
+        <v>671</v>
       </c>
       <c r="G193" t="s">
-        <v>698</v>
+        <v>589</v>
       </c>
       <c r="H193" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="I193" s="1" t="s">
-        <v>699</v>
+        <v>672</v>
       </c>
     </row>
     <row r="194" spans="1:9">
       <c r="A194">
-        <v>615</v>
+        <v>683</v>
       </c>
       <c r="B194" t="s">
-        <v>700</v>
+        <v>673</v>
       </c>
       <c r="C194" t="s">
-        <v>701</v>
+        <v>662</v>
       </c>
       <c r="D194" t="s">
         <v>11</v>
       </c>
       <c r="E194" t="s">
-        <v>495</v>
+        <v>658</v>
       </c>
       <c r="F194" t="s">
-        <v>702</v>
+        <v>674</v>
       </c>
       <c r="G194" t="s">
-        <v>698</v>
+        <v>292</v>
       </c>
       <c r="H194" t="s">
-        <v>15</v>
+        <v>81</v>
       </c>
       <c r="I194" s="1" t="s">
-        <v>224</v>
+        <v>675</v>
       </c>
     </row>
     <row r="195" spans="1:9">
       <c r="A195">
-        <v>614</v>
+        <v>682</v>
       </c>
       <c r="B195" t="s">
-        <v>703</v>
+        <v>390</v>
       </c>
       <c r="C195" t="s">
-        <v>704</v>
+        <v>391</v>
       </c>
       <c r="D195" t="s">
         <v>11</v>
       </c>
       <c r="E195" t="s">
-        <v>495</v>
+        <v>12</v>
       </c>
       <c r="F195" t="s">
-        <v>705</v>
+        <v>676</v>
       </c>
       <c r="G195" t="s">
-        <v>706</v>
+        <v>589</v>
       </c>
       <c r="H195" t="s">
-        <v>15</v>
+        <v>81</v>
       </c>
       <c r="I195" s="1" t="s">
-        <v>707</v>
+        <v>677</v>
       </c>
     </row>
     <row r="196" spans="1:9">
       <c r="A196">
-        <v>613</v>
+        <v>681</v>
       </c>
       <c r="B196" t="s">
-        <v>708</v>
+        <v>468</v>
       </c>
       <c r="C196" t="s">
-        <v>709</v>
+        <v>195</v>
       </c>
       <c r="D196" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="E196" t="s">
-        <v>32</v>
+        <v>678</v>
       </c>
       <c r="F196" t="s">
-        <v>710</v>
+        <v>85</v>
       </c>
       <c r="G196" t="s">
-        <v>711</v>
+        <v>650</v>
       </c>
       <c r="H196" t="s">
-        <v>67</v>
+        <v>29</v>
       </c>
       <c r="I196" s="1" t="s">
-        <v>712</v>
+        <v>679</v>
       </c>
     </row>
     <row r="197" spans="1:9">
       <c r="A197">
-        <v>612</v>
+        <v>680</v>
       </c>
       <c r="B197" t="s">
-        <v>713</v>
+        <v>680</v>
       </c>
       <c r="C197" t="s">
-        <v>714</v>
+        <v>274</v>
       </c>
       <c r="D197" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="E197" t="s">
-        <v>12</v>
+        <v>681</v>
       </c>
       <c r="F197" t="s">
-        <v>715</v>
+        <v>682</v>
       </c>
       <c r="G197" t="s">
-        <v>711</v>
+        <v>683</v>
       </c>
       <c r="H197" t="s">
-        <v>67</v>
+        <v>29</v>
       </c>
       <c r="I197" s="1" t="s">
-        <v>716</v>
+        <v>684</v>
       </c>
     </row>
     <row r="198" spans="1:9">
       <c r="A198">
-        <v>611</v>
+        <v>679</v>
       </c>
       <c r="B198" t="s">
-        <v>717</v>
+        <v>17</v>
       </c>
       <c r="C198" t="s">
-        <v>241</v>
+        <v>18</v>
       </c>
       <c r="D198" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="E198" t="s">
-        <v>12</v>
+        <v>681</v>
       </c>
       <c r="F198" t="s">
-        <v>718</v>
+        <v>685</v>
       </c>
       <c r="G198" t="s">
-        <v>719</v>
+        <v>686</v>
       </c>
       <c r="H198" t="s">
-        <v>67</v>
+        <v>29</v>
       </c>
       <c r="I198" s="1" t="s">
-        <v>720</v>
+        <v>687</v>
       </c>
     </row>
     <row r="199" spans="1:9">
       <c r="A199">
-        <v>610</v>
+        <v>678</v>
       </c>
       <c r="B199" t="s">
-        <v>721</v>
+        <v>361</v>
       </c>
       <c r="C199" t="s">
-        <v>722</v>
+        <v>61</v>
       </c>
       <c r="D199" t="s">
-        <v>59</v>
+        <v>19</v>
       </c>
       <c r="E199" t="s">
-        <v>485</v>
+        <v>681</v>
       </c>
       <c r="F199" t="s">
-        <v>723</v>
+        <v>688</v>
       </c>
       <c r="G199" t="s">
-        <v>724</v>
+        <v>683</v>
       </c>
       <c r="H199" t="s">
-        <v>67</v>
+        <v>29</v>
       </c>
       <c r="I199" s="1" t="s">
-        <v>725</v>
+        <v>689</v>
       </c>
     </row>
     <row r="200" spans="1:9">
       <c r="A200">
-        <v>609</v>
+        <v>677</v>
       </c>
       <c r="B200" t="s">
-        <v>726</v>
+        <v>690</v>
       </c>
       <c r="C200" t="s">
-        <v>727</v>
+        <v>358</v>
       </c>
       <c r="D200" t="s">
-        <v>59</v>
+        <v>445</v>
       </c>
       <c r="E200" t="s">
-        <v>485</v>
+        <v>668</v>
       </c>
       <c r="F200" t="s">
-        <v>728</v>
+        <v>691</v>
       </c>
       <c r="G200" t="s">
-        <v>724</v>
+        <v>692</v>
       </c>
       <c r="H200" t="s">
-        <v>67</v>
+        <v>15</v>
       </c>
       <c r="I200" s="1" t="s">
-        <v>729</v>
+        <v>223</v>
       </c>
     </row>
     <row r="201" spans="1:9">
       <c r="A201">
-        <v>608</v>
+        <v>676</v>
       </c>
       <c r="B201" t="s">
-        <v>730</v>
+        <v>693</v>
       </c>
       <c r="C201" t="s">
-        <v>731</v>
+        <v>89</v>
       </c>
       <c r="D201" t="s">
-        <v>11</v>
+        <v>26</v>
       </c>
       <c r="E201" t="s">
-        <v>495</v>
+        <v>658</v>
       </c>
       <c r="F201" t="s">
-        <v>732</v>
+        <v>694</v>
       </c>
       <c r="G201" t="s">
-        <v>733</v>
+        <v>393</v>
       </c>
       <c r="H201" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
       <c r="I201" s="1" t="s">
-        <v>734</v>
+        <v>695</v>
       </c>
     </row>
     <row r="202" spans="1:9">
       <c r="A202">
-        <v>607</v>
+        <v>675</v>
       </c>
       <c r="B202" t="s">
-        <v>735</v>
+        <v>696</v>
       </c>
       <c r="C202" t="s">
-        <v>736</v>
+        <v>697</v>
       </c>
       <c r="D202" t="s">
-        <v>59</v>
+        <v>11</v>
       </c>
       <c r="E202" t="s">
-        <v>737</v>
+        <v>12</v>
       </c>
       <c r="F202" t="s">
-        <v>738</v>
+        <v>698</v>
       </c>
       <c r="G202" t="s">
-        <v>739</v>
+        <v>699</v>
       </c>
       <c r="H202" t="s">
-        <v>28</v>
+        <v>81</v>
       </c>
       <c r="I202" s="1" t="s">
-        <v>740</v>
+        <v>700</v>
       </c>
     </row>
     <row r="203" spans="1:9">
       <c r="A203">
-        <v>606</v>
+        <v>674</v>
       </c>
       <c r="B203" t="s">
-        <v>741</v>
+        <v>701</v>
       </c>
       <c r="C203" t="s">
-        <v>742</v>
+        <v>195</v>
       </c>
       <c r="D203" t="s">
-        <v>11</v>
+        <v>445</v>
       </c>
       <c r="E203" t="s">
-        <v>495</v>
+        <v>668</v>
       </c>
       <c r="F203" t="s">
-        <v>743</v>
+        <v>702</v>
       </c>
       <c r="G203" t="s">
-        <v>744</v>
+        <v>520</v>
       </c>
       <c r="H203" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
       <c r="I203" s="1" t="s">
-        <v>224</v>
+        <v>703</v>
       </c>
     </row>
     <row r="204" spans="1:9">
       <c r="A204">
-        <v>605</v>
+        <v>673</v>
       </c>
       <c r="B204" t="s">
-        <v>745</v>
+        <v>704</v>
       </c>
       <c r="C204" t="s">
-        <v>746</v>
+        <v>705</v>
       </c>
       <c r="D204" t="s">
         <v>11</v>
       </c>
       <c r="E204" t="s">
-        <v>495</v>
+        <v>12</v>
       </c>
       <c r="F204" t="s">
-        <v>747</v>
+        <v>706</v>
       </c>
       <c r="G204" t="s">
-        <v>744</v>
+        <v>686</v>
       </c>
       <c r="H204" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="I204" s="1" t="s">
-        <v>748</v>
+        <v>707</v>
       </c>
     </row>
     <row r="205" spans="1:9">
       <c r="A205">
-        <v>604</v>
+        <v>672</v>
       </c>
       <c r="B205" t="s">
-        <v>749</v>
+        <v>708</v>
       </c>
       <c r="C205" t="s">
-        <v>750</v>
+        <v>709</v>
       </c>
       <c r="D205" t="s">
         <v>11</v>
       </c>
       <c r="E205" t="s">
-        <v>495</v>
+        <v>12</v>
       </c>
       <c r="F205" t="s">
-        <v>751</v>
+        <v>710</v>
       </c>
       <c r="G205" t="s">
-        <v>752</v>
+        <v>259</v>
       </c>
       <c r="H205" t="s">
-        <v>753</v>
+        <v>81</v>
       </c>
       <c r="I205" s="1" t="s">
-        <v>754</v>
+        <v>711</v>
       </c>
     </row>
     <row r="206" spans="1:9">
       <c r="A206">
-        <v>603</v>
+        <v>671</v>
       </c>
       <c r="B206" t="s">
-        <v>755</v>
+        <v>194</v>
       </c>
       <c r="C206" t="s">
-        <v>756</v>
+        <v>195</v>
       </c>
       <c r="D206" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="E206" t="s">
-        <v>495</v>
+        <v>12</v>
       </c>
       <c r="F206" t="s">
-        <v>757</v>
+        <v>201</v>
       </c>
       <c r="G206" t="s">
-        <v>758</v>
+        <v>712</v>
       </c>
       <c r="H206" t="s">
-        <v>28</v>
+        <v>81</v>
       </c>
       <c r="I206" s="1" t="s">
-        <v>759</v>
+        <v>136</v>
       </c>
     </row>
     <row r="207" spans="1:9">
       <c r="A207">
-        <v>602</v>
+        <v>670</v>
       </c>
       <c r="B207" t="s">
-        <v>760</v>
+        <v>713</v>
       </c>
       <c r="C207" t="s">
-        <v>761</v>
+        <v>714</v>
       </c>
       <c r="D207" t="s">
-        <v>11</v>
+        <v>47</v>
       </c>
       <c r="E207" t="s">
-        <v>495</v>
+        <v>12</v>
       </c>
       <c r="F207" t="s">
-        <v>762</v>
+        <v>224</v>
       </c>
       <c r="G207" t="s">
-        <v>763</v>
+        <v>715</v>
       </c>
       <c r="H207" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="I207" s="1" t="s">
-        <v>764</v>
+        <v>716</v>
       </c>
     </row>
     <row r="208" spans="1:9">
       <c r="A208">
-        <v>601</v>
+        <v>669</v>
       </c>
       <c r="B208" t="s">
-        <v>765</v>
+        <v>713</v>
       </c>
       <c r="C208" t="s">
-        <v>709</v>
+        <v>714</v>
       </c>
       <c r="D208" t="s">
-        <v>19</v>
+        <v>47</v>
       </c>
       <c r="E208" t="s">
-        <v>495</v>
+        <v>12</v>
       </c>
       <c r="F208" t="s">
-        <v>766</v>
+        <v>717</v>
       </c>
       <c r="G208" t="s">
-        <v>767</v>
+        <v>715</v>
       </c>
       <c r="H208" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="I208" s="1" t="s">
-        <v>768</v>
+        <v>718</v>
       </c>
     </row>
     <row r="209" spans="1:9">
       <c r="A209">
-        <v>600</v>
+        <v>668</v>
       </c>
       <c r="B209" t="s">
-        <v>769</v>
+        <v>719</v>
       </c>
       <c r="C209" t="s">
-        <v>770</v>
+        <v>720</v>
       </c>
       <c r="D209" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="E209" t="s">
-        <v>771</v>
+        <v>12</v>
       </c>
       <c r="F209" t="s">
-        <v>772</v>
+        <v>85</v>
       </c>
       <c r="G209" t="s">
-        <v>773</v>
+        <v>541</v>
       </c>
       <c r="H209" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I209" s="1" t="s">
-        <v>774</v>
+        <v>721</v>
       </c>
     </row>
     <row r="210" spans="1:9">
       <c r="A210">
-        <v>599</v>
+        <v>667</v>
       </c>
       <c r="B210" t="s">
-        <v>775</v>
+        <v>722</v>
       </c>
       <c r="C210" t="s">
-        <v>776</v>
+        <v>101</v>
       </c>
       <c r="D210" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="E210" t="s">
-        <v>485</v>
+        <v>668</v>
       </c>
       <c r="F210" t="s">
-        <v>777</v>
+        <v>723</v>
       </c>
       <c r="G210" t="s">
-        <v>193</v>
+        <v>699</v>
       </c>
       <c r="H210" t="s">
-        <v>67</v>
+        <v>15</v>
       </c>
       <c r="I210" s="1" t="s">
-        <v>778</v>
+        <v>724</v>
       </c>
     </row>
     <row r="211" spans="1:9">
       <c r="A211">
-        <v>598</v>
+        <v>666</v>
       </c>
       <c r="B211" t="s">
-        <v>779</v>
+        <v>314</v>
       </c>
       <c r="C211" t="s">
-        <v>780</v>
+        <v>215</v>
       </c>
       <c r="D211" t="s">
-        <v>59</v>
+        <v>26</v>
       </c>
       <c r="E211" t="s">
-        <v>485</v>
+        <v>658</v>
       </c>
       <c r="F211" t="s">
-        <v>781</v>
+        <v>725</v>
       </c>
       <c r="G211" t="s">
-        <v>782</v>
+        <v>726</v>
       </c>
       <c r="H211" t="s">
-        <v>67</v>
+        <v>15</v>
       </c>
       <c r="I211" s="1" t="s">
-        <v>783</v>
+        <v>727</v>
       </c>
     </row>
     <row r="212" spans="1:9">
       <c r="A212">
-        <v>597</v>
+        <v>665</v>
       </c>
       <c r="B212" t="s">
-        <v>784</v>
+        <v>194</v>
       </c>
       <c r="C212" t="s">
-        <v>785</v>
+        <v>195</v>
       </c>
       <c r="D212" t="s">
         <v>11</v>
       </c>
       <c r="E212" t="s">
-        <v>485</v>
+        <v>12</v>
       </c>
       <c r="F212" t="s">
-        <v>786</v>
+        <v>728</v>
       </c>
       <c r="G212" t="s">
-        <v>787</v>
+        <v>729</v>
       </c>
       <c r="H212" t="s">
-        <v>67</v>
+        <v>29</v>
       </c>
       <c r="I212" s="1" t="s">
-        <v>788</v>
+        <v>730</v>
       </c>
     </row>
     <row r="213" spans="1:9">
       <c r="A213">
-        <v>596</v>
+        <v>664</v>
       </c>
       <c r="B213" t="s">
-        <v>789</v>
+        <v>127</v>
       </c>
       <c r="C213" t="s">
-        <v>790</v>
+        <v>128</v>
       </c>
       <c r="D213" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="E213" t="s">
         <v>12</v>
       </c>
       <c r="F213" t="s">
-        <v>791</v>
+        <v>731</v>
       </c>
       <c r="G213" t="s">
-        <v>792</v>
+        <v>589</v>
       </c>
       <c r="H213" t="s">
-        <v>67</v>
+        <v>29</v>
       </c>
       <c r="I213" s="1" t="s">
-        <v>793</v>
+        <v>732</v>
       </c>
     </row>
     <row r="214" spans="1:9">
       <c r="A214">
-        <v>595</v>
+        <v>663</v>
       </c>
       <c r="B214" t="s">
-        <v>794</v>
+        <v>466</v>
       </c>
       <c r="C214" t="s">
-        <v>795</v>
+        <v>101</v>
       </c>
       <c r="D214" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="E214" t="s">
-        <v>495</v>
+        <v>681</v>
       </c>
       <c r="F214" t="s">
-        <v>796</v>
+        <v>733</v>
       </c>
       <c r="G214" t="s">
-        <v>797</v>
+        <v>734</v>
       </c>
       <c r="H214" t="s">
-        <v>753</v>
+        <v>29</v>
       </c>
       <c r="I214" s="1" t="s">
-        <v>798</v>
+        <v>176</v>
       </c>
     </row>
     <row r="215" spans="1:9">
       <c r="A215">
-        <v>594</v>
+        <v>662</v>
       </c>
       <c r="B215" t="s">
-        <v>799</v>
+        <v>277</v>
       </c>
       <c r="C215" t="s">
-        <v>800</v>
+        <v>10</v>
       </c>
       <c r="D215" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="E215" t="s">
         <v>12</v>
       </c>
       <c r="F215" t="s">
-        <v>801</v>
+        <v>735</v>
       </c>
       <c r="G215" t="s">
-        <v>802</v>
+        <v>130</v>
       </c>
       <c r="H215" t="s">
-        <v>67</v>
+        <v>29</v>
       </c>
       <c r="I215" s="1" t="s">
-        <v>803</v>
+        <v>736</v>
       </c>
     </row>
     <row r="216" spans="1:9">
       <c r="A216">
-        <v>593</v>
+        <v>661</v>
       </c>
       <c r="B216" t="s">
-        <v>804</v>
+        <v>500</v>
       </c>
       <c r="C216" t="s">
-        <v>805</v>
+        <v>84</v>
       </c>
       <c r="D216" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="E216" t="s">
         <v>12</v>
       </c>
       <c r="F216" t="s">
-        <v>806</v>
+        <v>737</v>
       </c>
       <c r="G216" t="s">
-        <v>724</v>
+        <v>589</v>
       </c>
       <c r="H216" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I216" s="1" t="s">
-        <v>807</v>
+        <v>738</v>
       </c>
     </row>
     <row r="217" spans="1:9">
       <c r="A217">
-        <v>592</v>
+        <v>660</v>
       </c>
       <c r="B217" t="s">
-        <v>808</v>
+        <v>739</v>
       </c>
       <c r="C217" t="s">
-        <v>809</v>
+        <v>740</v>
       </c>
       <c r="D217" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="E217" t="s">
-        <v>12</v>
+        <v>741</v>
       </c>
       <c r="F217" t="s">
-        <v>810</v>
+        <v>742</v>
       </c>
       <c r="G217" t="s">
-        <v>724</v>
+        <v>549</v>
       </c>
       <c r="H217" t="s">
-        <v>67</v>
+        <v>29</v>
       </c>
       <c r="I217" s="1" t="s">
-        <v>811</v>
+        <v>743</v>
       </c>
     </row>
     <row r="218" spans="1:9">
       <c r="A218">
-        <v>591</v>
+        <v>659</v>
       </c>
       <c r="B218" t="s">
-        <v>812</v>
+        <v>357</v>
       </c>
       <c r="C218" t="s">
-        <v>813</v>
+        <v>358</v>
       </c>
       <c r="D218" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="E218" t="s">
-        <v>12</v>
+        <v>741</v>
       </c>
       <c r="F218" t="s">
-        <v>814</v>
+        <v>744</v>
       </c>
       <c r="G218" t="s">
-        <v>815</v>
+        <v>549</v>
       </c>
       <c r="H218" t="s">
-        <v>67</v>
+        <v>29</v>
       </c>
       <c r="I218" s="1" t="s">
-        <v>816</v>
+        <v>745</v>
       </c>
     </row>
     <row r="219" spans="1:9">
       <c r="A219">
-        <v>589</v>
+        <v>658</v>
       </c>
       <c r="B219" t="s">
-        <v>817</v>
+        <v>100</v>
       </c>
       <c r="C219" t="s">
-        <v>818</v>
+        <v>101</v>
       </c>
       <c r="D219" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="E219" t="s">
-        <v>12</v>
+        <v>746</v>
       </c>
       <c r="F219" t="s">
-        <v>801</v>
+        <v>747</v>
       </c>
       <c r="G219" t="s">
-        <v>802</v>
+        <v>748</v>
       </c>
       <c r="H219" t="s">
-        <v>67</v>
+        <v>29</v>
       </c>
       <c r="I219" s="1" t="s">
-        <v>819</v>
+        <v>749</v>
       </c>
     </row>
     <row r="220" spans="1:9">
       <c r="A220">
-        <v>588</v>
+        <v>657</v>
       </c>
       <c r="B220" t="s">
-        <v>820</v>
+        <v>357</v>
       </c>
       <c r="C220" t="s">
-        <v>821</v>
+        <v>358</v>
       </c>
       <c r="D220" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="E220" t="s">
-        <v>495</v>
+        <v>12</v>
       </c>
       <c r="F220" t="s">
-        <v>822</v>
+        <v>750</v>
       </c>
       <c r="G220" t="s">
-        <v>823</v>
+        <v>589</v>
       </c>
       <c r="H220" t="s">
-        <v>28</v>
+        <v>81</v>
       </c>
       <c r="I220" s="1" t="s">
-        <v>824</v>
+        <v>751</v>
       </c>
     </row>
     <row r="221" spans="1:9">
       <c r="A221">
-        <v>587</v>
+        <v>655</v>
       </c>
       <c r="B221" t="s">
-        <v>825</v>
+        <v>752</v>
       </c>
       <c r="C221" t="s">
-        <v>826</v>
+        <v>567</v>
       </c>
       <c r="D221" t="s">
-        <v>25</v>
+        <v>11</v>
       </c>
       <c r="E221" t="s">
-        <v>12</v>
+        <v>658</v>
       </c>
       <c r="F221" t="s">
-        <v>801</v>
+        <v>753</v>
       </c>
       <c r="G221" t="s">
-        <v>802</v>
+        <v>754</v>
       </c>
       <c r="H221" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I221" s="1" t="s">
-        <v>827</v>
+        <v>755</v>
       </c>
     </row>
     <row r="222" spans="1:9">
       <c r="A222">
-        <v>586</v>
+        <v>654</v>
       </c>
       <c r="B222" t="s">
-        <v>828</v>
+        <v>194</v>
       </c>
       <c r="C222" t="s">
-        <v>829</v>
+        <v>195</v>
       </c>
       <c r="D222" t="s">
         <v>11</v>
       </c>
       <c r="E222" t="s">
-        <v>495</v>
+        <v>756</v>
       </c>
       <c r="F222" t="s">
-        <v>830</v>
+        <v>757</v>
       </c>
       <c r="G222" t="s">
-        <v>831</v>
+        <v>351</v>
       </c>
       <c r="H222" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
       <c r="I222" s="1" t="s">
-        <v>832</v>
+        <v>758</v>
       </c>
     </row>
     <row r="223" spans="1:9">
       <c r="A223">
-        <v>585</v>
+        <v>653</v>
       </c>
       <c r="B223" t="s">
-        <v>833</v>
+        <v>759</v>
       </c>
       <c r="C223" t="s">
-        <v>834</v>
+        <v>760</v>
       </c>
       <c r="D223" t="s">
-        <v>11</v>
+        <v>26</v>
       </c>
       <c r="E223" t="s">
-        <v>495</v>
+        <v>658</v>
       </c>
       <c r="F223" t="s">
-        <v>835</v>
+        <v>761</v>
       </c>
       <c r="G223" t="s">
-        <v>836</v>
+        <v>762</v>
       </c>
       <c r="H223" t="s">
-        <v>837</v>
+        <v>81</v>
       </c>
       <c r="I223" s="1" t="s">
-        <v>838</v>
+        <v>763</v>
       </c>
     </row>
     <row r="224" spans="1:9">
       <c r="A224">
-        <v>584</v>
+        <v>652</v>
       </c>
       <c r="B224" t="s">
-        <v>839</v>
+        <v>277</v>
       </c>
       <c r="C224" t="s">
-        <v>736</v>
+        <v>10</v>
       </c>
       <c r="D224" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>495</v>
+        <v>26</v>
       </c>
       <c r="F224" t="s">
-        <v>840</v>
+        <v>178</v>
       </c>
       <c r="G224" t="s">
-        <v>841</v>
+        <v>764</v>
       </c>
       <c r="H224" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="I224" s="1" t="s">
-        <v>842</v>
+        <v>765</v>
       </c>
     </row>
     <row r="225" spans="1:9">
       <c r="A225">
-        <v>583</v>
+        <v>651</v>
       </c>
       <c r="B225" t="s">
-        <v>843</v>
+        <v>177</v>
       </c>
       <c r="C225" t="s">
-        <v>834</v>
+        <v>128</v>
       </c>
       <c r="D225" t="s">
-        <v>25</v>
+        <v>11</v>
       </c>
       <c r="E225" t="s">
         <v>12</v>
       </c>
       <c r="F225" t="s">
-        <v>844</v>
+        <v>766</v>
       </c>
       <c r="G225" t="s">
-        <v>845</v>
+        <v>589</v>
       </c>
       <c r="H225" t="s">
-        <v>67</v>
+        <v>29</v>
       </c>
       <c r="I225" s="1" t="s">
-        <v>846</v>
+        <v>767</v>
       </c>
     </row>
     <row r="226" spans="1:9">
       <c r="A226">
-        <v>582</v>
+        <v>650</v>
       </c>
       <c r="B226" t="s">
-        <v>847</v>
+        <v>768</v>
       </c>
       <c r="C226" t="s">
-        <v>790</v>
+        <v>769</v>
       </c>
       <c r="D226" t="s">
-        <v>11</v>
+        <v>47</v>
       </c>
       <c r="E226" t="s">
-        <v>848</v>
+        <v>770</v>
       </c>
       <c r="F226" t="s">
-        <v>849</v>
+        <v>771</v>
       </c>
       <c r="G226" t="s">
-        <v>724</v>
+        <v>772</v>
       </c>
       <c r="H226" t="s">
-        <v>28</v>
+        <v>15</v>
       </c>
       <c r="I226" s="1" t="s">
-        <v>850</v>
+        <v>773</v>
       </c>
     </row>
     <row r="227" spans="1:9">
       <c r="A227">
-        <v>581</v>
+        <v>649</v>
       </c>
       <c r="B227" t="s">
-        <v>851</v>
+        <v>768</v>
       </c>
       <c r="C227" t="s">
-        <v>696</v>
+        <v>769</v>
       </c>
       <c r="D227" t="s">
-        <v>19</v>
+        <v>47</v>
       </c>
       <c r="E227" t="s">
-        <v>495</v>
+        <v>770</v>
       </c>
       <c r="F227" t="s">
-        <v>852</v>
+        <v>771</v>
       </c>
       <c r="G227" t="s">
-        <v>853</v>
+        <v>525</v>
       </c>
       <c r="H227" t="s">
-        <v>28</v>
+        <v>15</v>
       </c>
       <c r="I227" s="1" t="s">
-        <v>854</v>
+        <v>774</v>
       </c>
     </row>
     <row r="228" spans="1:9">
       <c r="A228">
-        <v>580</v>
+        <v>648</v>
       </c>
       <c r="B228" t="s">
-        <v>855</v>
+        <v>214</v>
       </c>
       <c r="C228" t="s">
-        <v>756</v>
+        <v>215</v>
       </c>
       <c r="D228" t="s">
-        <v>25</v>
+        <v>11</v>
       </c>
       <c r="E228" t="s">
-        <v>856</v>
+        <v>658</v>
       </c>
       <c r="F228" t="s">
-        <v>857</v>
+        <v>775</v>
       </c>
       <c r="G228" t="s">
-        <v>858</v>
+        <v>776</v>
       </c>
       <c r="H228" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I228" s="1" t="s">
-        <v>859</v>
+        <v>777</v>
       </c>
     </row>
     <row r="229" spans="1:9">
       <c r="A229">
-        <v>579</v>
+        <v>647</v>
       </c>
       <c r="B229" t="s">
-        <v>860</v>
+        <v>778</v>
       </c>
       <c r="C229" t="s">
-        <v>861</v>
+        <v>779</v>
       </c>
       <c r="D229" t="s">
-        <v>25</v>
+        <v>11</v>
       </c>
       <c r="E229" t="s">
-        <v>12</v>
+        <v>658</v>
       </c>
       <c r="F229" t="s">
-        <v>862</v>
+        <v>780</v>
       </c>
       <c r="G229" t="s">
-        <v>863</v>
+        <v>781</v>
       </c>
       <c r="H229" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I229" s="1" t="s">
-        <v>864</v>
+        <v>782</v>
       </c>
     </row>
     <row r="230" spans="1:9">
       <c r="A230">
-        <v>578</v>
+        <v>646</v>
       </c>
       <c r="B230" t="s">
-        <v>865</v>
+        <v>194</v>
       </c>
       <c r="C230" t="s">
-        <v>866</v>
+        <v>195</v>
       </c>
       <c r="D230" t="s">
-        <v>25</v>
+        <v>11</v>
       </c>
       <c r="E230" t="s">
-        <v>12</v>
+        <v>783</v>
       </c>
       <c r="F230" t="s">
-        <v>867</v>
+        <v>728</v>
       </c>
       <c r="G230" t="s">
-        <v>868</v>
+        <v>729</v>
       </c>
       <c r="H230" t="s">
-        <v>67</v>
+        <v>15</v>
       </c>
       <c r="I230" s="1" t="s">
-        <v>869</v>
+        <v>730</v>
       </c>
     </row>
     <row r="231" spans="1:9">
       <c r="A231">
-        <v>577</v>
+        <v>645</v>
       </c>
       <c r="B231" t="s">
-        <v>843</v>
+        <v>127</v>
       </c>
       <c r="C231" t="s">
-        <v>834</v>
+        <v>128</v>
       </c>
       <c r="D231" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="E231" t="s">
-        <v>12</v>
+        <v>784</v>
       </c>
       <c r="F231" t="s">
-        <v>844</v>
+        <v>785</v>
       </c>
       <c r="G231" t="s">
-        <v>845</v>
+        <v>355</v>
       </c>
       <c r="H231" t="s">
-        <v>67</v>
+        <v>15</v>
       </c>
       <c r="I231" s="1" t="s">
-        <v>870</v>
+        <v>786</v>
       </c>
     </row>
     <row r="232" spans="1:9">
       <c r="A232">
-        <v>576</v>
+        <v>644</v>
       </c>
       <c r="B232" t="s">
-        <v>871</v>
+        <v>787</v>
       </c>
       <c r="C232" t="s">
-        <v>872</v>
+        <v>195</v>
       </c>
       <c r="D232" t="s">
-        <v>11</v>
+        <v>47</v>
       </c>
       <c r="E232" t="s">
-        <v>495</v>
+        <v>668</v>
       </c>
       <c r="F232" t="s">
-        <v>873</v>
+        <v>788</v>
       </c>
       <c r="G232" t="s">
-        <v>874</v>
+        <v>789</v>
       </c>
       <c r="H232" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="I232" s="1" t="s">
-        <v>875</v>
+        <v>790</v>
       </c>
     </row>
     <row r="233" spans="1:9">
       <c r="A233">
-        <v>575</v>
+        <v>643</v>
       </c>
       <c r="B233" t="s">
-        <v>876</v>
+        <v>206</v>
       </c>
       <c r="C233" t="s">
-        <v>813</v>
+        <v>10</v>
       </c>
       <c r="D233" t="s">
         <v>19</v>
       </c>
       <c r="E233" t="s">
-        <v>495</v>
+        <v>791</v>
       </c>
       <c r="F233" t="s">
-        <v>877</v>
+        <v>792</v>
       </c>
       <c r="G233" t="s">
-        <v>878</v>
+        <v>793</v>
       </c>
       <c r="H233" t="s">
-        <v>28</v>
+        <v>15</v>
       </c>
       <c r="I233" s="1" t="s">
-        <v>879</v>
+        <v>794</v>
       </c>
     </row>
     <row r="234" spans="1:9">
       <c r="A234">
-        <v>574</v>
+        <v>642</v>
       </c>
       <c r="B234" t="s">
-        <v>880</v>
+        <v>314</v>
       </c>
       <c r="C234" t="s">
-        <v>714</v>
+        <v>215</v>
       </c>
       <c r="D234" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="E234" t="s">
-        <v>881</v>
+        <v>658</v>
       </c>
       <c r="F234" t="s">
-        <v>882</v>
+        <v>795</v>
       </c>
       <c r="G234" t="s">
-        <v>883</v>
+        <v>604</v>
       </c>
       <c r="H234" t="s">
-        <v>67</v>
+        <v>29</v>
       </c>
       <c r="I234" s="1" t="s">
-        <v>884</v>
+        <v>796</v>
       </c>
     </row>
     <row r="235" spans="1:9">
       <c r="A235">
-        <v>573</v>
+        <v>641</v>
       </c>
       <c r="B235" t="s">
-        <v>885</v>
+        <v>88</v>
       </c>
       <c r="C235" t="s">
-        <v>886</v>
+        <v>89</v>
       </c>
       <c r="D235" t="s">
         <v>11</v>
       </c>
       <c r="E235" t="s">
-        <v>495</v>
+        <v>658</v>
       </c>
       <c r="F235" t="s">
-        <v>887</v>
+        <v>797</v>
       </c>
       <c r="G235" t="s">
-        <v>858</v>
+        <v>798</v>
       </c>
       <c r="H235" t="s">
-        <v>28</v>
+        <v>81</v>
       </c>
       <c r="I235" s="1" t="s">
-        <v>888</v>
+        <v>799</v>
       </c>
     </row>
     <row r="236" spans="1:9">
       <c r="A236">
-        <v>572</v>
+        <v>640</v>
       </c>
       <c r="B236" t="s">
-        <v>889</v>
+        <v>800</v>
       </c>
       <c r="C236" t="s">
-        <v>890</v>
+        <v>801</v>
       </c>
       <c r="D236" t="s">
-        <v>11</v>
+        <v>26</v>
       </c>
       <c r="E236" t="s">
-        <v>495</v>
+        <v>802</v>
       </c>
       <c r="F236" t="s">
-        <v>891</v>
+        <v>803</v>
       </c>
       <c r="G236" t="s">
-        <v>868</v>
+        <v>804</v>
       </c>
       <c r="H236" t="s">
-        <v>28</v>
+        <v>15</v>
       </c>
       <c r="I236" s="1" t="s">
-        <v>892</v>
+        <v>805</v>
       </c>
     </row>
     <row r="237" spans="1:9">
       <c r="A237">
-        <v>571</v>
+        <v>638</v>
       </c>
       <c r="B237" t="s">
-        <v>893</v>
+        <v>379</v>
       </c>
       <c r="C237" t="s">
-        <v>894</v>
+        <v>358</v>
       </c>
       <c r="D237" t="s">
         <v>11</v>
       </c>
       <c r="E237" t="s">
-        <v>495</v>
+        <v>802</v>
       </c>
       <c r="F237" t="s">
-        <v>895</v>
+        <v>806</v>
       </c>
       <c r="G237" t="s">
-        <v>868</v>
+        <v>776</v>
       </c>
       <c r="H237" t="s">
-        <v>28</v>
+        <v>15</v>
       </c>
       <c r="I237" s="1" t="s">
-        <v>896</v>
+        <v>807</v>
       </c>
     </row>
     <row r="238" spans="1:9">
       <c r="A238">
-        <v>570</v>
+        <v>637</v>
       </c>
       <c r="B238" t="s">
-        <v>897</v>
+        <v>353</v>
       </c>
       <c r="C238" t="s">
-        <v>898</v>
+        <v>128</v>
       </c>
       <c r="D238" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="E238" t="s">
-        <v>495</v>
+        <v>802</v>
       </c>
       <c r="F238" t="s">
-        <v>899</v>
+        <v>808</v>
       </c>
       <c r="G238" t="s">
-        <v>868</v>
+        <v>809</v>
       </c>
       <c r="H238" t="s">
-        <v>15</v>
+        <v>81</v>
       </c>
       <c r="I238" s="1" t="s">
-        <v>900</v>
+        <v>356</v>
       </c>
     </row>
     <row r="239" spans="1:9">
       <c r="A239">
-        <v>569</v>
+        <v>636</v>
       </c>
       <c r="B239" t="s">
-        <v>901</v>
+        <v>810</v>
       </c>
       <c r="C239" t="s">
-        <v>902</v>
+        <v>215</v>
       </c>
       <c r="D239" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="E239" t="s">
-        <v>495</v>
+        <v>658</v>
       </c>
       <c r="F239" t="s">
-        <v>903</v>
+        <v>811</v>
       </c>
       <c r="G239" t="s">
-        <v>904</v>
+        <v>798</v>
       </c>
       <c r="H239" t="s">
-        <v>15</v>
+        <v>81</v>
       </c>
       <c r="I239" s="1" t="s">
-        <v>905</v>
+        <v>812</v>
       </c>
     </row>
     <row r="240" spans="1:9">
       <c r="A240">
-        <v>568</v>
+        <v>635</v>
       </c>
       <c r="B240" t="s">
-        <v>906</v>
+        <v>96</v>
       </c>
       <c r="C240" t="s">
-        <v>907</v>
+        <v>97</v>
       </c>
       <c r="D240" t="s">
         <v>11</v>
       </c>
       <c r="E240" t="s">
-        <v>495</v>
+        <v>658</v>
       </c>
       <c r="F240" t="s">
-        <v>908</v>
+        <v>813</v>
       </c>
       <c r="G240" t="s">
-        <v>909</v>
+        <v>798</v>
       </c>
       <c r="H240" t="s">
-        <v>28</v>
+        <v>81</v>
       </c>
       <c r="I240" s="1" t="s">
-        <v>910</v>
+        <v>814</v>
       </c>
     </row>
     <row r="241" spans="1:9">
       <c r="A241">
-        <v>567</v>
+        <v>634</v>
       </c>
       <c r="B241" t="s">
-        <v>607</v>
+        <v>598</v>
       </c>
       <c r="C241" t="s">
-        <v>608</v>
+        <v>599</v>
       </c>
       <c r="D241" t="s">
-        <v>11</v>
+        <v>26</v>
       </c>
       <c r="E241" t="s">
-        <v>911</v>
+        <v>12</v>
       </c>
       <c r="F241" t="s">
-        <v>912</v>
+        <v>469</v>
       </c>
       <c r="G241" t="s">
-        <v>913</v>
+        <v>798</v>
       </c>
       <c r="H241" t="s">
-        <v>28</v>
+        <v>81</v>
       </c>
       <c r="I241" s="1" t="s">
-        <v>914</v>
+        <v>815</v>
       </c>
     </row>
     <row r="242" spans="1:9">
       <c r="A242">
-        <v>566</v>
+        <v>633</v>
       </c>
       <c r="B242" t="s">
-        <v>915</v>
+        <v>816</v>
       </c>
       <c r="C242" t="s">
-        <v>916</v>
+        <v>10</v>
       </c>
       <c r="D242" t="s">
-        <v>11</v>
+        <v>62</v>
       </c>
       <c r="E242" t="s">
-        <v>911</v>
+        <v>668</v>
       </c>
       <c r="F242" t="s">
-        <v>917</v>
+        <v>817</v>
       </c>
       <c r="G242" t="s">
-        <v>904</v>
+        <v>525</v>
       </c>
       <c r="H242" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="I242" s="1" t="s">
-        <v>918</v>
+        <v>818</v>
       </c>
     </row>
     <row r="243" spans="1:9">
       <c r="A243">
-        <v>565</v>
+        <v>632</v>
       </c>
       <c r="B243" t="s">
-        <v>919</v>
+        <v>819</v>
       </c>
       <c r="C243" t="s">
-        <v>920</v>
+        <v>97</v>
       </c>
       <c r="D243" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="E243" t="s">
-        <v>485</v>
+        <v>668</v>
       </c>
       <c r="F243" t="s">
-        <v>921</v>
+        <v>817</v>
       </c>
       <c r="G243" t="s">
-        <v>922</v>
+        <v>351</v>
       </c>
       <c r="H243" t="s">
-        <v>67</v>
+        <v>29</v>
       </c>
       <c r="I243" s="1" t="s">
-        <v>923</v>
+        <v>820</v>
       </c>
     </row>
     <row r="244" spans="1:9">
       <c r="A244">
-        <v>564</v>
+        <v>631</v>
       </c>
       <c r="B244" t="s">
-        <v>924</v>
+        <v>821</v>
       </c>
       <c r="C244" t="s">
-        <v>800</v>
+        <v>195</v>
       </c>
       <c r="D244" t="s">
-        <v>32</v>
+        <v>62</v>
       </c>
       <c r="E244" t="s">
-        <v>32</v>
+        <v>668</v>
       </c>
       <c r="F244" t="s">
-        <v>925</v>
+        <v>817</v>
       </c>
       <c r="G244" t="s">
-        <v>926</v>
+        <v>351</v>
       </c>
       <c r="H244" t="s">
-        <v>250</v>
+        <v>29</v>
       </c>
       <c r="I244" s="1" t="s">
-        <v>927</v>
+        <v>820</v>
       </c>
     </row>
     <row r="245" spans="1:9">
       <c r="A245">
-        <v>563</v>
+        <v>630</v>
       </c>
       <c r="B245" t="s">
-        <v>240</v>
+        <v>822</v>
       </c>
       <c r="C245" t="s">
-        <v>241</v>
+        <v>358</v>
       </c>
       <c r="D245" t="s">
-        <v>19</v>
+        <v>497</v>
       </c>
       <c r="E245" t="s">
-        <v>928</v>
+        <v>668</v>
       </c>
       <c r="F245" t="s">
-        <v>929</v>
+        <v>823</v>
       </c>
       <c r="G245" t="s">
-        <v>930</v>
+        <v>520</v>
       </c>
       <c r="H245" t="s">
-        <v>28</v>
+        <v>15</v>
       </c>
       <c r="I245" s="1" t="s">
-        <v>931</v>
+        <v>703</v>
       </c>
     </row>
     <row r="246" spans="1:9">
       <c r="A246">
-        <v>562</v>
+        <v>629</v>
       </c>
       <c r="B246" t="s">
-        <v>932</v>
+        <v>96</v>
       </c>
       <c r="C246" t="s">
-        <v>727</v>
+        <v>97</v>
       </c>
       <c r="D246" t="s">
         <v>11</v>
       </c>
       <c r="E246" t="s">
-        <v>485</v>
+        <v>11</v>
       </c>
       <c r="F246" t="s">
-        <v>933</v>
+        <v>824</v>
       </c>
       <c r="G246" t="s">
-        <v>934</v>
+        <v>363</v>
       </c>
       <c r="H246" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="I246" s="1" t="s">
-        <v>935</v>
+        <v>825</v>
       </c>
     </row>
     <row r="247" spans="1:9">
       <c r="A247">
-        <v>561</v>
+        <v>627</v>
       </c>
       <c r="B247" t="s">
-        <v>936</v>
+        <v>9</v>
       </c>
       <c r="C247" t="s">
-        <v>809</v>
+        <v>10</v>
       </c>
       <c r="D247" t="s">
-        <v>59</v>
+        <v>11</v>
       </c>
       <c r="E247" t="s">
-        <v>485</v>
+        <v>658</v>
       </c>
       <c r="F247" t="s">
-        <v>937</v>
+        <v>797</v>
       </c>
       <c r="G247" t="s">
-        <v>938</v>
+        <v>826</v>
       </c>
       <c r="H247" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I247" s="1" t="s">
-        <v>939</v>
+        <v>827</v>
       </c>
     </row>
     <row r="248" spans="1:9">
       <c r="A248">
-        <v>559</v>
+        <v>626</v>
       </c>
       <c r="B248" t="s">
-        <v>940</v>
+        <v>821</v>
       </c>
       <c r="C248" t="s">
-        <v>941</v>
+        <v>195</v>
       </c>
       <c r="D248" t="s">
-        <v>11</v>
+        <v>62</v>
       </c>
       <c r="E248" t="s">
-        <v>485</v>
+        <v>668</v>
       </c>
       <c r="F248" t="s">
-        <v>942</v>
+        <v>817</v>
       </c>
       <c r="G248" t="s">
-        <v>943</v>
+        <v>351</v>
       </c>
       <c r="H248" t="s">
-        <v>837</v>
+        <v>15</v>
       </c>
       <c r="I248" s="1" t="s">
-        <v>944</v>
+        <v>820</v>
       </c>
     </row>
     <row r="249" spans="1:9">
       <c r="A249">
-        <v>558</v>
+        <v>625</v>
       </c>
       <c r="B249" t="s">
-        <v>945</v>
+        <v>652</v>
       </c>
       <c r="C249" t="s">
-        <v>946</v>
+        <v>97</v>
       </c>
       <c r="D249" t="s">
         <v>19</v>
       </c>
       <c r="E249" t="s">
-        <v>485</v>
+        <v>791</v>
       </c>
       <c r="F249" t="s">
-        <v>877</v>
+        <v>828</v>
       </c>
       <c r="G249" t="s">
-        <v>878</v>
+        <v>729</v>
       </c>
       <c r="H249" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
       <c r="I249" s="1" t="s">
-        <v>879</v>
+        <v>829</v>
       </c>
     </row>
     <row r="250" spans="1:9">
       <c r="A250">
-        <v>557</v>
+        <v>624</v>
       </c>
       <c r="B250" t="s">
-        <v>947</v>
+        <v>240</v>
       </c>
       <c r="C250" t="s">
-        <v>948</v>
+        <v>195</v>
       </c>
       <c r="D250" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="E250" t="s">
-        <v>485</v>
+        <v>791</v>
       </c>
       <c r="F250" t="s">
-        <v>949</v>
+        <v>830</v>
       </c>
       <c r="G250" t="s">
-        <v>950</v>
+        <v>729</v>
       </c>
       <c r="H250" t="s">
-        <v>837</v>
+        <v>29</v>
       </c>
       <c r="I250" s="1" t="s">
-        <v>951</v>
+        <v>831</v>
       </c>
     </row>
     <row r="251" spans="1:9">
       <c r="A251">
-        <v>556</v>
+        <v>622</v>
       </c>
       <c r="B251" t="s">
-        <v>952</v>
+        <v>466</v>
       </c>
       <c r="C251" t="s">
-        <v>953</v>
+        <v>101</v>
       </c>
       <c r="D251" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="E251" t="s">
-        <v>485</v>
+        <v>668</v>
       </c>
       <c r="F251" t="s">
-        <v>954</v>
+        <v>832</v>
       </c>
       <c r="G251" t="s">
-        <v>955</v>
+        <v>833</v>
       </c>
       <c r="H251" t="s">
-        <v>837</v>
+        <v>460</v>
       </c>
       <c r="I251" s="1" t="s">
-        <v>956</v>
+        <v>834</v>
       </c>
     </row>
     <row r="252" spans="1:9">
       <c r="A252">
-        <v>555</v>
+        <v>621</v>
       </c>
       <c r="B252" t="s">
-        <v>957</v>
+        <v>206</v>
       </c>
       <c r="C252" t="s">
-        <v>813</v>
+        <v>10</v>
       </c>
       <c r="D252" t="s">
-        <v>958</v>
+        <v>19</v>
       </c>
       <c r="E252" t="s">
-        <v>959</v>
+        <v>668</v>
       </c>
       <c r="F252" t="s">
-        <v>959</v>
+        <v>835</v>
       </c>
       <c r="G252" t="s">
-        <v>960</v>
+        <v>836</v>
       </c>
       <c r="H252" t="s">
+        <v>460</v>
+      </c>
+      <c r="I252" s="1" t="s">
         <v>837</v>
-      </c>
-[...1 lines deleted...]
-        <v>961</v>
       </c>
     </row>
     <row r="253" spans="1:9">
       <c r="A253">
-        <v>554</v>
+        <v>620</v>
       </c>
       <c r="B253" t="s">
-        <v>962</v>
+        <v>652</v>
       </c>
       <c r="C253" t="s">
-        <v>963</v>
+        <v>97</v>
       </c>
       <c r="D253" t="s">
-        <v>958</v>
+        <v>19</v>
       </c>
       <c r="E253" t="s">
-        <v>964</v>
+        <v>668</v>
       </c>
       <c r="F253" t="s">
-        <v>964</v>
+        <v>838</v>
       </c>
       <c r="G253" t="s">
-        <v>965</v>
+        <v>839</v>
       </c>
       <c r="H253" t="s">
-        <v>837</v>
+        <v>460</v>
       </c>
       <c r="I253" s="1" t="s">
-        <v>961</v>
+        <v>840</v>
       </c>
     </row>
     <row r="254" spans="1:9">
       <c r="A254">
-        <v>553</v>
+        <v>619</v>
       </c>
       <c r="B254" t="s">
-        <v>966</v>
+        <v>240</v>
       </c>
       <c r="C254" t="s">
-        <v>967</v>
+        <v>195</v>
       </c>
       <c r="D254" t="s">
-        <v>958</v>
+        <v>19</v>
       </c>
       <c r="E254" t="s">
-        <v>968</v>
+        <v>668</v>
       </c>
       <c r="F254" t="s">
-        <v>968</v>
+        <v>841</v>
       </c>
       <c r="G254" t="s">
-        <v>965</v>
+        <v>842</v>
       </c>
       <c r="H254" t="s">
-        <v>837</v>
+        <v>460</v>
       </c>
       <c r="I254" s="1" t="s">
-        <v>961</v>
+        <v>65</v>
       </c>
     </row>
     <row r="255" spans="1:9">
       <c r="A255">
-        <v>552</v>
+        <v>617</v>
       </c>
       <c r="B255" t="s">
-        <v>969</v>
+        <v>123</v>
       </c>
       <c r="C255" t="s">
-        <v>970</v>
+        <v>32</v>
       </c>
       <c r="D255" t="s">
-        <v>958</v>
+        <v>19</v>
       </c>
       <c r="E255" t="s">
-        <v>971</v>
+        <v>668</v>
       </c>
       <c r="F255" t="s">
-        <v>971</v>
+        <v>843</v>
       </c>
       <c r="G255" t="s">
-        <v>965</v>
+        <v>844</v>
       </c>
       <c r="H255" t="s">
-        <v>837</v>
+        <v>460</v>
       </c>
       <c r="I255" s="1" t="s">
-        <v>961</v>
+        <v>845</v>
       </c>
     </row>
     <row r="256" spans="1:9">
       <c r="A256">
-        <v>551</v>
+        <v>616</v>
       </c>
       <c r="B256" t="s">
-        <v>957</v>
+        <v>76</v>
       </c>
       <c r="C256" t="s">
-        <v>813</v>
+        <v>77</v>
       </c>
       <c r="D256" t="s">
-        <v>958</v>
+        <v>19</v>
       </c>
       <c r="E256" t="s">
-        <v>972</v>
+        <v>668</v>
       </c>
       <c r="F256" t="s">
-        <v>972</v>
+        <v>846</v>
       </c>
       <c r="G256" t="s">
-        <v>960</v>
+        <v>847</v>
       </c>
       <c r="H256" t="s">
-        <v>973</v>
+        <v>29</v>
       </c>
       <c r="I256" s="1" t="s">
-        <v>961</v>
+        <v>82</v>
       </c>
     </row>
     <row r="257" spans="1:9">
       <c r="A257">
-        <v>550</v>
+        <v>615</v>
       </c>
       <c r="B257" t="s">
-        <v>962</v>
+        <v>848</v>
       </c>
       <c r="C257" t="s">
-        <v>963</v>
+        <v>849</v>
       </c>
       <c r="D257" t="s">
-        <v>958</v>
+        <v>47</v>
       </c>
       <c r="E257" t="s">
-        <v>974</v>
+        <v>668</v>
       </c>
       <c r="F257" t="s">
-        <v>974</v>
+        <v>850</v>
       </c>
       <c r="G257" t="s">
-        <v>965</v>
+        <v>847</v>
       </c>
       <c r="H257" t="s">
-        <v>973</v>
+        <v>15</v>
       </c>
       <c r="I257" s="1" t="s">
-        <v>961</v>
+        <v>223</v>
       </c>
     </row>
     <row r="258" spans="1:9">
       <c r="A258">
-        <v>549</v>
+        <v>614</v>
       </c>
       <c r="B258" t="s">
-        <v>966</v>
+        <v>851</v>
       </c>
       <c r="C258" t="s">
-        <v>967</v>
+        <v>852</v>
       </c>
       <c r="D258" t="s">
-        <v>958</v>
+        <v>47</v>
       </c>
       <c r="E258" t="s">
-        <v>975</v>
+        <v>668</v>
       </c>
       <c r="F258" t="s">
-        <v>975</v>
+        <v>853</v>
       </c>
       <c r="G258" t="s">
-        <v>965</v>
+        <v>854</v>
       </c>
       <c r="H258" t="s">
-        <v>973</v>
+        <v>15</v>
       </c>
       <c r="I258" s="1" t="s">
-        <v>961</v>
+        <v>855</v>
       </c>
     </row>
     <row r="259" spans="1:9">
       <c r="A259">
-        <v>548</v>
+        <v>613</v>
       </c>
       <c r="B259" t="s">
-        <v>969</v>
+        <v>856</v>
       </c>
       <c r="C259" t="s">
-        <v>970</v>
+        <v>857</v>
       </c>
       <c r="D259" t="s">
-        <v>958</v>
+        <v>19</v>
       </c>
       <c r="E259" t="s">
-        <v>976</v>
+        <v>19</v>
       </c>
       <c r="F259" t="s">
-        <v>976</v>
+        <v>858</v>
       </c>
       <c r="G259" t="s">
-        <v>965</v>
+        <v>859</v>
       </c>
       <c r="H259" t="s">
-        <v>973</v>
+        <v>81</v>
       </c>
       <c r="I259" s="1" t="s">
-        <v>961</v>
+        <v>860</v>
       </c>
     </row>
     <row r="260" spans="1:9">
       <c r="A260">
-        <v>547</v>
+        <v>612</v>
       </c>
       <c r="B260" t="s">
-        <v>977</v>
+        <v>861</v>
       </c>
       <c r="C260" t="s">
-        <v>978</v>
+        <v>862</v>
       </c>
       <c r="D260" t="s">
-        <v>11</v>
+        <v>26</v>
       </c>
       <c r="E260" t="s">
-        <v>485</v>
+        <v>12</v>
       </c>
       <c r="F260" t="s">
-        <v>979</v>
+        <v>863</v>
       </c>
       <c r="G260" t="s">
-        <v>980</v>
+        <v>859</v>
       </c>
       <c r="H260" t="s">
-        <v>28</v>
+        <v>81</v>
       </c>
       <c r="I260" s="1" t="s">
-        <v>981</v>
+        <v>864</v>
       </c>
     </row>
     <row r="261" spans="1:9">
       <c r="A261">
-        <v>546</v>
+        <v>611</v>
       </c>
       <c r="B261" t="s">
-        <v>982</v>
+        <v>865</v>
       </c>
       <c r="C261" t="s">
-        <v>983</v>
+        <v>454</v>
       </c>
       <c r="D261" t="s">
-        <v>11</v>
+        <v>26</v>
       </c>
       <c r="E261" t="s">
         <v>12</v>
       </c>
       <c r="F261" t="s">
-        <v>984</v>
+        <v>866</v>
       </c>
       <c r="G261" t="s">
-        <v>985</v>
+        <v>867</v>
       </c>
       <c r="H261" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I261" s="1" t="s">
-        <v>986</v>
+        <v>868</v>
       </c>
     </row>
     <row r="262" spans="1:9">
       <c r="A262">
-        <v>545</v>
+        <v>610</v>
       </c>
       <c r="B262" t="s">
-        <v>987</v>
+        <v>869</v>
       </c>
       <c r="C262" t="s">
-        <v>70</v>
+        <v>870</v>
       </c>
       <c r="D262" t="s">
-        <v>59</v>
+        <v>11</v>
       </c>
       <c r="E262" t="s">
-        <v>988</v>
+        <v>658</v>
       </c>
       <c r="F262" t="s">
-        <v>989</v>
+        <v>871</v>
       </c>
       <c r="G262" t="s">
-        <v>990</v>
+        <v>872</v>
       </c>
       <c r="H262" t="s">
-        <v>15</v>
+        <v>81</v>
       </c>
       <c r="I262" s="1" t="s">
-        <v>991</v>
+        <v>873</v>
       </c>
     </row>
     <row r="263" spans="1:9">
       <c r="A263">
-        <v>544</v>
+        <v>609</v>
       </c>
       <c r="B263" t="s">
-        <v>992</v>
+        <v>874</v>
       </c>
       <c r="C263" t="s">
-        <v>722</v>
+        <v>875</v>
       </c>
       <c r="D263" t="s">
         <v>11</v>
       </c>
       <c r="E263" t="s">
-        <v>485</v>
+        <v>658</v>
       </c>
       <c r="F263" t="s">
-        <v>993</v>
+        <v>876</v>
       </c>
       <c r="G263" t="s">
-        <v>994</v>
+        <v>872</v>
       </c>
       <c r="H263" t="s">
-        <v>28</v>
+        <v>81</v>
       </c>
       <c r="I263" s="1" t="s">
-        <v>995</v>
+        <v>877</v>
       </c>
     </row>
     <row r="264" spans="1:9">
       <c r="A264">
-        <v>539</v>
+        <v>608</v>
       </c>
       <c r="B264" t="s">
-        <v>996</v>
+        <v>878</v>
       </c>
       <c r="C264" t="s">
-        <v>70</v>
+        <v>879</v>
       </c>
       <c r="D264" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="E264" t="s">
-        <v>12</v>
+        <v>668</v>
       </c>
       <c r="F264" t="s">
-        <v>997</v>
+        <v>880</v>
       </c>
       <c r="G264" t="s">
-        <v>998</v>
+        <v>881</v>
       </c>
       <c r="H264" t="s">
-        <v>67</v>
+        <v>15</v>
       </c>
       <c r="I264" s="1" t="s">
-        <v>999</v>
+        <v>882</v>
       </c>
     </row>
     <row r="265" spans="1:9">
       <c r="A265">
-        <v>538</v>
+        <v>607</v>
       </c>
       <c r="B265" t="s">
-        <v>1000</v>
+        <v>883</v>
       </c>
       <c r="C265" t="s">
-        <v>70</v>
+        <v>884</v>
       </c>
       <c r="D265" t="s">
-        <v>32</v>
+        <v>11</v>
       </c>
       <c r="E265" t="s">
-        <v>12</v>
+        <v>885</v>
       </c>
       <c r="F265" t="s">
-        <v>1001</v>
+        <v>886</v>
       </c>
       <c r="G265" t="s">
-        <v>1002</v>
+        <v>887</v>
       </c>
       <c r="H265" t="s">
-        <v>67</v>
+        <v>29</v>
       </c>
       <c r="I265" s="1" t="s">
-        <v>1003</v>
+        <v>888</v>
       </c>
     </row>
     <row r="266" spans="1:9">
       <c r="A266">
-        <v>536</v>
+        <v>606</v>
       </c>
       <c r="B266" t="s">
-        <v>1004</v>
+        <v>889</v>
       </c>
       <c r="C266" t="s">
-        <v>866</v>
+        <v>890</v>
       </c>
       <c r="D266" t="s">
-        <v>32</v>
+        <v>47</v>
       </c>
       <c r="E266" t="s">
-        <v>12</v>
+        <v>668</v>
       </c>
       <c r="F266" t="s">
-        <v>1005</v>
+        <v>891</v>
       </c>
       <c r="G266" t="s">
-        <v>1006</v>
+        <v>892</v>
       </c>
       <c r="H266" t="s">
-        <v>67</v>
+        <v>29</v>
       </c>
       <c r="I266" s="1" t="s">
-        <v>1007</v>
+        <v>223</v>
       </c>
     </row>
     <row r="267" spans="1:9">
       <c r="A267">
-        <v>535</v>
+        <v>605</v>
       </c>
       <c r="B267" t="s">
-        <v>1008</v>
+        <v>893</v>
       </c>
       <c r="C267" t="s">
-        <v>70</v>
+        <v>894</v>
       </c>
       <c r="D267" t="s">
-        <v>19</v>
+        <v>47</v>
       </c>
       <c r="E267" t="s">
-        <v>12</v>
+        <v>668</v>
       </c>
       <c r="F267" t="s">
-        <v>1009</v>
+        <v>895</v>
       </c>
       <c r="G267" t="s">
-        <v>1010</v>
+        <v>892</v>
       </c>
       <c r="H267" t="s">
-        <v>67</v>
+        <v>29</v>
       </c>
       <c r="I267" s="1" t="s">
-        <v>1011</v>
+        <v>896</v>
       </c>
     </row>
     <row r="268" spans="1:9">
       <c r="A268">
-        <v>534</v>
+        <v>604</v>
       </c>
       <c r="B268" t="s">
-        <v>1012</v>
+        <v>897</v>
       </c>
       <c r="C268" t="s">
-        <v>1013</v>
+        <v>898</v>
       </c>
       <c r="D268" t="s">
-        <v>11</v>
+        <v>47</v>
       </c>
       <c r="E268" t="s">
-        <v>12</v>
+        <v>668</v>
       </c>
       <c r="F268" t="s">
-        <v>1014</v>
+        <v>899</v>
       </c>
       <c r="G268" t="s">
-        <v>1015</v>
+        <v>900</v>
       </c>
       <c r="H268" t="s">
-        <v>753</v>
+        <v>901</v>
       </c>
       <c r="I268" s="1" t="s">
-        <v>914</v>
+        <v>902</v>
       </c>
     </row>
     <row r="269" spans="1:9">
       <c r="A269">
-        <v>533</v>
+        <v>603</v>
       </c>
       <c r="B269" t="s">
-        <v>1016</v>
+        <v>903</v>
       </c>
       <c r="C269" t="s">
-        <v>1017</v>
+        <v>904</v>
       </c>
       <c r="D269" t="s">
-        <v>11</v>
+        <v>62</v>
       </c>
       <c r="E269" t="s">
-        <v>12</v>
+        <v>668</v>
       </c>
       <c r="F269" t="s">
-        <v>1018</v>
+        <v>905</v>
       </c>
       <c r="G269" t="s">
-        <v>1019</v>
+        <v>906</v>
       </c>
       <c r="H269" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
       <c r="I269" s="1" t="s">
-        <v>1020</v>
+        <v>907</v>
       </c>
     </row>
     <row r="270" spans="1:9">
       <c r="A270">
-        <v>532</v>
+        <v>602</v>
       </c>
       <c r="B270" t="s">
-        <v>1021</v>
+        <v>908</v>
       </c>
       <c r="C270" t="s">
-        <v>1022</v>
+        <v>909</v>
       </c>
       <c r="D270" t="s">
-        <v>11</v>
+        <v>47</v>
       </c>
       <c r="E270" t="s">
-        <v>12</v>
+        <v>668</v>
       </c>
       <c r="F270" t="s">
-        <v>1023</v>
+        <v>910</v>
       </c>
       <c r="G270" t="s">
-        <v>560</v>
+        <v>911</v>
       </c>
       <c r="H270" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="I270" s="1" t="s">
-        <v>1024</v>
+        <v>912</v>
       </c>
     </row>
     <row r="271" spans="1:9">
       <c r="A271">
-        <v>531</v>
+        <v>601</v>
       </c>
       <c r="B271" t="s">
-        <v>1025</v>
+        <v>913</v>
       </c>
       <c r="C271" t="s">
-        <v>866</v>
+        <v>857</v>
       </c>
       <c r="D271" t="s">
-        <v>11</v>
+        <v>62</v>
       </c>
       <c r="E271" t="s">
-        <v>12</v>
+        <v>668</v>
       </c>
       <c r="F271" t="s">
-        <v>1026</v>
+        <v>595</v>
       </c>
       <c r="G271" t="s">
-        <v>560</v>
+        <v>188</v>
       </c>
       <c r="H271" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="I271" s="1" t="s">
-        <v>1027</v>
+        <v>914</v>
       </c>
     </row>
     <row r="272" spans="1:9">
       <c r="A272">
-        <v>530</v>
+        <v>600</v>
       </c>
       <c r="B272" t="s">
-        <v>1028</v>
+        <v>915</v>
       </c>
       <c r="C272" t="s">
-        <v>70</v>
+        <v>916</v>
       </c>
       <c r="D272" t="s">
-        <v>11</v>
+        <v>26</v>
       </c>
       <c r="E272" t="s">
-        <v>12</v>
+        <v>917</v>
       </c>
       <c r="F272" t="s">
-        <v>1029</v>
+        <v>918</v>
       </c>
       <c r="G272" t="s">
-        <v>243</v>
+        <v>919</v>
       </c>
       <c r="H272" t="s">
-        <v>15</v>
+        <v>81</v>
       </c>
       <c r="I272" s="1" t="s">
-        <v>1030</v>
+        <v>920</v>
       </c>
     </row>
     <row r="273" spans="1:9">
       <c r="A273">
-        <v>529</v>
+        <v>599</v>
       </c>
       <c r="B273" t="s">
-        <v>1031</v>
+        <v>921</v>
       </c>
       <c r="C273" t="s">
-        <v>1032</v>
+        <v>922</v>
       </c>
       <c r="D273" t="s">
         <v>11</v>
       </c>
       <c r="E273" t="s">
-        <v>12</v>
+        <v>658</v>
       </c>
       <c r="F273" t="s">
-        <v>1033</v>
+        <v>923</v>
       </c>
       <c r="G273" t="s">
-        <v>243</v>
+        <v>412</v>
       </c>
       <c r="H273" t="s">
-        <v>15</v>
+        <v>81</v>
       </c>
       <c r="I273" s="1" t="s">
-        <v>1034</v>
+        <v>924</v>
       </c>
     </row>
     <row r="274" spans="1:9">
       <c r="A274">
-        <v>528</v>
+        <v>598</v>
       </c>
       <c r="B274" t="s">
-        <v>1035</v>
+        <v>925</v>
       </c>
       <c r="C274" t="s">
-        <v>714</v>
+        <v>926</v>
       </c>
       <c r="D274" t="s">
-        <v>25</v>
+        <v>11</v>
       </c>
       <c r="E274" t="s">
-        <v>12</v>
+        <v>658</v>
       </c>
       <c r="F274" t="s">
-        <v>1036</v>
+        <v>927</v>
       </c>
       <c r="G274" t="s">
-        <v>1037</v>
+        <v>928</v>
       </c>
       <c r="H274" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I274" s="1" t="s">
-        <v>1038</v>
+        <v>929</v>
       </c>
     </row>
     <row r="275" spans="1:9">
       <c r="A275">
-        <v>527</v>
+        <v>597</v>
       </c>
       <c r="B275" t="s">
-        <v>1039</v>
+        <v>930</v>
       </c>
       <c r="C275" t="s">
-        <v>1040</v>
+        <v>931</v>
       </c>
       <c r="D275" t="s">
-        <v>11</v>
+        <v>47</v>
       </c>
       <c r="E275" t="s">
-        <v>12</v>
+        <v>658</v>
       </c>
       <c r="F275" t="s">
-        <v>1041</v>
+        <v>932</v>
       </c>
       <c r="G275" t="s">
-        <v>1042</v>
+        <v>933</v>
       </c>
       <c r="H275" t="s">
-        <v>28</v>
+        <v>81</v>
       </c>
       <c r="I275" s="1" t="s">
-        <v>1043</v>
+        <v>934</v>
       </c>
     </row>
     <row r="276" spans="1:9">
       <c r="A276">
-        <v>526</v>
+        <v>596</v>
       </c>
       <c r="B276" t="s">
-        <v>808</v>
+        <v>935</v>
       </c>
       <c r="C276" t="s">
-        <v>809</v>
+        <v>936</v>
       </c>
       <c r="D276" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="E276" t="s">
         <v>12</v>
       </c>
       <c r="F276" t="s">
-        <v>1044</v>
+        <v>937</v>
       </c>
       <c r="G276" t="s">
-        <v>1045</v>
+        <v>938</v>
       </c>
       <c r="H276" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I276" s="1" t="s">
-        <v>716</v>
+        <v>939</v>
       </c>
     </row>
     <row r="277" spans="1:9">
       <c r="A277">
-        <v>525</v>
+        <v>595</v>
       </c>
       <c r="B277" t="s">
-        <v>1046</v>
+        <v>940</v>
       </c>
       <c r="C277" t="s">
-        <v>1040</v>
+        <v>941</v>
       </c>
       <c r="D277" t="s">
-        <v>296</v>
+        <v>47</v>
       </c>
       <c r="E277" t="s">
-        <v>12</v>
+        <v>668</v>
       </c>
       <c r="F277" t="s">
-        <v>1047</v>
+        <v>942</v>
       </c>
       <c r="G277" t="s">
-        <v>1048</v>
+        <v>943</v>
       </c>
       <c r="H277" t="s">
-        <v>15</v>
+        <v>901</v>
       </c>
       <c r="I277" s="1" t="s">
-        <v>1049</v>
+        <v>944</v>
       </c>
     </row>
     <row r="278" spans="1:9">
       <c r="A278">
-        <v>524</v>
+        <v>594</v>
       </c>
       <c r="B278" t="s">
-        <v>1050</v>
+        <v>945</v>
       </c>
       <c r="C278" t="s">
-        <v>1051</v>
+        <v>946</v>
       </c>
       <c r="D278" t="s">
-        <v>59</v>
+        <v>26</v>
       </c>
       <c r="E278" t="s">
         <v>12</v>
       </c>
       <c r="F278" t="s">
-        <v>1052</v>
+        <v>947</v>
       </c>
       <c r="G278" t="s">
-        <v>1053</v>
+        <v>948</v>
       </c>
       <c r="H278" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I278" s="1" t="s">
-        <v>1054</v>
+        <v>949</v>
       </c>
     </row>
     <row r="279" spans="1:9">
       <c r="A279">
-        <v>523</v>
+        <v>593</v>
       </c>
       <c r="B279" t="s">
-        <v>1055</v>
+        <v>950</v>
       </c>
       <c r="C279" t="s">
-        <v>1040</v>
+        <v>951</v>
       </c>
       <c r="D279" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="E279" t="s">
         <v>12</v>
       </c>
       <c r="F279" t="s">
-        <v>1056</v>
+        <v>952</v>
       </c>
       <c r="G279" t="s">
-        <v>1057</v>
+        <v>872</v>
       </c>
       <c r="H279" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I279" s="1" t="s">
-        <v>1058</v>
+        <v>953</v>
       </c>
     </row>
     <row r="280" spans="1:9">
       <c r="A280">
-        <v>522</v>
+        <v>592</v>
       </c>
       <c r="B280" t="s">
-        <v>1059</v>
+        <v>954</v>
       </c>
       <c r="C280" t="s">
-        <v>1040</v>
+        <v>955</v>
       </c>
       <c r="D280" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="E280" t="s">
         <v>12</v>
       </c>
       <c r="F280" t="s">
-        <v>1060</v>
+        <v>956</v>
       </c>
       <c r="G280" t="s">
-        <v>1061</v>
+        <v>872</v>
       </c>
       <c r="H280" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I280" s="1" t="s">
-        <v>1062</v>
+        <v>957</v>
       </c>
     </row>
     <row r="281" spans="1:9">
       <c r="A281">
-        <v>521</v>
+        <v>591</v>
       </c>
       <c r="B281" t="s">
-        <v>1063</v>
+        <v>958</v>
       </c>
       <c r="C281" t="s">
-        <v>714</v>
+        <v>959</v>
       </c>
       <c r="D281" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="E281" t="s">
         <v>12</v>
       </c>
       <c r="F281" t="s">
-        <v>1064</v>
+        <v>960</v>
       </c>
       <c r="G281" t="s">
-        <v>1065</v>
+        <v>961</v>
       </c>
       <c r="H281" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I281" s="1" t="s">
-        <v>690</v>
+        <v>962</v>
       </c>
     </row>
     <row r="282" spans="1:9">
       <c r="A282">
-        <v>519</v>
+        <v>589</v>
       </c>
       <c r="B282" t="s">
-        <v>1066</v>
+        <v>963</v>
       </c>
       <c r="C282" t="s">
-        <v>1017</v>
+        <v>964</v>
       </c>
       <c r="D282" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="E282" t="s">
         <v>12</v>
       </c>
       <c r="F282" t="s">
-        <v>1067</v>
+        <v>947</v>
       </c>
       <c r="G282" t="s">
-        <v>1065</v>
+        <v>948</v>
       </c>
       <c r="H282" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I282" s="1" t="s">
-        <v>690</v>
+        <v>965</v>
       </c>
     </row>
     <row r="283" spans="1:9">
       <c r="A283">
-        <v>518</v>
+        <v>588</v>
       </c>
       <c r="B283" t="s">
-        <v>1068</v>
+        <v>966</v>
       </c>
       <c r="C283" t="s">
-        <v>1032</v>
+        <v>967</v>
       </c>
       <c r="D283" t="s">
-        <v>32</v>
+        <v>47</v>
       </c>
       <c r="E283" t="s">
-        <v>12</v>
+        <v>668</v>
       </c>
       <c r="F283" t="s">
-        <v>1069</v>
+        <v>968</v>
       </c>
       <c r="G283" t="s">
-        <v>1065</v>
+        <v>969</v>
       </c>
       <c r="H283" t="s">
-        <v>67</v>
+        <v>29</v>
       </c>
       <c r="I283" s="1" t="s">
-        <v>1070</v>
+        <v>970</v>
       </c>
     </row>
     <row r="284" spans="1:9">
       <c r="A284">
-        <v>517</v>
+        <v>587</v>
       </c>
       <c r="B284" t="s">
-        <v>1000</v>
+        <v>971</v>
       </c>
       <c r="C284" t="s">
-        <v>70</v>
+        <v>972</v>
       </c>
       <c r="D284" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="E284" t="s">
         <v>12</v>
       </c>
       <c r="F284" t="s">
-        <v>1071</v>
+        <v>947</v>
       </c>
       <c r="G284" t="s">
-        <v>1065</v>
+        <v>948</v>
       </c>
       <c r="H284" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I284" s="1" t="s">
-        <v>276</v>
+        <v>973</v>
       </c>
     </row>
     <row r="285" spans="1:9">
       <c r="A285">
-        <v>516</v>
+        <v>586</v>
       </c>
       <c r="B285" t="s">
-        <v>1072</v>
+        <v>974</v>
       </c>
       <c r="C285" t="s">
-        <v>1073</v>
+        <v>975</v>
       </c>
       <c r="D285" t="s">
-        <v>59</v>
+        <v>47</v>
       </c>
       <c r="E285" t="s">
-        <v>12</v>
+        <v>668</v>
       </c>
       <c r="F285" t="s">
-        <v>1074</v>
+        <v>976</v>
       </c>
       <c r="G285" t="s">
-        <v>528</v>
+        <v>977</v>
       </c>
       <c r="H285" t="s">
-        <v>67</v>
+        <v>901</v>
       </c>
       <c r="I285" s="1" t="s">
-        <v>1075</v>
+        <v>978</v>
       </c>
     </row>
     <row r="286" spans="1:9">
       <c r="A286">
-        <v>515</v>
+        <v>585</v>
       </c>
       <c r="B286" t="s">
-        <v>1076</v>
+        <v>979</v>
       </c>
       <c r="C286" t="s">
-        <v>1077</v>
+        <v>186</v>
       </c>
       <c r="D286" t="s">
-        <v>59</v>
+        <v>47</v>
       </c>
       <c r="E286" t="s">
-        <v>12</v>
+        <v>668</v>
       </c>
       <c r="F286" t="s">
-        <v>1078</v>
+        <v>980</v>
       </c>
       <c r="G286" t="s">
-        <v>310</v>
+        <v>981</v>
       </c>
       <c r="H286" t="s">
-        <v>67</v>
+        <v>982</v>
       </c>
       <c r="I286" s="1" t="s">
-        <v>1079</v>
+        <v>983</v>
       </c>
     </row>
     <row r="287" spans="1:9">
       <c r="A287">
-        <v>514</v>
+        <v>584</v>
       </c>
       <c r="B287" t="s">
-        <v>1080</v>
+        <v>984</v>
       </c>
       <c r="C287" t="s">
-        <v>953</v>
+        <v>884</v>
       </c>
       <c r="D287" t="s">
-        <v>59</v>
+        <v>47</v>
       </c>
       <c r="E287" t="s">
-        <v>12</v>
+        <v>668</v>
       </c>
       <c r="F287" t="s">
-        <v>1081</v>
+        <v>985</v>
       </c>
       <c r="G287" t="s">
-        <v>310</v>
+        <v>986</v>
       </c>
       <c r="H287" t="s">
-        <v>67</v>
+        <v>29</v>
       </c>
       <c r="I287" s="1" t="s">
-        <v>1082</v>
+        <v>987</v>
       </c>
     </row>
     <row r="288" spans="1:9">
       <c r="A288">
-        <v>513</v>
+        <v>583</v>
       </c>
       <c r="B288" t="s">
-        <v>1083</v>
+        <v>185</v>
       </c>
       <c r="C288" t="s">
-        <v>1084</v>
+        <v>186</v>
       </c>
       <c r="D288" t="s">
-        <v>59</v>
+        <v>26</v>
       </c>
       <c r="E288" t="s">
         <v>12</v>
       </c>
       <c r="F288" t="s">
-        <v>1085</v>
+        <v>988</v>
       </c>
       <c r="G288" t="s">
-        <v>1086</v>
+        <v>989</v>
       </c>
       <c r="H288" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-        <v>14174.55</v>
+        <v>81</v>
+      </c>
+      <c r="I288" s="1" t="s">
+        <v>990</v>
       </c>
     </row>
     <row r="289" spans="1:9">
       <c r="A289">
-        <v>512</v>
+        <v>582</v>
       </c>
       <c r="B289" t="s">
-        <v>1087</v>
+        <v>991</v>
       </c>
       <c r="C289" t="s">
-        <v>1088</v>
+        <v>936</v>
       </c>
       <c r="D289" t="s">
-        <v>59</v>
+        <v>47</v>
       </c>
       <c r="E289" t="s">
-        <v>12</v>
+        <v>992</v>
       </c>
       <c r="F289" t="s">
-        <v>1089</v>
+        <v>895</v>
       </c>
       <c r="G289" t="s">
-        <v>1090</v>
+        <v>872</v>
       </c>
       <c r="H289" t="s">
-        <v>67</v>
+        <v>29</v>
       </c>
       <c r="I289" s="1" t="s">
-        <v>1091</v>
+        <v>993</v>
       </c>
     </row>
     <row r="290" spans="1:9">
       <c r="A290">
-        <v>511</v>
+        <v>581</v>
       </c>
       <c r="B290" t="s">
-        <v>1092</v>
+        <v>994</v>
       </c>
       <c r="C290" t="s">
-        <v>1093</v>
+        <v>77</v>
       </c>
       <c r="D290" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="E290" t="s">
-        <v>12</v>
+        <v>668</v>
       </c>
       <c r="F290" t="s">
-        <v>1094</v>
+        <v>27</v>
+      </c>
+      <c r="G290" t="s">
+        <v>995</v>
       </c>
       <c r="H290" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-        <v>18000</v>
+        <v>29</v>
+      </c>
+      <c r="I290" s="1" t="s">
+        <v>996</v>
       </c>
     </row>
     <row r="291" spans="1:9">
       <c r="A291">
-        <v>510</v>
+        <v>580</v>
       </c>
       <c r="B291" t="s">
-        <v>1095</v>
+        <v>997</v>
       </c>
       <c r="C291" t="s">
-        <v>1096</v>
+        <v>904</v>
       </c>
       <c r="D291" t="s">
-        <v>1097</v>
+        <v>26</v>
       </c>
       <c r="E291" t="s">
-        <v>12</v>
+        <v>998</v>
       </c>
       <c r="F291" t="s">
-        <v>1098</v>
+        <v>999</v>
+      </c>
+      <c r="G291" t="s">
+        <v>1000</v>
       </c>
       <c r="H291" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-        <v>176000</v>
+        <v>81</v>
+      </c>
+      <c r="I291" s="1" t="s">
+        <v>1001</v>
       </c>
     </row>
     <row r="292" spans="1:9">
       <c r="A292">
-        <v>509</v>
+        <v>579</v>
       </c>
       <c r="B292" t="s">
-        <v>1099</v>
+        <v>1002</v>
       </c>
       <c r="C292" t="s">
-        <v>1100</v>
+        <v>1003</v>
       </c>
       <c r="D292" t="s">
-        <v>11</v>
+        <v>26</v>
       </c>
       <c r="E292" t="s">
         <v>12</v>
       </c>
       <c r="F292" t="s">
-        <v>1101</v>
+        <v>1004</v>
+      </c>
+      <c r="G292" t="s">
+        <v>1005</v>
       </c>
       <c r="H292" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-        <v>4190131.16</v>
+        <v>81</v>
+      </c>
+      <c r="I292" s="1" t="s">
+        <v>1006</v>
       </c>
     </row>
     <row r="293" spans="1:9">
       <c r="A293">
-        <v>508</v>
+        <v>578</v>
       </c>
       <c r="B293" t="s">
-        <v>1102</v>
+        <v>1007</v>
       </c>
       <c r="C293" t="s">
-        <v>1103</v>
+        <v>1008</v>
       </c>
       <c r="D293" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="E293" t="s">
         <v>12</v>
       </c>
       <c r="F293" t="s">
-        <v>1104</v>
+        <v>1009</v>
       </c>
       <c r="G293" t="s">
-        <v>1105</v>
+        <v>1010</v>
       </c>
       <c r="H293" t="s">
-        <v>28</v>
+        <v>81</v>
       </c>
       <c r="I293" s="1" t="s">
-        <v>1106</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="294" spans="1:9">
       <c r="A294">
-        <v>507</v>
+        <v>577</v>
       </c>
       <c r="B294" t="s">
-        <v>1107</v>
+        <v>185</v>
       </c>
       <c r="C294" t="s">
-        <v>1108</v>
+        <v>186</v>
       </c>
       <c r="D294" t="s">
-        <v>11</v>
+        <v>26</v>
       </c>
       <c r="E294" t="s">
         <v>12</v>
       </c>
       <c r="F294" t="s">
-        <v>1109</v>
+        <v>988</v>
+      </c>
+      <c r="G294" t="s">
+        <v>989</v>
       </c>
       <c r="H294" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-        <v>1211443.96</v>
+        <v>81</v>
+      </c>
+      <c r="I294" s="1" t="s">
+        <v>1012</v>
       </c>
     </row>
     <row r="295" spans="1:9">
       <c r="A295">
-        <v>506</v>
+        <v>576</v>
       </c>
       <c r="B295" t="s">
-        <v>1110</v>
+        <v>1013</v>
       </c>
       <c r="C295" t="s">
-        <v>1111</v>
+        <v>1014</v>
       </c>
       <c r="D295" t="s">
-        <v>11</v>
+        <v>47</v>
       </c>
       <c r="E295" t="s">
-        <v>12</v>
+        <v>668</v>
       </c>
       <c r="F295" t="s">
-        <v>1112</v>
+        <v>1015</v>
       </c>
       <c r="G295" t="s">
-        <v>1113</v>
+        <v>1016</v>
       </c>
       <c r="H295" t="s">
-        <v>67</v>
+        <v>29</v>
       </c>
       <c r="I295" s="1" t="s">
-        <v>1114</v>
+        <v>1017</v>
       </c>
     </row>
     <row r="296" spans="1:9">
       <c r="A296">
-        <v>505</v>
+        <v>575</v>
       </c>
       <c r="B296" t="s">
-        <v>1115</v>
+        <v>1018</v>
       </c>
       <c r="C296" t="s">
-        <v>1116</v>
+        <v>959</v>
       </c>
       <c r="D296" t="s">
-        <v>11</v>
+        <v>62</v>
       </c>
       <c r="E296" t="s">
-        <v>12</v>
+        <v>668</v>
       </c>
       <c r="F296" t="s">
-        <v>1117</v>
+        <v>27</v>
+      </c>
+      <c r="G296" t="s">
+        <v>1019</v>
       </c>
       <c r="H296" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-        <v>933750</v>
+        <v>29</v>
+      </c>
+      <c r="I296" s="1" t="s">
+        <v>1020</v>
       </c>
     </row>
     <row r="297" spans="1:9">
       <c r="A297">
-        <v>504</v>
+        <v>574</v>
       </c>
       <c r="B297" t="s">
-        <v>1118</v>
+        <v>1021</v>
       </c>
       <c r="C297" t="s">
-        <v>1119</v>
+        <v>862</v>
       </c>
       <c r="D297" t="s">
         <v>19</v>
       </c>
       <c r="E297" t="s">
-        <v>12</v>
+        <v>1022</v>
       </c>
       <c r="F297" t="s">
-        <v>1120</v>
+        <v>1023</v>
       </c>
       <c r="G297" t="s">
-        <v>1121</v>
+        <v>1024</v>
       </c>
       <c r="H297" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I297" s="1" t="s">
-        <v>1122</v>
+        <v>1025</v>
       </c>
     </row>
     <row r="298" spans="1:9">
       <c r="A298">
-        <v>503</v>
+        <v>573</v>
       </c>
       <c r="B298" t="s">
-        <v>1123</v>
+        <v>1026</v>
       </c>
       <c r="C298" t="s">
-        <v>1124</v>
+        <v>1027</v>
       </c>
       <c r="D298" t="s">
-        <v>11</v>
+        <v>47</v>
       </c>
       <c r="E298" t="s">
-        <v>12</v>
+        <v>668</v>
       </c>
       <c r="F298" t="s">
-        <v>1125</v>
+        <v>1028</v>
+      </c>
+      <c r="G298" t="s">
+        <v>1000</v>
       </c>
       <c r="H298" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-        <v>437400</v>
+        <v>29</v>
+      </c>
+      <c r="I298" s="1" t="s">
+        <v>1029</v>
       </c>
     </row>
     <row r="299" spans="1:9">
       <c r="A299">
-        <v>502</v>
+        <v>572</v>
       </c>
       <c r="B299" t="s">
-        <v>1126</v>
+        <v>1030</v>
       </c>
       <c r="C299" t="s">
-        <v>1127</v>
+        <v>1031</v>
       </c>
       <c r="D299" t="s">
-        <v>32</v>
+        <v>47</v>
       </c>
       <c r="E299" t="s">
-        <v>12</v>
+        <v>668</v>
       </c>
       <c r="F299" t="s">
-        <v>1128</v>
+        <v>1032</v>
       </c>
       <c r="G299" t="s">
-        <v>1129</v>
+        <v>1010</v>
       </c>
       <c r="H299" t="s">
-        <v>67</v>
+        <v>29</v>
       </c>
       <c r="I299" s="1" t="s">
-        <v>1130</v>
+        <v>1033</v>
       </c>
     </row>
     <row r="300" spans="1:9">
       <c r="A300">
-        <v>501</v>
+        <v>571</v>
       </c>
       <c r="B300" t="s">
-        <v>1131</v>
+        <v>1034</v>
       </c>
       <c r="C300" t="s">
-        <v>1132</v>
+        <v>1035</v>
       </c>
       <c r="D300" t="s">
-        <v>11</v>
+        <v>47</v>
       </c>
       <c r="E300" t="s">
-        <v>12</v>
+        <v>668</v>
       </c>
       <c r="F300" t="s">
-        <v>1133</v>
+        <v>1032</v>
       </c>
       <c r="G300" t="s">
-        <v>1065</v>
+        <v>1010</v>
       </c>
       <c r="H300" t="s">
-        <v>67</v>
+        <v>29</v>
       </c>
       <c r="I300" s="1" t="s">
-        <v>1134</v>
+        <v>1036</v>
       </c>
     </row>
     <row r="301" spans="1:9">
       <c r="A301">
-        <v>500</v>
+        <v>570</v>
       </c>
       <c r="B301" t="s">
-        <v>1135</v>
+        <v>1037</v>
       </c>
       <c r="C301" t="s">
-        <v>1136</v>
+        <v>1038</v>
       </c>
       <c r="D301" t="s">
-        <v>11</v>
+        <v>47</v>
       </c>
       <c r="E301" t="s">
-        <v>12</v>
+        <v>668</v>
       </c>
       <c r="F301" t="s">
-        <v>1137</v>
+        <v>1039</v>
+      </c>
+      <c r="G301" t="s">
+        <v>1010</v>
       </c>
       <c r="H301" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>15</v>
+      </c>
+      <c r="I301" s="1" t="s">
+        <v>1040</v>
       </c>
     </row>
     <row r="302" spans="1:9">
       <c r="A302">
-        <v>499</v>
+        <v>569</v>
       </c>
       <c r="B302" t="s">
-        <v>1138</v>
+        <v>1041</v>
       </c>
       <c r="C302" t="s">
-        <v>1139</v>
+        <v>1042</v>
       </c>
       <c r="D302" t="s">
-        <v>59</v>
+        <v>47</v>
       </c>
       <c r="E302" t="s">
-        <v>12</v>
+        <v>668</v>
       </c>
       <c r="F302" t="s">
-        <v>1140</v>
+        <v>1043</v>
       </c>
       <c r="G302" t="s">
-        <v>1141</v>
+        <v>1044</v>
       </c>
       <c r="H302" t="s">
-        <v>67</v>
+        <v>15</v>
       </c>
       <c r="I302" s="1" t="s">
-        <v>1142</v>
+        <v>1045</v>
       </c>
     </row>
     <row r="303" spans="1:9">
       <c r="A303">
-        <v>498</v>
+        <v>568</v>
       </c>
       <c r="B303" t="s">
-        <v>1143</v>
+        <v>1046</v>
       </c>
       <c r="C303" t="s">
-        <v>1144</v>
+        <v>1047</v>
       </c>
       <c r="D303" t="s">
-        <v>11</v>
+        <v>47</v>
       </c>
       <c r="E303" t="s">
-        <v>12</v>
+        <v>668</v>
       </c>
       <c r="F303" t="s">
-        <v>1145</v>
+        <v>942</v>
+      </c>
+      <c r="G303" t="s">
+        <v>1048</v>
       </c>
       <c r="H303" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-        <v>7699450</v>
+        <v>29</v>
+      </c>
+      <c r="I303" s="1" t="s">
+        <v>1049</v>
       </c>
     </row>
     <row r="304" spans="1:9">
       <c r="A304">
-        <v>497</v>
+        <v>567</v>
       </c>
       <c r="B304" t="s">
-        <v>1146</v>
+        <v>768</v>
       </c>
       <c r="C304" t="s">
-        <v>1147</v>
+        <v>769</v>
       </c>
       <c r="D304" t="s">
-        <v>11</v>
+        <v>47</v>
       </c>
       <c r="E304" t="s">
-        <v>12</v>
+        <v>1050</v>
       </c>
       <c r="F304" t="s">
-        <v>1148</v>
+        <v>942</v>
+      </c>
+      <c r="G304" t="s">
+        <v>1051</v>
       </c>
       <c r="H304" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-        <v>33240</v>
+        <v>29</v>
+      </c>
+      <c r="I304" s="1" t="s">
+        <v>1052</v>
       </c>
     </row>
     <row r="305" spans="1:9">
       <c r="A305">
-        <v>496</v>
+        <v>566</v>
       </c>
       <c r="B305" t="s">
-        <v>1149</v>
+        <v>1053</v>
       </c>
       <c r="C305" t="s">
-        <v>1150</v>
+        <v>1054</v>
       </c>
       <c r="D305" t="s">
-        <v>59</v>
+        <v>47</v>
       </c>
       <c r="E305" t="s">
-        <v>12</v>
+        <v>1050</v>
       </c>
       <c r="F305" t="s">
-        <v>1151</v>
+        <v>1055</v>
+      </c>
+      <c r="G305" t="s">
+        <v>1044</v>
       </c>
       <c r="H305" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-        <v>17458.67</v>
+        <v>29</v>
+      </c>
+      <c r="I305" s="1" t="s">
+        <v>1056</v>
       </c>
     </row>
     <row r="306" spans="1:9">
       <c r="A306">
-        <v>495</v>
+        <v>565</v>
       </c>
       <c r="B306" t="s">
-        <v>1152</v>
+        <v>1057</v>
       </c>
       <c r="C306" t="s">
-        <v>1153</v>
+        <v>1058</v>
       </c>
       <c r="D306" t="s">
         <v>11</v>
       </c>
       <c r="E306" t="s">
-        <v>12</v>
+        <v>658</v>
       </c>
       <c r="F306" t="s">
-        <v>1154</v>
+        <v>1059</v>
+      </c>
+      <c r="G306" t="s">
+        <v>1060</v>
       </c>
       <c r="H306" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-        <v>208600</v>
+        <v>81</v>
+      </c>
+      <c r="I306" s="1" t="s">
+        <v>1061</v>
       </c>
     </row>
     <row r="307" spans="1:9">
       <c r="A307">
-        <v>494</v>
+        <v>564</v>
       </c>
       <c r="B307" t="s">
-        <v>1155</v>
+        <v>1062</v>
       </c>
       <c r="C307" t="s">
-        <v>1156</v>
+        <v>946</v>
       </c>
       <c r="D307" t="s">
-        <v>59</v>
+        <v>19</v>
       </c>
       <c r="E307" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F307" t="s">
-        <v>1157</v>
+        <v>1063</v>
+      </c>
+      <c r="G307" t="s">
+        <v>1064</v>
       </c>
       <c r="H307" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-        <v>9182.34</v>
+        <v>460</v>
+      </c>
+      <c r="I307" s="1" t="s">
+        <v>1065</v>
       </c>
     </row>
     <row r="308" spans="1:9">
       <c r="A308">
-        <v>493</v>
+        <v>563</v>
       </c>
       <c r="B308" t="s">
-        <v>1158</v>
+        <v>453</v>
       </c>
       <c r="C308" t="s">
-        <v>1159</v>
+        <v>454</v>
       </c>
       <c r="D308" t="s">
-        <v>11</v>
+        <v>62</v>
       </c>
       <c r="E308" t="s">
-        <v>12</v>
+        <v>1066</v>
       </c>
       <c r="F308" t="s">
-        <v>1160</v>
+        <v>1067</v>
       </c>
       <c r="G308" t="s">
-        <v>1161</v>
+        <v>1068</v>
       </c>
       <c r="H308" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-        <v>5124081.6</v>
+        <v>29</v>
+      </c>
+      <c r="I308" s="1" t="s">
+        <v>1069</v>
       </c>
     </row>
     <row r="309" spans="1:9">
       <c r="A309">
-        <v>492</v>
+        <v>562</v>
       </c>
       <c r="B309" t="s">
-        <v>1162</v>
+        <v>1070</v>
       </c>
       <c r="C309" t="s">
-        <v>1163</v>
+        <v>875</v>
       </c>
       <c r="D309" t="s">
-        <v>32</v>
+        <v>47</v>
       </c>
       <c r="E309" t="s">
-        <v>12</v>
+        <v>658</v>
       </c>
       <c r="F309" t="s">
-        <v>1164</v>
+        <v>1071</v>
+      </c>
+      <c r="G309" t="s">
+        <v>1072</v>
       </c>
       <c r="H309" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-        <v>3900</v>
+        <v>29</v>
+      </c>
+      <c r="I309" s="1" t="s">
+        <v>1073</v>
       </c>
     </row>
     <row r="310" spans="1:9">
       <c r="A310">
-        <v>491</v>
+        <v>561</v>
       </c>
       <c r="B310" t="s">
-        <v>1165</v>
+        <v>1074</v>
       </c>
       <c r="C310" t="s">
-        <v>1166</v>
+        <v>955</v>
       </c>
       <c r="D310" t="s">
         <v>11</v>
       </c>
       <c r="E310" t="s">
-        <v>12</v>
+        <v>658</v>
       </c>
       <c r="F310" t="s">
-        <v>1167</v>
+        <v>359</v>
       </c>
       <c r="G310" t="s">
-        <v>35</v>
+        <v>1075</v>
       </c>
       <c r="H310" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-        <v>1170084.62</v>
+        <v>81</v>
+      </c>
+      <c r="I310" s="1" t="s">
+        <v>1076</v>
       </c>
     </row>
     <row r="311" spans="1:9">
       <c r="A311">
-        <v>490</v>
+        <v>559</v>
       </c>
       <c r="B311" t="s">
-        <v>1168</v>
+        <v>1077</v>
       </c>
       <c r="C311" t="s">
-        <v>1169</v>
+        <v>1078</v>
       </c>
       <c r="D311" t="s">
-        <v>19</v>
+        <v>47</v>
       </c>
       <c r="E311" t="s">
-        <v>12</v>
+        <v>658</v>
       </c>
       <c r="F311" t="s">
-        <v>1170</v>
+        <v>1079</v>
+      </c>
+      <c r="G311" t="s">
+        <v>1080</v>
       </c>
       <c r="H311" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-        <v>0.19</v>
+        <v>982</v>
+      </c>
+      <c r="I311" s="1" t="s">
+        <v>1081</v>
       </c>
     </row>
     <row r="312" spans="1:9">
       <c r="A312">
-        <v>489</v>
+        <v>558</v>
       </c>
       <c r="B312" t="s">
-        <v>1171</v>
+        <v>1082</v>
       </c>
       <c r="C312" t="s">
-        <v>1172</v>
+        <v>1083</v>
       </c>
       <c r="D312" t="s">
-        <v>25</v>
+        <v>62</v>
       </c>
       <c r="E312" t="s">
-        <v>12</v>
+        <v>658</v>
       </c>
       <c r="F312" t="s">
-        <v>1173</v>
+        <v>27</v>
       </c>
       <c r="G312" t="s">
-        <v>1174</v>
+        <v>1019</v>
       </c>
       <c r="H312" t="s">
-        <v>67</v>
+        <v>15</v>
       </c>
       <c r="I312" s="1" t="s">
-        <v>1175</v>
+        <v>1020</v>
       </c>
     </row>
     <row r="313" spans="1:9">
       <c r="A313">
-        <v>488</v>
+        <v>557</v>
       </c>
       <c r="B313" t="s">
-        <v>1176</v>
+        <v>1084</v>
       </c>
       <c r="C313" t="s">
-        <v>1177</v>
+        <v>1085</v>
       </c>
       <c r="D313" t="s">
-        <v>59</v>
+        <v>47</v>
       </c>
       <c r="E313" t="s">
-        <v>12</v>
+        <v>658</v>
       </c>
       <c r="F313" t="s">
-        <v>1178</v>
+        <v>1086</v>
+      </c>
+      <c r="G313" t="s">
+        <v>1087</v>
       </c>
       <c r="H313" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-        <v>16750</v>
+        <v>982</v>
+      </c>
+      <c r="I313" s="1" t="s">
+        <v>1088</v>
       </c>
     </row>
     <row r="314" spans="1:9">
       <c r="A314">
-        <v>487</v>
+        <v>556</v>
       </c>
       <c r="B314" t="s">
-        <v>1179</v>
+        <v>1089</v>
       </c>
       <c r="C314" t="s">
-        <v>1180</v>
+        <v>1090</v>
       </c>
       <c r="D314" t="s">
-        <v>1181</v>
+        <v>47</v>
       </c>
       <c r="E314" t="s">
-        <v>12</v>
+        <v>658</v>
       </c>
       <c r="F314" t="s">
-        <v>1182</v>
+        <v>1091</v>
+      </c>
+      <c r="G314" t="s">
+        <v>1092</v>
       </c>
       <c r="H314" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>982</v>
+      </c>
+      <c r="I314" s="1" t="s">
+        <v>1093</v>
       </c>
     </row>
     <row r="315" spans="1:9">
       <c r="A315">
-        <v>486</v>
+        <v>555</v>
       </c>
       <c r="B315" t="s">
-        <v>1183</v>
+        <v>1094</v>
       </c>
       <c r="C315" t="s">
-        <v>534</v>
+        <v>959</v>
       </c>
       <c r="D315" t="s">
-        <v>59</v>
+        <v>1095</v>
       </c>
       <c r="E315" t="s">
-        <v>12</v>
+        <v>1096</v>
       </c>
       <c r="F315" t="s">
-        <v>1184</v>
+        <v>1097</v>
+      </c>
+      <c r="G315" t="s">
+        <v>1098</v>
       </c>
       <c r="H315" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-        <v>16500</v>
+        <v>982</v>
+      </c>
+      <c r="I315" s="1" t="s">
+        <v>1099</v>
       </c>
     </row>
     <row r="316" spans="1:9">
       <c r="A316">
-        <v>485</v>
+        <v>554</v>
       </c>
       <c r="B316" t="s">
-        <v>1185</v>
+        <v>1100</v>
       </c>
       <c r="C316" t="s">
-        <v>1186</v>
+        <v>1101</v>
       </c>
       <c r="D316" t="s">
-        <v>11</v>
+        <v>1095</v>
       </c>
       <c r="E316" t="s">
-        <v>12</v>
+        <v>1102</v>
       </c>
       <c r="F316" t="s">
-        <v>1187</v>
+        <v>1097</v>
+      </c>
+      <c r="G316" t="s">
+        <v>1103</v>
       </c>
       <c r="H316" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>982</v>
+      </c>
+      <c r="I316" s="1" t="s">
+        <v>1099</v>
       </c>
     </row>
     <row r="317" spans="1:9">
       <c r="A317">
-        <v>484</v>
+        <v>553</v>
       </c>
       <c r="B317" t="s">
-        <v>1188</v>
+        <v>1104</v>
       </c>
       <c r="C317" t="s">
-        <v>1189</v>
+        <v>1105</v>
       </c>
       <c r="D317" t="s">
-        <v>59</v>
+        <v>1095</v>
       </c>
       <c r="E317" t="s">
-        <v>12</v>
+        <v>1106</v>
       </c>
       <c r="F317" t="s">
-        <v>1190</v>
+        <v>1097</v>
+      </c>
+      <c r="G317" t="s">
+        <v>1103</v>
       </c>
       <c r="H317" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-        <v>1500</v>
+        <v>982</v>
+      </c>
+      <c r="I317" s="1" t="s">
+        <v>1099</v>
       </c>
     </row>
     <row r="318" spans="1:9">
       <c r="A318">
-        <v>482</v>
+        <v>552</v>
       </c>
       <c r="B318" t="s">
-        <v>1191</v>
+        <v>1107</v>
       </c>
       <c r="C318" t="s">
-        <v>1192</v>
+        <v>1108</v>
       </c>
       <c r="D318" t="s">
-        <v>19</v>
+        <v>1095</v>
       </c>
       <c r="E318" t="s">
-        <v>12</v>
+        <v>1109</v>
       </c>
       <c r="F318" t="s">
-        <v>1193</v>
+        <v>1097</v>
+      </c>
+      <c r="G318" t="s">
+        <v>1103</v>
       </c>
       <c r="H318" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>982</v>
+      </c>
+      <c r="I318" s="1" t="s">
+        <v>1099</v>
       </c>
     </row>
     <row r="319" spans="1:9">
       <c r="A319">
-        <v>481</v>
+        <v>551</v>
       </c>
       <c r="B319" t="s">
-        <v>1194</v>
+        <v>1094</v>
       </c>
       <c r="C319" t="s">
-        <v>1195</v>
+        <v>959</v>
       </c>
       <c r="D319" t="s">
-        <v>32</v>
+        <v>1095</v>
       </c>
       <c r="E319" t="s">
-        <v>12</v>
+        <v>1110</v>
       </c>
       <c r="F319" t="s">
-        <v>1196</v>
+        <v>1097</v>
+      </c>
+      <c r="G319" t="s">
+        <v>1098</v>
       </c>
       <c r="H319" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-        <v>5850</v>
+        <v>1111</v>
+      </c>
+      <c r="I319" s="1" t="s">
+        <v>1099</v>
       </c>
     </row>
     <row r="320" spans="1:9">
       <c r="A320">
-        <v>480</v>
+        <v>550</v>
       </c>
       <c r="B320" t="s">
-        <v>1197</v>
+        <v>1100</v>
       </c>
       <c r="C320" t="s">
-        <v>1198</v>
+        <v>1101</v>
       </c>
       <c r="D320" t="s">
-        <v>32</v>
+        <v>1095</v>
       </c>
       <c r="E320" t="s">
-        <v>12</v>
+        <v>1112</v>
       </c>
       <c r="F320" t="s">
-        <v>1199</v>
+        <v>1097</v>
+      </c>
+      <c r="G320" t="s">
+        <v>1103</v>
       </c>
       <c r="H320" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-        <v>3900</v>
+        <v>1111</v>
+      </c>
+      <c r="I320" s="1" t="s">
+        <v>1099</v>
       </c>
     </row>
     <row r="321" spans="1:9">
       <c r="A321">
-        <v>479</v>
+        <v>549</v>
       </c>
       <c r="B321" t="s">
-        <v>1200</v>
+        <v>1104</v>
       </c>
       <c r="C321" t="s">
-        <v>1201</v>
+        <v>1105</v>
       </c>
       <c r="D321" t="s">
-        <v>11</v>
+        <v>1095</v>
       </c>
       <c r="E321" t="s">
-        <v>12</v>
+        <v>1113</v>
       </c>
       <c r="F321" t="s">
-        <v>1202</v>
+        <v>1097</v>
+      </c>
+      <c r="G321" t="s">
+        <v>1103</v>
       </c>
       <c r="H321" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-        <v>369000</v>
+        <v>1111</v>
+      </c>
+      <c r="I321" s="1" t="s">
+        <v>1099</v>
       </c>
     </row>
     <row r="322" spans="1:9">
       <c r="A322">
-        <v>478</v>
+        <v>548</v>
       </c>
       <c r="B322" t="s">
-        <v>1203</v>
+        <v>1107</v>
       </c>
       <c r="C322" t="s">
-        <v>534</v>
+        <v>1108</v>
       </c>
       <c r="D322" t="s">
-        <v>1181</v>
+        <v>1095</v>
       </c>
       <c r="E322" t="s">
-        <v>12</v>
+        <v>1114</v>
       </c>
       <c r="F322" t="s">
-        <v>1204</v>
+        <v>1097</v>
+      </c>
+      <c r="G322" t="s">
+        <v>1103</v>
       </c>
       <c r="H322" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-        <v>502521.18</v>
+        <v>1111</v>
+      </c>
+      <c r="I322" s="1" t="s">
+        <v>1099</v>
       </c>
     </row>
     <row r="323" spans="1:9">
       <c r="A323">
-        <v>477</v>
+        <v>547</v>
       </c>
       <c r="B323" t="s">
-        <v>1205</v>
+        <v>1115</v>
       </c>
       <c r="C323" t="s">
-        <v>1206</v>
+        <v>1116</v>
       </c>
       <c r="D323" t="s">
-        <v>11</v>
+        <v>47</v>
       </c>
       <c r="E323" t="s">
-        <v>12</v>
+        <v>658</v>
       </c>
       <c r="F323" t="s">
-        <v>1207</v>
+        <v>1117</v>
+      </c>
+      <c r="G323" t="s">
+        <v>1118</v>
       </c>
       <c r="H323" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>29</v>
+      </c>
+      <c r="I323" s="1" t="s">
+        <v>1119</v>
       </c>
     </row>
     <row r="324" spans="1:9">
       <c r="A324">
-        <v>476</v>
+        <v>546</v>
       </c>
       <c r="B324" t="s">
-        <v>1208</v>
+        <v>1120</v>
       </c>
       <c r="C324" t="s">
-        <v>963</v>
+        <v>1121</v>
       </c>
       <c r="D324" t="s">
-        <v>1097</v>
+        <v>47</v>
       </c>
       <c r="E324" t="s">
         <v>12</v>
       </c>
       <c r="F324" t="s">
-        <v>1209</v>
+        <v>1122</v>
+      </c>
+      <c r="G324" t="s">
+        <v>1123</v>
       </c>
       <c r="H324" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-        <v>149878.53</v>
+        <v>81</v>
+      </c>
+      <c r="I324" s="1" t="s">
+        <v>1124</v>
       </c>
     </row>
     <row r="325" spans="1:9">
       <c r="A325">
-        <v>475</v>
+        <v>545</v>
       </c>
       <c r="B325" t="s">
-        <v>1210</v>
+        <v>1125</v>
       </c>
       <c r="C325" t="s">
-        <v>534</v>
+        <v>306</v>
       </c>
       <c r="D325" t="s">
-        <v>1097</v>
+        <v>11</v>
       </c>
       <c r="E325" t="s">
-        <v>12</v>
+        <v>1126</v>
       </c>
       <c r="F325" t="s">
-        <v>1211</v>
+        <v>1127</v>
+      </c>
+      <c r="G325" t="s">
+        <v>1128</v>
       </c>
       <c r="H325" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-        <v>102000</v>
+        <v>15</v>
+      </c>
+      <c r="I325" s="1" t="s">
+        <v>1129</v>
       </c>
     </row>
     <row r="326" spans="1:9">
       <c r="A326">
-        <v>474</v>
+        <v>544</v>
       </c>
       <c r="B326" t="s">
-        <v>1212</v>
+        <v>1130</v>
       </c>
       <c r="C326" t="s">
-        <v>1213</v>
+        <v>870</v>
       </c>
       <c r="D326" t="s">
-        <v>11</v>
+        <v>47</v>
       </c>
       <c r="E326" t="s">
-        <v>12</v>
+        <v>658</v>
       </c>
       <c r="F326" t="s">
-        <v>1214</v>
+        <v>1131</v>
+      </c>
+      <c r="G326" t="s">
+        <v>1132</v>
       </c>
       <c r="H326" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>29</v>
+      </c>
+      <c r="I326" s="1" t="s">
+        <v>1133</v>
       </c>
     </row>
     <row r="327" spans="1:9">
       <c r="A327">
-        <v>473</v>
+        <v>539</v>
       </c>
       <c r="B327" t="s">
-        <v>1215</v>
+        <v>1134</v>
       </c>
       <c r="C327" t="s">
-        <v>1103</v>
+        <v>306</v>
       </c>
       <c r="D327" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="E327" t="s">
         <v>12</v>
       </c>
       <c r="F327" t="s">
-        <v>1216</v>
+        <v>1135</v>
       </c>
       <c r="G327" t="s">
-        <v>1217</v>
+        <v>1136</v>
       </c>
       <c r="H327" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I327" s="1" t="s">
-        <v>1218</v>
+        <v>1137</v>
       </c>
     </row>
     <row r="328" spans="1:9">
       <c r="A328">
-        <v>472</v>
+        <v>538</v>
       </c>
       <c r="B328" t="s">
-        <v>1219</v>
+        <v>1138</v>
       </c>
       <c r="C328" t="s">
-        <v>1163</v>
+        <v>306</v>
       </c>
       <c r="D328" t="s">
-        <v>59</v>
+        <v>19</v>
       </c>
       <c r="E328" t="s">
         <v>12</v>
       </c>
       <c r="F328" t="s">
-        <v>1220</v>
+        <v>1139</v>
+      </c>
+      <c r="G328" t="s">
+        <v>1140</v>
       </c>
       <c r="H328" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-        <v>12950</v>
+        <v>81</v>
+      </c>
+      <c r="I328" s="1" t="s">
+        <v>1141</v>
       </c>
     </row>
     <row r="329" spans="1:9">
       <c r="A329">
-        <v>471</v>
+        <v>536</v>
       </c>
       <c r="B329" t="s">
-        <v>1221</v>
+        <v>1142</v>
       </c>
       <c r="C329" t="s">
-        <v>1198</v>
+        <v>1008</v>
       </c>
       <c r="D329" t="s">
-        <v>59</v>
+        <v>19</v>
       </c>
       <c r="E329" t="s">
         <v>12</v>
       </c>
       <c r="F329" t="s">
-        <v>1222</v>
+        <v>1143</v>
+      </c>
+      <c r="G329" t="s">
+        <v>1144</v>
       </c>
       <c r="H329" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-        <v>8069.9</v>
+        <v>81</v>
+      </c>
+      <c r="I329" s="1" t="s">
+        <v>1145</v>
       </c>
     </row>
     <row r="330" spans="1:9">
       <c r="A330">
-        <v>470</v>
+        <v>535</v>
       </c>
       <c r="B330" t="s">
-        <v>1223</v>
+        <v>1146</v>
       </c>
       <c r="C330" t="s">
-        <v>1224</v>
+        <v>306</v>
       </c>
       <c r="D330" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="E330" t="s">
         <v>12</v>
       </c>
       <c r="F330" t="s">
-        <v>1225</v>
+        <v>1147</v>
+      </c>
+      <c r="G330" t="s">
+        <v>1148</v>
       </c>
       <c r="H330" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-        <v>11101.52</v>
+        <v>81</v>
+      </c>
+      <c r="I330" s="1" t="s">
+        <v>1149</v>
       </c>
     </row>
     <row r="331" spans="1:9">
       <c r="A331">
-        <v>469</v>
+        <v>534</v>
       </c>
       <c r="B331" t="s">
-        <v>1226</v>
+        <v>1150</v>
       </c>
       <c r="C331" t="s">
-        <v>1227</v>
+        <v>1151</v>
       </c>
       <c r="D331" t="s">
-        <v>11</v>
+        <v>47</v>
       </c>
       <c r="E331" t="s">
         <v>12</v>
       </c>
       <c r="F331" t="s">
-        <v>1228</v>
+        <v>1152</v>
+      </c>
+      <c r="G331" t="s">
+        <v>1153</v>
       </c>
       <c r="H331" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-        <v>299960</v>
+        <v>901</v>
+      </c>
+      <c r="I331" s="1" t="s">
+        <v>1052</v>
       </c>
     </row>
     <row r="332" spans="1:9">
       <c r="A332">
-        <v>468</v>
+        <v>533</v>
       </c>
       <c r="B332" t="s">
-        <v>1229</v>
+        <v>1154</v>
       </c>
       <c r="C332" t="s">
-        <v>1230</v>
+        <v>1155</v>
       </c>
       <c r="D332" t="s">
-        <v>11</v>
+        <v>47</v>
       </c>
       <c r="E332" t="s">
         <v>12</v>
       </c>
       <c r="F332" t="s">
-        <v>1231</v>
+        <v>1156</v>
+      </c>
+      <c r="G332" t="s">
+        <v>1157</v>
       </c>
       <c r="H332" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-        <v>203735.36</v>
+        <v>15</v>
+      </c>
+      <c r="I332" s="1" t="s">
+        <v>1158</v>
       </c>
     </row>
     <row r="333" spans="1:9">
       <c r="A333">
-        <v>467</v>
+        <v>532</v>
       </c>
       <c r="B333" t="s">
-        <v>1232</v>
+        <v>1159</v>
       </c>
       <c r="C333" t="s">
-        <v>1233</v>
+        <v>1160</v>
       </c>
       <c r="D333" t="s">
-        <v>11</v>
+        <v>47</v>
       </c>
       <c r="E333" t="s">
         <v>12</v>
       </c>
       <c r="F333" t="s">
-        <v>1234</v>
+        <v>725</v>
+      </c>
+      <c r="G333" t="s">
+        <v>726</v>
       </c>
       <c r="H333" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-        <v>545000</v>
+        <v>29</v>
+      </c>
+      <c r="I333" s="1" t="s">
+        <v>1161</v>
       </c>
     </row>
     <row r="334" spans="1:9">
       <c r="A334">
-        <v>466</v>
+        <v>531</v>
       </c>
       <c r="B334" t="s">
-        <v>1235</v>
+        <v>1162</v>
       </c>
       <c r="C334" t="s">
-        <v>1236</v>
+        <v>1008</v>
       </c>
       <c r="D334" t="s">
-        <v>11</v>
+        <v>47</v>
       </c>
       <c r="E334" t="s">
         <v>12</v>
       </c>
       <c r="F334" t="s">
-        <v>1237</v>
+        <v>1039</v>
+      </c>
+      <c r="G334" t="s">
+        <v>726</v>
       </c>
       <c r="H334" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-        <v>78200</v>
+        <v>29</v>
+      </c>
+      <c r="I334" s="1" t="s">
+        <v>1163</v>
       </c>
     </row>
     <row r="335" spans="1:9">
       <c r="A335">
-        <v>465</v>
+        <v>530</v>
       </c>
       <c r="B335" t="s">
-        <v>1238</v>
+        <v>1164</v>
       </c>
       <c r="C335" t="s">
-        <v>1239</v>
+        <v>306</v>
       </c>
       <c r="D335" t="s">
-        <v>1181</v>
+        <v>47</v>
       </c>
       <c r="E335" t="s">
         <v>12</v>
       </c>
       <c r="F335" t="s">
-        <v>1240</v>
+        <v>1165</v>
+      </c>
+      <c r="G335" t="s">
+        <v>456</v>
       </c>
       <c r="H335" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-        <v>1388084.5</v>
+        <v>15</v>
+      </c>
+      <c r="I335" s="1" t="s">
+        <v>1166</v>
       </c>
     </row>
     <row r="336" spans="1:9">
       <c r="A336">
-        <v>464</v>
+        <v>529</v>
       </c>
       <c r="B336" t="s">
-        <v>1241</v>
+        <v>1167</v>
       </c>
       <c r="C336" t="s">
-        <v>1242</v>
+        <v>1168</v>
       </c>
       <c r="D336" t="s">
-        <v>59</v>
+        <v>47</v>
       </c>
       <c r="E336" t="s">
         <v>12</v>
       </c>
       <c r="F336" t="s">
-        <v>1243</v>
+        <v>1169</v>
+      </c>
+      <c r="G336" t="s">
+        <v>456</v>
       </c>
       <c r="H336" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-        <v>1800</v>
+        <v>15</v>
+      </c>
+      <c r="I336" s="1" t="s">
+        <v>1170</v>
       </c>
     </row>
     <row r="337" spans="1:9">
       <c r="A337">
-        <v>463</v>
+        <v>528</v>
       </c>
       <c r="B337" t="s">
-        <v>1244</v>
+        <v>1171</v>
       </c>
       <c r="C337" t="s">
-        <v>1245</v>
+        <v>862</v>
       </c>
       <c r="D337" t="s">
-        <v>59</v>
+        <v>26</v>
       </c>
       <c r="E337" t="s">
         <v>12</v>
       </c>
       <c r="F337" t="s">
-        <v>1246</v>
+        <v>1172</v>
+      </c>
+      <c r="G337" t="s">
+        <v>1173</v>
       </c>
       <c r="H337" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-        <v>6466.08</v>
+        <v>81</v>
+      </c>
+      <c r="I337" s="1" t="s">
+        <v>1174</v>
       </c>
     </row>
     <row r="338" spans="1:9">
       <c r="A338">
-        <v>462</v>
+        <v>527</v>
       </c>
       <c r="B338" t="s">
-        <v>1247</v>
+        <v>1175</v>
       </c>
       <c r="C338" t="s">
-        <v>1119</v>
+        <v>1176</v>
       </c>
       <c r="D338" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="E338" t="s">
         <v>12</v>
       </c>
       <c r="F338" t="s">
-        <v>1248</v>
+        <v>1177</v>
       </c>
       <c r="G338" t="s">
-        <v>1249</v>
+        <v>1178</v>
       </c>
       <c r="H338" t="s">
-        <v>67</v>
+        <v>29</v>
       </c>
       <c r="I338" s="1" t="s">
-        <v>1250</v>
+        <v>1179</v>
       </c>
     </row>
     <row r="339" spans="1:9">
       <c r="A339">
-        <v>461</v>
+        <v>526</v>
       </c>
       <c r="B339" t="s">
-        <v>1251</v>
+        <v>954</v>
       </c>
       <c r="C339" t="s">
-        <v>1252</v>
+        <v>955</v>
       </c>
       <c r="D339" t="s">
-        <v>11</v>
+        <v>26</v>
       </c>
       <c r="E339" t="s">
         <v>12</v>
       </c>
       <c r="F339" t="s">
-        <v>1253</v>
+        <v>1180</v>
       </c>
       <c r="G339" t="s">
-        <v>1254</v>
+        <v>1181</v>
       </c>
       <c r="H339" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I339" s="1" t="s">
-        <v>1255</v>
+        <v>864</v>
       </c>
     </row>
     <row r="340" spans="1:9">
       <c r="A340">
-        <v>460</v>
+        <v>525</v>
       </c>
       <c r="B340" t="s">
-        <v>1256</v>
+        <v>1182</v>
       </c>
       <c r="C340" t="s">
-        <v>1257</v>
+        <v>1176</v>
       </c>
       <c r="D340" t="s">
-        <v>11</v>
+        <v>497</v>
       </c>
       <c r="E340" t="s">
         <v>12</v>
       </c>
       <c r="F340" t="s">
-        <v>1258</v>
+        <v>1183</v>
+      </c>
+      <c r="G340" t="s">
+        <v>1184</v>
       </c>
       <c r="H340" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-        <v>16139999.88</v>
+        <v>15</v>
+      </c>
+      <c r="I340" s="1" t="s">
+        <v>1185</v>
       </c>
     </row>
     <row r="341" spans="1:9">
       <c r="A341">
-        <v>459</v>
+        <v>524</v>
       </c>
       <c r="B341" t="s">
-        <v>1259</v>
+        <v>1186</v>
       </c>
       <c r="C341" t="s">
-        <v>1260</v>
+        <v>1187</v>
       </c>
       <c r="D341" t="s">
-        <v>59</v>
+        <v>11</v>
       </c>
       <c r="E341" t="s">
         <v>12</v>
       </c>
       <c r="F341" t="s">
-        <v>1261</v>
+        <v>1188</v>
+      </c>
+      <c r="G341" t="s">
+        <v>1189</v>
       </c>
       <c r="H341" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-        <v>1650</v>
+        <v>81</v>
+      </c>
+      <c r="I341" s="1" t="s">
+        <v>1190</v>
       </c>
     </row>
     <row r="342" spans="1:9">
       <c r="A342">
-        <v>458</v>
+        <v>523</v>
       </c>
       <c r="B342" t="s">
-        <v>1262</v>
+        <v>1191</v>
       </c>
       <c r="C342" t="s">
-        <v>1263</v>
+        <v>1176</v>
       </c>
       <c r="D342" t="s">
-        <v>59</v>
+        <v>19</v>
       </c>
       <c r="E342" t="s">
         <v>12</v>
       </c>
       <c r="F342" t="s">
-        <v>1264</v>
+        <v>1192</v>
+      </c>
+      <c r="G342" t="s">
+        <v>1193</v>
       </c>
       <c r="H342" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-        <v>1800</v>
+        <v>81</v>
+      </c>
+      <c r="I342" s="1" t="s">
+        <v>1194</v>
       </c>
     </row>
     <row r="343" spans="1:9">
       <c r="A343">
-        <v>457</v>
+        <v>522</v>
       </c>
       <c r="B343" t="s">
-        <v>1265</v>
+        <v>1195</v>
       </c>
       <c r="C343" t="s">
-        <v>1266</v>
+        <v>1176</v>
       </c>
       <c r="D343" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="E343" t="s">
         <v>12</v>
       </c>
       <c r="F343" t="s">
-        <v>1267</v>
+        <v>1196</v>
+      </c>
+      <c r="G343" t="s">
+        <v>1197</v>
       </c>
       <c r="H343" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-        <v>1800</v>
+        <v>81</v>
+      </c>
+      <c r="I343" s="1" t="s">
+        <v>1198</v>
       </c>
     </row>
     <row r="344" spans="1:9">
       <c r="A344">
-        <v>456</v>
+        <v>521</v>
       </c>
       <c r="B344" t="s">
-        <v>1268</v>
+        <v>1199</v>
       </c>
       <c r="C344" t="s">
-        <v>1269</v>
+        <v>862</v>
       </c>
       <c r="D344" t="s">
-        <v>59</v>
+        <v>19</v>
       </c>
       <c r="E344" t="s">
         <v>12</v>
       </c>
       <c r="F344" t="s">
-        <v>1270</v>
+        <v>1143</v>
+      </c>
+      <c r="G344" t="s">
+        <v>1200</v>
       </c>
       <c r="H344" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-        <v>1800</v>
+        <v>81</v>
+      </c>
+      <c r="I344" s="1" t="s">
+        <v>65</v>
       </c>
     </row>
     <row r="345" spans="1:9">
       <c r="A345">
-        <v>455</v>
+        <v>519</v>
       </c>
       <c r="B345" t="s">
-        <v>1271</v>
+        <v>1201</v>
       </c>
       <c r="C345" t="s">
-        <v>1272</v>
+        <v>1155</v>
       </c>
       <c r="D345" t="s">
-        <v>59</v>
+        <v>19</v>
       </c>
       <c r="E345" t="s">
         <v>12</v>
       </c>
       <c r="F345" t="s">
-        <v>1273</v>
+        <v>1202</v>
+      </c>
+      <c r="G345" t="s">
+        <v>1200</v>
       </c>
       <c r="H345" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-        <v>1800</v>
+        <v>81</v>
+      </c>
+      <c r="I345" s="1" t="s">
+        <v>65</v>
       </c>
     </row>
     <row r="346" spans="1:9">
       <c r="A346">
-        <v>454</v>
+        <v>518</v>
       </c>
       <c r="B346" t="s">
-        <v>1274</v>
+        <v>1203</v>
       </c>
       <c r="C346" t="s">
-        <v>1275</v>
+        <v>1168</v>
       </c>
       <c r="D346" t="s">
-        <v>59</v>
+        <v>19</v>
       </c>
       <c r="E346" t="s">
         <v>12</v>
       </c>
       <c r="F346" t="s">
-        <v>1276</v>
+        <v>1204</v>
+      </c>
+      <c r="G346" t="s">
+        <v>1200</v>
       </c>
       <c r="H346" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-        <v>1800</v>
+        <v>81</v>
+      </c>
+      <c r="I346" s="1" t="s">
+        <v>1205</v>
       </c>
     </row>
     <row r="347" spans="1:9">
       <c r="A347">
-        <v>453</v>
+        <v>517</v>
       </c>
       <c r="B347" t="s">
-        <v>1277</v>
+        <v>1138</v>
       </c>
       <c r="C347" t="s">
-        <v>1278</v>
+        <v>306</v>
       </c>
       <c r="D347" t="s">
-        <v>59</v>
+        <v>19</v>
       </c>
       <c r="E347" t="s">
         <v>12</v>
       </c>
       <c r="F347" t="s">
-        <v>1279</v>
+        <v>1206</v>
+      </c>
+      <c r="G347" t="s">
+        <v>1200</v>
       </c>
       <c r="H347" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-        <v>1000</v>
+        <v>81</v>
+      </c>
+      <c r="I347" s="1" t="s">
+        <v>481</v>
       </c>
     </row>
     <row r="348" spans="1:9">
       <c r="A348">
-        <v>452</v>
+        <v>516</v>
       </c>
       <c r="B348" t="s">
-        <v>1280</v>
+        <v>1207</v>
       </c>
       <c r="C348" t="s">
-        <v>1281</v>
+        <v>1208</v>
       </c>
       <c r="D348" t="s">
-        <v>59</v>
+        <v>11</v>
       </c>
       <c r="E348" t="s">
         <v>12</v>
       </c>
       <c r="F348" t="s">
-        <v>1282</v>
+        <v>1209</v>
+      </c>
+      <c r="G348" t="s">
+        <v>699</v>
       </c>
       <c r="H348" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-        <v>1110</v>
+        <v>81</v>
+      </c>
+      <c r="I348" s="1" t="s">
+        <v>1210</v>
       </c>
     </row>
     <row r="349" spans="1:9">
       <c r="A349">
-        <v>451</v>
+        <v>515</v>
       </c>
       <c r="B349" t="s">
-        <v>1283</v>
+        <v>1211</v>
       </c>
       <c r="C349" t="s">
-        <v>1284</v>
+        <v>1212</v>
       </c>
       <c r="D349" t="s">
-        <v>59</v>
+        <v>11</v>
       </c>
       <c r="E349" t="s">
         <v>12</v>
       </c>
       <c r="F349" t="s">
-        <v>1285</v>
+        <v>1213</v>
+      </c>
+      <c r="G349" t="s">
+        <v>510</v>
       </c>
       <c r="H349" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-        <v>13506.9</v>
+        <v>81</v>
+      </c>
+      <c r="I349" s="1" t="s">
+        <v>1214</v>
       </c>
     </row>
     <row r="350" spans="1:9">
       <c r="A350">
-        <v>450</v>
+        <v>514</v>
       </c>
       <c r="B350" t="s">
-        <v>1286</v>
+        <v>1215</v>
       </c>
       <c r="C350" t="s">
-        <v>1287</v>
+        <v>1090</v>
       </c>
       <c r="D350" t="s">
         <v>11</v>
       </c>
       <c r="E350" t="s">
         <v>12</v>
       </c>
       <c r="F350" t="s">
-        <v>1288</v>
+        <v>1216</v>
+      </c>
+      <c r="G350" t="s">
+        <v>510</v>
       </c>
       <c r="H350" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>81</v>
+      </c>
+      <c r="I350" s="1" t="s">
+        <v>1217</v>
       </c>
     </row>
     <row r="351" spans="1:9">
       <c r="A351">
-        <v>449</v>
+        <v>513</v>
       </c>
       <c r="B351" t="s">
-        <v>1197</v>
+        <v>1218</v>
       </c>
       <c r="C351" t="s">
-        <v>1198</v>
+        <v>1219</v>
       </c>
       <c r="D351" t="s">
-        <v>32</v>
+        <v>11</v>
       </c>
       <c r="E351" t="s">
         <v>12</v>
       </c>
       <c r="F351" t="s">
-        <v>1289</v>
+        <v>1220</v>
+      </c>
+      <c r="G351" t="s">
+        <v>1221</v>
       </c>
       <c r="H351" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I351" s="1">
-        <v>4500</v>
+        <v>14174.55</v>
       </c>
     </row>
     <row r="352" spans="1:9">
       <c r="A352">
-        <v>448</v>
+        <v>512</v>
       </c>
       <c r="B352" t="s">
-        <v>1290</v>
+        <v>1222</v>
       </c>
       <c r="C352" t="s">
-        <v>1291</v>
+        <v>1223</v>
       </c>
       <c r="D352" t="s">
-        <v>59</v>
+        <v>11</v>
       </c>
       <c r="E352" t="s">
         <v>12</v>
       </c>
       <c r="F352" t="s">
-        <v>1292</v>
+        <v>1224</v>
       </c>
       <c r="G352" t="s">
-        <v>279</v>
+        <v>1225</v>
       </c>
       <c r="H352" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I352" s="1" t="s">
-        <v>1293</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="353" spans="1:9">
       <c r="A353">
-        <v>447</v>
+        <v>511</v>
       </c>
       <c r="B353" t="s">
-        <v>1294</v>
+        <v>1227</v>
       </c>
       <c r="C353" t="s">
-        <v>1295</v>
+        <v>1228</v>
       </c>
       <c r="D353" t="s">
         <v>11</v>
       </c>
       <c r="E353" t="s">
         <v>12</v>
       </c>
       <c r="F353" t="s">
-        <v>1296</v>
+        <v>1229</v>
       </c>
       <c r="H353" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I353" s="1">
-        <v>0</v>
+        <v>18000</v>
       </c>
     </row>
     <row r="354" spans="1:9">
       <c r="A354">
-        <v>446</v>
+        <v>510</v>
       </c>
       <c r="B354" t="s">
-        <v>1297</v>
+        <v>1230</v>
       </c>
       <c r="C354" t="s">
-        <v>1298</v>
+        <v>1231</v>
       </c>
       <c r="D354" t="s">
-        <v>1299</v>
+        <v>1232</v>
       </c>
       <c r="E354" t="s">
         <v>12</v>
       </c>
       <c r="F354" t="s">
-        <v>1300</v>
+        <v>1233</v>
       </c>
       <c r="H354" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I354" s="1">
-        <v>123500</v>
+        <v>176000</v>
       </c>
     </row>
     <row r="355" spans="1:9">
       <c r="A355">
-        <v>445</v>
+        <v>509</v>
       </c>
       <c r="B355" t="s">
-        <v>1301</v>
+        <v>1234</v>
       </c>
       <c r="C355" t="s">
-        <v>1302</v>
+        <v>1235</v>
       </c>
       <c r="D355" t="s">
-        <v>59</v>
+        <v>47</v>
       </c>
       <c r="E355" t="s">
         <v>12</v>
       </c>
       <c r="F355" t="s">
-        <v>1303</v>
+        <v>1028</v>
       </c>
       <c r="H355" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I355" s="1">
-        <v>18177.2</v>
+        <v>4190131.16</v>
       </c>
     </row>
     <row r="356" spans="1:9">
       <c r="A356">
-        <v>444</v>
+        <v>508</v>
       </c>
       <c r="B356" t="s">
-        <v>1304</v>
+        <v>1236</v>
       </c>
       <c r="C356" t="s">
-        <v>967</v>
+        <v>1237</v>
       </c>
       <c r="D356" t="s">
-        <v>231</v>
+        <v>62</v>
       </c>
       <c r="E356" t="s">
         <v>12</v>
       </c>
       <c r="F356" t="s">
-        <v>1305</v>
+        <v>230</v>
+      </c>
+      <c r="G356" t="s">
+        <v>1238</v>
       </c>
       <c r="H356" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>29</v>
+      </c>
+      <c r="I356" s="1" t="s">
+        <v>1239</v>
       </c>
     </row>
     <row r="357" spans="1:9">
       <c r="A357">
-        <v>443</v>
+        <v>507</v>
       </c>
       <c r="B357" t="s">
-        <v>1306</v>
+        <v>1240</v>
       </c>
       <c r="C357" t="s">
-        <v>1307</v>
+        <v>1241</v>
       </c>
       <c r="D357" t="s">
-        <v>32</v>
+        <v>47</v>
       </c>
       <c r="E357" t="s">
         <v>12</v>
       </c>
       <c r="F357" t="s">
-        <v>1308</v>
+        <v>595</v>
       </c>
       <c r="H357" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I357" s="1">
-        <v>80000</v>
+        <v>1211443.96</v>
       </c>
     </row>
     <row r="358" spans="1:9">
       <c r="A358">
-        <v>442</v>
+        <v>506</v>
       </c>
       <c r="B358" t="s">
-        <v>1309</v>
+        <v>1242</v>
       </c>
       <c r="C358" t="s">
-        <v>1310</v>
+        <v>1243</v>
       </c>
       <c r="D358" t="s">
-        <v>11</v>
+        <v>47</v>
       </c>
       <c r="E358" t="s">
         <v>12</v>
       </c>
       <c r="F358" t="s">
-        <v>1311</v>
+        <v>1244</v>
+      </c>
+      <c r="G358" t="s">
+        <v>1245</v>
       </c>
       <c r="H358" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>81</v>
+      </c>
+      <c r="I358" s="1" t="s">
+        <v>1246</v>
       </c>
     </row>
     <row r="359" spans="1:9">
       <c r="A359">
-        <v>441</v>
+        <v>505</v>
       </c>
       <c r="B359" t="s">
-        <v>1312</v>
+        <v>1247</v>
       </c>
       <c r="C359" t="s">
-        <v>1284</v>
+        <v>1248</v>
       </c>
       <c r="D359" t="s">
-        <v>32</v>
+        <v>47</v>
       </c>
       <c r="E359" t="s">
         <v>12</v>
       </c>
       <c r="F359" t="s">
-        <v>1313</v>
+        <v>1152</v>
       </c>
       <c r="H359" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I359" s="1">
-        <v>17260.75</v>
+        <v>933750</v>
       </c>
     </row>
     <row r="360" spans="1:9">
       <c r="A360">
-        <v>440</v>
+        <v>504</v>
       </c>
       <c r="B360" t="s">
-        <v>1314</v>
+        <v>1249</v>
       </c>
       <c r="C360" t="s">
-        <v>1281</v>
+        <v>1250</v>
       </c>
       <c r="D360" t="s">
-        <v>32</v>
+        <v>62</v>
       </c>
       <c r="E360" t="s">
         <v>12</v>
       </c>
       <c r="F360" t="s">
-        <v>1315</v>
+        <v>1147</v>
+      </c>
+      <c r="G360" t="s">
+        <v>1251</v>
       </c>
       <c r="H360" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-        <v>71122.2</v>
+        <v>81</v>
+      </c>
+      <c r="I360" s="1" t="s">
+        <v>1252</v>
       </c>
     </row>
     <row r="361" spans="1:9">
       <c r="A361">
-        <v>439</v>
+        <v>503</v>
       </c>
       <c r="B361" t="s">
-        <v>1215</v>
+        <v>1253</v>
       </c>
       <c r="C361" t="s">
-        <v>1103</v>
+        <v>1254</v>
       </c>
       <c r="D361" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="E361" t="s">
         <v>12</v>
       </c>
       <c r="F361" t="s">
-        <v>1316</v>
-[...2 lines deleted...]
-        <v>1317</v>
+        <v>1255</v>
       </c>
       <c r="H361" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-        <v>1318</v>
+        <v>81</v>
+      </c>
+      <c r="I361" s="1">
+        <v>437400</v>
       </c>
     </row>
     <row r="362" spans="1:9">
       <c r="A362">
-        <v>438</v>
+        <v>502</v>
       </c>
       <c r="B362" t="s">
-        <v>1319</v>
+        <v>1256</v>
       </c>
       <c r="C362" t="s">
-        <v>1320</v>
+        <v>1257</v>
       </c>
       <c r="D362" t="s">
-        <v>59</v>
+        <v>19</v>
       </c>
       <c r="E362" t="s">
         <v>12</v>
       </c>
       <c r="F362" t="s">
-        <v>1321</v>
+        <v>1258</v>
+      </c>
+      <c r="G362" t="s">
+        <v>1259</v>
       </c>
       <c r="H362" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-        <v>16796</v>
+        <v>81</v>
+      </c>
+      <c r="I362" s="1" t="s">
+        <v>1260</v>
       </c>
     </row>
     <row r="363" spans="1:9">
       <c r="A363">
-        <v>437</v>
+        <v>501</v>
       </c>
       <c r="B363" t="s">
-        <v>1322</v>
+        <v>1261</v>
       </c>
       <c r="C363" t="s">
-        <v>143</v>
+        <v>1262</v>
       </c>
       <c r="D363" t="s">
-        <v>19</v>
+        <v>47</v>
       </c>
       <c r="E363" t="s">
         <v>12</v>
       </c>
       <c r="F363" t="s">
-        <v>1323</v>
+        <v>1263</v>
       </c>
       <c r="G363" t="s">
-        <v>1324</v>
+        <v>1200</v>
       </c>
       <c r="H363" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I363" s="1" t="s">
-        <v>77</v>
+        <v>1264</v>
       </c>
     </row>
     <row r="364" spans="1:9">
       <c r="A364">
-        <v>436</v>
+        <v>500</v>
       </c>
       <c r="B364" t="s">
-        <v>1325</v>
+        <v>1265</v>
       </c>
       <c r="C364" t="s">
-        <v>1051</v>
+        <v>1266</v>
       </c>
       <c r="D364" t="s">
-        <v>32</v>
+        <v>47</v>
       </c>
       <c r="E364" t="s">
         <v>12</v>
       </c>
       <c r="F364" t="s">
-        <v>1326</v>
-[...2 lines deleted...]
-        <v>1327</v>
+        <v>1152</v>
       </c>
       <c r="H364" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-        <v>1058</v>
+        <v>81</v>
+      </c>
+      <c r="I364" s="1">
+        <v>0</v>
       </c>
     </row>
     <row r="365" spans="1:9">
       <c r="A365">
-        <v>435</v>
+        <v>499</v>
       </c>
       <c r="B365" t="s">
-        <v>1328</v>
+        <v>1267</v>
       </c>
       <c r="C365" t="s">
-        <v>1329</v>
+        <v>1268</v>
       </c>
       <c r="D365" t="s">
-        <v>32</v>
+        <v>11</v>
       </c>
       <c r="E365" t="s">
         <v>12</v>
       </c>
       <c r="F365" t="s">
-        <v>1330</v>
+        <v>1269</v>
+      </c>
+      <c r="G365" t="s">
+        <v>1270</v>
       </c>
       <c r="H365" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-        <v>150000</v>
+        <v>81</v>
+      </c>
+      <c r="I365" s="1" t="s">
+        <v>1271</v>
       </c>
     </row>
     <row r="366" spans="1:9">
       <c r="A366">
-        <v>434</v>
+        <v>498</v>
       </c>
       <c r="B366" t="s">
-        <v>1306</v>
+        <v>1272</v>
       </c>
       <c r="C366" t="s">
-        <v>1307</v>
+        <v>1273</v>
       </c>
       <c r="D366" t="s">
-        <v>32</v>
+        <v>47</v>
       </c>
       <c r="E366" t="s">
         <v>12</v>
       </c>
       <c r="F366" t="s">
-        <v>1331</v>
+        <v>1274</v>
       </c>
       <c r="H366" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I366" s="1">
-        <v>90000</v>
+        <v>7699450</v>
       </c>
     </row>
     <row r="367" spans="1:9">
       <c r="A367">
-        <v>433</v>
+        <v>497</v>
       </c>
       <c r="B367" t="s">
-        <v>1332</v>
+        <v>1275</v>
       </c>
       <c r="C367" t="s">
-        <v>1333</v>
+        <v>1276</v>
       </c>
       <c r="D367" t="s">
-        <v>32</v>
+        <v>47</v>
       </c>
       <c r="E367" t="s">
         <v>12</v>
       </c>
       <c r="F367" t="s">
-        <v>1334</v>
+        <v>1277</v>
       </c>
       <c r="H367" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I367" s="1">
-        <v>130000</v>
+        <v>33240</v>
       </c>
     </row>
     <row r="368" spans="1:9">
       <c r="A368">
-        <v>432</v>
+        <v>496</v>
       </c>
       <c r="B368" t="s">
-        <v>1335</v>
+        <v>1278</v>
       </c>
       <c r="C368" t="s">
-        <v>1336</v>
+        <v>1279</v>
       </c>
       <c r="D368" t="s">
-        <v>25</v>
+        <v>11</v>
       </c>
       <c r="E368" t="s">
         <v>12</v>
       </c>
       <c r="F368" t="s">
-        <v>1337</v>
-[...2 lines deleted...]
-        <v>1338</v>
+        <v>469</v>
       </c>
       <c r="H368" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>1339</v>
+        <v>81</v>
+      </c>
+      <c r="I368" s="1">
+        <v>17458.67</v>
       </c>
     </row>
     <row r="369" spans="1:9">
       <c r="A369">
-        <v>431</v>
+        <v>495</v>
       </c>
       <c r="B369" t="s">
-        <v>1340</v>
+        <v>1280</v>
       </c>
       <c r="C369" t="s">
-        <v>1341</v>
+        <v>1281</v>
       </c>
       <c r="D369" t="s">
-        <v>11</v>
+        <v>47</v>
       </c>
       <c r="E369" t="s">
         <v>12</v>
       </c>
       <c r="F369" t="s">
-        <v>1342</v>
+        <v>1282</v>
       </c>
       <c r="H369" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I369" s="1">
-        <v>34418.1</v>
+        <v>208600</v>
       </c>
     </row>
     <row r="370" spans="1:9">
       <c r="A370">
-        <v>430</v>
+        <v>494</v>
       </c>
       <c r="B370" t="s">
-        <v>1343</v>
+        <v>1283</v>
       </c>
       <c r="C370" t="s">
-        <v>350</v>
+        <v>1284</v>
       </c>
       <c r="D370" t="s">
-        <v>1299</v>
+        <v>11</v>
       </c>
       <c r="E370" t="s">
         <v>12</v>
       </c>
       <c r="F370" t="s">
-        <v>1344</v>
-[...2 lines deleted...]
-        <v>206</v>
+        <v>1285</v>
       </c>
       <c r="H370" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I370" s="1">
-        <v>162000</v>
+        <v>9182.34</v>
       </c>
     </row>
     <row r="371" spans="1:9">
       <c r="A371">
-        <v>429</v>
+        <v>493</v>
       </c>
       <c r="B371" t="s">
-        <v>1345</v>
+        <v>1286</v>
       </c>
       <c r="C371" t="s">
-        <v>1346</v>
+        <v>1287</v>
       </c>
       <c r="D371" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="E371" t="s">
         <v>12</v>
       </c>
       <c r="F371" t="s">
-        <v>1347</v>
+        <v>469</v>
       </c>
       <c r="G371" t="s">
-        <v>1348</v>
+        <v>1288</v>
       </c>
       <c r="H371" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-        <v>1349</v>
+        <v>81</v>
+      </c>
+      <c r="I371" s="1">
+        <v>5124081.6</v>
       </c>
     </row>
     <row r="372" spans="1:9">
       <c r="A372">
-        <v>428</v>
+        <v>492</v>
       </c>
       <c r="B372" t="s">
-        <v>1350</v>
+        <v>1289</v>
       </c>
       <c r="C372" t="s">
-        <v>526</v>
+        <v>1290</v>
       </c>
       <c r="D372" t="s">
-        <v>59</v>
+        <v>19</v>
       </c>
       <c r="E372" t="s">
         <v>12</v>
       </c>
       <c r="F372" t="s">
-        <v>1351</v>
+        <v>1291</v>
       </c>
       <c r="H372" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I372" s="1">
-        <v>17262</v>
+        <v>3900</v>
       </c>
     </row>
     <row r="373" spans="1:9">
       <c r="A373">
-        <v>427</v>
+        <v>491</v>
       </c>
       <c r="B373" t="s">
-        <v>1352</v>
+        <v>1292</v>
       </c>
       <c r="C373" t="s">
-        <v>1353</v>
+        <v>1293</v>
       </c>
       <c r="D373" t="s">
-        <v>11</v>
+        <v>47</v>
       </c>
       <c r="E373" t="s">
         <v>12</v>
       </c>
       <c r="F373" t="s">
-        <v>1354</v>
+        <v>1294</v>
       </c>
       <c r="G373" t="s">
-        <v>1355</v>
+        <v>192</v>
       </c>
       <c r="H373" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-        <v>1356</v>
+        <v>81</v>
+      </c>
+      <c r="I373" s="1">
+        <v>1170084.62</v>
       </c>
     </row>
     <row r="374" spans="1:9">
       <c r="A374">
-        <v>426</v>
+        <v>490</v>
       </c>
       <c r="B374" t="s">
-        <v>1357</v>
+        <v>1295</v>
       </c>
       <c r="C374" t="s">
-        <v>1051</v>
+        <v>1296</v>
       </c>
       <c r="D374" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="E374" t="s">
         <v>12</v>
       </c>
       <c r="F374" t="s">
-        <v>1358</v>
+        <v>1297</v>
       </c>
       <c r="H374" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I374" s="1">
-        <v>16675</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="375" spans="1:9">
       <c r="A375">
-        <v>425</v>
+        <v>489</v>
       </c>
       <c r="B375" t="s">
-        <v>1359</v>
+        <v>1298</v>
       </c>
       <c r="C375" t="s">
-        <v>1139</v>
+        <v>1299</v>
       </c>
       <c r="D375" t="s">
-        <v>11</v>
+        <v>26</v>
       </c>
       <c r="E375" t="s">
         <v>12</v>
       </c>
       <c r="F375" t="s">
-        <v>1360</v>
+        <v>1300</v>
+      </c>
+      <c r="G375" t="s">
+        <v>1301</v>
       </c>
       <c r="H375" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-        <v>837992.8</v>
+        <v>81</v>
+      </c>
+      <c r="I375" s="1" t="s">
+        <v>1302</v>
       </c>
     </row>
     <row r="376" spans="1:9">
       <c r="A376">
-        <v>424</v>
+        <v>488</v>
       </c>
       <c r="B376" t="s">
-        <v>1361</v>
+        <v>1303</v>
       </c>
       <c r="C376" t="s">
-        <v>1362</v>
+        <v>1304</v>
       </c>
       <c r="D376" t="s">
         <v>11</v>
       </c>
       <c r="E376" t="s">
         <v>12</v>
       </c>
       <c r="F376" t="s">
-        <v>1363</v>
+        <v>1258</v>
       </c>
       <c r="H376" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I376" s="1">
-        <v>0</v>
+        <v>16750</v>
       </c>
     </row>
     <row r="377" spans="1:9">
       <c r="A377">
-        <v>423</v>
+        <v>487</v>
       </c>
       <c r="B377" t="s">
-        <v>1364</v>
+        <v>1305</v>
       </c>
       <c r="C377" t="s">
-        <v>1365</v>
+        <v>1306</v>
       </c>
       <c r="D377" t="s">
-        <v>59</v>
+        <v>1307</v>
       </c>
       <c r="E377" t="s">
         <v>12</v>
       </c>
       <c r="F377" t="s">
-        <v>1366</v>
+        <v>469</v>
       </c>
       <c r="H377" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I377" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="378" spans="1:9">
       <c r="A378">
-        <v>422</v>
+        <v>486</v>
       </c>
       <c r="B378" t="s">
-        <v>1367</v>
+        <v>1308</v>
       </c>
       <c r="C378" t="s">
-        <v>1368</v>
+        <v>705</v>
       </c>
       <c r="D378" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="E378" t="s">
         <v>12</v>
       </c>
       <c r="F378" t="s">
-        <v>1369</v>
+        <v>1309</v>
       </c>
       <c r="H378" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I378" s="1">
-        <v>5000000</v>
+        <v>16500</v>
       </c>
     </row>
     <row r="379" spans="1:9">
       <c r="A379">
-        <v>421</v>
+        <v>485</v>
       </c>
       <c r="B379" t="s">
-        <v>1370</v>
+        <v>1310</v>
       </c>
       <c r="C379" t="s">
-        <v>1371</v>
+        <v>1311</v>
       </c>
       <c r="D379" t="s">
-        <v>11</v>
+        <v>47</v>
       </c>
       <c r="E379" t="s">
         <v>12</v>
       </c>
       <c r="F379" t="s">
-        <v>1372</v>
+        <v>1312</v>
       </c>
       <c r="H379" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I379" s="1">
-        <v>545253</v>
+        <v>0</v>
       </c>
     </row>
     <row r="380" spans="1:9">
       <c r="A380">
-        <v>420</v>
+        <v>484</v>
       </c>
       <c r="B380" t="s">
-        <v>1373</v>
+        <v>1313</v>
       </c>
       <c r="C380" t="s">
-        <v>1374</v>
+        <v>1314</v>
       </c>
       <c r="D380" t="s">
-        <v>25</v>
+        <v>11</v>
       </c>
       <c r="E380" t="s">
         <v>12</v>
       </c>
       <c r="F380" t="s">
-        <v>1375</v>
+        <v>1315</v>
       </c>
       <c r="H380" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I380" s="1">
-        <v>12417525.86</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="381" spans="1:9">
       <c r="A381">
-        <v>419</v>
+        <v>482</v>
       </c>
       <c r="B381" t="s">
-        <v>1376</v>
+        <v>1316</v>
       </c>
       <c r="C381" t="s">
-        <v>1377</v>
+        <v>1317</v>
       </c>
       <c r="D381" t="s">
-        <v>25</v>
+        <v>62</v>
       </c>
       <c r="E381" t="s">
         <v>12</v>
       </c>
       <c r="F381" t="s">
-        <v>1378</v>
+        <v>1244</v>
       </c>
       <c r="G381" t="s">
-        <v>1379</v>
+        <v>238</v>
       </c>
       <c r="H381" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-        <v>1380</v>
+        <v>81</v>
+      </c>
+      <c r="I381" s="1">
+        <v>0</v>
       </c>
     </row>
     <row r="382" spans="1:9">
       <c r="A382">
-        <v>418</v>
+        <v>481</v>
       </c>
       <c r="B382" t="s">
-        <v>1381</v>
+        <v>1318</v>
       </c>
       <c r="C382" t="s">
-        <v>785</v>
+        <v>1319</v>
       </c>
       <c r="D382" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="E382" t="s">
         <v>12</v>
       </c>
       <c r="F382" t="s">
-        <v>1382</v>
-[...2 lines deleted...]
-        <v>1383</v>
+        <v>1291</v>
       </c>
       <c r="H382" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-        <v>1384</v>
+        <v>81</v>
+      </c>
+      <c r="I382" s="1">
+        <v>5850</v>
       </c>
     </row>
     <row r="383" spans="1:9">
       <c r="A383">
-        <v>417</v>
+        <v>480</v>
       </c>
       <c r="B383" t="s">
-        <v>1335</v>
+        <v>1320</v>
       </c>
       <c r="C383" t="s">
-        <v>1336</v>
+        <v>1321</v>
       </c>
       <c r="D383" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="E383" t="s">
         <v>12</v>
       </c>
       <c r="F383" t="s">
-        <v>1385</v>
-[...2 lines deleted...]
-        <v>1386</v>
+        <v>1291</v>
       </c>
       <c r="H383" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-        <v>1387</v>
+        <v>81</v>
+      </c>
+      <c r="I383" s="1">
+        <v>3900</v>
       </c>
     </row>
     <row r="384" spans="1:9">
       <c r="A384">
-        <v>416</v>
+        <v>479</v>
       </c>
       <c r="B384" t="s">
-        <v>1388</v>
+        <v>1322</v>
       </c>
       <c r="C384" t="s">
-        <v>1389</v>
+        <v>1323</v>
       </c>
       <c r="D384" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="E384" t="s">
         <v>12</v>
       </c>
       <c r="F384" t="s">
-        <v>1390</v>
+        <v>1324</v>
       </c>
       <c r="H384" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I384" s="1">
-        <v>5747395.39</v>
+        <v>369000</v>
       </c>
     </row>
     <row r="385" spans="1:9">
       <c r="A385">
-        <v>415</v>
+        <v>478</v>
       </c>
       <c r="B385" t="s">
-        <v>1391</v>
+        <v>1325</v>
       </c>
       <c r="C385" t="s">
-        <v>1392</v>
+        <v>705</v>
       </c>
       <c r="D385" t="s">
-        <v>25</v>
+        <v>1307</v>
       </c>
       <c r="E385" t="s">
         <v>12</v>
       </c>
       <c r="F385" t="s">
-        <v>1393</v>
+        <v>1326</v>
       </c>
       <c r="H385" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I385" s="1">
-        <v>2496064.85</v>
+        <v>502521.18</v>
       </c>
     </row>
     <row r="386" spans="1:9">
       <c r="A386">
-        <v>414</v>
+        <v>477</v>
       </c>
       <c r="B386" t="s">
-        <v>1394</v>
+        <v>1327</v>
       </c>
       <c r="C386" t="s">
-        <v>1395</v>
+        <v>1328</v>
       </c>
       <c r="D386" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="E386" t="s">
         <v>12</v>
       </c>
       <c r="F386" t="s">
-        <v>1396</v>
+        <v>1329</v>
       </c>
       <c r="H386" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I386" s="1">
-        <v>543540.08</v>
+        <v>0</v>
       </c>
     </row>
     <row r="387" spans="1:9">
       <c r="A387">
-        <v>413</v>
+        <v>476</v>
       </c>
       <c r="B387" t="s">
-        <v>1397</v>
+        <v>1330</v>
       </c>
       <c r="C387" t="s">
-        <v>785</v>
+        <v>1101</v>
       </c>
       <c r="D387" t="s">
-        <v>25</v>
+        <v>1232</v>
       </c>
       <c r="E387" t="s">
         <v>12</v>
       </c>
       <c r="F387" t="s">
-        <v>1398</v>
-[...2 lines deleted...]
-        <v>1399</v>
+        <v>1331</v>
       </c>
       <c r="H387" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-        <v>1400</v>
+        <v>81</v>
+      </c>
+      <c r="I387" s="1">
+        <v>149878.53</v>
       </c>
     </row>
     <row r="388" spans="1:9">
       <c r="A388">
-        <v>412</v>
+        <v>475</v>
       </c>
       <c r="B388" t="s">
-        <v>1401</v>
+        <v>1332</v>
       </c>
       <c r="C388" t="s">
-        <v>1281</v>
+        <v>705</v>
       </c>
       <c r="D388" t="s">
-        <v>25</v>
+        <v>1232</v>
       </c>
       <c r="E388" t="s">
         <v>12</v>
       </c>
       <c r="F388" t="s">
-        <v>1402</v>
+        <v>1333</v>
       </c>
       <c r="H388" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I388" s="1">
-        <v>2883861.5</v>
+        <v>102000</v>
       </c>
     </row>
     <row r="389" spans="1:9">
       <c r="A389">
-        <v>411</v>
+        <v>474</v>
       </c>
       <c r="B389" t="s">
-        <v>1403</v>
+        <v>1334</v>
       </c>
       <c r="C389" t="s">
-        <v>1163</v>
+        <v>1335</v>
       </c>
       <c r="D389" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="E389" t="s">
         <v>12</v>
       </c>
       <c r="F389" t="s">
-        <v>1404</v>
+        <v>1336</v>
       </c>
       <c r="H389" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I389" s="1">
-        <v>725465</v>
+        <v>0</v>
       </c>
     </row>
     <row r="390" spans="1:9">
       <c r="A390">
-        <v>409</v>
+        <v>473</v>
       </c>
       <c r="B390" t="s">
-        <v>1345</v>
+        <v>1337</v>
       </c>
       <c r="C390" t="s">
-        <v>1346</v>
+        <v>1237</v>
       </c>
       <c r="D390" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="E390" t="s">
         <v>12</v>
       </c>
       <c r="F390" t="s">
-        <v>1405</v>
+        <v>1338</v>
       </c>
       <c r="G390" t="s">
-        <v>1406</v>
+        <v>1339</v>
       </c>
       <c r="H390" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I390" s="1" t="s">
-        <v>1407</v>
+        <v>1340</v>
       </c>
     </row>
     <row r="391" spans="1:9">
       <c r="A391">
-        <v>408</v>
+        <v>472</v>
       </c>
       <c r="B391" t="s">
-        <v>1408</v>
+        <v>1341</v>
       </c>
       <c r="C391" t="s">
-        <v>1409</v>
+        <v>1290</v>
       </c>
       <c r="D391" t="s">
-        <v>25</v>
+        <v>11</v>
       </c>
       <c r="E391" t="s">
         <v>12</v>
       </c>
       <c r="F391" t="s">
-        <v>1410</v>
+        <v>1342</v>
       </c>
       <c r="H391" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I391" s="1">
-        <v>1190524.68</v>
+        <v>12950</v>
       </c>
     </row>
     <row r="392" spans="1:9">
       <c r="A392">
-        <v>407</v>
+        <v>471</v>
       </c>
       <c r="B392" t="s">
-        <v>1411</v>
+        <v>1343</v>
       </c>
       <c r="C392" t="s">
-        <v>1412</v>
+        <v>1321</v>
       </c>
       <c r="D392" t="s">
         <v>11</v>
       </c>
       <c r="E392" t="s">
         <v>12</v>
       </c>
       <c r="F392" t="s">
-        <v>1413</v>
-[...2 lines deleted...]
-        <v>1414</v>
+        <v>1344</v>
       </c>
       <c r="H392" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-        <v>1415</v>
+        <v>81</v>
+      </c>
+      <c r="I392" s="1">
+        <v>8069.9</v>
       </c>
     </row>
     <row r="393" spans="1:9">
       <c r="A393">
-        <v>406</v>
+        <v>470</v>
       </c>
       <c r="B393" t="s">
-        <v>1416</v>
+        <v>1345</v>
       </c>
       <c r="C393" t="s">
-        <v>1417</v>
+        <v>1346</v>
       </c>
       <c r="D393" t="s">
         <v>11</v>
       </c>
       <c r="E393" t="s">
         <v>12</v>
       </c>
       <c r="F393" t="s">
-        <v>1418</v>
+        <v>1347</v>
       </c>
       <c r="H393" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I393" s="1">
-        <v>64800</v>
+        <v>11101.52</v>
       </c>
     </row>
     <row r="394" spans="1:9">
       <c r="A394">
-        <v>405</v>
+        <v>469</v>
       </c>
       <c r="B394" t="s">
-        <v>1419</v>
+        <v>1348</v>
       </c>
       <c r="C394" t="s">
-        <v>1420</v>
+        <v>1349</v>
       </c>
       <c r="D394" t="s">
-        <v>11</v>
+        <v>47</v>
       </c>
       <c r="E394" t="s">
         <v>12</v>
       </c>
       <c r="F394" t="s">
-        <v>1421</v>
-[...2 lines deleted...]
-        <v>1414</v>
+        <v>1350</v>
       </c>
       <c r="H394" t="s">
-        <v>1422</v>
-[...2 lines deleted...]
-        <v>1423</v>
+        <v>81</v>
+      </c>
+      <c r="I394" s="1">
+        <v>299960</v>
       </c>
     </row>
     <row r="395" spans="1:9">
       <c r="A395">
-        <v>404</v>
+        <v>468</v>
       </c>
       <c r="B395" t="s">
-        <v>1357</v>
+        <v>1351</v>
       </c>
       <c r="C395" t="s">
-        <v>1051</v>
+        <v>1352</v>
       </c>
       <c r="D395" t="s">
-        <v>59</v>
+        <v>47</v>
       </c>
       <c r="E395" t="s">
         <v>12</v>
       </c>
       <c r="F395" t="s">
-        <v>1424</v>
-[...2 lines deleted...]
-        <v>1425</v>
+        <v>1353</v>
       </c>
       <c r="H395" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-        <v>1426</v>
+        <v>81</v>
+      </c>
+      <c r="I395" s="1">
+        <v>203735.36</v>
       </c>
     </row>
     <row r="396" spans="1:9">
       <c r="A396">
-        <v>403</v>
+        <v>467</v>
       </c>
       <c r="B396" t="s">
-        <v>1427</v>
+        <v>1354</v>
       </c>
       <c r="C396" t="s">
-        <v>534</v>
+        <v>1355</v>
       </c>
       <c r="D396" t="s">
-        <v>19</v>
+        <v>47</v>
       </c>
       <c r="E396" t="s">
         <v>12</v>
       </c>
       <c r="F396" t="s">
-        <v>1428</v>
+        <v>1356</v>
       </c>
       <c r="H396" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I396" s="1">
-        <v>1786101.33</v>
+        <v>545000</v>
       </c>
     </row>
     <row r="397" spans="1:9">
       <c r="A397">
-        <v>402</v>
+        <v>466</v>
       </c>
       <c r="B397" t="s">
-        <v>1429</v>
+        <v>1357</v>
       </c>
       <c r="C397" t="s">
-        <v>963</v>
+        <v>1358</v>
       </c>
       <c r="D397" t="s">
-        <v>19</v>
+        <v>47</v>
       </c>
       <c r="E397" t="s">
         <v>12</v>
       </c>
       <c r="F397" t="s">
-        <v>1430</v>
+        <v>1359</v>
       </c>
       <c r="H397" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I397" s="1">
-        <v>11961444.61</v>
+        <v>78200</v>
       </c>
     </row>
     <row r="398" spans="1:9">
       <c r="A398">
-        <v>401</v>
+        <v>465</v>
       </c>
       <c r="B398" t="s">
-        <v>1431</v>
+        <v>1360</v>
       </c>
       <c r="C398" t="s">
-        <v>1368</v>
+        <v>1361</v>
       </c>
       <c r="D398" t="s">
-        <v>59</v>
+        <v>1307</v>
       </c>
       <c r="E398" t="s">
         <v>12</v>
       </c>
       <c r="F398" t="s">
-        <v>1432</v>
+        <v>1326</v>
       </c>
       <c r="H398" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I398" s="1">
-        <v>17419.5</v>
+        <v>1388084.5</v>
       </c>
     </row>
     <row r="399" spans="1:9">
       <c r="A399">
-        <v>400</v>
+        <v>464</v>
       </c>
       <c r="B399" t="s">
-        <v>1433</v>
+        <v>1362</v>
       </c>
       <c r="C399" t="s">
-        <v>1434</v>
+        <v>1363</v>
       </c>
       <c r="D399" t="s">
         <v>11</v>
       </c>
       <c r="E399" t="s">
         <v>12</v>
       </c>
       <c r="F399" t="s">
-        <v>1435</v>
+        <v>1364</v>
       </c>
       <c r="H399" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I399" s="1">
-        <v>1512086.89</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="400" spans="1:9">
       <c r="A400">
-        <v>399</v>
+        <v>463</v>
       </c>
       <c r="B400" t="s">
-        <v>1280</v>
+        <v>1365</v>
       </c>
       <c r="C400" t="s">
-        <v>1281</v>
+        <v>1366</v>
       </c>
       <c r="D400" t="s">
-        <v>59</v>
+        <v>11</v>
       </c>
       <c r="E400" t="s">
         <v>12</v>
       </c>
       <c r="F400" t="s">
-        <v>1436</v>
+        <v>1367</v>
       </c>
       <c r="H400" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I400" s="1">
-        <v>66000</v>
+        <v>6466.08</v>
       </c>
     </row>
     <row r="401" spans="1:9">
       <c r="A401">
-        <v>398</v>
+        <v>462</v>
       </c>
       <c r="B401" t="s">
-        <v>1437</v>
+        <v>1368</v>
       </c>
       <c r="C401" t="s">
-        <v>1438</v>
+        <v>1250</v>
       </c>
       <c r="D401" t="s">
-        <v>11</v>
+        <v>26</v>
       </c>
       <c r="E401" t="s">
         <v>12</v>
       </c>
       <c r="F401" t="s">
-        <v>1439</v>
+        <v>1369</v>
+      </c>
+      <c r="G401" t="s">
+        <v>1370</v>
       </c>
       <c r="H401" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-        <v>152991.43</v>
+        <v>81</v>
+      </c>
+      <c r="I401" s="1" t="s">
+        <v>1371</v>
       </c>
     </row>
     <row r="402" spans="1:9">
       <c r="A402">
-        <v>397</v>
+        <v>461</v>
       </c>
       <c r="B402" t="s">
-        <v>1440</v>
+        <v>1372</v>
       </c>
       <c r="C402" t="s">
-        <v>1441</v>
+        <v>1373</v>
       </c>
       <c r="D402" t="s">
-        <v>59</v>
+        <v>47</v>
       </c>
       <c r="E402" t="s">
         <v>12</v>
       </c>
       <c r="F402" t="s">
-        <v>1442</v>
+        <v>1374</v>
+      </c>
+      <c r="G402" t="s">
+        <v>1375</v>
       </c>
       <c r="H402" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-        <v>4015.54</v>
+        <v>81</v>
+      </c>
+      <c r="I402" s="1" t="s">
+        <v>1376</v>
       </c>
     </row>
     <row r="403" spans="1:9">
       <c r="A403">
-        <v>396</v>
+        <v>460</v>
       </c>
       <c r="B403" t="s">
-        <v>1443</v>
+        <v>1377</v>
       </c>
       <c r="C403" t="s">
-        <v>1444</v>
+        <v>1378</v>
       </c>
       <c r="D403" t="s">
-        <v>11</v>
+        <v>47</v>
       </c>
       <c r="E403" t="s">
         <v>12</v>
       </c>
       <c r="F403" t="s">
-        <v>1445</v>
+        <v>1379</v>
       </c>
       <c r="H403" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I403" s="1">
-        <v>186217</v>
+        <v>16139999.88</v>
       </c>
     </row>
     <row r="404" spans="1:9">
       <c r="A404">
-        <v>395</v>
+        <v>459</v>
       </c>
       <c r="B404" t="s">
-        <v>1325</v>
+        <v>1380</v>
       </c>
       <c r="C404" t="s">
-        <v>1051</v>
+        <v>1381</v>
       </c>
       <c r="D404" t="s">
-        <v>32</v>
+        <v>11</v>
       </c>
       <c r="E404" t="s">
         <v>12</v>
       </c>
       <c r="F404" t="s">
-        <v>1446</v>
-[...2 lines deleted...]
-        <v>1447</v>
+        <v>1382</v>
       </c>
       <c r="H404" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-        <v>961</v>
+        <v>81</v>
+      </c>
+      <c r="I404" s="1">
+        <v>1650</v>
       </c>
     </row>
     <row r="405" spans="1:9">
       <c r="A405">
-        <v>394</v>
+        <v>458</v>
       </c>
       <c r="B405" t="s">
-        <v>1448</v>
+        <v>1383</v>
       </c>
       <c r="C405" t="s">
-        <v>1449</v>
+        <v>1384</v>
       </c>
       <c r="D405" t="s">
         <v>11</v>
       </c>
       <c r="E405" t="s">
         <v>12</v>
       </c>
       <c r="F405" t="s">
-        <v>1450</v>
+        <v>1385</v>
       </c>
       <c r="H405" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I405" s="1">
-        <v>59500</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="406" spans="1:9">
       <c r="A406">
-        <v>393</v>
+        <v>457</v>
       </c>
       <c r="B406" t="s">
-        <v>1451</v>
+        <v>1386</v>
       </c>
       <c r="C406" t="s">
-        <v>1452</v>
+        <v>1387</v>
       </c>
       <c r="D406" t="s">
         <v>11</v>
       </c>
       <c r="E406" t="s">
         <v>12</v>
       </c>
       <c r="F406" t="s">
-        <v>1453</v>
+        <v>1388</v>
       </c>
       <c r="H406" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I406" s="1">
-        <v>509610.78</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="407" spans="1:9">
       <c r="A407">
-        <v>392</v>
+        <v>456</v>
       </c>
       <c r="B407" t="s">
-        <v>1454</v>
+        <v>1389</v>
       </c>
       <c r="C407" t="s">
-        <v>1455</v>
+        <v>1390</v>
       </c>
       <c r="D407" t="s">
         <v>11</v>
       </c>
       <c r="E407" t="s">
         <v>12</v>
       </c>
       <c r="F407" t="s">
-        <v>1456</v>
+        <v>1391</v>
       </c>
       <c r="H407" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I407" s="1">
-        <v>178821</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="408" spans="1:9">
       <c r="A408">
-        <v>391</v>
+        <v>455</v>
       </c>
       <c r="B408" t="s">
-        <v>1457</v>
+        <v>1392</v>
       </c>
       <c r="C408" t="s">
-        <v>1458</v>
+        <v>1393</v>
       </c>
       <c r="D408" t="s">
         <v>11</v>
       </c>
       <c r="E408" t="s">
         <v>12</v>
       </c>
       <c r="F408" t="s">
-        <v>1459</v>
+        <v>1394</v>
       </c>
       <c r="H408" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I408" s="1">
-        <v>164880</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="409" spans="1:9">
       <c r="A409">
-        <v>390</v>
+        <v>454</v>
       </c>
       <c r="B409" t="s">
-        <v>1460</v>
+        <v>1395</v>
       </c>
       <c r="C409" t="s">
-        <v>1461</v>
+        <v>1396</v>
       </c>
       <c r="D409" t="s">
         <v>11</v>
       </c>
       <c r="E409" t="s">
         <v>12</v>
       </c>
       <c r="F409" t="s">
-        <v>1462</v>
-[...2 lines deleted...]
-        <v>1463</v>
+        <v>1397</v>
       </c>
       <c r="H409" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-        <v>1464</v>
+        <v>81</v>
+      </c>
+      <c r="I409" s="1">
+        <v>1800</v>
       </c>
     </row>
     <row r="410" spans="1:9">
       <c r="A410">
-        <v>389</v>
+        <v>453</v>
       </c>
       <c r="B410" t="s">
-        <v>1465</v>
+        <v>1398</v>
       </c>
       <c r="C410" t="s">
-        <v>1466</v>
+        <v>1399</v>
       </c>
       <c r="D410" t="s">
-        <v>25</v>
+        <v>11</v>
       </c>
       <c r="E410" t="s">
         <v>12</v>
       </c>
       <c r="F410" t="s">
-        <v>1467</v>
+        <v>1400</v>
       </c>
       <c r="H410" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I410" s="1">
-        <v>67500</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="411" spans="1:9">
       <c r="A411">
-        <v>388</v>
+        <v>452</v>
       </c>
       <c r="B411" t="s">
-        <v>1468</v>
+        <v>1401</v>
       </c>
       <c r="C411" t="s">
-        <v>1469</v>
+        <v>1402</v>
       </c>
       <c r="D411" t="s">
-        <v>59</v>
+        <v>11</v>
       </c>
       <c r="E411" t="s">
         <v>12</v>
       </c>
       <c r="F411" t="s">
-        <v>1470</v>
+        <v>1403</v>
       </c>
       <c r="H411" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I411" s="1">
-        <v>7064.71</v>
+        <v>1110</v>
       </c>
     </row>
     <row r="412" spans="1:9">
       <c r="A412">
-        <v>387</v>
+        <v>451</v>
       </c>
       <c r="B412" t="s">
-        <v>1471</v>
+        <v>1404</v>
       </c>
       <c r="C412" t="s">
-        <v>1472</v>
+        <v>1405</v>
       </c>
       <c r="D412" t="s">
-        <v>59</v>
+        <v>11</v>
       </c>
       <c r="E412" t="s">
         <v>12</v>
       </c>
       <c r="F412" t="s">
-        <v>1473</v>
+        <v>1406</v>
       </c>
       <c r="H412" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I412" s="1">
-        <v>7041.4</v>
+        <v>13506.9</v>
       </c>
     </row>
     <row r="413" spans="1:9">
       <c r="A413">
-        <v>386</v>
+        <v>450</v>
       </c>
       <c r="B413" t="s">
-        <v>1474</v>
+        <v>1407</v>
       </c>
       <c r="C413" t="s">
-        <v>1475</v>
+        <v>1408</v>
       </c>
       <c r="D413" t="s">
-        <v>32</v>
+        <v>47</v>
       </c>
       <c r="E413" t="s">
         <v>12</v>
       </c>
       <c r="F413" t="s">
-        <v>1476</v>
+        <v>1409</v>
       </c>
       <c r="H413" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I413" s="1">
-        <v>1250</v>
+        <v>0</v>
       </c>
     </row>
     <row r="414" spans="1:9">
       <c r="A414">
-        <v>385</v>
+        <v>449</v>
       </c>
       <c r="B414" t="s">
-        <v>1477</v>
+        <v>1320</v>
       </c>
       <c r="C414" t="s">
-        <v>1478</v>
+        <v>1321</v>
       </c>
       <c r="D414" t="s">
-        <v>59</v>
+        <v>19</v>
       </c>
       <c r="E414" t="s">
         <v>12</v>
       </c>
       <c r="F414" t="s">
-        <v>1479</v>
+        <v>1410</v>
       </c>
       <c r="H414" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I414" s="1">
-        <v>14000</v>
+        <v>4500</v>
       </c>
     </row>
     <row r="415" spans="1:9">
       <c r="A415">
-        <v>384</v>
+        <v>448</v>
       </c>
       <c r="B415" t="s">
-        <v>1480</v>
+        <v>1411</v>
       </c>
       <c r="C415" t="s">
-        <v>1481</v>
+        <v>1412</v>
       </c>
       <c r="D415" t="s">
-        <v>59</v>
+        <v>11</v>
       </c>
       <c r="E415" t="s">
         <v>12</v>
       </c>
       <c r="F415" t="s">
-        <v>1482</v>
+        <v>1413</v>
+      </c>
+      <c r="G415" t="s">
+        <v>484</v>
       </c>
       <c r="H415" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-        <v>7080</v>
+        <v>81</v>
+      </c>
+      <c r="I415" s="1" t="s">
+        <v>1414</v>
       </c>
     </row>
     <row r="416" spans="1:9">
       <c r="A416">
-        <v>383</v>
+        <v>447</v>
       </c>
       <c r="B416" t="s">
-        <v>1483</v>
+        <v>1415</v>
       </c>
       <c r="C416" t="s">
-        <v>1484</v>
+        <v>1416</v>
       </c>
       <c r="D416" t="s">
-        <v>59</v>
+        <v>47</v>
       </c>
       <c r="E416" t="s">
         <v>12</v>
       </c>
       <c r="F416" t="s">
-        <v>1485</v>
+        <v>1071</v>
       </c>
       <c r="H416" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I416" s="1">
-        <v>2400</v>
+        <v>0</v>
       </c>
     </row>
     <row r="417" spans="1:9">
       <c r="A417">
-        <v>382</v>
+        <v>446</v>
       </c>
       <c r="B417" t="s">
-        <v>1486</v>
+        <v>1417</v>
       </c>
       <c r="C417" t="s">
-        <v>1475</v>
+        <v>1418</v>
       </c>
       <c r="D417" t="s">
-        <v>59</v>
+        <v>1419</v>
       </c>
       <c r="E417" t="s">
         <v>12</v>
       </c>
       <c r="F417" t="s">
-        <v>1487</v>
+        <v>1420</v>
       </c>
       <c r="H417" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I417" s="1">
-        <v>22101</v>
+        <v>123500</v>
       </c>
     </row>
     <row r="418" spans="1:9">
       <c r="A418">
-        <v>381</v>
+        <v>445</v>
       </c>
       <c r="B418" t="s">
-        <v>1488</v>
+        <v>1421</v>
       </c>
       <c r="C418" t="s">
-        <v>1489</v>
+        <v>1422</v>
       </c>
       <c r="D418" t="s">
-        <v>59</v>
+        <v>11</v>
       </c>
       <c r="E418" t="s">
         <v>12</v>
       </c>
       <c r="F418" t="s">
-        <v>1490</v>
+        <v>1423</v>
       </c>
       <c r="H418" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I418" s="1">
-        <v>24000</v>
+        <v>18177.2</v>
       </c>
     </row>
     <row r="419" spans="1:9">
       <c r="A419">
-        <v>380</v>
+        <v>444</v>
       </c>
       <c r="B419" t="s">
-        <v>1491</v>
+        <v>1424</v>
       </c>
       <c r="C419" t="s">
-        <v>1492</v>
+        <v>1105</v>
       </c>
       <c r="D419" t="s">
-        <v>59</v>
+        <v>445</v>
       </c>
       <c r="E419" t="s">
         <v>12</v>
       </c>
       <c r="F419" t="s">
-        <v>1493</v>
+        <v>1425</v>
       </c>
       <c r="H419" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I419" s="1">
-        <v>36000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="420" spans="1:9">
       <c r="A420">
-        <v>379</v>
+        <v>443</v>
       </c>
       <c r="B420" t="s">
-        <v>1494</v>
+        <v>1426</v>
       </c>
       <c r="C420" t="s">
-        <v>1495</v>
+        <v>1427</v>
       </c>
       <c r="D420" t="s">
-        <v>59</v>
+        <v>19</v>
       </c>
       <c r="E420" t="s">
         <v>12</v>
       </c>
       <c r="F420" t="s">
-        <v>1496</v>
+        <v>1428</v>
       </c>
       <c r="H420" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I420" s="1">
-        <v>30000</v>
+        <v>80000</v>
       </c>
     </row>
     <row r="421" spans="1:9">
       <c r="A421">
-        <v>378</v>
+        <v>442</v>
       </c>
       <c r="B421" t="s">
-        <v>1497</v>
+        <v>1429</v>
       </c>
       <c r="C421" t="s">
-        <v>1498</v>
+        <v>1430</v>
       </c>
       <c r="D421" t="s">
-        <v>59</v>
+        <v>47</v>
       </c>
       <c r="E421" t="s">
         <v>12</v>
       </c>
       <c r="F421" t="s">
-        <v>107</v>
+        <v>1431</v>
       </c>
       <c r="H421" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I421" s="1">
-        <v>2882.1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="422" spans="1:9">
       <c r="A422">
-        <v>377</v>
+        <v>441</v>
       </c>
       <c r="B422" t="s">
-        <v>1499</v>
+        <v>1432</v>
       </c>
       <c r="C422" t="s">
-        <v>1500</v>
+        <v>1405</v>
       </c>
       <c r="D422" t="s">
-        <v>59</v>
+        <v>19</v>
       </c>
       <c r="E422" t="s">
         <v>12</v>
       </c>
       <c r="F422" t="s">
-        <v>1501</v>
+        <v>1433</v>
       </c>
       <c r="H422" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I422" s="1">
-        <v>1600</v>
+        <v>17260.75</v>
       </c>
     </row>
     <row r="423" spans="1:9">
       <c r="A423">
-        <v>376</v>
+        <v>440</v>
       </c>
       <c r="B423" t="s">
-        <v>1502</v>
+        <v>1434</v>
       </c>
       <c r="C423" t="s">
-        <v>1503</v>
+        <v>1402</v>
       </c>
       <c r="D423" t="s">
-        <v>59</v>
+        <v>19</v>
       </c>
       <c r="E423" t="s">
         <v>12</v>
       </c>
       <c r="F423" t="s">
-        <v>1504</v>
+        <v>1435</v>
       </c>
       <c r="H423" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I423" s="1">
-        <v>6004.25</v>
+        <v>71122.2</v>
       </c>
     </row>
     <row r="424" spans="1:9">
       <c r="A424">
-        <v>375</v>
+        <v>439</v>
       </c>
       <c r="B424" t="s">
-        <v>1505</v>
+        <v>1337</v>
       </c>
       <c r="C424" t="s">
-        <v>1506</v>
+        <v>1237</v>
       </c>
       <c r="D424" t="s">
-        <v>59</v>
+        <v>26</v>
       </c>
       <c r="E424" t="s">
         <v>12</v>
       </c>
       <c r="F424" t="s">
-        <v>1507</v>
+        <v>1436</v>
+      </c>
+      <c r="G424" t="s">
+        <v>1437</v>
       </c>
       <c r="H424" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-        <v>13860</v>
+        <v>81</v>
+      </c>
+      <c r="I424" s="1" t="s">
+        <v>1438</v>
       </c>
     </row>
     <row r="425" spans="1:9">
       <c r="A425">
-        <v>374</v>
+        <v>438</v>
       </c>
       <c r="B425" t="s">
-        <v>1508</v>
+        <v>1439</v>
       </c>
       <c r="C425" t="s">
-        <v>1509</v>
+        <v>1440</v>
       </c>
       <c r="D425" t="s">
-        <v>59</v>
+        <v>11</v>
       </c>
       <c r="E425" t="s">
         <v>12</v>
       </c>
       <c r="F425" t="s">
-        <v>1510</v>
+        <v>1441</v>
       </c>
       <c r="H425" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I425" s="1">
-        <v>15447.6</v>
+        <v>16796</v>
       </c>
     </row>
     <row r="426" spans="1:9">
       <c r="A426">
-        <v>373</v>
+        <v>437</v>
       </c>
       <c r="B426" t="s">
-        <v>1511</v>
+        <v>1442</v>
       </c>
       <c r="C426" t="s">
-        <v>1512</v>
+        <v>366</v>
       </c>
       <c r="D426" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="E426" t="s">
         <v>12</v>
       </c>
       <c r="F426" t="s">
-        <v>1513</v>
+        <v>1443</v>
+      </c>
+      <c r="G426" t="s">
+        <v>1444</v>
       </c>
       <c r="H426" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-        <v>14800</v>
+        <v>81</v>
+      </c>
+      <c r="I426" s="1" t="s">
+        <v>313</v>
       </c>
     </row>
     <row r="427" spans="1:9">
       <c r="A427">
-        <v>372</v>
+        <v>436</v>
       </c>
       <c r="B427" t="s">
-        <v>1514</v>
+        <v>1445</v>
       </c>
       <c r="C427" t="s">
-        <v>1515</v>
+        <v>1187</v>
       </c>
       <c r="D427" t="s">
-        <v>59</v>
+        <v>19</v>
       </c>
       <c r="E427" t="s">
         <v>12</v>
       </c>
       <c r="F427" t="s">
-        <v>1513</v>
+        <v>1446</v>
+      </c>
+      <c r="G427" t="s">
+        <v>1447</v>
       </c>
       <c r="H427" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-        <v>3500</v>
+        <v>81</v>
+      </c>
+      <c r="I427" s="1" t="s">
+        <v>1194</v>
       </c>
     </row>
     <row r="428" spans="1:9">
       <c r="A428">
-        <v>371</v>
+        <v>435</v>
       </c>
       <c r="B428" t="s">
-        <v>1516</v>
+        <v>1448</v>
       </c>
       <c r="C428" t="s">
-        <v>1517</v>
+        <v>1449</v>
       </c>
       <c r="D428" t="s">
-        <v>59</v>
+        <v>19</v>
       </c>
       <c r="E428" t="s">
         <v>12</v>
       </c>
       <c r="F428" t="s">
-        <v>1518</v>
+        <v>1450</v>
       </c>
       <c r="H428" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I428" s="1">
-        <v>16876</v>
+        <v>150000</v>
       </c>
     </row>
     <row r="429" spans="1:9">
       <c r="A429">
-        <v>370</v>
+        <v>434</v>
       </c>
       <c r="B429" t="s">
-        <v>1519</v>
+        <v>1426</v>
       </c>
       <c r="C429" t="s">
-        <v>1520</v>
+        <v>1427</v>
       </c>
       <c r="D429" t="s">
-        <v>59</v>
+        <v>19</v>
       </c>
       <c r="E429" t="s">
         <v>12</v>
       </c>
       <c r="F429" t="s">
-        <v>1521</v>
+        <v>1450</v>
       </c>
       <c r="H429" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I429" s="1">
-        <v>7200</v>
+        <v>90000</v>
       </c>
     </row>
     <row r="430" spans="1:9">
       <c r="A430">
-        <v>368</v>
+        <v>433</v>
       </c>
       <c r="B430" t="s">
-        <v>1522</v>
+        <v>1451</v>
       </c>
       <c r="C430" t="s">
-        <v>1523</v>
+        <v>1452</v>
       </c>
       <c r="D430" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="E430" t="s">
         <v>12</v>
       </c>
       <c r="F430" t="s">
-        <v>1524</v>
+        <v>1450</v>
       </c>
       <c r="H430" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I430" s="1">
-        <v>883039.93</v>
+        <v>130000</v>
       </c>
     </row>
     <row r="431" spans="1:9">
       <c r="A431">
-        <v>367</v>
+        <v>432</v>
       </c>
       <c r="B431" t="s">
-        <v>1525</v>
+        <v>1453</v>
       </c>
       <c r="C431" t="s">
-        <v>1526</v>
+        <v>1454</v>
       </c>
       <c r="D431" t="s">
-        <v>11</v>
+        <v>26</v>
       </c>
       <c r="E431" t="s">
         <v>12</v>
       </c>
       <c r="F431" t="s">
-        <v>1527</v>
+        <v>1455</v>
+      </c>
+      <c r="G431" t="s">
+        <v>1456</v>
       </c>
       <c r="H431" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-        <v>6885698.96</v>
+        <v>15</v>
+      </c>
+      <c r="I431" s="1" t="s">
+        <v>1457</v>
       </c>
     </row>
     <row r="432" spans="1:9">
       <c r="A432">
-        <v>366</v>
+        <v>431</v>
       </c>
       <c r="B432" t="s">
-        <v>1528</v>
+        <v>1458</v>
       </c>
       <c r="C432" t="s">
-        <v>1529</v>
+        <v>1459</v>
       </c>
       <c r="D432" t="s">
-        <v>11</v>
+        <v>47</v>
       </c>
       <c r="E432" t="s">
         <v>12</v>
       </c>
       <c r="F432" t="s">
-        <v>1530</v>
-[...2 lines deleted...]
-        <v>1531</v>
+        <v>1460</v>
       </c>
       <c r="H432" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-        <v>1532</v>
+        <v>81</v>
+      </c>
+      <c r="I432" s="1">
+        <v>34418.1</v>
       </c>
     </row>
     <row r="433" spans="1:9">
       <c r="A433">
-        <v>365</v>
+        <v>430</v>
       </c>
       <c r="B433" t="s">
-        <v>1533</v>
+        <v>1461</v>
       </c>
       <c r="C433" t="s">
-        <v>1534</v>
+        <v>544</v>
       </c>
       <c r="D433" t="s">
-        <v>11</v>
+        <v>1419</v>
       </c>
       <c r="E433" t="s">
         <v>12</v>
       </c>
       <c r="F433" t="s">
-        <v>1535</v>
+        <v>469</v>
+      </c>
+      <c r="G433" t="s">
+        <v>424</v>
       </c>
       <c r="H433" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I433" s="1">
-        <v>879960.8</v>
+        <v>162000</v>
       </c>
     </row>
     <row r="434" spans="1:9">
       <c r="A434">
-        <v>364</v>
+        <v>429</v>
       </c>
       <c r="B434" t="s">
-        <v>1536</v>
+        <v>1462</v>
       </c>
       <c r="C434" t="s">
-        <v>143</v>
+        <v>1463</v>
       </c>
       <c r="D434" t="s">
-        <v>11</v>
+        <v>26</v>
       </c>
       <c r="E434" t="s">
         <v>12</v>
       </c>
       <c r="F434" t="s">
-        <v>1537</v>
+        <v>1464</v>
       </c>
       <c r="G434" t="s">
-        <v>1538</v>
+        <v>1465</v>
       </c>
       <c r="H434" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I434" s="1" t="s">
-        <v>1539</v>
+        <v>1466</v>
       </c>
     </row>
     <row r="435" spans="1:9">
       <c r="A435">
-        <v>363</v>
+        <v>428</v>
       </c>
       <c r="B435" t="s">
-        <v>1540</v>
+        <v>1467</v>
       </c>
       <c r="C435" t="s">
-        <v>1541</v>
+        <v>697</v>
       </c>
       <c r="D435" t="s">
         <v>11</v>
       </c>
       <c r="E435" t="s">
         <v>12</v>
       </c>
       <c r="F435" t="s">
-        <v>1542</v>
+        <v>1468</v>
       </c>
       <c r="H435" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I435" s="1">
-        <v>2259335</v>
+        <v>17262</v>
       </c>
     </row>
     <row r="436" spans="1:9">
       <c r="A436">
-        <v>362</v>
+        <v>427</v>
       </c>
       <c r="B436" t="s">
-        <v>1543</v>
+        <v>1469</v>
       </c>
       <c r="C436" t="s">
-        <v>1544</v>
+        <v>1470</v>
       </c>
       <c r="D436" t="s">
-        <v>11</v>
+        <v>47</v>
       </c>
       <c r="E436" t="s">
         <v>12</v>
       </c>
       <c r="F436" t="s">
-        <v>1545</v>
+        <v>866</v>
+      </c>
+      <c r="G436" t="s">
+        <v>1471</v>
       </c>
       <c r="H436" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>81</v>
+      </c>
+      <c r="I436" s="1" t="s">
+        <v>1472</v>
       </c>
     </row>
     <row r="437" spans="1:9">
       <c r="A437">
-        <v>361</v>
+        <v>426</v>
       </c>
       <c r="B437" t="s">
-        <v>1546</v>
+        <v>1473</v>
       </c>
       <c r="C437" t="s">
-        <v>1547</v>
+        <v>1187</v>
       </c>
       <c r="D437" t="s">
         <v>11</v>
       </c>
       <c r="E437" t="s">
         <v>12</v>
       </c>
       <c r="F437" t="s">
-        <v>1125</v>
+        <v>1474</v>
       </c>
       <c r="H437" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I437" s="1">
-        <v>375000</v>
+        <v>16675</v>
       </c>
     </row>
     <row r="438" spans="1:9">
       <c r="A438">
-        <v>359</v>
+        <v>425</v>
       </c>
       <c r="B438" t="s">
-        <v>1548</v>
+        <v>1475</v>
       </c>
       <c r="C438" t="s">
-        <v>1549</v>
+        <v>1268</v>
       </c>
       <c r="D438" t="s">
-        <v>59</v>
+        <v>47</v>
       </c>
       <c r="E438" t="s">
         <v>12</v>
       </c>
       <c r="F438" t="s">
-        <v>1550</v>
+        <v>1476</v>
       </c>
       <c r="H438" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I438" s="1">
-        <v>1200</v>
+        <v>837992.8</v>
       </c>
     </row>
     <row r="439" spans="1:9">
       <c r="A439">
-        <v>358</v>
+        <v>424</v>
       </c>
       <c r="B439" t="s">
-        <v>1551</v>
+        <v>1477</v>
       </c>
       <c r="C439" t="s">
-        <v>1552</v>
+        <v>1478</v>
       </c>
       <c r="D439" t="s">
-        <v>32</v>
+        <v>47</v>
       </c>
       <c r="E439" t="s">
         <v>12</v>
       </c>
       <c r="F439" t="s">
-        <v>1553</v>
+        <v>1479</v>
       </c>
       <c r="H439" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I439" s="1">
-        <v>22680</v>
+        <v>0</v>
       </c>
     </row>
     <row r="440" spans="1:9">
       <c r="A440">
-        <v>357</v>
+        <v>423</v>
       </c>
       <c r="B440" t="s">
-        <v>1554</v>
+        <v>1480</v>
       </c>
       <c r="C440" t="s">
-        <v>1555</v>
+        <v>1481</v>
       </c>
       <c r="D440" t="s">
-        <v>32</v>
+        <v>11</v>
       </c>
       <c r="E440" t="s">
         <v>12</v>
       </c>
       <c r="F440" t="s">
-        <v>1556</v>
+        <v>1482</v>
       </c>
       <c r="H440" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I440" s="1">
-        <v>52988.25</v>
+        <v>0</v>
       </c>
     </row>
     <row r="441" spans="1:9">
       <c r="A441">
-        <v>356</v>
+        <v>422</v>
       </c>
       <c r="B441" t="s">
-        <v>1557</v>
+        <v>1483</v>
       </c>
       <c r="C441" t="s">
-        <v>534</v>
+        <v>1484</v>
       </c>
       <c r="D441" t="s">
-        <v>11</v>
+        <v>62</v>
       </c>
       <c r="E441" t="s">
         <v>12</v>
       </c>
       <c r="F441" t="s">
-        <v>1558</v>
+        <v>1485</v>
       </c>
       <c r="H441" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I441" s="1">
-        <v>0</v>
+        <v>5000000</v>
       </c>
     </row>
     <row r="442" spans="1:9">
       <c r="A442">
-        <v>355</v>
+        <v>421</v>
       </c>
       <c r="B442" t="s">
-        <v>1559</v>
+        <v>1486</v>
       </c>
       <c r="C442" t="s">
-        <v>1560</v>
+        <v>1487</v>
       </c>
       <c r="D442" t="s">
-        <v>11</v>
+        <v>47</v>
       </c>
       <c r="E442" t="s">
         <v>12</v>
       </c>
       <c r="F442" t="s">
-        <v>1561</v>
+        <v>1488</v>
       </c>
       <c r="H442" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I442" s="1">
-        <v>12677790</v>
+        <v>545253</v>
       </c>
     </row>
     <row r="443" spans="1:9">
       <c r="A443">
-        <v>354</v>
+        <v>420</v>
       </c>
       <c r="B443" t="s">
-        <v>1562</v>
+        <v>1489</v>
       </c>
       <c r="C443" t="s">
-        <v>1169</v>
+        <v>1490</v>
       </c>
       <c r="D443" t="s">
-        <v>11</v>
+        <v>26</v>
       </c>
       <c r="E443" t="s">
         <v>12</v>
       </c>
       <c r="F443" t="s">
-        <v>1563</v>
-[...2 lines deleted...]
-        <v>1564</v>
+        <v>1491</v>
       </c>
       <c r="H443" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-        <v>1565</v>
+        <v>81</v>
+      </c>
+      <c r="I443" s="1">
+        <v>12417525.86</v>
       </c>
     </row>
     <row r="444" spans="1:9">
       <c r="A444">
-        <v>353</v>
+        <v>419</v>
       </c>
       <c r="B444" t="s">
-        <v>1566</v>
+        <v>1492</v>
       </c>
       <c r="C444" t="s">
-        <v>1239</v>
+        <v>1493</v>
       </c>
       <c r="D444" t="s">
-        <v>11</v>
+        <v>26</v>
       </c>
       <c r="E444" t="s">
         <v>12</v>
       </c>
       <c r="F444" t="s">
-        <v>1567</v>
+        <v>1494</v>
       </c>
       <c r="G444" t="s">
-        <v>1568</v>
+        <v>1495</v>
       </c>
       <c r="H444" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I444" s="1" t="s">
-        <v>1569</v>
+        <v>1496</v>
       </c>
     </row>
     <row r="445" spans="1:9">
       <c r="A445">
-        <v>352</v>
+        <v>418</v>
       </c>
       <c r="B445" t="s">
-        <v>1570</v>
+        <v>1497</v>
       </c>
       <c r="C445" t="s">
-        <v>1239</v>
+        <v>931</v>
       </c>
       <c r="D445" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="E445" t="s">
         <v>12</v>
       </c>
       <c r="F445" t="s">
-        <v>1571</v>
+        <v>1498</v>
+      </c>
+      <c r="G445" t="s">
+        <v>1499</v>
       </c>
       <c r="H445" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>81</v>
+      </c>
+      <c r="I445" s="1" t="s">
+        <v>1500</v>
       </c>
     </row>
     <row r="446" spans="1:9">
       <c r="A446">
-        <v>350</v>
+        <v>417</v>
       </c>
       <c r="B446" t="s">
-        <v>1572</v>
+        <v>1453</v>
       </c>
       <c r="C446" t="s">
-        <v>1573</v>
+        <v>1454</v>
       </c>
       <c r="D446" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="E446" t="s">
         <v>12</v>
       </c>
       <c r="F446" t="s">
-        <v>1574</v>
+        <v>1501</v>
+      </c>
+      <c r="G446" t="s">
+        <v>1502</v>
       </c>
       <c r="H446" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-        <v>187402.09</v>
+        <v>81</v>
+      </c>
+      <c r="I446" s="1" t="s">
+        <v>1503</v>
       </c>
     </row>
     <row r="447" spans="1:9">
       <c r="A447">
-        <v>349</v>
+        <v>416</v>
       </c>
       <c r="B447" t="s">
-        <v>1575</v>
+        <v>1504</v>
       </c>
       <c r="C447" t="s">
-        <v>1576</v>
+        <v>1505</v>
       </c>
       <c r="D447" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="E447" t="s">
         <v>12</v>
       </c>
       <c r="F447" t="s">
-        <v>1577</v>
+        <v>1491</v>
       </c>
       <c r="H447" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I447" s="1">
-        <v>1170</v>
+        <v>5747395.39</v>
       </c>
     </row>
     <row r="448" spans="1:9">
       <c r="A448">
-        <v>348</v>
+        <v>415</v>
       </c>
       <c r="B448" t="s">
-        <v>1578</v>
+        <v>1506</v>
       </c>
       <c r="C448" t="s">
-        <v>1579</v>
+        <v>1507</v>
       </c>
       <c r="D448" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="E448" t="s">
         <v>12</v>
       </c>
       <c r="F448" t="s">
-        <v>1580</v>
+        <v>1491</v>
       </c>
       <c r="H448" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I448" s="1">
-        <v>1950</v>
+        <v>2496064.85</v>
       </c>
     </row>
     <row r="449" spans="1:9">
       <c r="A449">
-        <v>347</v>
+        <v>414</v>
       </c>
       <c r="B449" t="s">
-        <v>1581</v>
+        <v>1508</v>
       </c>
       <c r="C449" t="s">
-        <v>1582</v>
+        <v>1509</v>
       </c>
       <c r="D449" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="E449" t="s">
         <v>12</v>
       </c>
       <c r="F449" t="s">
-        <v>1583</v>
+        <v>1510</v>
       </c>
       <c r="H449" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I449" s="1">
-        <v>7150</v>
+        <v>543540.08</v>
       </c>
     </row>
     <row r="450" spans="1:9">
       <c r="A450">
-        <v>346</v>
+        <v>413</v>
       </c>
       <c r="B450" t="s">
-        <v>1584</v>
+        <v>1511</v>
       </c>
       <c r="C450" t="s">
-        <v>1585</v>
+        <v>931</v>
       </c>
       <c r="D450" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="E450" t="s">
         <v>12</v>
       </c>
       <c r="F450" t="s">
-        <v>1586</v>
+        <v>1510</v>
+      </c>
+      <c r="G450" t="s">
+        <v>1512</v>
       </c>
       <c r="H450" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-        <v>1300</v>
+        <v>81</v>
+      </c>
+      <c r="I450" s="1" t="s">
+        <v>1513</v>
       </c>
     </row>
     <row r="451" spans="1:9">
       <c r="A451">
-        <v>345</v>
+        <v>412</v>
       </c>
       <c r="B451" t="s">
-        <v>1587</v>
+        <v>1514</v>
       </c>
       <c r="C451" t="s">
-        <v>1588</v>
+        <v>1402</v>
       </c>
       <c r="D451" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="E451" t="s">
         <v>12</v>
       </c>
       <c r="F451" t="s">
-        <v>1589</v>
+        <v>1515</v>
       </c>
       <c r="H451" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I451" s="1">
-        <v>1950</v>
+        <v>2883861.5</v>
       </c>
     </row>
     <row r="452" spans="1:9">
       <c r="A452">
-        <v>344</v>
+        <v>411</v>
       </c>
       <c r="B452" t="s">
-        <v>1590</v>
+        <v>1516</v>
       </c>
       <c r="C452" t="s">
-        <v>1591</v>
+        <v>1290</v>
       </c>
       <c r="D452" t="s">
-        <v>59</v>
+        <v>26</v>
       </c>
       <c r="E452" t="s">
         <v>12</v>
       </c>
       <c r="F452" t="s">
-        <v>1592</v>
+        <v>866</v>
       </c>
       <c r="H452" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I452" s="1">
-        <v>12994</v>
+        <v>725465</v>
       </c>
     </row>
     <row r="453" spans="1:9">
       <c r="A453">
-        <v>343</v>
+        <v>409</v>
       </c>
       <c r="B453" t="s">
-        <v>1593</v>
+        <v>1462</v>
       </c>
       <c r="C453" t="s">
-        <v>1594</v>
+        <v>1463</v>
       </c>
       <c r="D453" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="E453" t="s">
         <v>12</v>
       </c>
       <c r="F453" t="s">
-        <v>1595</v>
+        <v>1517</v>
+      </c>
+      <c r="G453" t="s">
+        <v>1518</v>
       </c>
       <c r="H453" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-        <v>650</v>
+        <v>81</v>
+      </c>
+      <c r="I453" s="1" t="s">
+        <v>1519</v>
       </c>
     </row>
     <row r="454" spans="1:9">
       <c r="A454">
-        <v>342</v>
+        <v>408</v>
       </c>
       <c r="B454" t="s">
-        <v>1596</v>
+        <v>1520</v>
       </c>
       <c r="C454" t="s">
-        <v>1597</v>
+        <v>1521</v>
       </c>
       <c r="D454" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="E454" t="s">
         <v>12</v>
       </c>
       <c r="F454" t="s">
-        <v>1598</v>
+        <v>1522</v>
       </c>
       <c r="H454" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I454" s="1">
-        <v>58680</v>
+        <v>1190524.68</v>
       </c>
     </row>
     <row r="455" spans="1:9">
       <c r="A455">
-        <v>341</v>
+        <v>407</v>
       </c>
       <c r="B455" t="s">
-        <v>1599</v>
+        <v>1523</v>
       </c>
       <c r="C455" t="s">
-        <v>1600</v>
+        <v>1524</v>
       </c>
       <c r="D455" t="s">
-        <v>32</v>
+        <v>47</v>
       </c>
       <c r="E455" t="s">
         <v>12</v>
       </c>
       <c r="F455" t="s">
-        <v>1601</v>
+        <v>1525</v>
+      </c>
+      <c r="G455" t="s">
+        <v>1526</v>
       </c>
       <c r="H455" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-        <v>975</v>
+        <v>81</v>
+      </c>
+      <c r="I455" s="1" t="s">
+        <v>1527</v>
       </c>
     </row>
     <row r="456" spans="1:9">
       <c r="A456">
-        <v>340</v>
+        <v>406</v>
       </c>
       <c r="B456" t="s">
-        <v>1546</v>
+        <v>1528</v>
       </c>
       <c r="C456" t="s">
-        <v>1547</v>
+        <v>1529</v>
       </c>
       <c r="D456" t="s">
-        <v>11</v>
+        <v>47</v>
       </c>
       <c r="E456" t="s">
         <v>12</v>
       </c>
       <c r="F456" t="s">
-        <v>1125</v>
+        <v>1530</v>
       </c>
       <c r="H456" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I456" s="1">
-        <v>0</v>
+        <v>64800</v>
       </c>
     </row>
     <row r="457" spans="1:9">
       <c r="A457">
-        <v>339</v>
+        <v>405</v>
       </c>
       <c r="B457" t="s">
-        <v>1602</v>
+        <v>1531</v>
       </c>
       <c r="C457" t="s">
-        <v>1239</v>
+        <v>1532</v>
       </c>
       <c r="D457" t="s">
-        <v>59</v>
+        <v>47</v>
       </c>
       <c r="E457" t="s">
         <v>12</v>
       </c>
       <c r="F457" t="s">
-        <v>1603</v>
+        <v>1533</v>
+      </c>
+      <c r="G457" t="s">
+        <v>1526</v>
       </c>
       <c r="H457" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-        <v>5300</v>
+        <v>1534</v>
+      </c>
+      <c r="I457" s="1" t="s">
+        <v>1535</v>
       </c>
     </row>
     <row r="458" spans="1:9">
       <c r="A458">
-        <v>338</v>
+        <v>404</v>
       </c>
       <c r="B458" t="s">
-        <v>1604</v>
+        <v>1473</v>
       </c>
       <c r="C458" t="s">
-        <v>383</v>
+        <v>1187</v>
       </c>
       <c r="D458" t="s">
-        <v>231</v>
+        <v>11</v>
       </c>
       <c r="E458" t="s">
         <v>12</v>
       </c>
       <c r="F458" t="s">
-        <v>1605</v>
+        <v>1536</v>
+      </c>
+      <c r="G458" t="s">
+        <v>1537</v>
       </c>
       <c r="H458" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-        <v>2222400</v>
+        <v>81</v>
+      </c>
+      <c r="I458" s="1" t="s">
+        <v>1538</v>
       </c>
     </row>
     <row r="459" spans="1:9">
       <c r="A459">
-        <v>337</v>
+        <v>403</v>
       </c>
       <c r="B459" t="s">
-        <v>1304</v>
+        <v>1539</v>
       </c>
       <c r="C459" t="s">
-        <v>967</v>
+        <v>705</v>
       </c>
       <c r="D459" t="s">
-        <v>231</v>
+        <v>62</v>
       </c>
       <c r="E459" t="s">
         <v>12</v>
       </c>
       <c r="F459" t="s">
-        <v>1606</v>
+        <v>1326</v>
       </c>
       <c r="H459" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I459" s="1">
-        <v>0</v>
+        <v>1786101.33</v>
       </c>
     </row>
     <row r="460" spans="1:9">
       <c r="A460">
-        <v>336</v>
+        <v>402</v>
       </c>
       <c r="B460" t="s">
-        <v>1607</v>
+        <v>1540</v>
       </c>
       <c r="C460" t="s">
-        <v>1608</v>
+        <v>1101</v>
       </c>
       <c r="D460" t="s">
-        <v>1097</v>
+        <v>62</v>
       </c>
       <c r="E460" t="s">
         <v>12</v>
       </c>
       <c r="F460" t="s">
-        <v>1609</v>
+        <v>817</v>
       </c>
       <c r="H460" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I460" s="1">
-        <v>52000</v>
+        <v>11961444.61</v>
       </c>
     </row>
     <row r="461" spans="1:9">
       <c r="A461">
-        <v>334</v>
+        <v>401</v>
       </c>
       <c r="B461" t="s">
-        <v>1610</v>
+        <v>1541</v>
       </c>
       <c r="C461" t="s">
-        <v>1611</v>
+        <v>1484</v>
       </c>
       <c r="D461" t="s">
-        <v>1097</v>
+        <v>11</v>
       </c>
       <c r="E461" t="s">
         <v>12</v>
       </c>
       <c r="F461" t="s">
-        <v>1612</v>
+        <v>1542</v>
       </c>
       <c r="H461" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I461" s="1">
-        <v>80000</v>
+        <v>17419.5</v>
       </c>
     </row>
     <row r="462" spans="1:9">
       <c r="A462">
-        <v>333</v>
+        <v>400</v>
       </c>
       <c r="B462" t="s">
-        <v>1613</v>
+        <v>1543</v>
       </c>
       <c r="C462" t="s">
-        <v>967</v>
+        <v>1544</v>
       </c>
       <c r="D462" t="s">
-        <v>32</v>
+        <v>47</v>
       </c>
       <c r="E462" t="s">
         <v>12</v>
       </c>
       <c r="F462" t="s">
-        <v>1614</v>
+        <v>1545</v>
       </c>
       <c r="H462" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I462" s="1">
-        <v>3023.58</v>
+        <v>1512086.89</v>
       </c>
     </row>
     <row r="463" spans="1:9">
       <c r="A463">
-        <v>332</v>
+        <v>399</v>
       </c>
       <c r="B463" t="s">
-        <v>1615</v>
+        <v>1401</v>
       </c>
       <c r="C463" t="s">
-        <v>1088</v>
+        <v>1402</v>
       </c>
       <c r="D463" t="s">
-        <v>32</v>
+        <v>11</v>
       </c>
       <c r="E463" t="s">
         <v>12</v>
       </c>
       <c r="F463" t="s">
-        <v>1616</v>
+        <v>1546</v>
       </c>
       <c r="H463" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I463" s="1">
-        <v>1980</v>
+        <v>66000</v>
       </c>
     </row>
     <row r="464" spans="1:9">
       <c r="A464">
-        <v>331</v>
+        <v>398</v>
       </c>
       <c r="B464" t="s">
-        <v>1617</v>
+        <v>1547</v>
       </c>
       <c r="C464" t="s">
-        <v>1618</v>
+        <v>1548</v>
       </c>
       <c r="D464" t="s">
-        <v>1181</v>
+        <v>47</v>
       </c>
       <c r="E464" t="s">
         <v>12</v>
       </c>
       <c r="F464" t="s">
-        <v>1619</v>
+        <v>1331</v>
       </c>
       <c r="H464" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I464" s="1">
-        <v>2363224.42</v>
+        <v>152991.43</v>
       </c>
     </row>
     <row r="465" spans="1:9">
       <c r="A465">
-        <v>330</v>
+        <v>397</v>
       </c>
       <c r="B465" t="s">
-        <v>1620</v>
+        <v>1549</v>
       </c>
       <c r="C465" t="s">
-        <v>1621</v>
+        <v>1550</v>
       </c>
       <c r="D465" t="s">
-        <v>32</v>
+        <v>11</v>
       </c>
       <c r="E465" t="s">
         <v>12</v>
       </c>
       <c r="F465" t="s">
-        <v>1622</v>
+        <v>1551</v>
       </c>
       <c r="H465" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I465" s="1">
-        <v>1300</v>
+        <v>4015.54</v>
       </c>
     </row>
     <row r="466" spans="1:9">
       <c r="A466">
-        <v>329</v>
+        <v>396</v>
       </c>
       <c r="B466" t="s">
-        <v>1623</v>
+        <v>1552</v>
       </c>
       <c r="C466" t="s">
-        <v>1624</v>
+        <v>1553</v>
       </c>
       <c r="D466" t="s">
-        <v>32</v>
+        <v>47</v>
       </c>
       <c r="E466" t="s">
         <v>12</v>
       </c>
       <c r="F466" t="s">
-        <v>1625</v>
+        <v>1554</v>
       </c>
       <c r="H466" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I466" s="1">
-        <v>1600</v>
+        <v>186217</v>
       </c>
     </row>
     <row r="467" spans="1:9">
       <c r="A467">
-        <v>328</v>
+        <v>395</v>
       </c>
       <c r="B467" t="s">
-        <v>1626</v>
+        <v>1445</v>
       </c>
       <c r="C467" t="s">
-        <v>1627</v>
+        <v>1187</v>
       </c>
       <c r="D467" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="E467" t="s">
         <v>12</v>
       </c>
       <c r="F467" t="s">
-        <v>1628</v>
+        <v>1555</v>
+      </c>
+      <c r="G467" t="s">
+        <v>1556</v>
       </c>
       <c r="H467" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-        <v>650</v>
+        <v>81</v>
+      </c>
+      <c r="I467" s="1" t="s">
+        <v>1099</v>
       </c>
     </row>
     <row r="468" spans="1:9">
       <c r="A468">
-        <v>327</v>
+        <v>394</v>
       </c>
       <c r="B468" t="s">
-        <v>1629</v>
+        <v>1557</v>
       </c>
       <c r="C468" t="s">
-        <v>1630</v>
+        <v>1558</v>
       </c>
       <c r="D468" t="s">
-        <v>32</v>
+        <v>47</v>
       </c>
       <c r="E468" t="s">
         <v>12</v>
       </c>
       <c r="F468" t="s">
-        <v>1631</v>
+        <v>899</v>
       </c>
       <c r="H468" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I468" s="1">
-        <v>1000</v>
+        <v>59500</v>
       </c>
     </row>
     <row r="469" spans="1:9">
       <c r="A469">
-        <v>326</v>
+        <v>393</v>
       </c>
       <c r="B469" t="s">
-        <v>1632</v>
+        <v>1559</v>
       </c>
       <c r="C469" t="s">
-        <v>1633</v>
+        <v>1560</v>
       </c>
       <c r="D469" t="s">
-        <v>32</v>
+        <v>47</v>
       </c>
       <c r="E469" t="s">
         <v>12</v>
       </c>
       <c r="F469" t="s">
-        <v>1634</v>
+        <v>1347</v>
       </c>
       <c r="H469" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I469" s="1">
-        <v>650</v>
+        <v>509610.78</v>
       </c>
     </row>
     <row r="470" spans="1:9">
       <c r="A470">
-        <v>325</v>
+        <v>392</v>
       </c>
       <c r="B470" t="s">
-        <v>1635</v>
+        <v>1561</v>
       </c>
       <c r="C470" t="s">
-        <v>1636</v>
+        <v>1562</v>
       </c>
       <c r="D470" t="s">
-        <v>32</v>
+        <v>47</v>
       </c>
       <c r="E470" t="s">
         <v>12</v>
       </c>
       <c r="F470" t="s">
-        <v>1637</v>
+        <v>1563</v>
       </c>
       <c r="H470" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I470" s="1">
-        <v>1820</v>
+        <v>178821</v>
       </c>
     </row>
     <row r="471" spans="1:9">
       <c r="A471">
-        <v>324</v>
+        <v>391</v>
       </c>
       <c r="B471" t="s">
-        <v>1638</v>
+        <v>1564</v>
       </c>
       <c r="C471" t="s">
-        <v>1639</v>
+        <v>1565</v>
       </c>
       <c r="D471" t="s">
-        <v>32</v>
+        <v>47</v>
       </c>
       <c r="E471" t="s">
         <v>12</v>
       </c>
       <c r="F471" t="s">
-        <v>1640</v>
+        <v>359</v>
       </c>
       <c r="H471" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I471" s="1">
-        <v>1300</v>
+        <v>164880</v>
       </c>
     </row>
     <row r="472" spans="1:9">
       <c r="A472">
-        <v>323</v>
+        <v>390</v>
       </c>
       <c r="B472" t="s">
-        <v>1641</v>
+        <v>1566</v>
       </c>
       <c r="C472" t="s">
-        <v>1642</v>
+        <v>1567</v>
       </c>
       <c r="D472" t="s">
-        <v>32</v>
+        <v>47</v>
       </c>
       <c r="E472" t="s">
         <v>12</v>
       </c>
       <c r="F472" t="s">
-        <v>1643</v>
+        <v>1568</v>
+      </c>
+      <c r="G472" t="s">
+        <v>1569</v>
       </c>
       <c r="H472" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-        <v>2080</v>
+        <v>81</v>
+      </c>
+      <c r="I472" s="1" t="s">
+        <v>1570</v>
       </c>
     </row>
     <row r="473" spans="1:9">
       <c r="A473">
-        <v>322</v>
+        <v>389</v>
       </c>
       <c r="B473" t="s">
-        <v>1644</v>
+        <v>1571</v>
       </c>
       <c r="C473" t="s">
-        <v>1645</v>
+        <v>1572</v>
       </c>
       <c r="D473" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="E473" t="s">
         <v>12</v>
       </c>
       <c r="F473" t="s">
-        <v>1646</v>
+        <v>1573</v>
       </c>
       <c r="H473" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I473" s="1">
-        <v>650</v>
+        <v>67500</v>
       </c>
     </row>
     <row r="474" spans="1:9">
       <c r="A474">
-        <v>321</v>
+        <v>388</v>
       </c>
       <c r="B474" t="s">
-        <v>1647</v>
+        <v>1574</v>
       </c>
       <c r="C474" t="s">
-        <v>1648</v>
+        <v>1575</v>
       </c>
       <c r="D474" t="s">
-        <v>32</v>
+        <v>11</v>
       </c>
       <c r="E474" t="s">
         <v>12</v>
       </c>
       <c r="F474" t="s">
-        <v>1649</v>
+        <v>1071</v>
       </c>
       <c r="H474" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I474" s="1">
-        <v>1950</v>
+        <v>7064.71</v>
       </c>
     </row>
     <row r="475" spans="1:9">
       <c r="A475">
-        <v>320</v>
+        <v>387</v>
       </c>
       <c r="B475" t="s">
-        <v>1650</v>
+        <v>1576</v>
       </c>
       <c r="C475" t="s">
-        <v>1651</v>
+        <v>1577</v>
       </c>
       <c r="D475" t="s">
-        <v>32</v>
+        <v>11</v>
       </c>
       <c r="E475" t="s">
         <v>12</v>
       </c>
       <c r="F475" t="s">
-        <v>1652</v>
+        <v>1071</v>
       </c>
       <c r="H475" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I475" s="1">
-        <v>650</v>
+        <v>7041.4</v>
       </c>
     </row>
     <row r="476" spans="1:9">
       <c r="A476">
-        <v>319</v>
+        <v>386</v>
       </c>
       <c r="B476" t="s">
-        <v>1653</v>
+        <v>1578</v>
       </c>
       <c r="C476" t="s">
-        <v>1654</v>
+        <v>1579</v>
       </c>
       <c r="D476" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="E476" t="s">
         <v>12</v>
       </c>
       <c r="F476" t="s">
-        <v>1655</v>
+        <v>1580</v>
       </c>
       <c r="H476" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I476" s="1">
-        <v>2600</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="477" spans="1:9">
       <c r="A477">
-        <v>318</v>
+        <v>385</v>
       </c>
       <c r="B477" t="s">
-        <v>1656</v>
+        <v>1581</v>
       </c>
       <c r="C477" t="s">
-        <v>1657</v>
+        <v>1582</v>
       </c>
       <c r="D477" t="s">
-        <v>32</v>
+        <v>11</v>
       </c>
       <c r="E477" t="s">
         <v>12</v>
       </c>
       <c r="F477" t="s">
-        <v>1658</v>
+        <v>1583</v>
       </c>
       <c r="H477" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I477" s="1">
-        <v>1300</v>
+        <v>14000</v>
       </c>
     </row>
     <row r="478" spans="1:9">
       <c r="A478">
-        <v>317</v>
+        <v>384</v>
       </c>
       <c r="B478" t="s">
-        <v>1659</v>
+        <v>1584</v>
       </c>
       <c r="C478" t="s">
-        <v>1660</v>
+        <v>1585</v>
       </c>
       <c r="D478" t="s">
-        <v>32</v>
+        <v>11</v>
       </c>
       <c r="E478" t="s">
         <v>12</v>
       </c>
       <c r="F478" t="s">
-        <v>1661</v>
+        <v>1586</v>
       </c>
       <c r="H478" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I478" s="1">
-        <v>975</v>
+        <v>7080</v>
       </c>
     </row>
     <row r="479" spans="1:9">
       <c r="A479">
-        <v>316</v>
+        <v>383</v>
       </c>
       <c r="B479" t="s">
-        <v>1662</v>
+        <v>1587</v>
       </c>
       <c r="C479" t="s">
-        <v>1549</v>
+        <v>1588</v>
       </c>
       <c r="D479" t="s">
-        <v>32</v>
+        <v>11</v>
       </c>
       <c r="E479" t="s">
         <v>12</v>
       </c>
       <c r="F479" t="s">
-        <v>1663</v>
+        <v>1589</v>
       </c>
       <c r="H479" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I479" s="1">
-        <v>650</v>
+        <v>2400</v>
       </c>
     </row>
     <row r="480" spans="1:9">
       <c r="A480">
-        <v>315</v>
+        <v>382</v>
       </c>
       <c r="B480" t="s">
-        <v>1664</v>
+        <v>1590</v>
       </c>
       <c r="C480" t="s">
+        <v>1579</v>
+      </c>
+      <c r="D480" t="s">
+        <v>11</v>
+      </c>
+      <c r="E480" t="s">
+        <v>12</v>
+      </c>
+      <c r="F480" t="s">
         <v>1591</v>
       </c>
-      <c r="D480" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H480" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I480" s="1">
-        <v>650</v>
+        <v>22101</v>
       </c>
     </row>
     <row r="481" spans="1:9">
       <c r="A481">
-        <v>314</v>
+        <v>381</v>
       </c>
       <c r="B481" t="s">
-        <v>1345</v>
+        <v>1592</v>
       </c>
       <c r="C481" t="s">
-        <v>1346</v>
+        <v>1593</v>
       </c>
       <c r="D481" t="s">
-        <v>25</v>
+        <v>11</v>
       </c>
       <c r="E481" t="s">
         <v>12</v>
       </c>
       <c r="F481" t="s">
-        <v>1666</v>
-[...2 lines deleted...]
-        <v>1667</v>
+        <v>1594</v>
       </c>
       <c r="H481" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-        <v>1668</v>
+        <v>81</v>
+      </c>
+      <c r="I481" s="1">
+        <v>24000</v>
       </c>
     </row>
     <row r="482" spans="1:9">
       <c r="A482">
-        <v>313</v>
+        <v>380</v>
       </c>
       <c r="B482" t="s">
-        <v>1669</v>
+        <v>1595</v>
       </c>
       <c r="C482" t="s">
-        <v>1374</v>
+        <v>1596</v>
       </c>
       <c r="D482" t="s">
-        <v>59</v>
+        <v>11</v>
       </c>
       <c r="E482" t="s">
         <v>12</v>
       </c>
       <c r="F482" t="s">
-        <v>1670</v>
+        <v>1597</v>
       </c>
       <c r="H482" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I482" s="1">
-        <v>8583.63</v>
+        <v>36000</v>
       </c>
     </row>
     <row r="483" spans="1:9">
       <c r="A483">
-        <v>312</v>
+        <v>379</v>
       </c>
       <c r="B483" t="s">
-        <v>1671</v>
+        <v>1598</v>
       </c>
       <c r="C483" t="s">
-        <v>1639</v>
+        <v>1599</v>
       </c>
       <c r="D483" t="s">
-        <v>59</v>
+        <v>11</v>
       </c>
       <c r="E483" t="s">
         <v>12</v>
       </c>
       <c r="F483" t="s">
-        <v>1672</v>
+        <v>1600</v>
       </c>
       <c r="H483" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I483" s="1">
-        <v>1813</v>
+        <v>30000</v>
       </c>
     </row>
     <row r="484" spans="1:9">
       <c r="A484">
-        <v>311</v>
+        <v>378</v>
       </c>
       <c r="B484" t="s">
-        <v>1673</v>
+        <v>1601</v>
       </c>
       <c r="C484" t="s">
-        <v>1642</v>
+        <v>1602</v>
       </c>
       <c r="D484" t="s">
-        <v>59</v>
+        <v>11</v>
       </c>
       <c r="E484" t="s">
         <v>12</v>
       </c>
       <c r="F484" t="s">
-        <v>1674</v>
+        <v>336</v>
       </c>
       <c r="H484" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I484" s="1">
-        <v>14818.09</v>
+        <v>2882.1</v>
       </c>
     </row>
     <row r="485" spans="1:9">
       <c r="A485">
-        <v>310</v>
+        <v>377</v>
       </c>
       <c r="B485" t="s">
-        <v>1675</v>
+        <v>1603</v>
       </c>
       <c r="C485" t="s">
-        <v>1645</v>
+        <v>1604</v>
       </c>
       <c r="D485" t="s">
-        <v>59</v>
+        <v>11</v>
       </c>
       <c r="E485" t="s">
         <v>12</v>
       </c>
       <c r="F485" t="s">
-        <v>1676</v>
+        <v>1605</v>
       </c>
       <c r="H485" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I485" s="1">
-        <v>1400</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="486" spans="1:9">
       <c r="A486">
-        <v>309</v>
+        <v>376</v>
       </c>
       <c r="B486" t="s">
-        <v>1677</v>
+        <v>1606</v>
       </c>
       <c r="C486" t="s">
-        <v>1648</v>
+        <v>1607</v>
       </c>
       <c r="D486" t="s">
-        <v>59</v>
+        <v>11</v>
       </c>
       <c r="E486" t="s">
         <v>12</v>
       </c>
       <c r="F486" t="s">
-        <v>1678</v>
+        <v>1608</v>
       </c>
       <c r="H486" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I486" s="1">
-        <v>15883.98</v>
+        <v>6004.25</v>
       </c>
     </row>
     <row r="487" spans="1:9">
       <c r="A487">
-        <v>308</v>
+        <v>375</v>
       </c>
       <c r="B487" t="s">
-        <v>1474</v>
+        <v>1609</v>
       </c>
       <c r="C487" t="s">
-        <v>1475</v>
+        <v>1610</v>
       </c>
       <c r="D487" t="s">
-        <v>32</v>
+        <v>11</v>
       </c>
       <c r="E487" t="s">
         <v>12</v>
       </c>
       <c r="F487" t="s">
-        <v>1679</v>
+        <v>1611</v>
       </c>
       <c r="H487" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I487" s="1">
-        <v>3520</v>
+        <v>13860</v>
       </c>
     </row>
     <row r="488" spans="1:9">
       <c r="A488">
-        <v>307</v>
+        <v>374</v>
       </c>
       <c r="B488" t="s">
-        <v>1680</v>
+        <v>1612</v>
       </c>
       <c r="C488" t="s">
-        <v>1651</v>
+        <v>1613</v>
       </c>
       <c r="D488" t="s">
-        <v>59</v>
+        <v>11</v>
       </c>
       <c r="E488" t="s">
         <v>12</v>
       </c>
       <c r="F488" t="s">
-        <v>1681</v>
+        <v>1614</v>
       </c>
       <c r="H488" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I488" s="1">
-        <v>8883.55</v>
+        <v>15447.6</v>
       </c>
     </row>
     <row r="489" spans="1:9">
       <c r="A489">
-        <v>306</v>
+        <v>373</v>
       </c>
       <c r="B489" t="s">
-        <v>1682</v>
+        <v>1615</v>
       </c>
       <c r="C489" t="s">
-        <v>1654</v>
+        <v>1616</v>
       </c>
       <c r="D489" t="s">
-        <v>59</v>
+        <v>11</v>
       </c>
       <c r="E489" t="s">
         <v>12</v>
       </c>
       <c r="F489" t="s">
-        <v>1683</v>
+        <v>1617</v>
       </c>
       <c r="H489" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I489" s="1">
-        <v>5915</v>
+        <v>14800</v>
       </c>
     </row>
     <row r="490" spans="1:9">
       <c r="A490">
-        <v>305</v>
+        <v>372</v>
       </c>
       <c r="B490" t="s">
-        <v>1684</v>
+        <v>1618</v>
       </c>
       <c r="C490" t="s">
-        <v>1657</v>
+        <v>1619</v>
       </c>
       <c r="D490" t="s">
-        <v>59</v>
+        <v>11</v>
       </c>
       <c r="E490" t="s">
         <v>12</v>
       </c>
       <c r="F490" t="s">
-        <v>1685</v>
+        <v>1617</v>
       </c>
       <c r="H490" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I490" s="1">
-        <v>30460.12</v>
+        <v>3500</v>
       </c>
     </row>
     <row r="491" spans="1:9">
       <c r="A491">
-        <v>304</v>
+        <v>371</v>
       </c>
       <c r="B491" t="s">
-        <v>1486</v>
+        <v>1620</v>
       </c>
       <c r="C491" t="s">
-        <v>1475</v>
+        <v>1621</v>
       </c>
       <c r="D491" t="s">
-        <v>59</v>
+        <v>11</v>
       </c>
       <c r="E491" t="s">
         <v>12</v>
       </c>
       <c r="F491" t="s">
-        <v>1686</v>
+        <v>1622</v>
       </c>
       <c r="H491" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I491" s="1">
-        <v>48000</v>
+        <v>16876</v>
       </c>
     </row>
     <row r="492" spans="1:9">
       <c r="A492">
-        <v>303</v>
+        <v>370</v>
       </c>
       <c r="B492" t="s">
-        <v>1687</v>
+        <v>1623</v>
       </c>
       <c r="C492" t="s">
-        <v>1688</v>
+        <v>1624</v>
       </c>
       <c r="D492" t="s">
-        <v>59</v>
+        <v>11</v>
       </c>
       <c r="E492" t="s">
         <v>12</v>
       </c>
       <c r="F492" t="s">
-        <v>1689</v>
+        <v>1625</v>
       </c>
       <c r="H492" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I492" s="1">
-        <v>17233.33</v>
+        <v>7200</v>
       </c>
     </row>
     <row r="493" spans="1:9">
       <c r="A493">
-        <v>302</v>
+        <v>368</v>
       </c>
       <c r="B493" t="s">
-        <v>1690</v>
+        <v>1626</v>
       </c>
       <c r="C493" t="s">
-        <v>1395</v>
+        <v>1627</v>
       </c>
       <c r="D493" t="s">
-        <v>59</v>
+        <v>47</v>
       </c>
       <c r="E493" t="s">
         <v>12</v>
       </c>
       <c r="F493" t="s">
-        <v>1691</v>
+        <v>1628</v>
       </c>
       <c r="H493" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I493" s="1">
-        <v>17143.25</v>
+        <v>883039.93</v>
       </c>
     </row>
     <row r="494" spans="1:9">
       <c r="A494">
-        <v>301</v>
+        <v>367</v>
       </c>
       <c r="B494" t="s">
-        <v>1692</v>
+        <v>1629</v>
       </c>
       <c r="C494" t="s">
-        <v>1377</v>
+        <v>1630</v>
       </c>
       <c r="D494" t="s">
-        <v>32</v>
+        <v>47</v>
       </c>
       <c r="E494" t="s">
         <v>12</v>
       </c>
       <c r="F494" t="s">
-        <v>1693</v>
-[...2 lines deleted...]
-        <v>1694</v>
+        <v>1631</v>
       </c>
       <c r="H494" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-        <v>1695</v>
+        <v>81</v>
+      </c>
+      <c r="I494" s="1">
+        <v>6885698.96</v>
       </c>
     </row>
     <row r="495" spans="1:9">
       <c r="A495">
-        <v>300</v>
+        <v>366</v>
       </c>
       <c r="B495" t="s">
-        <v>1696</v>
+        <v>1632</v>
       </c>
       <c r="C495" t="s">
-        <v>1697</v>
+        <v>1633</v>
       </c>
       <c r="D495" t="s">
-        <v>59</v>
+        <v>47</v>
       </c>
       <c r="E495" t="s">
         <v>12</v>
       </c>
       <c r="F495" t="s">
-        <v>1698</v>
+        <v>1634</v>
+      </c>
+      <c r="G495" t="s">
+        <v>1635</v>
       </c>
       <c r="H495" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-        <v>4540.83</v>
+        <v>81</v>
+      </c>
+      <c r="I495" s="1" t="s">
+        <v>1636</v>
       </c>
     </row>
     <row r="496" spans="1:9">
       <c r="A496">
-        <v>299</v>
+        <v>365</v>
       </c>
       <c r="B496" t="s">
-        <v>1699</v>
+        <v>1637</v>
       </c>
       <c r="C496" t="s">
-        <v>1700</v>
+        <v>1638</v>
       </c>
       <c r="D496" t="s">
-        <v>59</v>
+        <v>47</v>
       </c>
       <c r="E496" t="s">
         <v>12</v>
       </c>
       <c r="F496" t="s">
-        <v>1701</v>
+        <v>1639</v>
       </c>
       <c r="H496" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I496" s="1">
-        <v>690</v>
+        <v>879960.8</v>
       </c>
     </row>
     <row r="497" spans="1:9">
       <c r="A497">
-        <v>298</v>
+        <v>364</v>
       </c>
       <c r="B497" t="s">
-        <v>1702</v>
+        <v>1640</v>
       </c>
       <c r="C497" t="s">
-        <v>1703</v>
+        <v>366</v>
       </c>
       <c r="D497" t="s">
-        <v>32</v>
+        <v>47</v>
       </c>
       <c r="E497" t="s">
         <v>12</v>
       </c>
       <c r="F497" t="s">
-        <v>1704</v>
+        <v>1641</v>
+      </c>
+      <c r="G497" t="s">
+        <v>1642</v>
       </c>
       <c r="H497" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-        <v>1300</v>
+        <v>81</v>
+      </c>
+      <c r="I497" s="1" t="s">
+        <v>1643</v>
       </c>
     </row>
     <row r="498" spans="1:9">
       <c r="A498">
-        <v>297</v>
+        <v>363</v>
       </c>
       <c r="B498" t="s">
-        <v>1705</v>
+        <v>1644</v>
       </c>
       <c r="C498" t="s">
-        <v>1409</v>
+        <v>1645</v>
       </c>
       <c r="D498" t="s">
-        <v>32</v>
+        <v>47</v>
       </c>
       <c r="E498" t="s">
         <v>12</v>
       </c>
       <c r="F498" t="s">
-        <v>1706</v>
+        <v>1646</v>
       </c>
       <c r="H498" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I498" s="1">
-        <v>3900</v>
+        <v>2259335</v>
       </c>
     </row>
     <row r="499" spans="1:9">
       <c r="A499">
-        <v>296</v>
+        <v>362</v>
       </c>
       <c r="B499" t="s">
-        <v>1707</v>
+        <v>1647</v>
       </c>
       <c r="C499" t="s">
-        <v>1708</v>
+        <v>1648</v>
       </c>
       <c r="D499" t="s">
-        <v>59</v>
+        <v>47</v>
       </c>
       <c r="E499" t="s">
         <v>12</v>
       </c>
       <c r="F499" t="s">
-        <v>1709</v>
+        <v>1649</v>
       </c>
       <c r="H499" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I499" s="1">
-        <v>4928</v>
+        <v>0</v>
       </c>
     </row>
     <row r="500" spans="1:9">
       <c r="A500">
-        <v>295</v>
+        <v>361</v>
       </c>
       <c r="B500" t="s">
-        <v>1710</v>
+        <v>1650</v>
       </c>
       <c r="C500" t="s">
-        <v>1392</v>
+        <v>1651</v>
       </c>
       <c r="D500" t="s">
-        <v>32</v>
+        <v>47</v>
       </c>
       <c r="E500" t="s">
         <v>12</v>
       </c>
       <c r="F500" t="s">
-        <v>1711</v>
+        <v>1255</v>
       </c>
       <c r="H500" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I500" s="1">
-        <v>6500</v>
+        <v>375000</v>
       </c>
     </row>
     <row r="501" spans="1:9">
       <c r="A501">
-        <v>294</v>
+        <v>359</v>
       </c>
       <c r="B501" t="s">
-        <v>1712</v>
+        <v>1652</v>
       </c>
       <c r="C501" t="s">
-        <v>1389</v>
+        <v>1653</v>
       </c>
       <c r="D501" t="s">
-        <v>32</v>
+        <v>11</v>
       </c>
       <c r="E501" t="s">
         <v>12</v>
       </c>
       <c r="F501" t="s">
-        <v>1713</v>
+        <v>1654</v>
       </c>
       <c r="H501" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I501" s="1">
-        <v>1300</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="502" spans="1:9">
       <c r="A502">
-        <v>293</v>
+        <v>358</v>
       </c>
       <c r="B502" t="s">
-        <v>1519</v>
+        <v>1655</v>
       </c>
       <c r="C502" t="s">
-        <v>1520</v>
+        <v>1656</v>
       </c>
       <c r="D502" t="s">
-        <v>59</v>
+        <v>19</v>
       </c>
       <c r="E502" t="s">
         <v>12</v>
       </c>
       <c r="F502" t="s">
-        <v>1714</v>
+        <v>1657</v>
       </c>
       <c r="H502" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I502" s="1">
-        <v>17506.3</v>
+        <v>22680</v>
       </c>
     </row>
     <row r="503" spans="1:9">
       <c r="A503">
-        <v>292</v>
+        <v>357</v>
       </c>
       <c r="B503" t="s">
-        <v>1715</v>
+        <v>1658</v>
       </c>
       <c r="C503" t="s">
-        <v>1716</v>
+        <v>1659</v>
       </c>
       <c r="D503" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="E503" t="s">
         <v>12</v>
       </c>
       <c r="F503" t="s">
-        <v>1717</v>
+        <v>1660</v>
       </c>
       <c r="H503" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I503" s="1">
-        <v>7800</v>
+        <v>52988.25</v>
       </c>
     </row>
     <row r="504" spans="1:9">
       <c r="A504">
-        <v>291</v>
+        <v>356</v>
       </c>
       <c r="B504" t="s">
-        <v>1718</v>
+        <v>1661</v>
       </c>
       <c r="C504" t="s">
-        <v>1716</v>
+        <v>705</v>
       </c>
       <c r="D504" t="s">
-        <v>59</v>
+        <v>47</v>
       </c>
       <c r="E504" t="s">
         <v>12</v>
       </c>
       <c r="F504" t="s">
-        <v>1719</v>
+        <v>1662</v>
       </c>
       <c r="H504" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I504" s="1">
-        <v>2380</v>
+        <v>0</v>
       </c>
     </row>
     <row r="505" spans="1:9">
       <c r="A505">
-        <v>290</v>
+        <v>355</v>
       </c>
       <c r="B505" t="s">
-        <v>1516</v>
+        <v>1663</v>
       </c>
       <c r="C505" t="s">
-        <v>1517</v>
+        <v>1664</v>
       </c>
       <c r="D505" t="s">
-        <v>59</v>
+        <v>47</v>
       </c>
       <c r="E505" t="s">
         <v>12</v>
       </c>
       <c r="F505" t="s">
-        <v>1720</v>
+        <v>1665</v>
       </c>
       <c r="H505" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I505" s="1">
-        <v>6150</v>
+        <v>12677790</v>
       </c>
     </row>
     <row r="506" spans="1:9">
       <c r="A506">
-        <v>289</v>
+        <v>354</v>
       </c>
       <c r="B506" t="s">
-        <v>1721</v>
+        <v>1666</v>
       </c>
       <c r="C506" t="s">
-        <v>1722</v>
+        <v>1296</v>
       </c>
       <c r="D506" t="s">
-        <v>32</v>
+        <v>47</v>
       </c>
       <c r="E506" t="s">
         <v>12</v>
       </c>
       <c r="F506" t="s">
-        <v>1723</v>
+        <v>1667</v>
+      </c>
+      <c r="G506" t="s">
+        <v>1668</v>
       </c>
       <c r="H506" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>81</v>
+      </c>
+      <c r="I506" s="1" t="s">
+        <v>1669</v>
       </c>
     </row>
     <row r="507" spans="1:9">
       <c r="A507">
-        <v>288</v>
+        <v>353</v>
       </c>
       <c r="B507" t="s">
-        <v>1519</v>
+        <v>1670</v>
       </c>
       <c r="C507" t="s">
-        <v>1520</v>
+        <v>1361</v>
       </c>
       <c r="D507" t="s">
-        <v>59</v>
+        <v>47</v>
       </c>
       <c r="E507" t="s">
         <v>12</v>
       </c>
       <c r="F507" t="s">
-        <v>1724</v>
+        <v>1671</v>
+      </c>
+      <c r="G507" t="s">
+        <v>1672</v>
       </c>
       <c r="H507" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-        <v>16800</v>
+        <v>81</v>
+      </c>
+      <c r="I507" s="1" t="s">
+        <v>1673</v>
       </c>
     </row>
     <row r="508" spans="1:9">
       <c r="A508">
-        <v>287</v>
+        <v>352</v>
       </c>
       <c r="B508" t="s">
-        <v>1725</v>
+        <v>1674</v>
       </c>
       <c r="C508" t="s">
-        <v>1697</v>
+        <v>1361</v>
       </c>
       <c r="D508" t="s">
-        <v>32</v>
+        <v>62</v>
       </c>
       <c r="E508" t="s">
         <v>12</v>
       </c>
       <c r="F508" t="s">
-        <v>1726</v>
+        <v>1675</v>
       </c>
       <c r="H508" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I508" s="1">
-        <v>600</v>
+        <v>0</v>
       </c>
     </row>
     <row r="509" spans="1:9">
       <c r="A509">
-        <v>286</v>
+        <v>350</v>
       </c>
       <c r="B509" t="s">
-        <v>1727</v>
+        <v>1676</v>
       </c>
       <c r="C509" t="s">
-        <v>1495</v>
+        <v>1677</v>
       </c>
       <c r="D509" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="E509" t="s">
         <v>12</v>
       </c>
       <c r="F509" t="s">
-        <v>1728</v>
+        <v>1678</v>
       </c>
       <c r="H509" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I509" s="1">
-        <v>1800</v>
+        <v>187402.09</v>
       </c>
     </row>
     <row r="510" spans="1:9">
       <c r="A510">
-        <v>285</v>
+        <v>349</v>
       </c>
       <c r="B510" t="s">
-        <v>1729</v>
+        <v>1679</v>
       </c>
       <c r="C510" t="s">
-        <v>1481</v>
+        <v>1680</v>
       </c>
       <c r="D510" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="E510" t="s">
         <v>12</v>
       </c>
       <c r="F510" t="s">
-        <v>1730</v>
+        <v>1681</v>
       </c>
       <c r="H510" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I510" s="1">
-        <v>0</v>
+        <v>1170</v>
       </c>
     </row>
     <row r="511" spans="1:9">
       <c r="A511">
-        <v>284</v>
+        <v>348</v>
       </c>
       <c r="B511" t="s">
-        <v>1731</v>
+        <v>1682</v>
       </c>
       <c r="C511" t="s">
-        <v>1478</v>
+        <v>1683</v>
       </c>
       <c r="D511" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="E511" t="s">
         <v>12</v>
       </c>
       <c r="F511" t="s">
-        <v>1732</v>
+        <v>1681</v>
       </c>
       <c r="H511" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I511" s="1">
-        <v>0</v>
+        <v>1950</v>
       </c>
     </row>
     <row r="512" spans="1:9">
       <c r="A512">
-        <v>283</v>
+        <v>347</v>
       </c>
       <c r="B512" t="s">
-        <v>1733</v>
+        <v>1684</v>
       </c>
       <c r="C512" t="s">
-        <v>1374</v>
+        <v>1685</v>
       </c>
       <c r="D512" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="E512" t="s">
         <v>12</v>
       </c>
       <c r="F512" t="s">
-        <v>1734</v>
+        <v>1681</v>
       </c>
       <c r="H512" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I512" s="1">
-        <v>23800</v>
+        <v>7150</v>
       </c>
     </row>
     <row r="513" spans="1:9">
       <c r="A513">
-        <v>282</v>
+        <v>346</v>
       </c>
       <c r="B513" t="s">
-        <v>1669</v>
+        <v>1686</v>
       </c>
       <c r="C513" t="s">
-        <v>1374</v>
+        <v>1687</v>
       </c>
       <c r="D513" t="s">
-        <v>59</v>
+        <v>19</v>
       </c>
       <c r="E513" t="s">
         <v>12</v>
       </c>
       <c r="F513" t="s">
-        <v>1735</v>
+        <v>1681</v>
       </c>
       <c r="H513" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I513" s="1">
-        <v>17100</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="514" spans="1:9">
       <c r="A514">
-        <v>281</v>
+        <v>345</v>
       </c>
       <c r="B514" t="s">
-        <v>1736</v>
+        <v>1688</v>
       </c>
       <c r="C514" t="s">
-        <v>1520</v>
+        <v>1689</v>
       </c>
       <c r="D514" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="E514" t="s">
         <v>12</v>
       </c>
       <c r="F514" t="s">
-        <v>1737</v>
+        <v>1681</v>
       </c>
       <c r="H514" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I514" s="1">
-        <v>90000</v>
+        <v>1950</v>
       </c>
     </row>
     <row r="515" spans="1:9">
       <c r="A515">
-        <v>280</v>
+        <v>344</v>
       </c>
       <c r="B515" t="s">
-        <v>1738</v>
+        <v>1690</v>
       </c>
       <c r="C515" t="s">
-        <v>1517</v>
+        <v>1691</v>
       </c>
       <c r="D515" t="s">
-        <v>32</v>
+        <v>11</v>
       </c>
       <c r="E515" t="s">
         <v>12</v>
       </c>
       <c r="F515" t="s">
-        <v>1739</v>
+        <v>1692</v>
       </c>
       <c r="H515" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I515" s="1">
-        <v>120000</v>
+        <v>12994</v>
       </c>
     </row>
     <row r="516" spans="1:9">
       <c r="A516">
-        <v>279</v>
+        <v>343</v>
       </c>
       <c r="B516" t="s">
-        <v>1740</v>
+        <v>1693</v>
       </c>
       <c r="C516" t="s">
-        <v>1741</v>
+        <v>1694</v>
       </c>
       <c r="D516" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="E516" t="s">
         <v>12</v>
       </c>
       <c r="F516" t="s">
-        <v>1742</v>
+        <v>1681</v>
       </c>
       <c r="H516" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I516" s="1">
-        <v>80000</v>
+        <v>650</v>
       </c>
     </row>
     <row r="517" spans="1:9">
       <c r="A517">
-        <v>278</v>
+        <v>342</v>
       </c>
       <c r="B517" t="s">
-        <v>1244</v>
+        <v>1695</v>
       </c>
       <c r="C517" t="s">
-        <v>1245</v>
+        <v>1696</v>
       </c>
       <c r="D517" t="s">
-        <v>59</v>
+        <v>19</v>
       </c>
       <c r="E517" t="s">
         <v>12</v>
       </c>
       <c r="F517" t="s">
-        <v>1743</v>
+        <v>1697</v>
       </c>
       <c r="H517" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I517" s="1">
-        <v>12000</v>
+        <v>58680</v>
       </c>
     </row>
     <row r="518" spans="1:9">
       <c r="A518">
-        <v>277</v>
+        <v>341</v>
       </c>
       <c r="B518" t="s">
-        <v>1543</v>
+        <v>1698</v>
       </c>
       <c r="C518" t="s">
-        <v>1544</v>
+        <v>1699</v>
       </c>
       <c r="D518" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="E518" t="s">
         <v>12</v>
       </c>
       <c r="F518" t="s">
-        <v>1545</v>
+        <v>1681</v>
       </c>
       <c r="H518" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I518" s="1">
-        <v>0</v>
+        <v>975</v>
       </c>
     </row>
     <row r="519" spans="1:9">
       <c r="A519">
-        <v>276</v>
+        <v>340</v>
       </c>
       <c r="B519" t="s">
-        <v>1744</v>
+        <v>1650</v>
       </c>
       <c r="C519" t="s">
-        <v>1745</v>
+        <v>1651</v>
       </c>
       <c r="D519" t="s">
-        <v>59</v>
+        <v>47</v>
       </c>
       <c r="E519" t="s">
         <v>12</v>
       </c>
       <c r="F519" t="s">
-        <v>1746</v>
+        <v>1255</v>
       </c>
       <c r="H519" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I519" s="1">
-        <v>16674.9</v>
+        <v>0</v>
       </c>
     </row>
     <row r="520" spans="1:9">
       <c r="A520">
-        <v>275</v>
+        <v>339</v>
       </c>
       <c r="B520" t="s">
-        <v>1570</v>
+        <v>1700</v>
       </c>
       <c r="C520" t="s">
-        <v>1239</v>
+        <v>1361</v>
       </c>
       <c r="D520" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="E520" t="s">
         <v>12</v>
       </c>
       <c r="F520" t="s">
-        <v>1571</v>
+        <v>1063</v>
       </c>
       <c r="H520" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I520" s="1">
-        <v>0</v>
+        <v>5300</v>
       </c>
     </row>
     <row r="521" spans="1:9">
       <c r="A521">
-        <v>274</v>
+        <v>338</v>
       </c>
       <c r="B521" t="s">
-        <v>1747</v>
+        <v>1701</v>
       </c>
       <c r="C521" t="s">
-        <v>1368</v>
+        <v>574</v>
       </c>
       <c r="D521" t="s">
-        <v>11</v>
+        <v>445</v>
       </c>
       <c r="E521" t="s">
         <v>12</v>
       </c>
       <c r="F521" t="s">
-        <v>1748</v>
+        <v>1702</v>
       </c>
       <c r="H521" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I521" s="1">
-        <v>35930.04</v>
+        <v>2222400</v>
       </c>
     </row>
     <row r="522" spans="1:9">
       <c r="A522">
-        <v>273</v>
+        <v>337</v>
       </c>
       <c r="B522" t="s">
-        <v>1749</v>
+        <v>1424</v>
       </c>
       <c r="C522" t="s">
-        <v>1750</v>
+        <v>1105</v>
       </c>
       <c r="D522" t="s">
-        <v>1097</v>
+        <v>445</v>
       </c>
       <c r="E522" t="s">
         <v>12</v>
       </c>
       <c r="F522" t="s">
-        <v>1751</v>
+        <v>1703</v>
       </c>
       <c r="H522" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I522" s="1">
-        <v>132573.78</v>
+        <v>0</v>
       </c>
     </row>
     <row r="523" spans="1:9">
       <c r="A523">
-        <v>272</v>
+        <v>336</v>
       </c>
       <c r="B523" t="s">
-        <v>1752</v>
+        <v>1704</v>
       </c>
       <c r="C523" t="s">
-        <v>1753</v>
+        <v>1705</v>
       </c>
       <c r="D523" t="s">
-        <v>32</v>
+        <v>1232</v>
       </c>
       <c r="E523" t="s">
         <v>12</v>
       </c>
       <c r="F523" t="s">
-        <v>1754</v>
+        <v>1706</v>
       </c>
       <c r="H523" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I523" s="1">
-        <v>8000</v>
+        <v>52000</v>
       </c>
     </row>
     <row r="524" spans="1:9">
       <c r="A524">
-        <v>271</v>
+        <v>334</v>
       </c>
       <c r="B524" t="s">
-        <v>1755</v>
+        <v>1707</v>
       </c>
       <c r="C524" t="s">
-        <v>1756</v>
+        <v>1708</v>
       </c>
       <c r="D524" t="s">
-        <v>11</v>
+        <v>1232</v>
       </c>
       <c r="E524" t="s">
         <v>12</v>
       </c>
       <c r="F524" t="s">
-        <v>1757</v>
+        <v>1709</v>
       </c>
       <c r="H524" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I524" s="1">
-        <v>3234350</v>
+        <v>80000</v>
       </c>
     </row>
     <row r="525" spans="1:9">
       <c r="A525">
-        <v>270</v>
+        <v>333</v>
       </c>
       <c r="B525" t="s">
-        <v>1738</v>
+        <v>1710</v>
       </c>
       <c r="C525" t="s">
-        <v>1517</v>
+        <v>1105</v>
       </c>
       <c r="D525" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="E525" t="s">
         <v>12</v>
       </c>
       <c r="F525" t="s">
-        <v>1758</v>
+        <v>1711</v>
       </c>
       <c r="H525" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I525" s="1">
-        <v>96000</v>
+        <v>3023.58</v>
       </c>
     </row>
     <row r="526" spans="1:9">
       <c r="A526">
-        <v>269</v>
+        <v>332</v>
       </c>
       <c r="B526" t="s">
-        <v>1759</v>
+        <v>1712</v>
       </c>
       <c r="C526" t="s">
-        <v>1192</v>
+        <v>1223</v>
       </c>
       <c r="D526" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="E526" t="s">
         <v>12</v>
       </c>
       <c r="F526" t="s">
-        <v>1760</v>
+        <v>1713</v>
       </c>
       <c r="H526" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I526" s="1">
-        <v>178398</v>
+        <v>1980</v>
       </c>
     </row>
     <row r="527" spans="1:9">
       <c r="A527">
-        <v>268</v>
+        <v>331</v>
       </c>
       <c r="B527" t="s">
-        <v>1761</v>
+        <v>1714</v>
       </c>
       <c r="C527" t="s">
-        <v>963</v>
+        <v>1715</v>
       </c>
       <c r="D527" t="s">
-        <v>11</v>
+        <v>1307</v>
       </c>
       <c r="E527" t="s">
         <v>12</v>
       </c>
       <c r="F527" t="s">
-        <v>1762</v>
+        <v>817</v>
       </c>
       <c r="H527" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I527" s="1">
-        <v>1548689</v>
+        <v>2363224.42</v>
       </c>
     </row>
     <row r="528" spans="1:9">
       <c r="A528">
-        <v>267</v>
+        <v>330</v>
       </c>
       <c r="B528" t="s">
-        <v>1763</v>
+        <v>1716</v>
       </c>
       <c r="C528" t="s">
-        <v>1764</v>
+        <v>1717</v>
       </c>
       <c r="D528" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="E528" t="s">
         <v>12</v>
       </c>
       <c r="F528" t="s">
-        <v>1765</v>
+        <v>1681</v>
       </c>
       <c r="H528" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I528" s="1">
-        <v>190900</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="529" spans="1:9">
       <c r="A529">
-        <v>266</v>
+        <v>329</v>
       </c>
       <c r="B529" t="s">
-        <v>1766</v>
+        <v>1718</v>
       </c>
       <c r="C529" t="s">
-        <v>1767</v>
+        <v>1719</v>
       </c>
       <c r="D529" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="E529" t="s">
         <v>12</v>
       </c>
       <c r="F529" t="s">
-        <v>1768</v>
+        <v>1720</v>
       </c>
       <c r="H529" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I529" s="1">
-        <v>927111</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="530" spans="1:9">
       <c r="A530">
-        <v>265</v>
+        <v>328</v>
       </c>
       <c r="B530" t="s">
-        <v>1769</v>
+        <v>1721</v>
       </c>
       <c r="C530" t="s">
-        <v>1770</v>
+        <v>1722</v>
       </c>
       <c r="D530" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="E530" t="s">
         <v>12</v>
       </c>
       <c r="F530" t="s">
-        <v>1771</v>
+        <v>1681</v>
       </c>
       <c r="H530" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I530" s="1">
-        <v>4428997</v>
+        <v>650</v>
       </c>
     </row>
     <row r="531" spans="1:9">
       <c r="A531">
-        <v>264</v>
+        <v>327</v>
       </c>
       <c r="B531" t="s">
-        <v>1772</v>
+        <v>1723</v>
       </c>
       <c r="C531" t="s">
-        <v>1773</v>
+        <v>1724</v>
       </c>
       <c r="D531" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="E531" t="s">
         <v>12</v>
       </c>
       <c r="F531" t="s">
-        <v>1774</v>
+        <v>1725</v>
       </c>
       <c r="H531" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I531" s="1">
-        <v>4851000</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="532" spans="1:9">
       <c r="A532">
-        <v>263</v>
+        <v>326</v>
       </c>
       <c r="B532" t="s">
-        <v>1775</v>
+        <v>1726</v>
       </c>
       <c r="C532" t="s">
-        <v>1776</v>
+        <v>1727</v>
       </c>
       <c r="D532" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="E532" t="s">
         <v>12</v>
       </c>
       <c r="F532" t="s">
-        <v>1777</v>
+        <v>1681</v>
       </c>
       <c r="H532" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I532" s="1">
-        <v>4885349</v>
+        <v>650</v>
       </c>
     </row>
     <row r="533" spans="1:9">
       <c r="A533">
-        <v>262</v>
+        <v>325</v>
       </c>
       <c r="B533" t="s">
-        <v>1778</v>
+        <v>1728</v>
       </c>
       <c r="C533" t="s">
-        <v>1779</v>
+        <v>1729</v>
       </c>
       <c r="D533" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="E533" t="s">
         <v>12</v>
       </c>
       <c r="F533" t="s">
-        <v>1780</v>
+        <v>1681</v>
       </c>
       <c r="H533" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I533" s="1">
-        <v>125388</v>
+        <v>1820</v>
       </c>
     </row>
     <row r="534" spans="1:9">
       <c r="A534">
-        <v>261</v>
+        <v>324</v>
       </c>
       <c r="B534" t="s">
-        <v>1781</v>
+        <v>1730</v>
       </c>
       <c r="C534" t="s">
-        <v>1088</v>
+        <v>1731</v>
       </c>
       <c r="D534" t="s">
-        <v>296</v>
+        <v>19</v>
       </c>
       <c r="E534" t="s">
         <v>12</v>
       </c>
       <c r="F534" t="s">
-        <v>1782</v>
+        <v>1732</v>
       </c>
       <c r="H534" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I534" s="1">
-        <v>1960230</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="535" spans="1:9">
       <c r="A535">
-        <v>260</v>
+        <v>323</v>
       </c>
       <c r="B535" t="s">
-        <v>1783</v>
+        <v>1733</v>
       </c>
       <c r="C535" t="s">
-        <v>1088</v>
+        <v>1734</v>
       </c>
       <c r="D535" t="s">
-        <v>231</v>
+        <v>19</v>
       </c>
       <c r="E535" t="s">
         <v>12</v>
       </c>
       <c r="F535" t="s">
-        <v>1784</v>
+        <v>1681</v>
       </c>
       <c r="H535" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I535" s="1">
-        <v>0</v>
+        <v>2080</v>
       </c>
     </row>
     <row r="536" spans="1:9">
       <c r="A536">
-        <v>259</v>
+        <v>322</v>
       </c>
       <c r="B536" t="s">
-        <v>1785</v>
+        <v>1735</v>
       </c>
       <c r="C536" t="s">
-        <v>1786</v>
+        <v>1736</v>
       </c>
       <c r="D536" t="s">
-        <v>1097</v>
+        <v>19</v>
       </c>
       <c r="E536" t="s">
         <v>12</v>
       </c>
       <c r="F536" t="s">
-        <v>1787</v>
+        <v>1681</v>
       </c>
       <c r="H536" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I536" s="1">
-        <v>1000</v>
+        <v>650</v>
       </c>
     </row>
     <row r="537" spans="1:9">
       <c r="A537">
-        <v>258</v>
+        <v>321</v>
       </c>
       <c r="B537" t="s">
-        <v>1788</v>
+        <v>1737</v>
       </c>
       <c r="C537" t="s">
-        <v>967</v>
+        <v>1738</v>
       </c>
       <c r="D537" t="s">
-        <v>1181</v>
+        <v>19</v>
       </c>
       <c r="E537" t="s">
         <v>12</v>
       </c>
       <c r="F537" t="s">
-        <v>1789</v>
+        <v>1681</v>
       </c>
       <c r="H537" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I537" s="1">
-        <v>530458</v>
+        <v>1950</v>
       </c>
     </row>
     <row r="538" spans="1:9">
       <c r="A538">
-        <v>257</v>
+        <v>320</v>
       </c>
       <c r="B538" t="s">
-        <v>1790</v>
+        <v>1739</v>
       </c>
       <c r="C538" t="s">
-        <v>1750</v>
+        <v>1740</v>
       </c>
       <c r="D538" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="E538" t="s">
         <v>12</v>
       </c>
       <c r="F538" t="s">
-        <v>1791</v>
+        <v>1681</v>
       </c>
       <c r="H538" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I538" s="1">
-        <v>0</v>
+        <v>650</v>
       </c>
     </row>
     <row r="539" spans="1:9">
       <c r="A539">
-        <v>256</v>
+        <v>319</v>
       </c>
       <c r="B539" t="s">
-        <v>1792</v>
+        <v>1741</v>
       </c>
       <c r="C539" t="s">
-        <v>1239</v>
+        <v>1742</v>
       </c>
       <c r="D539" t="s">
-        <v>296</v>
+        <v>19</v>
       </c>
       <c r="E539" t="s">
         <v>12</v>
       </c>
       <c r="F539" t="s">
-        <v>1793</v>
-[...2 lines deleted...]
-        <v>1794</v>
+        <v>1681</v>
       </c>
       <c r="H539" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-        <v>1795</v>
+        <v>81</v>
+      </c>
+      <c r="I539" s="1">
+        <v>2600</v>
       </c>
     </row>
     <row r="540" spans="1:9">
       <c r="A540">
-        <v>255</v>
+        <v>318</v>
       </c>
       <c r="B540" t="s">
-        <v>1796</v>
+        <v>1743</v>
       </c>
       <c r="C540" t="s">
-        <v>1239</v>
+        <v>1744</v>
       </c>
       <c r="D540" t="s">
-        <v>1097</v>
+        <v>19</v>
       </c>
       <c r="E540" t="s">
         <v>12</v>
       </c>
       <c r="F540" t="s">
-        <v>1797</v>
+        <v>1681</v>
       </c>
       <c r="H540" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I540" s="1">
-        <v>132500</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="541" spans="1:9">
       <c r="A541">
-        <v>254</v>
+        <v>317</v>
       </c>
       <c r="B541" t="s">
-        <v>1798</v>
+        <v>1745</v>
       </c>
       <c r="C541" t="s">
-        <v>1799</v>
+        <v>1746</v>
       </c>
       <c r="D541" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="E541" t="s">
         <v>12</v>
       </c>
       <c r="F541" t="s">
-        <v>1800</v>
-[...2 lines deleted...]
-        <v>482</v>
+        <v>1681</v>
       </c>
       <c r="H541" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-        <v>1801</v>
+        <v>81</v>
+      </c>
+      <c r="I541" s="1">
+        <v>975</v>
       </c>
     </row>
     <row r="542" spans="1:9">
       <c r="A542">
-        <v>253</v>
+        <v>316</v>
       </c>
       <c r="B542" t="s">
-        <v>1802</v>
+        <v>1747</v>
       </c>
       <c r="C542" t="s">
-        <v>1441</v>
+        <v>1653</v>
       </c>
       <c r="D542" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="E542" t="s">
         <v>12</v>
       </c>
       <c r="F542" t="s">
-        <v>1803</v>
+        <v>1681</v>
       </c>
       <c r="H542" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I542" s="1">
-        <v>100000</v>
+        <v>650</v>
       </c>
     </row>
     <row r="543" spans="1:9">
       <c r="A543">
-        <v>252</v>
+        <v>315</v>
       </c>
       <c r="B543" t="s">
-        <v>1804</v>
+        <v>1748</v>
       </c>
       <c r="C543" t="s">
-        <v>1805</v>
+        <v>1691</v>
       </c>
       <c r="D543" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="E543" t="s">
         <v>12</v>
       </c>
       <c r="F543" t="s">
-        <v>1806</v>
+        <v>1681</v>
       </c>
       <c r="H543" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I543" s="1">
-        <v>110000</v>
+        <v>650</v>
       </c>
     </row>
     <row r="544" spans="1:9">
       <c r="A544">
-        <v>251</v>
+        <v>314</v>
       </c>
       <c r="B544" t="s">
-        <v>1807</v>
+        <v>1462</v>
       </c>
       <c r="C544" t="s">
-        <v>1224</v>
+        <v>1463</v>
       </c>
       <c r="D544" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="E544" t="s">
         <v>12</v>
       </c>
       <c r="F544" t="s">
-        <v>1808</v>
+        <v>1749</v>
+      </c>
+      <c r="G544" t="s">
+        <v>1750</v>
       </c>
       <c r="H544" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-        <v>80000</v>
+        <v>81</v>
+      </c>
+      <c r="I544" s="1" t="s">
+        <v>1751</v>
       </c>
     </row>
     <row r="545" spans="1:9">
       <c r="A545">
-        <v>250</v>
+        <v>313</v>
       </c>
       <c r="B545" t="s">
-        <v>1809</v>
+        <v>1752</v>
       </c>
       <c r="C545" t="s">
-        <v>1245</v>
+        <v>1490</v>
       </c>
       <c r="D545" t="s">
-        <v>32</v>
+        <v>11</v>
       </c>
       <c r="E545" t="s">
         <v>12</v>
       </c>
       <c r="F545" t="s">
-        <v>1810</v>
+        <v>1753</v>
       </c>
       <c r="H545" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I545" s="1">
-        <v>350000</v>
+        <v>8583.63</v>
       </c>
     </row>
     <row r="546" spans="1:9">
       <c r="A546">
-        <v>249</v>
+        <v>312</v>
       </c>
       <c r="B546" t="s">
-        <v>1811</v>
+        <v>1754</v>
       </c>
       <c r="C546" t="s">
-        <v>967</v>
+        <v>1731</v>
       </c>
       <c r="D546" t="s">
         <v>11</v>
       </c>
       <c r="E546" t="s">
         <v>12</v>
       </c>
       <c r="F546" t="s">
-        <v>1812</v>
+        <v>1681</v>
       </c>
       <c r="H546" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I546" s="1">
-        <v>0</v>
+        <v>1813</v>
       </c>
     </row>
     <row r="547" spans="1:9">
       <c r="A547">
-        <v>248</v>
+        <v>311</v>
       </c>
       <c r="B547" t="s">
-        <v>1813</v>
+        <v>1755</v>
       </c>
       <c r="C547" t="s">
-        <v>1814</v>
+        <v>1734</v>
       </c>
       <c r="D547" t="s">
         <v>11</v>
       </c>
       <c r="E547" t="s">
         <v>12</v>
       </c>
       <c r="F547" t="s">
-        <v>1815</v>
+        <v>1681</v>
       </c>
       <c r="H547" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I547" s="1">
-        <v>0</v>
+        <v>14818.09</v>
       </c>
     </row>
     <row r="548" spans="1:9">
       <c r="A548">
-        <v>247</v>
+        <v>310</v>
       </c>
       <c r="B548" t="s">
-        <v>1816</v>
+        <v>1756</v>
       </c>
       <c r="C548" t="s">
-        <v>1817</v>
+        <v>1736</v>
       </c>
       <c r="D548" t="s">
         <v>11</v>
       </c>
       <c r="E548" t="s">
         <v>12</v>
       </c>
       <c r="F548" t="s">
-        <v>1818</v>
-[...2 lines deleted...]
-        <v>1819</v>
+        <v>1757</v>
       </c>
       <c r="H548" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-        <v>1820</v>
+        <v>81</v>
+      </c>
+      <c r="I548" s="1">
+        <v>1400</v>
       </c>
     </row>
     <row r="549" spans="1:9">
       <c r="A549">
-        <v>246</v>
+        <v>309</v>
       </c>
       <c r="B549" t="s">
-        <v>1821</v>
+        <v>1758</v>
       </c>
       <c r="C549" t="s">
-        <v>1822</v>
+        <v>1738</v>
       </c>
       <c r="D549" t="s">
         <v>11</v>
       </c>
       <c r="E549" t="s">
         <v>12</v>
       </c>
       <c r="F549" t="s">
-        <v>1823</v>
+        <v>1759</v>
       </c>
       <c r="H549" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I549" s="1">
-        <v>0</v>
+        <v>15883.98</v>
       </c>
     </row>
     <row r="550" spans="1:9">
       <c r="A550">
-        <v>245</v>
+        <v>308</v>
       </c>
       <c r="B550" t="s">
-        <v>1824</v>
+        <v>1578</v>
       </c>
       <c r="C550" t="s">
-        <v>1825</v>
+        <v>1579</v>
       </c>
       <c r="D550" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="E550" t="s">
         <v>12</v>
       </c>
       <c r="F550" t="s">
-        <v>1826</v>
+        <v>1760</v>
       </c>
       <c r="H550" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I550" s="1">
-        <v>0</v>
+        <v>3520</v>
       </c>
     </row>
     <row r="551" spans="1:9">
       <c r="A551">
-        <v>244</v>
+        <v>307</v>
       </c>
       <c r="B551" t="s">
-        <v>1827</v>
+        <v>1761</v>
       </c>
       <c r="C551" t="s">
-        <v>1828</v>
+        <v>1740</v>
       </c>
       <c r="D551" t="s">
         <v>11</v>
       </c>
       <c r="E551" t="s">
         <v>12</v>
       </c>
       <c r="F551" t="s">
-        <v>1829</v>
+        <v>1762</v>
       </c>
       <c r="H551" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I551" s="1">
-        <v>0</v>
+        <v>8883.55</v>
       </c>
     </row>
     <row r="552" spans="1:9">
       <c r="A552">
-        <v>243</v>
+        <v>306</v>
       </c>
       <c r="B552" t="s">
-        <v>1830</v>
+        <v>1763</v>
       </c>
       <c r="C552" t="s">
-        <v>1831</v>
+        <v>1742</v>
       </c>
       <c r="D552" t="s">
         <v>11</v>
       </c>
       <c r="E552" t="s">
         <v>12</v>
       </c>
       <c r="F552" t="s">
-        <v>1832</v>
+        <v>1764</v>
       </c>
       <c r="H552" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I552" s="1">
-        <v>0</v>
+        <v>5915</v>
       </c>
     </row>
     <row r="553" spans="1:9">
       <c r="A553">
-        <v>242</v>
+        <v>305</v>
       </c>
       <c r="B553" t="s">
-        <v>1785</v>
+        <v>1765</v>
       </c>
       <c r="C553" t="s">
-        <v>1786</v>
+        <v>1744</v>
       </c>
       <c r="D553" t="s">
-        <v>1097</v>
+        <v>11</v>
       </c>
       <c r="E553" t="s">
         <v>12</v>
       </c>
       <c r="F553" t="s">
-        <v>1787</v>
+        <v>1766</v>
       </c>
       <c r="H553" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I553" s="1">
-        <v>0</v>
+        <v>30460.12</v>
       </c>
     </row>
     <row r="554" spans="1:9">
       <c r="A554">
-        <v>241</v>
+        <v>304</v>
       </c>
       <c r="B554" t="s">
-        <v>1833</v>
+        <v>1590</v>
       </c>
       <c r="C554" t="s">
-        <v>1786</v>
+        <v>1579</v>
       </c>
       <c r="D554" t="s">
         <v>11</v>
       </c>
       <c r="E554" t="s">
         <v>12</v>
       </c>
       <c r="F554" t="s">
-        <v>1834</v>
+        <v>1767</v>
       </c>
       <c r="H554" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I554" s="1">
-        <v>0</v>
+        <v>48000</v>
       </c>
     </row>
     <row r="555" spans="1:9">
       <c r="A555">
-        <v>240</v>
+        <v>303</v>
       </c>
       <c r="B555" t="s">
-        <v>1835</v>
+        <v>1768</v>
       </c>
       <c r="C555" t="s">
-        <v>1836</v>
+        <v>1769</v>
       </c>
       <c r="D555" t="s">
         <v>11</v>
       </c>
       <c r="E555" t="s">
         <v>12</v>
       </c>
       <c r="F555" t="s">
-        <v>1101</v>
+        <v>1681</v>
       </c>
       <c r="H555" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I555" s="1">
-        <v>5320638</v>
+        <v>17233.33</v>
       </c>
     </row>
     <row r="556" spans="1:9">
       <c r="A556">
-        <v>239</v>
+        <v>302</v>
       </c>
       <c r="B556" t="s">
-        <v>1781</v>
+        <v>1770</v>
       </c>
       <c r="C556" t="s">
-        <v>1088</v>
+        <v>1509</v>
       </c>
       <c r="D556" t="s">
-        <v>296</v>
+        <v>11</v>
       </c>
       <c r="E556" t="s">
         <v>12</v>
       </c>
       <c r="F556" t="s">
-        <v>1837</v>
+        <v>1771</v>
       </c>
       <c r="H556" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I556" s="1">
-        <v>1960230</v>
+        <v>17143.25</v>
       </c>
     </row>
     <row r="557" spans="1:9">
       <c r="A557">
-        <v>238</v>
+        <v>301</v>
       </c>
       <c r="B557" t="s">
-        <v>1838</v>
+        <v>1772</v>
       </c>
       <c r="C557" t="s">
-        <v>1839</v>
+        <v>1493</v>
       </c>
       <c r="D557" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="E557" t="s">
         <v>12</v>
       </c>
       <c r="F557" t="s">
-        <v>1840</v>
+        <v>1681</v>
       </c>
       <c r="G557" t="s">
-        <v>1841</v>
+        <v>1773</v>
       </c>
       <c r="H557" t="s">
-        <v>837</v>
+        <v>81</v>
       </c>
       <c r="I557" s="1" t="s">
-        <v>1842</v>
+        <v>1774</v>
       </c>
     </row>
     <row r="558" spans="1:9">
       <c r="A558">
-        <v>237</v>
+        <v>300</v>
       </c>
       <c r="B558" t="s">
-        <v>1843</v>
+        <v>1775</v>
       </c>
       <c r="C558" t="s">
-        <v>1618</v>
+        <v>1776</v>
       </c>
       <c r="D558" t="s">
         <v>11</v>
       </c>
       <c r="E558" t="s">
         <v>12</v>
       </c>
       <c r="F558" t="s">
-        <v>1844</v>
+        <v>1764</v>
       </c>
       <c r="H558" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I558" s="1">
-        <v>0</v>
+        <v>4540.83</v>
       </c>
     </row>
     <row r="559" spans="1:9">
       <c r="A559">
-        <v>236</v>
+        <v>299</v>
       </c>
       <c r="B559" t="s">
-        <v>1845</v>
+        <v>1777</v>
       </c>
       <c r="C559" t="s">
-        <v>1846</v>
+        <v>1778</v>
       </c>
       <c r="D559" t="s">
         <v>11</v>
       </c>
       <c r="E559" t="s">
         <v>12</v>
       </c>
       <c r="F559" t="s">
-        <v>1847</v>
+        <v>1779</v>
       </c>
       <c r="H559" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I559" s="1">
-        <v>0</v>
+        <v>690</v>
       </c>
     </row>
     <row r="560" spans="1:9">
       <c r="A560">
-        <v>235</v>
+        <v>298</v>
       </c>
       <c r="B560" t="s">
+        <v>1780</v>
+      </c>
+      <c r="C560" t="s">
         <v>1781</v>
       </c>
-      <c r="C560" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D560" t="s">
-        <v>296</v>
+        <v>19</v>
       </c>
       <c r="E560" t="s">
         <v>12</v>
       </c>
       <c r="F560" t="s">
-        <v>1848</v>
+        <v>1291</v>
       </c>
       <c r="H560" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I560" s="1">
-        <v>0</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="561" spans="1:9">
       <c r="A561">
-        <v>234</v>
+        <v>297</v>
       </c>
       <c r="B561" t="s">
-        <v>1849</v>
+        <v>1782</v>
       </c>
       <c r="C561" t="s">
-        <v>1850</v>
+        <v>1521</v>
       </c>
       <c r="D561" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="E561" t="s">
         <v>12</v>
       </c>
       <c r="F561" t="s">
-        <v>1851</v>
+        <v>1291</v>
       </c>
       <c r="H561" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I561" s="1">
-        <v>0</v>
+        <v>3900</v>
       </c>
     </row>
     <row r="562" spans="1:9">
       <c r="A562">
-        <v>233</v>
+        <v>296</v>
       </c>
       <c r="B562" t="s">
-        <v>1852</v>
+        <v>1783</v>
       </c>
       <c r="C562" t="s">
-        <v>1853</v>
+        <v>1784</v>
       </c>
       <c r="D562" t="s">
         <v>11</v>
       </c>
       <c r="E562" t="s">
         <v>12</v>
       </c>
       <c r="F562" t="s">
-        <v>1854</v>
+        <v>1785</v>
       </c>
       <c r="H562" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I562" s="1">
-        <v>0</v>
+        <v>4928</v>
       </c>
     </row>
     <row r="563" spans="1:9">
       <c r="A563">
-        <v>232</v>
+        <v>295</v>
       </c>
       <c r="B563" t="s">
-        <v>1855</v>
+        <v>1786</v>
       </c>
       <c r="C563" t="s">
-        <v>1856</v>
+        <v>1507</v>
       </c>
       <c r="D563" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="E563" t="s">
         <v>12</v>
       </c>
       <c r="F563" t="s">
-        <v>1857</v>
+        <v>1787</v>
       </c>
       <c r="H563" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I563" s="1">
-        <v>0</v>
+        <v>6500</v>
       </c>
     </row>
     <row r="564" spans="1:9">
       <c r="A564">
-        <v>231</v>
+        <v>294</v>
       </c>
       <c r="B564" t="s">
-        <v>1858</v>
+        <v>1788</v>
       </c>
       <c r="C564" t="s">
-        <v>1859</v>
+        <v>1505</v>
       </c>
       <c r="D564" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="E564" t="s">
         <v>12</v>
       </c>
       <c r="F564" t="s">
-        <v>1860</v>
+        <v>1291</v>
       </c>
       <c r="H564" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I564" s="1">
-        <v>0</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="565" spans="1:9">
       <c r="A565">
-        <v>230</v>
+        <v>293</v>
       </c>
       <c r="B565" t="s">
-        <v>1861</v>
+        <v>1623</v>
       </c>
       <c r="C565" t="s">
-        <v>383</v>
+        <v>1624</v>
       </c>
       <c r="D565" t="s">
         <v>11</v>
       </c>
       <c r="E565" t="s">
         <v>12</v>
       </c>
       <c r="F565" t="s">
-        <v>1862</v>
+        <v>1789</v>
       </c>
       <c r="H565" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I565" s="1">
-        <v>0</v>
+        <v>17506.3</v>
       </c>
     </row>
     <row r="566" spans="1:9">
       <c r="A566">
-        <v>229</v>
+        <v>292</v>
       </c>
       <c r="B566" t="s">
-        <v>1863</v>
+        <v>1790</v>
       </c>
       <c r="C566" t="s">
-        <v>1088</v>
+        <v>1791</v>
       </c>
       <c r="D566" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="E566" t="s">
         <v>12</v>
       </c>
       <c r="F566" t="s">
-        <v>1561</v>
+        <v>1291</v>
       </c>
       <c r="H566" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I566" s="1">
-        <v>0</v>
+        <v>7800</v>
       </c>
     </row>
     <row r="567" spans="1:9">
       <c r="A567">
-        <v>228</v>
+        <v>291</v>
       </c>
       <c r="B567" t="s">
-        <v>1781</v>
+        <v>1792</v>
       </c>
       <c r="C567" t="s">
-        <v>1088</v>
+        <v>1791</v>
       </c>
       <c r="D567" t="s">
-        <v>296</v>
+        <v>11</v>
       </c>
       <c r="E567" t="s">
         <v>12</v>
       </c>
       <c r="F567" t="s">
-        <v>1864</v>
+        <v>1403</v>
       </c>
       <c r="H567" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I567" s="1">
-        <v>0</v>
+        <v>2380</v>
       </c>
     </row>
     <row r="568" spans="1:9">
       <c r="A568">
-        <v>227</v>
+        <v>290</v>
       </c>
       <c r="B568" t="s">
-        <v>1783</v>
+        <v>1620</v>
       </c>
       <c r="C568" t="s">
-        <v>1088</v>
+        <v>1621</v>
       </c>
       <c r="D568" t="s">
-        <v>231</v>
+        <v>11</v>
       </c>
       <c r="E568" t="s">
         <v>12</v>
       </c>
       <c r="F568" t="s">
-        <v>1784</v>
+        <v>359</v>
       </c>
       <c r="H568" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I568" s="1">
-        <v>0</v>
+        <v>6150</v>
       </c>
     </row>
     <row r="569" spans="1:9">
       <c r="A569">
-        <v>225</v>
+        <v>289</v>
       </c>
       <c r="B569" t="s">
-        <v>1865</v>
+        <v>1793</v>
       </c>
       <c r="C569" t="s">
-        <v>970</v>
+        <v>1794</v>
       </c>
       <c r="D569" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="E569" t="s">
         <v>12</v>
       </c>
       <c r="F569" t="s">
-        <v>1866</v>
+        <v>1795</v>
       </c>
       <c r="H569" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I569" s="1">
-        <v>837500</v>
+        <v>0</v>
       </c>
     </row>
     <row r="570" spans="1:9">
       <c r="A570">
-        <v>224</v>
+        <v>288</v>
       </c>
       <c r="B570" t="s">
-        <v>1867</v>
+        <v>1623</v>
       </c>
       <c r="C570" t="s">
-        <v>1859</v>
+        <v>1624</v>
       </c>
       <c r="D570" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="E570" t="s">
         <v>12</v>
       </c>
       <c r="F570" t="s">
-        <v>1868</v>
+        <v>1796</v>
       </c>
       <c r="H570" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I570" s="1">
-        <v>0</v>
+        <v>16800</v>
       </c>
     </row>
     <row r="571" spans="1:9">
       <c r="A571">
-        <v>223</v>
+        <v>287</v>
       </c>
       <c r="B571" t="s">
-        <v>1869</v>
+        <v>1797</v>
       </c>
       <c r="C571" t="s">
-        <v>383</v>
+        <v>1776</v>
       </c>
       <c r="D571" t="s">
         <v>19</v>
       </c>
       <c r="E571" t="s">
         <v>12</v>
       </c>
       <c r="F571" t="s">
-        <v>1870</v>
+        <v>1798</v>
       </c>
       <c r="H571" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I571" s="1">
-        <v>0</v>
+        <v>600</v>
       </c>
     </row>
     <row r="572" spans="1:9">
       <c r="A572">
-        <v>222</v>
+        <v>286</v>
       </c>
       <c r="B572" t="s">
-        <v>1871</v>
+        <v>1799</v>
       </c>
       <c r="C572" t="s">
-        <v>967</v>
+        <v>1599</v>
       </c>
       <c r="D572" t="s">
         <v>19</v>
       </c>
       <c r="E572" t="s">
         <v>12</v>
       </c>
       <c r="F572" t="s">
-        <v>1872</v>
-[...2 lines deleted...]
-        <v>1873</v>
+        <v>1800</v>
       </c>
       <c r="H572" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-        <v>1874</v>
+        <v>81</v>
+      </c>
+      <c r="I572" s="1">
+        <v>1800</v>
       </c>
     </row>
     <row r="573" spans="1:9">
       <c r="A573">
-        <v>221</v>
+        <v>285</v>
       </c>
       <c r="B573" t="s">
-        <v>1875</v>
+        <v>1801</v>
       </c>
       <c r="C573" t="s">
-        <v>1876</v>
+        <v>1585</v>
       </c>
       <c r="D573" t="s">
-        <v>1097</v>
+        <v>19</v>
       </c>
       <c r="E573" t="s">
         <v>12</v>
       </c>
       <c r="F573" t="s">
-        <v>1877</v>
+        <v>1802</v>
       </c>
       <c r="H573" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I573" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="574" spans="1:9">
       <c r="A574">
-        <v>220</v>
+        <v>284</v>
       </c>
       <c r="B574" t="s">
-        <v>1878</v>
+        <v>1803</v>
       </c>
       <c r="C574" t="s">
-        <v>1088</v>
+        <v>1582</v>
       </c>
       <c r="D574" t="s">
         <v>19</v>
       </c>
       <c r="E574" t="s">
         <v>12</v>
       </c>
       <c r="F574" t="s">
-        <v>1879</v>
+        <v>1802</v>
       </c>
       <c r="H574" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I574" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="575" spans="1:9">
       <c r="A575">
-        <v>219</v>
+        <v>283</v>
       </c>
       <c r="B575" t="s">
-        <v>1880</v>
+        <v>1804</v>
       </c>
       <c r="C575" t="s">
-        <v>1836</v>
+        <v>1490</v>
       </c>
       <c r="D575" t="s">
-        <v>1097</v>
+        <v>19</v>
       </c>
       <c r="E575" t="s">
         <v>12</v>
       </c>
       <c r="F575" t="s">
-        <v>1881</v>
+        <v>1681</v>
       </c>
       <c r="H575" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I575" s="1">
-        <v>0</v>
+        <v>23800</v>
       </c>
     </row>
     <row r="576" spans="1:9">
       <c r="A576">
-        <v>218</v>
+        <v>282</v>
       </c>
       <c r="B576" t="s">
-        <v>1882</v>
+        <v>1752</v>
       </c>
       <c r="C576" t="s">
-        <v>1883</v>
+        <v>1490</v>
       </c>
       <c r="D576" t="s">
-        <v>1097</v>
+        <v>11</v>
       </c>
       <c r="E576" t="s">
         <v>12</v>
       </c>
       <c r="F576" t="s">
-        <v>1884</v>
+        <v>1805</v>
       </c>
       <c r="H576" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I576" s="1">
-        <v>0</v>
+        <v>17100</v>
       </c>
     </row>
     <row r="577" spans="1:9">
       <c r="A577">
-        <v>217</v>
+        <v>281</v>
       </c>
       <c r="B577" t="s">
-        <v>1885</v>
+        <v>1806</v>
       </c>
       <c r="C577" t="s">
-        <v>1839</v>
+        <v>1624</v>
       </c>
       <c r="D577" t="s">
-        <v>1097</v>
+        <v>19</v>
       </c>
       <c r="E577" t="s">
         <v>12</v>
       </c>
       <c r="F577" t="s">
-        <v>1886</v>
+        <v>1807</v>
       </c>
       <c r="H577" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I577" s="1">
-        <v>0</v>
+        <v>90000</v>
       </c>
     </row>
     <row r="578" spans="1:9">
       <c r="A578">
-        <v>216</v>
+        <v>280</v>
       </c>
       <c r="B578" t="s">
-        <v>1887</v>
+        <v>1808</v>
       </c>
       <c r="C578" t="s">
-        <v>1618</v>
+        <v>1621</v>
       </c>
       <c r="D578" t="s">
-        <v>1097</v>
+        <v>19</v>
       </c>
       <c r="E578" t="s">
         <v>12</v>
       </c>
       <c r="F578" t="s">
-        <v>1888</v>
+        <v>1450</v>
       </c>
       <c r="H578" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I578" s="1">
-        <v>0</v>
+        <v>120000</v>
       </c>
     </row>
     <row r="579" spans="1:9">
       <c r="A579">
-        <v>215</v>
+        <v>279</v>
       </c>
       <c r="B579" t="s">
-        <v>1889</v>
+        <v>1809</v>
       </c>
       <c r="C579" t="s">
-        <v>1846</v>
+        <v>1810</v>
       </c>
       <c r="D579" t="s">
-        <v>1097</v>
+        <v>19</v>
       </c>
       <c r="E579" t="s">
         <v>12</v>
       </c>
       <c r="F579" t="s">
-        <v>1890</v>
+        <v>1807</v>
       </c>
       <c r="H579" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I579" s="1">
-        <v>0</v>
+        <v>80000</v>
       </c>
     </row>
     <row r="580" spans="1:9">
       <c r="A580">
-        <v>214</v>
+        <v>278</v>
       </c>
       <c r="B580" t="s">
-        <v>1891</v>
+        <v>1365</v>
       </c>
       <c r="C580" t="s">
-        <v>1850</v>
+        <v>1366</v>
       </c>
       <c r="D580" t="s">
-        <v>1097</v>
+        <v>11</v>
       </c>
       <c r="E580" t="s">
         <v>12</v>
       </c>
       <c r="F580" t="s">
-        <v>1892</v>
+        <v>1811</v>
       </c>
       <c r="H580" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I580" s="1">
-        <v>0</v>
+        <v>12000</v>
       </c>
     </row>
     <row r="581" spans="1:9">
       <c r="A581">
-        <v>213</v>
+        <v>277</v>
       </c>
       <c r="B581" t="s">
-        <v>1893</v>
+        <v>1647</v>
       </c>
       <c r="C581" t="s">
-        <v>1853</v>
+        <v>1648</v>
       </c>
       <c r="D581" t="s">
-        <v>1097</v>
+        <v>47</v>
       </c>
       <c r="E581" t="s">
         <v>12</v>
       </c>
       <c r="F581" t="s">
-        <v>1894</v>
+        <v>1649</v>
       </c>
       <c r="H581" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I581" s="1">
-        <v>66544</v>
+        <v>0</v>
       </c>
     </row>
     <row r="582" spans="1:9">
       <c r="A582">
-        <v>212</v>
+        <v>276</v>
       </c>
       <c r="B582" t="s">
-        <v>1895</v>
+        <v>1812</v>
       </c>
       <c r="C582" t="s">
-        <v>1859</v>
+        <v>1813</v>
       </c>
       <c r="D582" t="s">
-        <v>1097</v>
+        <v>11</v>
       </c>
       <c r="E582" t="s">
         <v>12</v>
       </c>
       <c r="F582" t="s">
-        <v>1896</v>
+        <v>1063</v>
       </c>
       <c r="H582" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I582" s="1">
-        <v>329602</v>
+        <v>16674.9</v>
       </c>
     </row>
     <row r="583" spans="1:9">
       <c r="A583">
-        <v>211</v>
+        <v>275</v>
       </c>
       <c r="B583" t="s">
-        <v>1897</v>
+        <v>1674</v>
       </c>
       <c r="C583" t="s">
-        <v>383</v>
+        <v>1361</v>
       </c>
       <c r="D583" t="s">
-        <v>1097</v>
+        <v>62</v>
       </c>
       <c r="E583" t="s">
         <v>12</v>
       </c>
       <c r="F583" t="s">
-        <v>1898</v>
+        <v>1675</v>
       </c>
       <c r="H583" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I583" s="1">
-        <v>63153</v>
+        <v>0</v>
       </c>
     </row>
     <row r="584" spans="1:9">
       <c r="A584">
-        <v>210</v>
+        <v>274</v>
       </c>
       <c r="B584" t="s">
-        <v>1899</v>
+        <v>1814</v>
       </c>
       <c r="C584" t="s">
-        <v>967</v>
+        <v>1484</v>
       </c>
       <c r="D584" t="s">
-        <v>1097</v>
+        <v>47</v>
       </c>
       <c r="E584" t="s">
         <v>12</v>
       </c>
       <c r="F584" t="s">
-        <v>1900</v>
+        <v>1347</v>
       </c>
       <c r="H584" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I584" s="1">
-        <v>171400</v>
+        <v>35930.04</v>
       </c>
     </row>
     <row r="585" spans="1:9">
       <c r="A585">
-        <v>209</v>
+        <v>273</v>
       </c>
       <c r="B585" t="s">
-        <v>1901</v>
+        <v>1815</v>
       </c>
       <c r="C585" t="s">
-        <v>1088</v>
+        <v>1816</v>
       </c>
       <c r="D585" t="s">
-        <v>1097</v>
+        <v>1232</v>
       </c>
       <c r="E585" t="s">
         <v>12</v>
       </c>
       <c r="F585" t="s">
-        <v>1902</v>
+        <v>1071</v>
       </c>
       <c r="H585" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I585" s="1">
-        <v>176363</v>
+        <v>132573.78</v>
       </c>
     </row>
     <row r="586" spans="1:9">
       <c r="A586">
-        <v>208</v>
+        <v>272</v>
       </c>
       <c r="B586" t="s">
-        <v>1903</v>
+        <v>1817</v>
       </c>
       <c r="C586" t="s">
-        <v>1904</v>
+        <v>1818</v>
       </c>
       <c r="D586" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="E586" t="s">
         <v>12</v>
       </c>
       <c r="F586" t="s">
-        <v>1905</v>
+        <v>1819</v>
       </c>
       <c r="H586" t="s">
-        <v>15</v>
+        <v>81</v>
       </c>
       <c r="I586" s="1">
-        <v>0</v>
+        <v>8000</v>
       </c>
     </row>
     <row r="587" spans="1:9">
       <c r="A587">
-        <v>207</v>
+        <v>271</v>
       </c>
       <c r="B587" t="s">
-        <v>1906</v>
+        <v>1820</v>
       </c>
       <c r="C587" t="s">
-        <v>1907</v>
+        <v>1821</v>
       </c>
       <c r="D587" t="s">
-        <v>11</v>
+        <v>47</v>
       </c>
       <c r="E587" t="s">
         <v>12</v>
       </c>
       <c r="F587" t="s">
-        <v>1908</v>
+        <v>1822</v>
       </c>
       <c r="H587" t="s">
-        <v>1909</v>
+        <v>81</v>
       </c>
       <c r="I587" s="1">
-        <v>0</v>
+        <v>3234350</v>
       </c>
     </row>
     <row r="588" spans="1:9">
       <c r="A588">
-        <v>206</v>
+        <v>270</v>
       </c>
       <c r="B588" t="s">
-        <v>1910</v>
+        <v>1808</v>
       </c>
       <c r="C588" t="s">
-        <v>1911</v>
+        <v>1621</v>
       </c>
       <c r="D588" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="E588" t="s">
         <v>12</v>
       </c>
       <c r="F588" t="s">
-        <v>1912</v>
+        <v>359</v>
       </c>
       <c r="H588" t="s">
-        <v>15</v>
+        <v>81</v>
       </c>
       <c r="I588" s="1">
-        <v>0</v>
+        <v>96000</v>
       </c>
     </row>
     <row r="589" spans="1:9">
       <c r="A589">
-        <v>205</v>
+        <v>269</v>
       </c>
       <c r="B589" t="s">
-        <v>1913</v>
+        <v>1823</v>
       </c>
       <c r="C589" t="s">
-        <v>1914</v>
+        <v>1317</v>
       </c>
       <c r="D589" t="s">
-        <v>11</v>
+        <v>47</v>
       </c>
       <c r="E589" t="s">
         <v>12</v>
       </c>
       <c r="F589" t="s">
-        <v>1915</v>
+        <v>1824</v>
       </c>
       <c r="H589" t="s">
-        <v>15</v>
+        <v>81</v>
       </c>
       <c r="I589" s="1">
-        <v>0</v>
+        <v>178398</v>
       </c>
     </row>
     <row r="590" spans="1:9">
       <c r="A590">
-        <v>203</v>
+        <v>268</v>
       </c>
       <c r="B590" t="s">
-        <v>1916</v>
+        <v>1825</v>
       </c>
       <c r="C590" t="s">
-        <v>1917</v>
+        <v>1101</v>
       </c>
       <c r="D590" t="s">
-        <v>11</v>
+        <v>47</v>
       </c>
       <c r="E590" t="s">
         <v>12</v>
       </c>
       <c r="F590" t="s">
-        <v>1918</v>
+        <v>1826</v>
       </c>
       <c r="H590" t="s">
-        <v>15</v>
+        <v>81</v>
       </c>
       <c r="I590" s="1">
-        <v>0</v>
+        <v>1548689</v>
       </c>
     </row>
     <row r="591" spans="1:9">
       <c r="A591">
-        <v>202</v>
+        <v>267</v>
       </c>
       <c r="B591" t="s">
-        <v>1919</v>
+        <v>1827</v>
       </c>
       <c r="C591" t="s">
-        <v>1920</v>
+        <v>1828</v>
       </c>
       <c r="D591" t="s">
-        <v>11</v>
+        <v>47</v>
       </c>
       <c r="E591" t="s">
         <v>12</v>
       </c>
       <c r="F591" t="s">
-        <v>1921</v>
+        <v>1829</v>
       </c>
       <c r="H591" t="s">
-        <v>15</v>
+        <v>81</v>
       </c>
       <c r="I591" s="1">
-        <v>0</v>
+        <v>190900</v>
       </c>
     </row>
     <row r="592" spans="1:9">
       <c r="A592">
-        <v>201</v>
+        <v>266</v>
       </c>
       <c r="B592" t="s">
-        <v>1922</v>
+        <v>1830</v>
       </c>
       <c r="C592" t="s">
-        <v>1923</v>
+        <v>1831</v>
       </c>
       <c r="D592" t="s">
-        <v>11</v>
+        <v>47</v>
       </c>
       <c r="E592" t="s">
         <v>12</v>
       </c>
       <c r="F592" t="s">
-        <v>1924</v>
+        <v>1431</v>
       </c>
       <c r="H592" t="s">
-        <v>15</v>
+        <v>81</v>
       </c>
       <c r="I592" s="1">
-        <v>0</v>
+        <v>927111</v>
       </c>
     </row>
     <row r="593" spans="1:9">
       <c r="A593">
-        <v>200</v>
+        <v>265</v>
       </c>
       <c r="B593" t="s">
-        <v>1925</v>
+        <v>1832</v>
       </c>
       <c r="C593" t="s">
-        <v>1926</v>
+        <v>1833</v>
       </c>
       <c r="D593" t="s">
-        <v>11</v>
+        <v>47</v>
       </c>
       <c r="E593" t="s">
         <v>12</v>
       </c>
       <c r="F593" t="s">
-        <v>1927</v>
+        <v>1028</v>
       </c>
       <c r="H593" t="s">
-        <v>15</v>
+        <v>81</v>
       </c>
       <c r="I593" s="1">
-        <v>0</v>
+        <v>4428997</v>
       </c>
     </row>
     <row r="594" spans="1:9">
       <c r="A594">
-        <v>199</v>
+        <v>264</v>
       </c>
       <c r="B594" t="s">
-        <v>1928</v>
+        <v>1834</v>
       </c>
       <c r="C594" t="s">
-        <v>1929</v>
+        <v>1835</v>
       </c>
       <c r="D594" t="s">
-        <v>11</v>
+        <v>47</v>
       </c>
       <c r="E594" t="s">
         <v>12</v>
       </c>
       <c r="F594" t="s">
-        <v>1930</v>
+        <v>1028</v>
       </c>
       <c r="H594" t="s">
-        <v>1909</v>
+        <v>81</v>
       </c>
       <c r="I594" s="1">
-        <v>0</v>
+        <v>4851000</v>
       </c>
     </row>
     <row r="595" spans="1:9">
       <c r="A595">
-        <v>198</v>
+        <v>263</v>
       </c>
       <c r="B595" t="s">
-        <v>1931</v>
+        <v>1836</v>
       </c>
       <c r="C595" t="s">
-        <v>1932</v>
+        <v>1837</v>
       </c>
       <c r="D595" t="s">
-        <v>11</v>
+        <v>47</v>
       </c>
       <c r="E595" t="s">
         <v>12</v>
       </c>
       <c r="F595" t="s">
-        <v>1933</v>
+        <v>1028</v>
       </c>
       <c r="H595" t="s">
-        <v>15</v>
+        <v>81</v>
       </c>
       <c r="I595" s="1">
-        <v>0</v>
+        <v>4885349</v>
       </c>
     </row>
     <row r="596" spans="1:9">
       <c r="A596">
-        <v>197</v>
+        <v>262</v>
       </c>
       <c r="B596" t="s">
-        <v>1934</v>
+        <v>1838</v>
       </c>
       <c r="C596" t="s">
-        <v>1935</v>
+        <v>1839</v>
       </c>
       <c r="D596" t="s">
-        <v>11</v>
+        <v>47</v>
       </c>
       <c r="E596" t="s">
         <v>12</v>
       </c>
       <c r="F596" t="s">
-        <v>1936</v>
+        <v>1840</v>
       </c>
       <c r="H596" t="s">
-        <v>15</v>
+        <v>81</v>
       </c>
       <c r="I596" s="1">
-        <v>0</v>
+        <v>125388</v>
       </c>
     </row>
     <row r="597" spans="1:9">
       <c r="A597">
-        <v>196</v>
+        <v>261</v>
       </c>
       <c r="B597" t="s">
-        <v>1937</v>
+        <v>1841</v>
       </c>
       <c r="C597" t="s">
-        <v>1938</v>
+        <v>1223</v>
       </c>
       <c r="D597" t="s">
-        <v>11</v>
+        <v>497</v>
       </c>
       <c r="E597" t="s">
         <v>12</v>
       </c>
       <c r="F597" t="s">
-        <v>1939</v>
+        <v>1842</v>
       </c>
       <c r="H597" t="s">
-        <v>15</v>
+        <v>81</v>
       </c>
       <c r="I597" s="1">
-        <v>0</v>
+        <v>1960230</v>
       </c>
     </row>
     <row r="598" spans="1:9">
       <c r="A598">
-        <v>195</v>
+        <v>260</v>
       </c>
       <c r="B598" t="s">
-        <v>1940</v>
+        <v>1843</v>
       </c>
       <c r="C598" t="s">
-        <v>1941</v>
+        <v>1223</v>
       </c>
       <c r="D598" t="s">
-        <v>11</v>
+        <v>445</v>
       </c>
       <c r="E598" t="s">
         <v>12</v>
       </c>
       <c r="F598" t="s">
-        <v>1942</v>
+        <v>1844</v>
       </c>
       <c r="H598" t="s">
-        <v>1909</v>
+        <v>81</v>
       </c>
       <c r="I598" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="599" spans="1:9">
       <c r="A599">
-        <v>194</v>
+        <v>259</v>
       </c>
       <c r="B599" t="s">
-        <v>1943</v>
+        <v>1845</v>
       </c>
       <c r="C599" t="s">
-        <v>1944</v>
+        <v>1846</v>
       </c>
       <c r="D599" t="s">
-        <v>1097</v>
+        <v>1232</v>
       </c>
       <c r="E599" t="s">
         <v>12</v>
       </c>
       <c r="F599" t="s">
-        <v>1945</v>
+        <v>1847</v>
       </c>
       <c r="H599" t="s">
-        <v>1909</v>
+        <v>81</v>
       </c>
       <c r="I599" s="1">
-        <v>0</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="600" spans="1:9">
       <c r="A600">
-        <v>193</v>
+        <v>258</v>
       </c>
       <c r="B600" t="s">
-        <v>1946</v>
+        <v>1848</v>
       </c>
       <c r="C600" t="s">
-        <v>1947</v>
+        <v>1105</v>
       </c>
       <c r="D600" t="s">
-        <v>1097</v>
+        <v>1307</v>
       </c>
       <c r="E600" t="s">
         <v>12</v>
       </c>
       <c r="F600" t="s">
-        <v>1948</v>
+        <v>1147</v>
       </c>
       <c r="H600" t="s">
-        <v>1909</v>
+        <v>81</v>
       </c>
       <c r="I600" s="1">
-        <v>0</v>
+        <v>530458</v>
       </c>
     </row>
     <row r="601" spans="1:9">
       <c r="A601">
-        <v>192</v>
+        <v>257</v>
       </c>
       <c r="B601" t="s">
-        <v>1949</v>
+        <v>1849</v>
       </c>
       <c r="C601" t="s">
-        <v>1950</v>
+        <v>1816</v>
       </c>
       <c r="D601" t="s">
-        <v>1097</v>
+        <v>47</v>
       </c>
       <c r="E601" t="s">
         <v>12</v>
       </c>
       <c r="F601" t="s">
-        <v>1951</v>
+        <v>1850</v>
       </c>
       <c r="H601" t="s">
-        <v>1909</v>
+        <v>81</v>
       </c>
       <c r="I601" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="602" spans="1:9">
       <c r="A602">
-        <v>191</v>
+        <v>256</v>
       </c>
       <c r="B602" t="s">
-        <v>1952</v>
+        <v>1851</v>
       </c>
       <c r="C602" t="s">
-        <v>1953</v>
+        <v>1361</v>
       </c>
       <c r="D602" t="s">
-        <v>11</v>
+        <v>497</v>
       </c>
       <c r="E602" t="s">
         <v>12</v>
       </c>
       <c r="F602" t="s">
-        <v>1954</v>
+        <v>1852</v>
+      </c>
+      <c r="G602" t="s">
+        <v>1853</v>
       </c>
       <c r="H602" t="s">
-        <v>1909</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>81</v>
+      </c>
+      <c r="I602" s="1" t="s">
+        <v>1854</v>
       </c>
     </row>
     <row r="603" spans="1:9">
       <c r="A603">
-        <v>190</v>
+        <v>255</v>
       </c>
       <c r="B603" t="s">
-        <v>1955</v>
+        <v>1855</v>
       </c>
       <c r="C603" t="s">
-        <v>1956</v>
+        <v>1361</v>
       </c>
       <c r="D603" t="s">
-        <v>11</v>
+        <v>1232</v>
       </c>
       <c r="E603" t="s">
         <v>12</v>
       </c>
       <c r="F603" t="s">
-        <v>1957</v>
+        <v>359</v>
       </c>
       <c r="H603" t="s">
-        <v>1909</v>
+        <v>81</v>
       </c>
       <c r="I603" s="1">
-        <v>0</v>
+        <v>132500</v>
       </c>
     </row>
     <row r="604" spans="1:9">
       <c r="A604">
-        <v>189</v>
+        <v>254</v>
       </c>
       <c r="B604" t="s">
-        <v>1958</v>
+        <v>1856</v>
       </c>
       <c r="C604" t="s">
-        <v>1959</v>
+        <v>1857</v>
       </c>
       <c r="D604" t="s">
-        <v>11</v>
+        <v>47</v>
       </c>
       <c r="E604" t="s">
         <v>12</v>
       </c>
       <c r="F604" t="s">
-        <v>1960</v>
+        <v>1244</v>
+      </c>
+      <c r="G604" t="s">
+        <v>655</v>
       </c>
       <c r="H604" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>81</v>
+      </c>
+      <c r="I604" s="1" t="s">
+        <v>1858</v>
       </c>
     </row>
     <row r="605" spans="1:9">
       <c r="A605">
-        <v>188</v>
+        <v>253</v>
       </c>
       <c r="B605" t="s">
-        <v>1961</v>
+        <v>1859</v>
       </c>
       <c r="C605" t="s">
-        <v>1962</v>
+        <v>1550</v>
       </c>
       <c r="D605" t="s">
-        <v>1097</v>
+        <v>19</v>
       </c>
       <c r="E605" t="s">
         <v>12</v>
       </c>
       <c r="F605" t="s">
-        <v>1963</v>
+        <v>1860</v>
       </c>
       <c r="H605" t="s">
-        <v>1909</v>
+        <v>81</v>
       </c>
       <c r="I605" s="1">
-        <v>0</v>
+        <v>100000</v>
       </c>
     </row>
     <row r="606" spans="1:9">
       <c r="A606">
-        <v>187</v>
+        <v>252</v>
       </c>
       <c r="B606" t="s">
-        <v>1964</v>
+        <v>1861</v>
       </c>
       <c r="C606" t="s">
-        <v>1965</v>
+        <v>1862</v>
       </c>
       <c r="D606" t="s">
-        <v>1097</v>
+        <v>19</v>
       </c>
       <c r="E606" t="s">
         <v>12</v>
       </c>
       <c r="F606" t="s">
-        <v>1966</v>
+        <v>1863</v>
       </c>
       <c r="H606" t="s">
-        <v>1909</v>
+        <v>81</v>
       </c>
       <c r="I606" s="1">
-        <v>0</v>
+        <v>110000</v>
       </c>
     </row>
     <row r="607" spans="1:9">
       <c r="A607">
-        <v>186</v>
+        <v>251</v>
       </c>
       <c r="B607" t="s">
-        <v>1967</v>
+        <v>1864</v>
       </c>
       <c r="C607" t="s">
-        <v>1968</v>
+        <v>1346</v>
       </c>
       <c r="D607" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="E607" t="s">
         <v>12</v>
       </c>
       <c r="F607" t="s">
-        <v>1954</v>
+        <v>1865</v>
       </c>
       <c r="H607" t="s">
-        <v>15</v>
+        <v>81</v>
       </c>
       <c r="I607" s="1">
-        <v>0</v>
+        <v>80000</v>
       </c>
     </row>
     <row r="608" spans="1:9">
       <c r="A608">
-        <v>185</v>
+        <v>250</v>
       </c>
       <c r="B608" t="s">
-        <v>1969</v>
+        <v>1866</v>
       </c>
       <c r="C608" t="s">
-        <v>1970</v>
+        <v>1366</v>
       </c>
       <c r="D608" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="E608" t="s">
         <v>12</v>
       </c>
       <c r="F608" t="s">
-        <v>1971</v>
+        <v>1865</v>
       </c>
       <c r="H608" t="s">
-        <v>15</v>
+        <v>81</v>
       </c>
       <c r="I608" s="1">
-        <v>0</v>
+        <v>350000</v>
       </c>
     </row>
     <row r="609" spans="1:9">
       <c r="A609">
-        <v>184</v>
+        <v>249</v>
       </c>
       <c r="B609" t="s">
-        <v>1972</v>
+        <v>1867</v>
       </c>
       <c r="C609" t="s">
-        <v>1973</v>
+        <v>1105</v>
       </c>
       <c r="D609" t="s">
-        <v>1097</v>
+        <v>47</v>
       </c>
       <c r="E609" t="s">
         <v>12</v>
       </c>
       <c r="F609" t="s">
-        <v>1974</v>
+        <v>1868</v>
       </c>
       <c r="H609" t="s">
-        <v>1909</v>
+        <v>81</v>
       </c>
       <c r="I609" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="610" spans="1:9">
       <c r="A610">
-        <v>183</v>
+        <v>248</v>
       </c>
       <c r="B610" t="s">
-        <v>1975</v>
+        <v>1869</v>
       </c>
       <c r="C610" t="s">
-        <v>1976</v>
+        <v>1870</v>
       </c>
       <c r="D610" t="s">
-        <v>11</v>
+        <v>47</v>
       </c>
       <c r="E610" t="s">
         <v>12</v>
       </c>
       <c r="F610" t="s">
-        <v>1977</v>
+        <v>1871</v>
       </c>
       <c r="H610" t="s">
-        <v>1909</v>
+        <v>81</v>
       </c>
       <c r="I610" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="611" spans="1:9">
       <c r="A611">
-        <v>182</v>
+        <v>247</v>
       </c>
       <c r="B611" t="s">
-        <v>1978</v>
+        <v>1872</v>
       </c>
       <c r="C611" t="s">
-        <v>1979</v>
+        <v>1873</v>
       </c>
       <c r="D611" t="s">
-        <v>11</v>
+        <v>47</v>
       </c>
       <c r="E611" t="s">
         <v>12</v>
       </c>
       <c r="F611" t="s">
-        <v>1980</v>
+        <v>1874</v>
+      </c>
+      <c r="G611" t="s">
+        <v>1875</v>
       </c>
       <c r="H611" t="s">
-        <v>1909</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>81</v>
+      </c>
+      <c r="I611" s="1" t="s">
+        <v>1876</v>
       </c>
     </row>
     <row r="612" spans="1:9">
       <c r="A612">
-        <v>181</v>
+        <v>246</v>
       </c>
       <c r="B612" t="s">
-        <v>1981</v>
+        <v>1877</v>
       </c>
       <c r="C612" t="s">
-        <v>1982</v>
+        <v>1878</v>
       </c>
       <c r="D612" t="s">
-        <v>11</v>
+        <v>47</v>
       </c>
       <c r="E612" t="s">
         <v>12</v>
       </c>
       <c r="F612" t="s">
-        <v>1983</v>
+        <v>1879</v>
       </c>
       <c r="H612" t="s">
-        <v>1909</v>
+        <v>81</v>
       </c>
       <c r="I612" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="613" spans="1:9">
       <c r="A613">
-        <v>179</v>
+        <v>245</v>
       </c>
       <c r="B613" t="s">
-        <v>1984</v>
+        <v>1880</v>
       </c>
       <c r="C613" t="s">
-        <v>1985</v>
+        <v>1881</v>
       </c>
       <c r="D613" t="s">
-        <v>11</v>
+        <v>47</v>
       </c>
       <c r="E613" t="s">
         <v>12</v>
       </c>
       <c r="F613" t="s">
-        <v>1986</v>
+        <v>1882</v>
       </c>
       <c r="H613" t="s">
-        <v>15</v>
+        <v>81</v>
       </c>
       <c r="I613" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="614" spans="1:9">
       <c r="A614">
-        <v>178</v>
+        <v>244</v>
       </c>
       <c r="B614" t="s">
-        <v>1987</v>
+        <v>1883</v>
       </c>
       <c r="C614" t="s">
-        <v>1988</v>
+        <v>1884</v>
       </c>
       <c r="D614" t="s">
-        <v>1097</v>
+        <v>47</v>
       </c>
       <c r="E614" t="s">
         <v>12</v>
       </c>
       <c r="F614" t="s">
-        <v>1989</v>
+        <v>1885</v>
       </c>
       <c r="H614" t="s">
-        <v>1909</v>
+        <v>81</v>
       </c>
       <c r="I614" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="615" spans="1:9">
       <c r="A615">
-        <v>177</v>
+        <v>243</v>
       </c>
       <c r="B615" t="s">
-        <v>1990</v>
+        <v>1886</v>
       </c>
       <c r="C615" t="s">
-        <v>1991</v>
+        <v>1887</v>
       </c>
       <c r="D615" t="s">
-        <v>11</v>
+        <v>47</v>
       </c>
       <c r="E615" t="s">
         <v>12</v>
       </c>
       <c r="F615" t="s">
-        <v>1992</v>
+        <v>1353</v>
       </c>
       <c r="H615" t="s">
-        <v>15</v>
+        <v>81</v>
       </c>
       <c r="I615" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="616" spans="1:9">
       <c r="A616">
-        <v>176</v>
+        <v>242</v>
       </c>
       <c r="B616" t="s">
-        <v>1993</v>
+        <v>1845</v>
       </c>
       <c r="C616" t="s">
-        <v>1994</v>
+        <v>1846</v>
       </c>
       <c r="D616" t="s">
-        <v>1181</v>
+        <v>1232</v>
       </c>
       <c r="E616" t="s">
         <v>12</v>
       </c>
       <c r="F616" t="s">
-        <v>1995</v>
+        <v>1847</v>
       </c>
       <c r="H616" t="s">
-        <v>1909</v>
+        <v>81</v>
       </c>
       <c r="I616" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="617" spans="1:9">
       <c r="A617">
-        <v>175</v>
+        <v>241</v>
       </c>
       <c r="B617" t="s">
-        <v>1996</v>
+        <v>1888</v>
       </c>
       <c r="C617" t="s">
-        <v>1994</v>
+        <v>1846</v>
       </c>
       <c r="D617" t="s">
-        <v>296</v>
+        <v>47</v>
       </c>
       <c r="E617" t="s">
         <v>12</v>
       </c>
       <c r="F617" t="s">
-        <v>1997</v>
+        <v>1889</v>
       </c>
       <c r="H617" t="s">
-        <v>1909</v>
+        <v>81</v>
       </c>
       <c r="I617" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="618" spans="1:9">
       <c r="A618">
-        <v>174</v>
+        <v>240</v>
       </c>
       <c r="B618" t="s">
-        <v>1998</v>
+        <v>1890</v>
       </c>
       <c r="C618" t="s">
-        <v>1999</v>
+        <v>1891</v>
       </c>
       <c r="D618" t="s">
-        <v>1097</v>
+        <v>47</v>
       </c>
       <c r="E618" t="s">
         <v>12</v>
       </c>
       <c r="F618" t="s">
-        <v>2000</v>
+        <v>1028</v>
       </c>
       <c r="H618" t="s">
-        <v>1909</v>
+        <v>81</v>
       </c>
       <c r="I618" s="1">
-        <v>0</v>
+        <v>5320638</v>
       </c>
     </row>
     <row r="619" spans="1:9">
       <c r="A619">
-        <v>173</v>
+        <v>239</v>
       </c>
       <c r="B619" t="s">
-        <v>2001</v>
+        <v>1841</v>
       </c>
       <c r="C619" t="s">
-        <v>2002</v>
+        <v>1223</v>
       </c>
       <c r="D619" t="s">
-        <v>1097</v>
+        <v>497</v>
       </c>
       <c r="E619" t="s">
         <v>12</v>
       </c>
       <c r="F619" t="s">
-        <v>2003</v>
+        <v>1892</v>
       </c>
       <c r="H619" t="s">
-        <v>1909</v>
+        <v>81</v>
       </c>
       <c r="I619" s="1">
-        <v>0</v>
+        <v>1960230</v>
       </c>
     </row>
     <row r="620" spans="1:9">
       <c r="A620">
-        <v>172</v>
+        <v>238</v>
       </c>
       <c r="B620" t="s">
-        <v>2004</v>
+        <v>1893</v>
       </c>
       <c r="C620" t="s">
-        <v>2005</v>
+        <v>1894</v>
       </c>
       <c r="D620" t="s">
-        <v>11</v>
+        <v>47</v>
       </c>
       <c r="E620" t="s">
         <v>12</v>
       </c>
       <c r="F620" t="s">
-        <v>1992</v>
+        <v>469</v>
       </c>
       <c r="G620" t="s">
-        <v>2006</v>
+        <v>1895</v>
       </c>
       <c r="H620" t="s">
-        <v>837</v>
+        <v>982</v>
       </c>
       <c r="I620" s="1" t="s">
-        <v>2007</v>
+        <v>1896</v>
       </c>
     </row>
     <row r="621" spans="1:9">
       <c r="A621">
-        <v>171</v>
+        <v>237</v>
       </c>
       <c r="B621" t="s">
-        <v>2008</v>
+        <v>1897</v>
       </c>
       <c r="C621" t="s">
-        <v>2009</v>
+        <v>1715</v>
       </c>
       <c r="D621" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="E621" t="s">
         <v>12</v>
       </c>
       <c r="F621" t="s">
-        <v>2010</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>1898</v>
       </c>
       <c r="H621" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>81</v>
+      </c>
+      <c r="I621" s="1">
+        <v>0</v>
       </c>
     </row>
     <row r="622" spans="1:9">
       <c r="A622">
-        <v>170</v>
+        <v>236</v>
       </c>
       <c r="B622" t="s">
-        <v>2013</v>
+        <v>1899</v>
       </c>
       <c r="C622" t="s">
-        <v>2014</v>
+        <v>1900</v>
       </c>
       <c r="D622" t="s">
-        <v>11</v>
+        <v>47</v>
       </c>
       <c r="E622" t="s">
         <v>12</v>
       </c>
       <c r="F622" t="s">
-        <v>1860</v>
+        <v>1901</v>
       </c>
       <c r="H622" t="s">
-        <v>15</v>
+        <v>81</v>
       </c>
       <c r="I622" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="623" spans="1:9">
       <c r="A623">
-        <v>169</v>
+        <v>235</v>
       </c>
       <c r="B623" t="s">
-        <v>2015</v>
+        <v>1841</v>
       </c>
       <c r="C623" t="s">
-        <v>1492</v>
+        <v>1223</v>
       </c>
       <c r="D623" t="s">
-        <v>1097</v>
+        <v>497</v>
       </c>
       <c r="E623" t="s">
         <v>12</v>
       </c>
       <c r="F623" t="s">
-        <v>2016</v>
+        <v>1902</v>
       </c>
       <c r="H623" t="s">
-        <v>1909</v>
+        <v>81</v>
       </c>
       <c r="I623" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="624" spans="1:9">
       <c r="A624">
-        <v>168</v>
+        <v>234</v>
       </c>
       <c r="B624" t="s">
-        <v>2017</v>
+        <v>1903</v>
       </c>
       <c r="C624" t="s">
-        <v>2002</v>
+        <v>1904</v>
       </c>
       <c r="D624" t="s">
-        <v>19</v>
+        <v>47</v>
       </c>
       <c r="E624" t="s">
         <v>12</v>
       </c>
       <c r="F624" t="s">
-        <v>2018</v>
+        <v>1905</v>
       </c>
       <c r="H624" t="s">
-        <v>1909</v>
+        <v>81</v>
       </c>
       <c r="I624" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="625" spans="1:9">
       <c r="A625">
-        <v>167</v>
+        <v>233</v>
       </c>
       <c r="B625" t="s">
-        <v>2019</v>
+        <v>1906</v>
       </c>
       <c r="C625" t="s">
-        <v>2020</v>
+        <v>1907</v>
       </c>
       <c r="D625" t="s">
-        <v>1097</v>
+        <v>47</v>
       </c>
       <c r="E625" t="s">
         <v>12</v>
       </c>
       <c r="F625" t="s">
-        <v>2021</v>
+        <v>1350</v>
       </c>
       <c r="H625" t="s">
-        <v>1909</v>
+        <v>81</v>
       </c>
       <c r="I625" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="626" spans="1:9">
       <c r="A626">
-        <v>166</v>
+        <v>232</v>
       </c>
       <c r="B626" t="s">
-        <v>2022</v>
+        <v>1908</v>
       </c>
       <c r="C626" t="s">
-        <v>2023</v>
+        <v>1909</v>
       </c>
       <c r="D626" t="s">
-        <v>1097</v>
+        <v>47</v>
       </c>
       <c r="E626" t="s">
         <v>12</v>
       </c>
       <c r="F626" t="s">
-        <v>2024</v>
+        <v>1910</v>
       </c>
       <c r="H626" t="s">
-        <v>1909</v>
+        <v>81</v>
       </c>
       <c r="I626" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="627" spans="1:9">
       <c r="A627">
-        <v>165</v>
+        <v>231</v>
       </c>
       <c r="B627" t="s">
-        <v>2001</v>
+        <v>1911</v>
       </c>
       <c r="C627" t="s">
-        <v>2002</v>
+        <v>1912</v>
       </c>
       <c r="D627" t="s">
-        <v>1097</v>
+        <v>47</v>
       </c>
       <c r="E627" t="s">
         <v>12</v>
       </c>
       <c r="F627" t="s">
-        <v>2003</v>
+        <v>1871</v>
       </c>
       <c r="H627" t="s">
-        <v>1909</v>
+        <v>81</v>
       </c>
       <c r="I627" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="628" spans="1:9">
       <c r="A628">
-        <v>164</v>
+        <v>230</v>
       </c>
       <c r="B628" t="s">
-        <v>2025</v>
+        <v>1913</v>
       </c>
       <c r="C628" t="s">
-        <v>2026</v>
+        <v>574</v>
       </c>
       <c r="D628" t="s">
-        <v>11</v>
+        <v>47</v>
       </c>
       <c r="E628" t="s">
         <v>12</v>
       </c>
       <c r="F628" t="s">
-        <v>2027</v>
+        <v>1914</v>
       </c>
       <c r="H628" t="s">
-        <v>1909</v>
+        <v>81</v>
       </c>
       <c r="I628" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="629" spans="1:9">
       <c r="A629">
-        <v>163</v>
+        <v>229</v>
       </c>
       <c r="B629" t="s">
-        <v>2028</v>
+        <v>1915</v>
       </c>
       <c r="C629" t="s">
-        <v>2029</v>
+        <v>1223</v>
       </c>
       <c r="D629" t="s">
-        <v>11</v>
+        <v>47</v>
       </c>
       <c r="E629" t="s">
         <v>12</v>
       </c>
       <c r="F629" t="s">
-        <v>949</v>
+        <v>1665</v>
       </c>
       <c r="H629" t="s">
-        <v>15</v>
+        <v>81</v>
       </c>
       <c r="I629" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="630" spans="1:9">
       <c r="A630">
-        <v>162</v>
+        <v>228</v>
       </c>
       <c r="B630" t="s">
-        <v>2030</v>
+        <v>1841</v>
       </c>
       <c r="C630" t="s">
-        <v>2031</v>
+        <v>1223</v>
       </c>
       <c r="D630" t="s">
-        <v>11</v>
+        <v>497</v>
       </c>
       <c r="E630" t="s">
         <v>12</v>
       </c>
       <c r="F630" t="s">
-        <v>1992</v>
+        <v>1892</v>
       </c>
       <c r="H630" t="s">
-        <v>15</v>
+        <v>81</v>
       </c>
       <c r="I630" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="631" spans="1:9">
       <c r="A631">
-        <v>161</v>
+        <v>227</v>
       </c>
       <c r="B631" t="s">
-        <v>2032</v>
+        <v>1843</v>
       </c>
       <c r="C631" t="s">
-        <v>2033</v>
+        <v>1223</v>
       </c>
       <c r="D631" t="s">
-        <v>11</v>
+        <v>445</v>
       </c>
       <c r="E631" t="s">
         <v>12</v>
       </c>
       <c r="F631" t="s">
-        <v>2034</v>
+        <v>1844</v>
       </c>
       <c r="H631" t="s">
-        <v>15</v>
+        <v>81</v>
       </c>
       <c r="I631" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="632" spans="1:9">
       <c r="A632">
-        <v>160</v>
+        <v>225</v>
       </c>
       <c r="B632" t="s">
-        <v>2035</v>
+        <v>1916</v>
       </c>
       <c r="C632" t="s">
-        <v>2036</v>
+        <v>1108</v>
       </c>
       <c r="D632" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="E632" t="s">
         <v>12</v>
       </c>
       <c r="F632" t="s">
-        <v>2037</v>
+        <v>1917</v>
       </c>
       <c r="H632" t="s">
-        <v>15</v>
+        <v>81</v>
       </c>
       <c r="I632" s="1">
-        <v>0</v>
+        <v>837500</v>
       </c>
     </row>
     <row r="633" spans="1:9">
       <c r="A633">
-        <v>159</v>
+        <v>224</v>
       </c>
       <c r="B633" t="s">
-        <v>2038</v>
+        <v>1918</v>
       </c>
       <c r="C633" t="s">
-        <v>2039</v>
+        <v>1912</v>
       </c>
       <c r="D633" t="s">
-        <v>11</v>
+        <v>62</v>
       </c>
       <c r="E633" t="s">
         <v>12</v>
       </c>
       <c r="F633" t="s">
-        <v>2034</v>
+        <v>1889</v>
       </c>
       <c r="H633" t="s">
-        <v>753</v>
+        <v>81</v>
       </c>
       <c r="I633" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="634" spans="1:9">
       <c r="A634">
-        <v>158</v>
+        <v>223</v>
       </c>
       <c r="B634" t="s">
-        <v>2040</v>
+        <v>1919</v>
       </c>
       <c r="C634" t="s">
-        <v>2041</v>
+        <v>574</v>
       </c>
       <c r="D634" t="s">
-        <v>11</v>
+        <v>62</v>
       </c>
       <c r="E634" t="s">
         <v>12</v>
       </c>
       <c r="F634" t="s">
-        <v>2042</v>
+        <v>817</v>
       </c>
       <c r="H634" t="s">
-        <v>1909</v>
+        <v>81</v>
       </c>
       <c r="I634" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="635" spans="1:9">
       <c r="A635">
-        <v>157</v>
+        <v>222</v>
       </c>
       <c r="B635" t="s">
-        <v>2043</v>
+        <v>1920</v>
       </c>
       <c r="C635" t="s">
-        <v>2044</v>
+        <v>1105</v>
       </c>
       <c r="D635" t="s">
-        <v>1097</v>
+        <v>62</v>
       </c>
       <c r="E635" t="s">
         <v>12</v>
       </c>
       <c r="F635" t="s">
-        <v>2045</v>
+        <v>1921</v>
+      </c>
+      <c r="G635" t="s">
+        <v>1922</v>
       </c>
       <c r="H635" t="s">
-        <v>1909</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>81</v>
+      </c>
+      <c r="I635" s="1" t="s">
+        <v>1923</v>
       </c>
     </row>
     <row r="636" spans="1:9">
       <c r="A636">
-        <v>156</v>
+        <v>221</v>
       </c>
       <c r="B636" t="s">
-        <v>2046</v>
+        <v>1924</v>
       </c>
       <c r="C636" t="s">
-        <v>2047</v>
+        <v>1925</v>
       </c>
       <c r="D636" t="s">
-        <v>11</v>
+        <v>1232</v>
       </c>
       <c r="E636" t="s">
         <v>12</v>
       </c>
       <c r="F636" t="s">
-        <v>954</v>
+        <v>1926</v>
       </c>
       <c r="H636" t="s">
-        <v>15</v>
+        <v>81</v>
       </c>
       <c r="I636" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="637" spans="1:9">
       <c r="A637">
-        <v>155</v>
+        <v>220</v>
       </c>
       <c r="B637" t="s">
-        <v>2048</v>
+        <v>1927</v>
       </c>
       <c r="C637" t="s">
-        <v>2049</v>
+        <v>1223</v>
       </c>
       <c r="D637" t="s">
-        <v>11</v>
+        <v>62</v>
       </c>
       <c r="E637" t="s">
         <v>12</v>
       </c>
       <c r="F637" t="s">
-        <v>2050</v>
+        <v>817</v>
       </c>
       <c r="H637" t="s">
-        <v>1909</v>
+        <v>81</v>
       </c>
       <c r="I637" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="638" spans="1:9">
       <c r="A638">
-        <v>154</v>
+        <v>219</v>
       </c>
       <c r="B638" t="s">
-        <v>2051</v>
+        <v>1928</v>
       </c>
       <c r="C638" t="s">
-        <v>1950</v>
+        <v>1891</v>
       </c>
       <c r="D638" t="s">
-        <v>11</v>
+        <v>1232</v>
       </c>
       <c r="E638" t="s">
         <v>12</v>
       </c>
       <c r="F638" t="s">
-        <v>2052</v>
+        <v>1929</v>
       </c>
       <c r="H638" t="s">
-        <v>1909</v>
+        <v>81</v>
       </c>
       <c r="I638" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="639" spans="1:9">
       <c r="A639">
-        <v>153</v>
+        <v>218</v>
       </c>
       <c r="B639" t="s">
-        <v>2053</v>
+        <v>1930</v>
       </c>
       <c r="C639" t="s">
-        <v>1944</v>
+        <v>1931</v>
       </c>
       <c r="D639" t="s">
-        <v>11</v>
+        <v>1232</v>
       </c>
       <c r="E639" t="s">
         <v>12</v>
       </c>
       <c r="F639" t="s">
-        <v>2054</v>
+        <v>1932</v>
       </c>
       <c r="H639" t="s">
-        <v>753</v>
+        <v>81</v>
       </c>
       <c r="I639" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="640" spans="1:9">
       <c r="A640">
-        <v>152</v>
+        <v>217</v>
       </c>
       <c r="B640" t="s">
-        <v>2055</v>
+        <v>1933</v>
       </c>
       <c r="C640" t="s">
-        <v>1962</v>
+        <v>1894</v>
       </c>
       <c r="D640" t="s">
-        <v>11</v>
+        <v>1232</v>
       </c>
       <c r="E640" t="s">
         <v>12</v>
       </c>
       <c r="F640" t="s">
-        <v>2056</v>
+        <v>1934</v>
       </c>
       <c r="H640" t="s">
-        <v>1909</v>
+        <v>81</v>
       </c>
       <c r="I640" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="641" spans="1:9">
       <c r="A641">
-        <v>151</v>
+        <v>216</v>
       </c>
       <c r="B641" t="s">
-        <v>2057</v>
+        <v>1935</v>
       </c>
       <c r="C641" t="s">
-        <v>1965</v>
+        <v>1715</v>
       </c>
       <c r="D641" t="s">
-        <v>11</v>
+        <v>1232</v>
       </c>
       <c r="E641" t="s">
         <v>12</v>
       </c>
       <c r="F641" t="s">
-        <v>2058</v>
+        <v>1326</v>
       </c>
       <c r="H641" t="s">
-        <v>1909</v>
+        <v>81</v>
       </c>
       <c r="I641" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="642" spans="1:9">
       <c r="A642">
-        <v>150</v>
+        <v>215</v>
       </c>
       <c r="B642" t="s">
-        <v>2059</v>
+        <v>1936</v>
       </c>
       <c r="C642" t="s">
-        <v>2060</v>
+        <v>1900</v>
       </c>
       <c r="D642" t="s">
-        <v>1299</v>
+        <v>1232</v>
       </c>
       <c r="E642" t="s">
         <v>12</v>
       </c>
       <c r="F642" t="s">
-        <v>2061</v>
+        <v>899</v>
       </c>
       <c r="H642" t="s">
-        <v>15</v>
+        <v>81</v>
       </c>
       <c r="I642" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="643" spans="1:9">
       <c r="A643">
-        <v>149</v>
+        <v>214</v>
       </c>
       <c r="B643" t="s">
-        <v>2062</v>
+        <v>1937</v>
       </c>
       <c r="C643" t="s">
-        <v>1481</v>
+        <v>1904</v>
       </c>
       <c r="D643" t="s">
-        <v>11</v>
+        <v>1232</v>
       </c>
       <c r="E643" t="s">
         <v>12</v>
       </c>
       <c r="F643" t="s">
-        <v>2063</v>
+        <v>1938</v>
       </c>
       <c r="H643" t="s">
-        <v>15</v>
+        <v>81</v>
       </c>
       <c r="I643" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="644" spans="1:9">
       <c r="A644">
-        <v>148</v>
+        <v>213</v>
       </c>
       <c r="B644" t="s">
-        <v>2064</v>
+        <v>1939</v>
       </c>
       <c r="C644" t="s">
-        <v>1492</v>
+        <v>1907</v>
       </c>
       <c r="D644" t="s">
-        <v>11</v>
+        <v>1232</v>
       </c>
       <c r="E644" t="s">
         <v>12</v>
       </c>
       <c r="F644" t="s">
-        <v>2065</v>
+        <v>359</v>
       </c>
       <c r="H644" t="s">
-        <v>1909</v>
+        <v>81</v>
       </c>
       <c r="I644" s="1">
-        <v>0</v>
+        <v>66544</v>
       </c>
     </row>
     <row r="645" spans="1:9">
       <c r="A645">
-        <v>147</v>
+        <v>212</v>
       </c>
       <c r="B645" t="s">
-        <v>2066</v>
+        <v>1940</v>
       </c>
       <c r="C645" t="s">
-        <v>1489</v>
+        <v>1912</v>
       </c>
       <c r="D645" t="s">
-        <v>11</v>
+        <v>1232</v>
       </c>
       <c r="E645" t="s">
         <v>12</v>
       </c>
       <c r="F645" t="s">
-        <v>2067</v>
+        <v>1941</v>
       </c>
       <c r="H645" t="s">
-        <v>1909</v>
+        <v>81</v>
       </c>
       <c r="I645" s="1">
-        <v>0</v>
+        <v>329602</v>
       </c>
     </row>
     <row r="646" spans="1:9">
       <c r="A646">
-        <v>146</v>
+        <v>211</v>
       </c>
       <c r="B646" t="s">
-        <v>2068</v>
+        <v>1942</v>
       </c>
       <c r="C646" t="s">
-        <v>1475</v>
+        <v>574</v>
       </c>
       <c r="D646" t="s">
-        <v>1299</v>
+        <v>1232</v>
       </c>
       <c r="E646" t="s">
         <v>12</v>
       </c>
       <c r="F646" t="s">
-        <v>2069</v>
+        <v>1943</v>
       </c>
       <c r="H646" t="s">
-        <v>15</v>
+        <v>81</v>
       </c>
       <c r="I646" s="1">
-        <v>0</v>
+        <v>63153</v>
       </c>
     </row>
     <row r="647" spans="1:9">
       <c r="A647">
-        <v>145</v>
+        <v>210</v>
       </c>
       <c r="B647" t="s">
-        <v>2070</v>
+        <v>1944</v>
       </c>
       <c r="C647" t="s">
-        <v>2071</v>
+        <v>1105</v>
       </c>
       <c r="D647" t="s">
-        <v>1299</v>
+        <v>1232</v>
       </c>
       <c r="E647" t="s">
         <v>12</v>
       </c>
       <c r="F647" t="s">
-        <v>2072</v>
+        <v>1071</v>
       </c>
       <c r="H647" t="s">
-        <v>1909</v>
+        <v>81</v>
       </c>
       <c r="I647" s="1">
-        <v>0</v>
+        <v>171400</v>
       </c>
     </row>
     <row r="648" spans="1:9">
       <c r="A648">
-        <v>144</v>
+        <v>209</v>
       </c>
       <c r="B648" t="s">
-        <v>2073</v>
+        <v>1945</v>
       </c>
       <c r="C648" t="s">
-        <v>1988</v>
+        <v>1223</v>
       </c>
       <c r="D648" t="s">
-        <v>11</v>
+        <v>1232</v>
       </c>
       <c r="E648" t="s">
         <v>12</v>
       </c>
       <c r="F648" t="s">
-        <v>2074</v>
+        <v>1946</v>
       </c>
       <c r="H648" t="s">
-        <v>1909</v>
+        <v>81</v>
       </c>
       <c r="I648" s="1">
-        <v>0</v>
+        <v>176363</v>
       </c>
     </row>
     <row r="649" spans="1:9">
       <c r="A649">
-        <v>143</v>
+        <v>208</v>
       </c>
       <c r="B649" t="s">
-        <v>2075</v>
+        <v>1947</v>
       </c>
       <c r="C649" t="s">
-        <v>1495</v>
+        <v>1948</v>
       </c>
       <c r="D649" t="s">
-        <v>11</v>
+        <v>47</v>
       </c>
       <c r="E649" t="s">
         <v>12</v>
       </c>
       <c r="F649" t="s">
-        <v>2076</v>
+        <v>1949</v>
       </c>
       <c r="H649" t="s">
-        <v>1909</v>
+        <v>15</v>
       </c>
       <c r="I649" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="650" spans="1:9">
       <c r="A650">
-        <v>142</v>
+        <v>207</v>
       </c>
       <c r="B650" t="s">
-        <v>2077</v>
+        <v>1950</v>
       </c>
       <c r="C650" t="s">
-        <v>2078</v>
+        <v>1951</v>
       </c>
       <c r="D650" t="s">
-        <v>11</v>
+        <v>47</v>
       </c>
       <c r="E650" t="s">
         <v>12</v>
       </c>
       <c r="F650" t="s">
-        <v>2079</v>
-[...2 lines deleted...]
-        <v>1909</v>
+        <v>1952</v>
       </c>
       <c r="I650" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="651" spans="1:9">
       <c r="A651">
-        <v>141</v>
+        <v>206</v>
       </c>
       <c r="B651" t="s">
-        <v>2077</v>
+        <v>1953</v>
       </c>
       <c r="C651" t="s">
-        <v>2078</v>
+        <v>1954</v>
       </c>
       <c r="D651" t="s">
-        <v>11</v>
+        <v>47</v>
       </c>
       <c r="E651" t="s">
         <v>12</v>
       </c>
       <c r="F651" t="s">
-        <v>2080</v>
+        <v>1955</v>
       </c>
       <c r="H651" t="s">
-        <v>1909</v>
+        <v>15</v>
       </c>
       <c r="I651" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="652" spans="1:9">
       <c r="A652">
-        <v>140</v>
+        <v>205</v>
       </c>
       <c r="B652" t="s">
-        <v>2081</v>
+        <v>1956</v>
       </c>
       <c r="C652" t="s">
-        <v>2078</v>
+        <v>1957</v>
       </c>
       <c r="D652" t="s">
-        <v>1299</v>
+        <v>47</v>
       </c>
       <c r="E652" t="s">
         <v>12</v>
       </c>
       <c r="F652" t="s">
-        <v>2082</v>
+        <v>1958</v>
       </c>
       <c r="H652" t="s">
-        <v>1909</v>
+        <v>15</v>
       </c>
       <c r="I652" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="653" spans="1:9">
       <c r="A653">
-        <v>139</v>
+        <v>203</v>
       </c>
       <c r="B653" t="s">
-        <v>2077</v>
+        <v>1959</v>
       </c>
       <c r="C653" t="s">
-        <v>2078</v>
+        <v>1960</v>
       </c>
       <c r="D653" t="s">
-        <v>11</v>
+        <v>47</v>
       </c>
       <c r="E653" t="s">
         <v>12</v>
       </c>
       <c r="F653" t="s">
-        <v>2083</v>
+        <v>1961</v>
       </c>
       <c r="H653" t="s">
-        <v>1909</v>
+        <v>15</v>
       </c>
       <c r="I653" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="654" spans="1:9">
       <c r="A654">
-        <v>138</v>
+        <v>202</v>
       </c>
       <c r="B654" t="s">
-        <v>2077</v>
+        <v>1962</v>
       </c>
       <c r="C654" t="s">
-        <v>2078</v>
+        <v>1963</v>
       </c>
       <c r="D654" t="s">
-        <v>11</v>
+        <v>47</v>
       </c>
       <c r="E654" t="s">
         <v>12</v>
       </c>
       <c r="F654" t="s">
-        <v>2084</v>
+        <v>1964</v>
       </c>
       <c r="H654" t="s">
-        <v>1909</v>
+        <v>15</v>
       </c>
       <c r="I654" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="655" spans="1:9">
       <c r="A655">
-        <v>137</v>
+        <v>201</v>
       </c>
       <c r="B655" t="s">
-        <v>2085</v>
+        <v>1965</v>
       </c>
       <c r="C655" t="s">
-        <v>2078</v>
+        <v>1966</v>
       </c>
       <c r="D655" t="s">
-        <v>1097</v>
+        <v>47</v>
       </c>
       <c r="E655" t="s">
         <v>12</v>
       </c>
       <c r="F655" t="s">
-        <v>2086</v>
+        <v>1967</v>
       </c>
       <c r="H655" t="s">
-        <v>1909</v>
+        <v>15</v>
       </c>
       <c r="I655" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="656" spans="1:9">
       <c r="A656">
-        <v>136</v>
+        <v>200</v>
       </c>
       <c r="B656" t="s">
-        <v>2077</v>
+        <v>1968</v>
       </c>
       <c r="C656" t="s">
-        <v>2078</v>
+        <v>1969</v>
       </c>
       <c r="D656" t="s">
-        <v>11</v>
+        <v>47</v>
       </c>
       <c r="E656" t="s">
         <v>12</v>
       </c>
       <c r="F656" t="s">
-        <v>2087</v>
+        <v>1970</v>
       </c>
       <c r="H656" t="s">
-        <v>753</v>
+        <v>15</v>
       </c>
       <c r="I656" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="657" spans="1:9">
       <c r="A657">
-        <v>135</v>
+        <v>199</v>
       </c>
       <c r="B657" t="s">
-        <v>2088</v>
+        <v>1971</v>
       </c>
       <c r="C657" t="s">
-        <v>2078</v>
+        <v>1972</v>
       </c>
       <c r="D657" t="s">
-        <v>1181</v>
+        <v>47</v>
       </c>
       <c r="E657" t="s">
         <v>12</v>
       </c>
       <c r="F657" t="s">
-        <v>2089</v>
-[...2 lines deleted...]
-        <v>1909</v>
+        <v>1973</v>
       </c>
       <c r="I657" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="658" spans="1:9">
       <c r="A658">
-        <v>134</v>
+        <v>198</v>
       </c>
       <c r="B658" t="s">
-        <v>2090</v>
+        <v>1974</v>
       </c>
       <c r="C658" t="s">
-        <v>2091</v>
+        <v>1975</v>
       </c>
       <c r="D658" t="s">
-        <v>1299</v>
+        <v>47</v>
       </c>
       <c r="E658" t="s">
         <v>12</v>
       </c>
       <c r="F658" t="s">
-        <v>2092</v>
+        <v>1976</v>
       </c>
       <c r="H658" t="s">
-        <v>753</v>
+        <v>15</v>
       </c>
       <c r="I658" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="659" spans="1:9">
       <c r="A659">
-        <v>133</v>
+        <v>197</v>
       </c>
       <c r="B659" t="s">
-        <v>2093</v>
+        <v>1977</v>
       </c>
       <c r="C659" t="s">
-        <v>2078</v>
+        <v>1978</v>
       </c>
       <c r="D659" t="s">
-        <v>32</v>
+        <v>47</v>
       </c>
       <c r="E659" t="s">
         <v>12</v>
       </c>
       <c r="F659" t="s">
-        <v>2094</v>
+        <v>1979</v>
       </c>
       <c r="H659" t="s">
-        <v>1909</v>
+        <v>15</v>
       </c>
       <c r="I659" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="660" spans="1:9">
       <c r="A660">
-        <v>132</v>
+        <v>196</v>
       </c>
       <c r="B660" t="s">
-        <v>2085</v>
+        <v>1980</v>
       </c>
       <c r="C660" t="s">
-        <v>2078</v>
+        <v>1981</v>
       </c>
       <c r="D660" t="s">
-        <v>1097</v>
+        <v>47</v>
       </c>
       <c r="E660" t="s">
         <v>12</v>
       </c>
       <c r="F660" t="s">
-        <v>2095</v>
+        <v>1982</v>
       </c>
       <c r="H660" t="s">
-        <v>1909</v>
+        <v>15</v>
       </c>
       <c r="I660" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="661" spans="1:9">
       <c r="A661">
-        <v>131</v>
+        <v>195</v>
       </c>
       <c r="B661" t="s">
-        <v>2096</v>
+        <v>1983</v>
       </c>
       <c r="C661" t="s">
-        <v>2078</v>
+        <v>1984</v>
       </c>
       <c r="D661" t="s">
-        <v>59</v>
+        <v>47</v>
       </c>
       <c r="E661" t="s">
         <v>12</v>
       </c>
       <c r="F661" t="s">
-        <v>2097</v>
-[...2 lines deleted...]
-        <v>1909</v>
+        <v>1985</v>
       </c>
       <c r="I661" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="662" spans="1:9">
       <c r="A662">
-        <v>130</v>
+        <v>194</v>
       </c>
       <c r="B662" t="s">
-        <v>2077</v>
+        <v>1986</v>
       </c>
       <c r="C662" t="s">
-        <v>2078</v>
+        <v>1987</v>
       </c>
       <c r="D662" t="s">
-        <v>11</v>
+        <v>1232</v>
       </c>
       <c r="E662" t="s">
         <v>12</v>
       </c>
       <c r="F662" t="s">
-        <v>2098</v>
-[...2 lines deleted...]
-        <v>1909</v>
+        <v>1988</v>
       </c>
       <c r="I662" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="663" spans="1:9">
       <c r="A663">
-        <v>129</v>
+        <v>193</v>
       </c>
       <c r="B663" t="s">
-        <v>2096</v>
+        <v>1989</v>
       </c>
       <c r="C663" t="s">
-        <v>2078</v>
+        <v>1990</v>
       </c>
       <c r="D663" t="s">
-        <v>59</v>
+        <v>1232</v>
       </c>
       <c r="E663" t="s">
         <v>12</v>
       </c>
       <c r="F663" t="s">
-        <v>2099</v>
-[...2 lines deleted...]
-        <v>1909</v>
+        <v>1991</v>
       </c>
       <c r="I663" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="664" spans="1:9">
       <c r="A664">
-        <v>128</v>
+        <v>192</v>
       </c>
       <c r="B664" t="s">
-        <v>2096</v>
+        <v>1992</v>
       </c>
       <c r="C664" t="s">
-        <v>2078</v>
+        <v>1993</v>
       </c>
       <c r="D664" t="s">
-        <v>59</v>
+        <v>1232</v>
       </c>
       <c r="E664" t="s">
         <v>12</v>
       </c>
       <c r="F664" t="s">
-        <v>2100</v>
-[...2 lines deleted...]
-        <v>1909</v>
+        <v>1994</v>
       </c>
       <c r="I664" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="665" spans="1:9">
       <c r="A665">
-        <v>127</v>
+        <v>191</v>
       </c>
       <c r="B665" t="s">
-        <v>2077</v>
+        <v>1995</v>
       </c>
       <c r="C665" t="s">
-        <v>2078</v>
+        <v>1996</v>
       </c>
       <c r="D665" t="s">
-        <v>11</v>
+        <v>47</v>
       </c>
       <c r="E665" t="s">
         <v>12</v>
       </c>
       <c r="F665" t="s">
-        <v>2101</v>
-[...2 lines deleted...]
-        <v>753</v>
+        <v>1997</v>
       </c>
       <c r="I665" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="666" spans="1:9">
       <c r="A666">
-        <v>126</v>
+        <v>190</v>
       </c>
       <c r="B666" t="s">
-        <v>2096</v>
+        <v>1998</v>
       </c>
       <c r="C666" t="s">
-        <v>2078</v>
+        <v>1999</v>
       </c>
       <c r="D666" t="s">
-        <v>59</v>
+        <v>47</v>
       </c>
       <c r="E666" t="s">
         <v>12</v>
       </c>
       <c r="F666" t="s">
-        <v>2102</v>
-[...2 lines deleted...]
-        <v>1909</v>
+        <v>2000</v>
       </c>
       <c r="I666" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="667" spans="1:9">
       <c r="A667">
-        <v>124</v>
+        <v>189</v>
       </c>
       <c r="B667" t="s">
-        <v>2096</v>
+        <v>2001</v>
       </c>
       <c r="C667" t="s">
-        <v>2078</v>
+        <v>2002</v>
       </c>
       <c r="D667" t="s">
-        <v>59</v>
+        <v>47</v>
       </c>
       <c r="E667" t="s">
         <v>12</v>
       </c>
       <c r="F667" t="s">
-        <v>2103</v>
+        <v>2003</v>
       </c>
       <c r="H667" t="s">
-        <v>1909</v>
+        <v>15</v>
       </c>
       <c r="I667" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="668" spans="1:9">
       <c r="A668">
-        <v>123</v>
+        <v>188</v>
       </c>
       <c r="B668" t="s">
-        <v>2096</v>
+        <v>2004</v>
       </c>
       <c r="C668" t="s">
-        <v>2078</v>
+        <v>2005</v>
       </c>
       <c r="D668" t="s">
-        <v>59</v>
+        <v>1232</v>
       </c>
       <c r="E668" t="s">
         <v>12</v>
       </c>
       <c r="F668" t="s">
-        <v>2104</v>
-[...2 lines deleted...]
-        <v>1909</v>
+        <v>2006</v>
       </c>
       <c r="I668" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="669" spans="1:9">
       <c r="A669">
-        <v>122</v>
+        <v>187</v>
       </c>
       <c r="B669" t="s">
-        <v>2077</v>
+        <v>2007</v>
       </c>
       <c r="C669" t="s">
-        <v>2078</v>
+        <v>2008</v>
       </c>
       <c r="D669" t="s">
-        <v>11</v>
+        <v>1232</v>
       </c>
       <c r="E669" t="s">
         <v>12</v>
       </c>
       <c r="F669" t="s">
-        <v>2105</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>258</v>
       </c>
       <c r="I669" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="670" spans="1:9">
       <c r="A670">
-        <v>121</v>
+        <v>186</v>
       </c>
       <c r="B670" t="s">
-        <v>2077</v>
+        <v>2009</v>
       </c>
       <c r="C670" t="s">
-        <v>2078</v>
+        <v>2010</v>
       </c>
       <c r="D670" t="s">
-        <v>11</v>
+        <v>47</v>
       </c>
       <c r="E670" t="s">
         <v>12</v>
       </c>
       <c r="F670" t="s">
-        <v>2106</v>
+        <v>1997</v>
       </c>
       <c r="H670" t="s">
-        <v>1909</v>
+        <v>15</v>
       </c>
       <c r="I670" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="671" spans="1:9">
       <c r="A671">
-        <v>120</v>
+        <v>185</v>
       </c>
       <c r="B671" t="s">
-        <v>2096</v>
+        <v>2011</v>
       </c>
       <c r="C671" t="s">
-        <v>2078</v>
+        <v>2012</v>
       </c>
       <c r="D671" t="s">
-        <v>59</v>
+        <v>47</v>
       </c>
       <c r="E671" t="s">
         <v>12</v>
       </c>
       <c r="F671" t="s">
-        <v>2107</v>
+        <v>2013</v>
       </c>
       <c r="H671" t="s">
-        <v>1909</v>
+        <v>15</v>
       </c>
       <c r="I671" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="672" spans="1:9">
       <c r="A672">
-        <v>119</v>
+        <v>184</v>
       </c>
       <c r="B672" t="s">
-        <v>2096</v>
+        <v>2014</v>
       </c>
       <c r="C672" t="s">
-        <v>2078</v>
+        <v>2015</v>
       </c>
       <c r="D672" t="s">
-        <v>59</v>
+        <v>1232</v>
       </c>
       <c r="E672" t="s">
         <v>12</v>
       </c>
       <c r="F672" t="s">
-        <v>2108</v>
-[...2 lines deleted...]
-        <v>1909</v>
+        <v>2016</v>
       </c>
       <c r="I672" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="673" spans="1:9">
       <c r="A673">
-        <v>118</v>
+        <v>183</v>
       </c>
       <c r="B673" t="s">
-        <v>2077</v>
+        <v>2017</v>
       </c>
       <c r="C673" t="s">
-        <v>2078</v>
+        <v>2018</v>
       </c>
       <c r="D673" t="s">
-        <v>11</v>
+        <v>47</v>
       </c>
       <c r="E673" t="s">
         <v>12</v>
       </c>
       <c r="F673" t="s">
-        <v>2109</v>
-[...2 lines deleted...]
-        <v>1909</v>
+        <v>976</v>
       </c>
       <c r="I673" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="674" spans="1:9">
       <c r="A674">
-        <v>117</v>
+        <v>182</v>
       </c>
       <c r="B674" t="s">
-        <v>2096</v>
+        <v>2019</v>
       </c>
       <c r="C674" t="s">
-        <v>2078</v>
+        <v>2020</v>
       </c>
       <c r="D674" t="s">
-        <v>59</v>
+        <v>47</v>
       </c>
       <c r="E674" t="s">
         <v>12</v>
       </c>
       <c r="F674" t="s">
-        <v>2110</v>
-[...2 lines deleted...]
-        <v>1909</v>
+        <v>2021</v>
       </c>
       <c r="I674" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="675" spans="1:9">
       <c r="A675">
-        <v>116</v>
+        <v>181</v>
       </c>
       <c r="B675" t="s">
-        <v>2096</v>
+        <v>2022</v>
       </c>
       <c r="C675" t="s">
-        <v>2078</v>
+        <v>2023</v>
       </c>
       <c r="D675" t="s">
-        <v>59</v>
+        <v>47</v>
       </c>
       <c r="E675" t="s">
         <v>12</v>
       </c>
       <c r="F675" t="s">
-        <v>2111</v>
-[...2 lines deleted...]
-        <v>1909</v>
+        <v>2024</v>
       </c>
       <c r="I675" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="676" spans="1:9">
       <c r="A676">
-        <v>115</v>
+        <v>179</v>
       </c>
       <c r="B676" t="s">
-        <v>2096</v>
+        <v>2025</v>
       </c>
       <c r="C676" t="s">
-        <v>2078</v>
+        <v>2026</v>
       </c>
       <c r="D676" t="s">
-        <v>59</v>
+        <v>47</v>
       </c>
       <c r="E676" t="s">
         <v>12</v>
       </c>
       <c r="F676" t="s">
-        <v>2112</v>
+        <v>2027</v>
       </c>
       <c r="H676" t="s">
-        <v>1909</v>
+        <v>15</v>
       </c>
       <c r="I676" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="677" spans="1:9">
       <c r="A677">
-        <v>114</v>
+        <v>178</v>
       </c>
       <c r="B677" t="s">
-        <v>2081</v>
+        <v>2028</v>
       </c>
       <c r="C677" t="s">
-        <v>2078</v>
+        <v>2029</v>
       </c>
       <c r="D677" t="s">
-        <v>1299</v>
+        <v>1232</v>
       </c>
       <c r="E677" t="s">
         <v>12</v>
       </c>
       <c r="F677" t="s">
-        <v>2113</v>
-[...2 lines deleted...]
-        <v>1909</v>
+        <v>258</v>
       </c>
       <c r="I677" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="678" spans="1:9">
       <c r="A678">
-        <v>113</v>
+        <v>177</v>
       </c>
       <c r="B678" t="s">
-        <v>2081</v>
+        <v>2030</v>
       </c>
       <c r="C678" t="s">
-        <v>2078</v>
+        <v>2031</v>
       </c>
       <c r="D678" t="s">
-        <v>1299</v>
+        <v>47</v>
       </c>
       <c r="E678" t="s">
         <v>12</v>
       </c>
       <c r="F678" t="s">
-        <v>2114</v>
+        <v>2032</v>
       </c>
       <c r="H678" t="s">
-        <v>1909</v>
+        <v>15</v>
       </c>
       <c r="I678" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="679" spans="1:9">
       <c r="A679">
-        <v>112</v>
+        <v>176</v>
       </c>
       <c r="B679" t="s">
-        <v>2085</v>
+        <v>2033</v>
       </c>
       <c r="C679" t="s">
-        <v>2078</v>
+        <v>2034</v>
       </c>
       <c r="D679" t="s">
-        <v>1097</v>
+        <v>1307</v>
       </c>
       <c r="E679" t="s">
         <v>12</v>
       </c>
       <c r="F679" t="s">
-        <v>2115</v>
-[...2 lines deleted...]
-        <v>1909</v>
+        <v>2035</v>
       </c>
       <c r="I679" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="680" spans="1:9">
       <c r="A680">
-        <v>111</v>
+        <v>175</v>
       </c>
       <c r="B680" t="s">
-        <v>2090</v>
+        <v>2036</v>
       </c>
       <c r="C680" t="s">
-        <v>2091</v>
+        <v>2034</v>
       </c>
       <c r="D680" t="s">
-        <v>1299</v>
+        <v>497</v>
       </c>
       <c r="E680" t="s">
         <v>12</v>
       </c>
       <c r="F680" t="s">
-        <v>2116</v>
-[...2 lines deleted...]
-        <v>1909</v>
+        <v>2037</v>
       </c>
       <c r="I680" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="681" spans="1:9">
       <c r="A681">
-        <v>110</v>
+        <v>174</v>
       </c>
       <c r="B681" t="s">
-        <v>2090</v>
+        <v>2038</v>
       </c>
       <c r="C681" t="s">
-        <v>2091</v>
+        <v>2039</v>
       </c>
       <c r="D681" t="s">
-        <v>1299</v>
+        <v>1232</v>
       </c>
       <c r="E681" t="s">
         <v>12</v>
       </c>
       <c r="F681" t="s">
-        <v>2117</v>
-[...2 lines deleted...]
-        <v>1909</v>
+        <v>312</v>
       </c>
       <c r="I681" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="682" spans="1:9">
       <c r="A682">
-        <v>109</v>
+        <v>173</v>
       </c>
       <c r="B682" t="s">
-        <v>2090</v>
+        <v>2040</v>
       </c>
       <c r="C682" t="s">
-        <v>2091</v>
+        <v>2041</v>
       </c>
       <c r="D682" t="s">
-        <v>1299</v>
+        <v>1232</v>
       </c>
       <c r="E682" t="s">
         <v>12</v>
       </c>
       <c r="F682" t="s">
-        <v>2118</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>2042</v>
       </c>
       <c r="I682" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="683" spans="1:9">
       <c r="A683">
-        <v>108</v>
+        <v>172</v>
       </c>
       <c r="B683" t="s">
-        <v>2088</v>
+        <v>2043</v>
       </c>
       <c r="C683" t="s">
-        <v>2078</v>
+        <v>2044</v>
       </c>
       <c r="D683" t="s">
-        <v>1181</v>
+        <v>47</v>
       </c>
       <c r="E683" t="s">
         <v>12</v>
       </c>
       <c r="F683" t="s">
-        <v>2119</v>
+        <v>2032</v>
+      </c>
+      <c r="G683" t="s">
+        <v>2045</v>
       </c>
       <c r="H683" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>982</v>
+      </c>
+      <c r="I683" s="1" t="s">
+        <v>2046</v>
       </c>
     </row>
     <row r="684" spans="1:9">
       <c r="A684">
-        <v>107</v>
+        <v>171</v>
       </c>
       <c r="B684" t="s">
-        <v>2120</v>
+        <v>2047</v>
       </c>
       <c r="C684" t="s">
-        <v>2091</v>
+        <v>2048</v>
       </c>
       <c r="D684" t="s">
-        <v>1181</v>
+        <v>26</v>
       </c>
       <c r="E684" t="s">
         <v>12</v>
       </c>
       <c r="F684" t="s">
-        <v>2121</v>
+        <v>2049</v>
+      </c>
+      <c r="G684" t="s">
+        <v>2050</v>
       </c>
       <c r="H684" t="s">
-        <v>1909</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>29</v>
+      </c>
+      <c r="I684" s="1" t="s">
+        <v>2051</v>
       </c>
     </row>
     <row r="685" spans="1:9">
       <c r="A685">
-        <v>106</v>
+        <v>170</v>
       </c>
       <c r="B685" t="s">
-        <v>2120</v>
+        <v>2052</v>
       </c>
       <c r="C685" t="s">
-        <v>2091</v>
+        <v>2053</v>
       </c>
       <c r="D685" t="s">
-        <v>1181</v>
+        <v>47</v>
       </c>
       <c r="E685" t="s">
         <v>12</v>
       </c>
       <c r="F685" t="s">
-        <v>2122</v>
+        <v>1871</v>
       </c>
       <c r="H685" t="s">
-        <v>753</v>
+        <v>15</v>
       </c>
       <c r="I685" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="686" spans="1:9">
       <c r="A686">
-        <v>105</v>
+        <v>169</v>
       </c>
       <c r="B686" t="s">
-        <v>2090</v>
+        <v>2054</v>
       </c>
       <c r="C686" t="s">
-        <v>2091</v>
+        <v>1596</v>
       </c>
       <c r="D686" t="s">
-        <v>1299</v>
+        <v>1232</v>
       </c>
       <c r="E686" t="s">
         <v>12</v>
       </c>
       <c r="F686" t="s">
-        <v>2123</v>
-[...2 lines deleted...]
-        <v>1909</v>
+        <v>2055</v>
       </c>
       <c r="I686" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="687" spans="1:9">
       <c r="A687">
-        <v>104</v>
+        <v>168</v>
       </c>
       <c r="B687" t="s">
-        <v>2090</v>
+        <v>2056</v>
       </c>
       <c r="C687" t="s">
-        <v>2091</v>
+        <v>2041</v>
       </c>
       <c r="D687" t="s">
-        <v>1299</v>
+        <v>62</v>
       </c>
       <c r="E687" t="s">
         <v>12</v>
       </c>
       <c r="F687" t="s">
-        <v>2124</v>
-[...2 lines deleted...]
-        <v>753</v>
+        <v>27</v>
       </c>
       <c r="I687" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="688" spans="1:9">
       <c r="A688">
-        <v>103</v>
+        <v>167</v>
       </c>
       <c r="B688" t="s">
-        <v>2125</v>
+        <v>2057</v>
       </c>
       <c r="C688" t="s">
-        <v>2091</v>
+        <v>2058</v>
       </c>
       <c r="D688" t="s">
-        <v>296</v>
+        <v>1232</v>
       </c>
       <c r="E688" t="s">
         <v>12</v>
       </c>
       <c r="F688" t="s">
-        <v>2126</v>
-[...2 lines deleted...]
-        <v>1909</v>
+        <v>2059</v>
       </c>
       <c r="I688" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="689" spans="1:9">
       <c r="A689">
-        <v>102</v>
+        <v>166</v>
       </c>
       <c r="B689" t="s">
-        <v>2090</v>
+        <v>2060</v>
       </c>
       <c r="C689" t="s">
-        <v>2091</v>
+        <v>2061</v>
       </c>
       <c r="D689" t="s">
-        <v>1299</v>
+        <v>1232</v>
       </c>
       <c r="E689" t="s">
         <v>12</v>
       </c>
       <c r="F689" t="s">
-        <v>2127</v>
-[...2 lines deleted...]
-        <v>1909</v>
+        <v>2062</v>
       </c>
       <c r="I689" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="690" spans="1:9">
       <c r="A690">
-        <v>101</v>
+        <v>165</v>
       </c>
       <c r="B690" t="s">
-        <v>2090</v>
+        <v>2040</v>
       </c>
       <c r="C690" t="s">
-        <v>2091</v>
+        <v>2041</v>
       </c>
       <c r="D690" t="s">
-        <v>1299</v>
+        <v>1232</v>
       </c>
       <c r="E690" t="s">
         <v>12</v>
       </c>
       <c r="F690" t="s">
-        <v>2128</v>
-[...2 lines deleted...]
-        <v>1909</v>
+        <v>2042</v>
       </c>
       <c r="I690" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="691" spans="1:9">
       <c r="A691">
-        <v>100</v>
+        <v>164</v>
       </c>
       <c r="B691" t="s">
-        <v>2090</v>
+        <v>2063</v>
       </c>
       <c r="C691" t="s">
-        <v>2091</v>
+        <v>2064</v>
       </c>
       <c r="D691" t="s">
-        <v>1299</v>
+        <v>47</v>
       </c>
       <c r="E691" t="s">
         <v>12</v>
       </c>
       <c r="F691" t="s">
-        <v>2129</v>
-[...2 lines deleted...]
-        <v>1909</v>
+        <v>1938</v>
       </c>
       <c r="I691" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="692" spans="1:9">
       <c r="A692">
-        <v>99</v>
+        <v>163</v>
       </c>
       <c r="B692" t="s">
-        <v>2090</v>
+        <v>2065</v>
       </c>
       <c r="C692" t="s">
-        <v>2091</v>
+        <v>2066</v>
       </c>
       <c r="D692" t="s">
-        <v>1299</v>
+        <v>47</v>
       </c>
       <c r="E692" t="s">
         <v>12</v>
       </c>
       <c r="F692" t="s">
-        <v>2130</v>
+        <v>1086</v>
       </c>
       <c r="H692" t="s">
-        <v>1909</v>
+        <v>15</v>
       </c>
       <c r="I692" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="693" spans="1:9">
       <c r="A693">
-        <v>98</v>
+        <v>162</v>
       </c>
       <c r="B693" t="s">
-        <v>2081</v>
+        <v>2067</v>
       </c>
       <c r="C693" t="s">
-        <v>2078</v>
+        <v>2068</v>
       </c>
       <c r="D693" t="s">
-        <v>1299</v>
+        <v>47</v>
       </c>
       <c r="E693" t="s">
         <v>12</v>
       </c>
       <c r="F693" t="s">
-        <v>2131</v>
+        <v>2032</v>
       </c>
       <c r="H693" t="s">
         <v>15</v>
       </c>
       <c r="I693" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="694" spans="1:9">
       <c r="A694">
-        <v>96</v>
+        <v>161</v>
       </c>
       <c r="B694" t="s">
-        <v>2081</v>
+        <v>2069</v>
       </c>
       <c r="C694" t="s">
-        <v>2078</v>
+        <v>2070</v>
       </c>
       <c r="D694" t="s">
-        <v>1299</v>
+        <v>47</v>
       </c>
       <c r="E694" t="s">
         <v>12</v>
       </c>
       <c r="F694" t="s">
-        <v>2132</v>
+        <v>2071</v>
       </c>
       <c r="H694" t="s">
         <v>15</v>
       </c>
       <c r="I694" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="695" spans="1:9">
       <c r="A695">
-        <v>95</v>
+        <v>160</v>
       </c>
       <c r="B695" t="s">
-        <v>2090</v>
+        <v>2072</v>
       </c>
       <c r="C695" t="s">
-        <v>2091</v>
+        <v>2073</v>
       </c>
       <c r="D695" t="s">
-        <v>1299</v>
+        <v>47</v>
       </c>
       <c r="E695" t="s">
         <v>12</v>
       </c>
       <c r="F695" t="s">
-        <v>2133</v>
+        <v>2074</v>
       </c>
       <c r="H695" t="s">
         <v>15</v>
       </c>
       <c r="I695" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="696" spans="1:9">
       <c r="A696">
-        <v>94</v>
+        <v>159</v>
       </c>
       <c r="B696" t="s">
-        <v>2090</v>
+        <v>2075</v>
       </c>
       <c r="C696" t="s">
-        <v>2091</v>
+        <v>2076</v>
       </c>
       <c r="D696" t="s">
-        <v>1299</v>
+        <v>47</v>
       </c>
       <c r="E696" t="s">
         <v>12</v>
       </c>
       <c r="F696" t="s">
-        <v>2134</v>
+        <v>2071</v>
       </c>
       <c r="H696" t="s">
-        <v>15</v>
+        <v>901</v>
       </c>
       <c r="I696" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="697" spans="1:9">
       <c r="A697">
-        <v>93</v>
+        <v>158</v>
       </c>
       <c r="B697" t="s">
-        <v>2120</v>
+        <v>2077</v>
       </c>
       <c r="C697" t="s">
-        <v>2091</v>
+        <v>2078</v>
       </c>
       <c r="D697" t="s">
-        <v>1181</v>
+        <v>47</v>
       </c>
       <c r="E697" t="s">
         <v>12</v>
       </c>
       <c r="F697" t="s">
-        <v>2135</v>
-[...2 lines deleted...]
-        <v>1909</v>
+        <v>2079</v>
       </c>
       <c r="I697" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="698" spans="1:9">
       <c r="A698">
-        <v>92</v>
+        <v>157</v>
       </c>
       <c r="B698" t="s">
-        <v>2090</v>
+        <v>2080</v>
       </c>
       <c r="C698" t="s">
-        <v>2091</v>
+        <v>2081</v>
       </c>
       <c r="D698" t="s">
-        <v>1299</v>
+        <v>1232</v>
       </c>
       <c r="E698" t="s">
         <v>12</v>
       </c>
       <c r="F698" t="s">
-        <v>2136</v>
-[...2 lines deleted...]
-        <v>1909</v>
+        <v>258</v>
       </c>
       <c r="I698" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="699" spans="1:9">
       <c r="A699">
-        <v>91</v>
+        <v>156</v>
       </c>
       <c r="B699" t="s">
-        <v>2090</v>
+        <v>2082</v>
       </c>
       <c r="C699" t="s">
-        <v>2091</v>
+        <v>2083</v>
       </c>
       <c r="D699" t="s">
-        <v>1299</v>
+        <v>47</v>
       </c>
       <c r="E699" t="s">
         <v>12</v>
       </c>
       <c r="F699" t="s">
-        <v>2137</v>
+        <v>1091</v>
       </c>
       <c r="H699" t="s">
-        <v>1909</v>
+        <v>15</v>
       </c>
       <c r="I699" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="700" spans="1:9">
       <c r="A700">
-        <v>90</v>
+        <v>155</v>
       </c>
       <c r="B700" t="s">
-        <v>2090</v>
+        <v>2084</v>
       </c>
       <c r="C700" t="s">
-        <v>2091</v>
+        <v>2085</v>
       </c>
       <c r="D700" t="s">
-        <v>1299</v>
+        <v>47</v>
       </c>
       <c r="E700" t="s">
         <v>12</v>
       </c>
       <c r="F700" t="s">
-        <v>2138</v>
-[...2 lines deleted...]
-        <v>1909</v>
+        <v>2086</v>
       </c>
       <c r="I700" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="701" spans="1:9">
       <c r="A701">
-        <v>89</v>
+        <v>154</v>
       </c>
       <c r="B701" t="s">
-        <v>2090</v>
+        <v>2087</v>
       </c>
       <c r="C701" t="s">
-        <v>2091</v>
+        <v>1993</v>
       </c>
       <c r="D701" t="s">
-        <v>1299</v>
+        <v>47</v>
       </c>
       <c r="E701" t="s">
         <v>12</v>
       </c>
       <c r="F701" t="s">
-        <v>2139</v>
-[...2 lines deleted...]
-        <v>1909</v>
+        <v>85</v>
       </c>
       <c r="I701" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="702" spans="1:9">
       <c r="A702">
-        <v>88</v>
+        <v>153</v>
       </c>
       <c r="B702" t="s">
-        <v>2090</v>
+        <v>2088</v>
       </c>
       <c r="C702" t="s">
-        <v>2091</v>
+        <v>1987</v>
       </c>
       <c r="D702" t="s">
-        <v>1299</v>
+        <v>47</v>
       </c>
       <c r="E702" t="s">
         <v>12</v>
       </c>
       <c r="F702" t="s">
-        <v>2140</v>
+        <v>2089</v>
       </c>
       <c r="H702" t="s">
-        <v>1909</v>
+        <v>901</v>
       </c>
       <c r="I702" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="703" spans="1:9">
       <c r="A703">
-        <v>87</v>
+        <v>152</v>
       </c>
       <c r="B703" t="s">
         <v>2090</v>
       </c>
       <c r="C703" t="s">
-        <v>2091</v>
+        <v>2005</v>
       </c>
       <c r="D703" t="s">
-        <v>1299</v>
+        <v>47</v>
       </c>
       <c r="E703" t="s">
         <v>12</v>
       </c>
       <c r="F703" t="s">
-        <v>2141</v>
-[...2 lines deleted...]
-        <v>1909</v>
+        <v>1086</v>
       </c>
       <c r="I703" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="704" spans="1:9">
       <c r="A704">
-        <v>86</v>
+        <v>151</v>
       </c>
       <c r="B704" t="s">
-        <v>2142</v>
+        <v>2091</v>
       </c>
       <c r="C704" t="s">
-        <v>2091</v>
+        <v>2008</v>
       </c>
       <c r="D704" t="s">
-        <v>1097</v>
+        <v>47</v>
       </c>
       <c r="E704" t="s">
         <v>12</v>
       </c>
       <c r="F704" t="s">
-        <v>2143</v>
-[...2 lines deleted...]
-        <v>1909</v>
+        <v>976</v>
       </c>
       <c r="I704" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="705" spans="1:9">
       <c r="A705">
-        <v>85</v>
+        <v>150</v>
       </c>
       <c r="B705" t="s">
-        <v>2090</v>
+        <v>2092</v>
       </c>
       <c r="C705" t="s">
-        <v>2091</v>
+        <v>2093</v>
       </c>
       <c r="D705" t="s">
-        <v>1299</v>
+        <v>1419</v>
       </c>
       <c r="E705" t="s">
         <v>12</v>
       </c>
       <c r="F705" t="s">
-        <v>2144</v>
+        <v>2094</v>
       </c>
       <c r="H705" t="s">
-        <v>1909</v>
+        <v>15</v>
       </c>
       <c r="I705" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="706" spans="1:9">
       <c r="A706">
-        <v>84</v>
+        <v>149</v>
       </c>
       <c r="B706" t="s">
-        <v>2090</v>
+        <v>2095</v>
       </c>
       <c r="C706" t="s">
-        <v>2091</v>
+        <v>1585</v>
       </c>
       <c r="D706" t="s">
-        <v>1299</v>
+        <v>47</v>
       </c>
       <c r="E706" t="s">
         <v>12</v>
       </c>
       <c r="F706" t="s">
-        <v>2145</v>
+        <v>2032</v>
       </c>
       <c r="H706" t="s">
-        <v>1909</v>
+        <v>15</v>
       </c>
       <c r="I706" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="707" spans="1:9">
       <c r="A707">
-        <v>83</v>
+        <v>148</v>
       </c>
       <c r="B707" t="s">
-        <v>2090</v>
+        <v>2096</v>
       </c>
       <c r="C707" t="s">
-        <v>2091</v>
+        <v>1596</v>
       </c>
       <c r="D707" t="s">
-        <v>1299</v>
+        <v>47</v>
       </c>
       <c r="E707" t="s">
         <v>12</v>
       </c>
       <c r="F707" t="s">
-        <v>2146</v>
-[...2 lines deleted...]
-        <v>1909</v>
+        <v>2097</v>
       </c>
       <c r="I707" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="708" spans="1:9">
       <c r="A708">
-        <v>82</v>
+        <v>147</v>
       </c>
       <c r="B708" t="s">
-        <v>2090</v>
+        <v>2098</v>
       </c>
       <c r="C708" t="s">
-        <v>2091</v>
+        <v>1593</v>
       </c>
       <c r="D708" t="s">
-        <v>1299</v>
+        <v>47</v>
       </c>
       <c r="E708" t="s">
         <v>12</v>
       </c>
       <c r="F708" t="s">
-        <v>2118</v>
-[...2 lines deleted...]
-        <v>753</v>
+        <v>2099</v>
       </c>
       <c r="I708" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="709" spans="1:9">
       <c r="A709">
-        <v>81</v>
+        <v>146</v>
       </c>
       <c r="B709" t="s">
-        <v>2090</v>
+        <v>2100</v>
       </c>
       <c r="C709" t="s">
-        <v>2091</v>
+        <v>1579</v>
       </c>
       <c r="D709" t="s">
-        <v>1299</v>
+        <v>1419</v>
       </c>
       <c r="E709" t="s">
         <v>12</v>
       </c>
       <c r="F709" t="s">
-        <v>2147</v>
+        <v>2101</v>
       </c>
       <c r="H709" t="s">
-        <v>1909</v>
+        <v>15</v>
       </c>
       <c r="I709" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="710" spans="1:9">
       <c r="A710">
-        <v>80</v>
+        <v>145</v>
       </c>
       <c r="B710" t="s">
-        <v>2090</v>
+        <v>2102</v>
       </c>
       <c r="C710" t="s">
-        <v>2091</v>
+        <v>2103</v>
       </c>
       <c r="D710" t="s">
-        <v>1299</v>
+        <v>1419</v>
       </c>
       <c r="E710" t="s">
         <v>12</v>
       </c>
       <c r="F710" t="s">
-        <v>2148</v>
-[...2 lines deleted...]
-        <v>753</v>
+        <v>2104</v>
       </c>
       <c r="I710" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="711" spans="1:9">
       <c r="A711">
-        <v>79</v>
+        <v>144</v>
       </c>
       <c r="B711" t="s">
-        <v>2090</v>
+        <v>2105</v>
       </c>
       <c r="C711" t="s">
-        <v>2091</v>
+        <v>2029</v>
       </c>
       <c r="D711" t="s">
-        <v>1299</v>
+        <v>47</v>
       </c>
       <c r="E711" t="s">
         <v>12</v>
       </c>
       <c r="F711" t="s">
-        <v>2149</v>
-[...2 lines deleted...]
-        <v>1909</v>
+        <v>1086</v>
       </c>
       <c r="I711" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="712" spans="1:9">
       <c r="A712">
-        <v>78</v>
+        <v>143</v>
       </c>
       <c r="B712" t="s">
-        <v>2090</v>
+        <v>2106</v>
       </c>
       <c r="C712" t="s">
-        <v>2091</v>
+        <v>1599</v>
       </c>
       <c r="D712" t="s">
-        <v>1299</v>
+        <v>47</v>
       </c>
       <c r="E712" t="s">
         <v>12</v>
       </c>
       <c r="F712" t="s">
-        <v>2150</v>
-[...2 lines deleted...]
-        <v>1909</v>
+        <v>2107</v>
       </c>
       <c r="I712" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="713" spans="1:9">
       <c r="A713">
-        <v>77</v>
+        <v>142</v>
       </c>
       <c r="B713" t="s">
-        <v>2090</v>
+        <v>2108</v>
       </c>
       <c r="C713" t="s">
-        <v>2091</v>
+        <v>2109</v>
       </c>
       <c r="D713" t="s">
-        <v>1299</v>
+        <v>47</v>
       </c>
       <c r="E713" t="s">
         <v>12</v>
       </c>
       <c r="F713" t="s">
-        <v>2151</v>
-[...2 lines deleted...]
-        <v>1909</v>
+        <v>1312</v>
       </c>
       <c r="I713" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="714" spans="1:9">
       <c r="A714">
-        <v>75</v>
+        <v>141</v>
       </c>
       <c r="B714" t="s">
-        <v>2090</v>
+        <v>2108</v>
       </c>
       <c r="C714" t="s">
-        <v>2091</v>
+        <v>2109</v>
       </c>
       <c r="D714" t="s">
-        <v>1299</v>
+        <v>47</v>
       </c>
       <c r="E714" t="s">
         <v>12</v>
       </c>
       <c r="F714" t="s">
-        <v>2152</v>
-[...2 lines deleted...]
-        <v>1909</v>
+        <v>2110</v>
       </c>
       <c r="I714" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="715" spans="1:9">
       <c r="A715">
-        <v>74</v>
+        <v>140</v>
       </c>
       <c r="B715" t="s">
-        <v>2090</v>
+        <v>2111</v>
       </c>
       <c r="C715" t="s">
-        <v>2091</v>
+        <v>2109</v>
       </c>
       <c r="D715" t="s">
-        <v>1299</v>
+        <v>1419</v>
       </c>
       <c r="E715" t="s">
         <v>12</v>
       </c>
       <c r="F715" t="s">
-        <v>2153</v>
-[...2 lines deleted...]
-        <v>1909</v>
+        <v>469</v>
       </c>
       <c r="I715" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="716" spans="1:9">
       <c r="A716">
-        <v>73</v>
+        <v>139</v>
       </c>
       <c r="B716" t="s">
-        <v>2090</v>
+        <v>2108</v>
       </c>
       <c r="C716" t="s">
-        <v>2091</v>
+        <v>2109</v>
       </c>
       <c r="D716" t="s">
-        <v>1299</v>
+        <v>47</v>
       </c>
       <c r="E716" t="s">
         <v>12</v>
       </c>
       <c r="F716" t="s">
-        <v>2154</v>
-[...2 lines deleted...]
-        <v>1909</v>
+        <v>2112</v>
       </c>
       <c r="I716" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="717" spans="1:9">
       <c r="A717">
-        <v>72</v>
+        <v>138</v>
       </c>
       <c r="B717" t="s">
-        <v>2090</v>
+        <v>2108</v>
       </c>
       <c r="C717" t="s">
-        <v>2091</v>
+        <v>2109</v>
       </c>
       <c r="D717" t="s">
-        <v>1299</v>
+        <v>47</v>
       </c>
       <c r="E717" t="s">
         <v>12</v>
       </c>
       <c r="F717" t="s">
-        <v>2155</v>
-[...2 lines deleted...]
-        <v>1909</v>
+        <v>2113</v>
       </c>
       <c r="I717" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="718" spans="1:9">
       <c r="A718">
-        <v>71</v>
+        <v>137</v>
       </c>
       <c r="B718" t="s">
-        <v>2090</v>
+        <v>2114</v>
       </c>
       <c r="C718" t="s">
-        <v>2091</v>
+        <v>2109</v>
       </c>
       <c r="D718" t="s">
-        <v>1299</v>
+        <v>1232</v>
       </c>
       <c r="E718" t="s">
         <v>12</v>
       </c>
       <c r="F718" t="s">
-        <v>2156</v>
-[...2 lines deleted...]
-        <v>1909</v>
+        <v>2115</v>
       </c>
       <c r="I718" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="719" spans="1:9">
       <c r="A719">
-        <v>70</v>
+        <v>136</v>
       </c>
       <c r="B719" t="s">
-        <v>2090</v>
+        <v>2108</v>
       </c>
       <c r="C719" t="s">
-        <v>2091</v>
+        <v>2109</v>
       </c>
       <c r="D719" t="s">
-        <v>1299</v>
+        <v>47</v>
       </c>
       <c r="E719" t="s">
         <v>12</v>
       </c>
       <c r="F719" t="s">
-        <v>2157</v>
+        <v>2116</v>
       </c>
       <c r="H719" t="s">
-        <v>1909</v>
+        <v>901</v>
       </c>
       <c r="I719" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="720" spans="1:9">
       <c r="A720">
-        <v>69</v>
+        <v>135</v>
       </c>
       <c r="B720" t="s">
-        <v>2158</v>
+        <v>2117</v>
       </c>
       <c r="C720" t="s">
-        <v>2091</v>
+        <v>2109</v>
       </c>
       <c r="D720" t="s">
-        <v>231</v>
+        <v>1307</v>
       </c>
       <c r="E720" t="s">
         <v>12</v>
       </c>
       <c r="F720" t="s">
-        <v>2159</v>
-[...2 lines deleted...]
-        <v>1909</v>
+        <v>27</v>
       </c>
       <c r="I720" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="721" spans="1:9">
       <c r="A721">
-        <v>68</v>
+        <v>134</v>
       </c>
       <c r="B721" t="s">
-        <v>2142</v>
+        <v>2118</v>
       </c>
       <c r="C721" t="s">
-        <v>2091</v>
+        <v>2119</v>
       </c>
       <c r="D721" t="s">
-        <v>1097</v>
+        <v>1419</v>
       </c>
       <c r="E721" t="s">
         <v>12</v>
       </c>
       <c r="F721" t="s">
-        <v>2160</v>
+        <v>2120</v>
       </c>
       <c r="H721" t="s">
-        <v>1909</v>
+        <v>901</v>
       </c>
       <c r="I721" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="722" spans="1:9">
       <c r="A722">
-        <v>67</v>
+        <v>133</v>
       </c>
       <c r="B722" t="s">
-        <v>2142</v>
+        <v>2121</v>
       </c>
       <c r="C722" t="s">
-        <v>2091</v>
+        <v>2109</v>
       </c>
       <c r="D722" t="s">
-        <v>1097</v>
+        <v>19</v>
       </c>
       <c r="E722" t="s">
         <v>12</v>
       </c>
       <c r="F722" t="s">
-        <v>2161</v>
-[...2 lines deleted...]
-        <v>1909</v>
+        <v>2122</v>
       </c>
       <c r="I722" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="723" spans="1:9">
       <c r="A723">
-        <v>66</v>
+        <v>132</v>
       </c>
       <c r="B723" t="s">
-        <v>2142</v>
+        <v>2114</v>
       </c>
       <c r="C723" t="s">
-        <v>2091</v>
+        <v>2109</v>
       </c>
       <c r="D723" t="s">
-        <v>1097</v>
+        <v>1232</v>
       </c>
       <c r="E723" t="s">
         <v>12</v>
       </c>
       <c r="F723" t="s">
-        <v>2162</v>
-[...2 lines deleted...]
-        <v>1909</v>
+        <v>2123</v>
       </c>
       <c r="I723" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="724" spans="1:9">
       <c r="A724">
-        <v>65</v>
+        <v>131</v>
       </c>
       <c r="B724" t="s">
-        <v>2142</v>
+        <v>2124</v>
       </c>
       <c r="C724" t="s">
-        <v>2091</v>
+        <v>2109</v>
       </c>
       <c r="D724" t="s">
-        <v>1097</v>
+        <v>11</v>
       </c>
       <c r="E724" t="s">
         <v>12</v>
       </c>
       <c r="F724" t="s">
-        <v>2163</v>
-[...2 lines deleted...]
-        <v>1909</v>
+        <v>2125</v>
       </c>
       <c r="I724" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="725" spans="1:9">
       <c r="A725">
-        <v>64</v>
+        <v>130</v>
       </c>
       <c r="B725" t="s">
-        <v>2142</v>
+        <v>2108</v>
       </c>
       <c r="C725" t="s">
-        <v>2091</v>
+        <v>2109</v>
       </c>
       <c r="D725" t="s">
-        <v>1097</v>
+        <v>47</v>
       </c>
       <c r="E725" t="s">
         <v>12</v>
       </c>
       <c r="F725" t="s">
-        <v>2164</v>
-[...2 lines deleted...]
-        <v>1909</v>
+        <v>976</v>
       </c>
       <c r="I725" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="726" spans="1:9">
       <c r="A726">
-        <v>63</v>
+        <v>129</v>
       </c>
       <c r="B726" t="s">
-        <v>2142</v>
+        <v>2124</v>
       </c>
       <c r="C726" t="s">
-        <v>2091</v>
+        <v>2109</v>
       </c>
       <c r="D726" t="s">
-        <v>1097</v>
+        <v>11</v>
       </c>
       <c r="E726" t="s">
         <v>12</v>
       </c>
       <c r="F726" t="s">
-        <v>2165</v>
-[...5 lines deleted...]
-        <v>1909</v>
+        <v>2126</v>
       </c>
       <c r="I726" s="1">
-        <v>138086</v>
+        <v>0</v>
       </c>
     </row>
     <row r="727" spans="1:9">
       <c r="A727">
-        <v>62</v>
+        <v>128</v>
       </c>
       <c r="B727" t="s">
-        <v>2142</v>
+        <v>2124</v>
       </c>
       <c r="C727" t="s">
-        <v>2091</v>
+        <v>2109</v>
       </c>
       <c r="D727" t="s">
-        <v>1097</v>
+        <v>11</v>
       </c>
       <c r="E727" t="s">
         <v>12</v>
       </c>
       <c r="F727" t="s">
-        <v>2167</v>
-[...5 lines deleted...]
-        <v>1909</v>
+        <v>2127</v>
       </c>
       <c r="I727" s="1">
-        <v>110719</v>
+        <v>0</v>
       </c>
     </row>
     <row r="728" spans="1:9">
       <c r="A728">
-        <v>61</v>
+        <v>127</v>
       </c>
       <c r="B728" t="s">
-        <v>2090</v>
+        <v>2108</v>
       </c>
       <c r="C728" t="s">
-        <v>2091</v>
+        <v>2109</v>
       </c>
       <c r="D728" t="s">
-        <v>1299</v>
+        <v>47</v>
       </c>
       <c r="E728" t="s">
         <v>12</v>
       </c>
       <c r="F728" t="s">
-        <v>2168</v>
-[...2 lines deleted...]
-        <v>2169</v>
+        <v>2128</v>
       </c>
       <c r="H728" t="s">
-        <v>1909</v>
+        <v>901</v>
       </c>
       <c r="I728" s="1">
-        <v>474000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="729" spans="1:9">
       <c r="A729">
-        <v>60</v>
+        <v>126</v>
       </c>
       <c r="B729" t="s">
-        <v>2090</v>
+        <v>2124</v>
       </c>
       <c r="C729" t="s">
-        <v>2091</v>
+        <v>2109</v>
       </c>
       <c r="D729" t="s">
-        <v>1299</v>
+        <v>11</v>
       </c>
       <c r="E729" t="s">
         <v>12</v>
       </c>
       <c r="F729" t="s">
-        <v>2170</v>
-[...5 lines deleted...]
-        <v>1909</v>
+        <v>2125</v>
       </c>
       <c r="I729" s="1">
-        <v>504067</v>
+        <v>0</v>
       </c>
     </row>
     <row r="730" spans="1:9">
       <c r="A730">
-        <v>59</v>
+        <v>124</v>
       </c>
       <c r="B730" t="s">
-        <v>2090</v>
+        <v>2124</v>
       </c>
       <c r="C730" t="s">
-        <v>2091</v>
+        <v>2109</v>
       </c>
       <c r="D730" t="s">
-        <v>1299</v>
+        <v>11</v>
       </c>
       <c r="E730" t="s">
         <v>12</v>
       </c>
       <c r="F730" t="s">
-        <v>2172</v>
-[...5 lines deleted...]
-        <v>1909</v>
+        <v>2125</v>
       </c>
       <c r="I730" s="1">
-        <v>828222</v>
+        <v>0</v>
       </c>
     </row>
     <row r="731" spans="1:9">
       <c r="A731">
-        <v>58</v>
+        <v>123</v>
       </c>
       <c r="B731" t="s">
-        <v>2090</v>
+        <v>2124</v>
       </c>
       <c r="C731" t="s">
-        <v>2091</v>
+        <v>2109</v>
       </c>
       <c r="D731" t="s">
-        <v>1299</v>
+        <v>11</v>
       </c>
       <c r="E731" t="s">
         <v>12</v>
       </c>
       <c r="F731" t="s">
-        <v>2174</v>
-[...5 lines deleted...]
-        <v>1909</v>
+        <v>2125</v>
       </c>
       <c r="I731" s="1">
-        <v>747610</v>
+        <v>0</v>
       </c>
     </row>
     <row r="732" spans="1:9">
       <c r="A732">
-        <v>57</v>
+        <v>122</v>
       </c>
       <c r="B732" t="s">
-        <v>2090</v>
+        <v>2108</v>
       </c>
       <c r="C732" t="s">
-        <v>2091</v>
+        <v>2109</v>
       </c>
       <c r="D732" t="s">
-        <v>1299</v>
+        <v>47</v>
       </c>
       <c r="E732" t="s">
         <v>12</v>
       </c>
       <c r="F732" t="s">
-        <v>2176</v>
-[...2 lines deleted...]
-        <v>2177</v>
+        <v>2129</v>
       </c>
       <c r="H732" t="s">
-        <v>1909</v>
+        <v>15</v>
       </c>
       <c r="I732" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="733" spans="1:9">
       <c r="A733">
-        <v>56</v>
+        <v>121</v>
       </c>
       <c r="B733" t="s">
-        <v>2090</v>
+        <v>2108</v>
       </c>
       <c r="C733" t="s">
-        <v>2091</v>
+        <v>2109</v>
       </c>
       <c r="D733" t="s">
-        <v>1299</v>
+        <v>47</v>
       </c>
       <c r="E733" t="s">
         <v>12</v>
       </c>
       <c r="F733" t="s">
-        <v>2178</v>
-[...5 lines deleted...]
-        <v>1909</v>
+        <v>2130</v>
       </c>
       <c r="I733" s="1">
-        <v>4129942</v>
+        <v>0</v>
       </c>
     </row>
     <row r="734" spans="1:9">
       <c r="A734">
-        <v>55</v>
+        <v>120</v>
       </c>
       <c r="B734" t="s">
-        <v>2090</v>
+        <v>2124</v>
       </c>
       <c r="C734" t="s">
-        <v>2091</v>
+        <v>2109</v>
       </c>
       <c r="D734" t="s">
-        <v>1299</v>
+        <v>11</v>
       </c>
       <c r="E734" t="s">
         <v>12</v>
       </c>
       <c r="F734" t="s">
-        <v>2180</v>
-[...5 lines deleted...]
-        <v>1909</v>
+        <v>2125</v>
       </c>
       <c r="I734" s="1">
-        <v>5100709</v>
+        <v>0</v>
       </c>
     </row>
     <row r="735" spans="1:9">
       <c r="A735">
-        <v>54</v>
+        <v>119</v>
       </c>
       <c r="B735" t="s">
-        <v>2090</v>
+        <v>2124</v>
       </c>
       <c r="C735" t="s">
-        <v>2091</v>
+        <v>2109</v>
       </c>
       <c r="D735" t="s">
-        <v>1299</v>
+        <v>11</v>
       </c>
       <c r="E735" t="s">
         <v>12</v>
       </c>
       <c r="F735" t="s">
-        <v>2182</v>
-[...5 lines deleted...]
-        <v>1909</v>
+        <v>2131</v>
       </c>
       <c r="I735" s="1">
-        <v>92422</v>
+        <v>0</v>
       </c>
     </row>
     <row r="736" spans="1:9">
       <c r="A736">
-        <v>53</v>
+        <v>118</v>
       </c>
       <c r="B736" t="s">
-        <v>2090</v>
+        <v>2108</v>
       </c>
       <c r="C736" t="s">
-        <v>2091</v>
+        <v>2109</v>
       </c>
       <c r="D736" t="s">
-        <v>1299</v>
+        <v>47</v>
       </c>
       <c r="E736" t="s">
         <v>12</v>
       </c>
       <c r="F736" t="s">
-        <v>2184</v>
-[...5 lines deleted...]
-        <v>1909</v>
+        <v>2132</v>
       </c>
       <c r="I736" s="1">
-        <v>92600</v>
+        <v>0</v>
       </c>
     </row>
     <row r="737" spans="1:9">
       <c r="A737">
-        <v>52</v>
+        <v>117</v>
       </c>
       <c r="B737" t="s">
-        <v>2090</v>
+        <v>2124</v>
       </c>
       <c r="C737" t="s">
-        <v>2091</v>
+        <v>2109</v>
       </c>
       <c r="D737" t="s">
-        <v>1299</v>
+        <v>11</v>
       </c>
       <c r="E737" t="s">
         <v>12</v>
       </c>
       <c r="F737" t="s">
-        <v>2186</v>
-[...5 lines deleted...]
-        <v>1909</v>
+        <v>2133</v>
       </c>
       <c r="I737" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="738" spans="1:9">
       <c r="A738">
-        <v>51</v>
+        <v>116</v>
       </c>
       <c r="B738" t="s">
-        <v>2090</v>
+        <v>2124</v>
       </c>
       <c r="C738" t="s">
-        <v>2091</v>
+        <v>2109</v>
       </c>
       <c r="D738" t="s">
-        <v>1299</v>
+        <v>11</v>
       </c>
       <c r="E738" t="s">
         <v>12</v>
       </c>
       <c r="F738" t="s">
-        <v>2188</v>
-[...5 lines deleted...]
-        <v>1909</v>
+        <v>2125</v>
       </c>
       <c r="I738" s="1">
-        <v>7518833</v>
+        <v>0</v>
       </c>
     </row>
     <row r="739" spans="1:9">
       <c r="A739">
-        <v>50</v>
+        <v>115</v>
       </c>
       <c r="B739" t="s">
-        <v>2090</v>
+        <v>2124</v>
       </c>
       <c r="C739" t="s">
-        <v>2091</v>
+        <v>2109</v>
       </c>
       <c r="D739" t="s">
-        <v>1299</v>
+        <v>11</v>
       </c>
       <c r="E739" t="s">
         <v>12</v>
       </c>
       <c r="F739" t="s">
-        <v>2190</v>
-[...5 lines deleted...]
-        <v>1909</v>
+        <v>2125</v>
       </c>
       <c r="I739" s="1">
-        <v>259070</v>
+        <v>0</v>
       </c>
     </row>
     <row r="740" spans="1:9">
       <c r="A740">
-        <v>49</v>
+        <v>114</v>
       </c>
       <c r="B740" t="s">
-        <v>2090</v>
+        <v>2111</v>
       </c>
       <c r="C740" t="s">
-        <v>2091</v>
+        <v>2109</v>
       </c>
       <c r="D740" t="s">
-        <v>1299</v>
+        <v>1419</v>
       </c>
       <c r="E740" t="s">
         <v>12</v>
       </c>
       <c r="F740" t="s">
-        <v>2192</v>
-[...5 lines deleted...]
-        <v>1909</v>
+        <v>2134</v>
       </c>
       <c r="I740" s="1">
-        <v>2372490</v>
+        <v>0</v>
       </c>
     </row>
     <row r="741" spans="1:9">
       <c r="A741">
-        <v>48</v>
+        <v>113</v>
       </c>
       <c r="B741" t="s">
-        <v>2090</v>
+        <v>2111</v>
       </c>
       <c r="C741" t="s">
-        <v>2091</v>
+        <v>2109</v>
       </c>
       <c r="D741" t="s">
-        <v>1299</v>
+        <v>1419</v>
       </c>
       <c r="E741" t="s">
         <v>12</v>
       </c>
       <c r="F741" t="s">
-        <v>2194</v>
-[...5 lines deleted...]
-        <v>1909</v>
+        <v>2135</v>
       </c>
       <c r="I741" s="1">
-        <v>826630</v>
+        <v>0</v>
       </c>
     </row>
     <row r="742" spans="1:9">
       <c r="A742">
-        <v>47</v>
+        <v>112</v>
       </c>
       <c r="B742" t="s">
-        <v>2090</v>
+        <v>2114</v>
       </c>
       <c r="C742" t="s">
-        <v>2091</v>
+        <v>2109</v>
       </c>
       <c r="D742" t="s">
-        <v>1299</v>
+        <v>1232</v>
       </c>
       <c r="E742" t="s">
         <v>12</v>
       </c>
       <c r="F742" t="s">
-        <v>2196</v>
-[...5 lines deleted...]
-        <v>1909</v>
+        <v>806</v>
       </c>
       <c r="I742" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="743" spans="1:9">
       <c r="A743">
-        <v>46</v>
+        <v>111</v>
       </c>
       <c r="B743" t="s">
-        <v>2198</v>
+        <v>2118</v>
       </c>
       <c r="C743" t="s">
-        <v>2199</v>
+        <v>2119</v>
       </c>
       <c r="D743" t="s">
-        <v>296</v>
+        <v>1419</v>
       </c>
       <c r="E743" t="s">
         <v>12</v>
       </c>
       <c r="F743" t="s">
-        <v>2200</v>
-[...5 lines deleted...]
-        <v>1909</v>
+        <v>156</v>
       </c>
       <c r="I743" s="1">
-        <v>854876</v>
+        <v>0</v>
       </c>
     </row>
     <row r="744" spans="1:9">
       <c r="A744">
-        <v>45</v>
+        <v>110</v>
       </c>
       <c r="B744" t="s">
-        <v>2202</v>
+        <v>2118</v>
       </c>
       <c r="C744" t="s">
-        <v>2199</v>
+        <v>2119</v>
       </c>
       <c r="D744" t="s">
-        <v>231</v>
+        <v>1419</v>
       </c>
       <c r="E744" t="s">
         <v>12</v>
       </c>
       <c r="F744" t="s">
-        <v>2203</v>
-[...5 lines deleted...]
-        <v>1909</v>
+        <v>2136</v>
       </c>
       <c r="I744" s="1">
-        <v>2218800</v>
+        <v>0</v>
       </c>
     </row>
     <row r="745" spans="1:9">
       <c r="A745">
-        <v>44</v>
+        <v>109</v>
       </c>
       <c r="B745" t="s">
-        <v>2205</v>
+        <v>2118</v>
       </c>
       <c r="C745" t="s">
-        <v>2199</v>
+        <v>2119</v>
       </c>
       <c r="D745" t="s">
-        <v>2206</v>
+        <v>1419</v>
       </c>
       <c r="E745" t="s">
         <v>12</v>
       </c>
       <c r="F745" t="s">
-        <v>2207</v>
-[...2 lines deleted...]
-        <v>2208</v>
+        <v>2137</v>
       </c>
       <c r="H745" t="s">
-        <v>1909</v>
+        <v>15</v>
       </c>
       <c r="I745" s="1">
-        <v>4387421</v>
+        <v>0</v>
       </c>
     </row>
     <row r="746" spans="1:9">
       <c r="A746">
-        <v>43</v>
+        <v>108</v>
       </c>
       <c r="B746" t="s">
-        <v>2209</v>
+        <v>2117</v>
       </c>
       <c r="C746" t="s">
-        <v>2199</v>
+        <v>2109</v>
       </c>
       <c r="D746" t="s">
-        <v>19</v>
+        <v>1307</v>
       </c>
       <c r="E746" t="s">
         <v>12</v>
       </c>
       <c r="F746" t="s">
-        <v>2210</v>
-[...2 lines deleted...]
-        <v>2211</v>
+        <v>1938</v>
       </c>
       <c r="H746" t="s">
-        <v>1909</v>
+        <v>15</v>
       </c>
       <c r="I746" s="1">
-        <v>9036000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="747" spans="1:9">
       <c r="A747">
-        <v>42</v>
+        <v>107</v>
       </c>
       <c r="B747" t="s">
-        <v>2209</v>
+        <v>2138</v>
       </c>
       <c r="C747" t="s">
-        <v>2199</v>
+        <v>2119</v>
       </c>
       <c r="D747" t="s">
-        <v>19</v>
+        <v>1307</v>
       </c>
       <c r="E747" t="s">
         <v>12</v>
       </c>
       <c r="F747" t="s">
-        <v>2212</v>
-[...5 lines deleted...]
-        <v>1909</v>
+        <v>905</v>
       </c>
       <c r="I747" s="1">
-        <v>7469813</v>
+        <v>0</v>
       </c>
     </row>
     <row r="748" spans="1:9">
       <c r="A748">
-        <v>41</v>
+        <v>106</v>
       </c>
       <c r="B748" t="s">
-        <v>2209</v>
+        <v>2138</v>
       </c>
       <c r="C748" t="s">
-        <v>2199</v>
+        <v>2119</v>
       </c>
       <c r="D748" t="s">
-        <v>19</v>
+        <v>1307</v>
       </c>
       <c r="E748" t="s">
         <v>12</v>
       </c>
       <c r="F748" t="s">
-        <v>2214</v>
-[...2 lines deleted...]
-        <v>2215</v>
+        <v>905</v>
       </c>
       <c r="H748" t="s">
-        <v>1909</v>
+        <v>901</v>
       </c>
       <c r="I748" s="1">
-        <v>5000000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="749" spans="1:9">
       <c r="A749">
-        <v>40</v>
+        <v>105</v>
       </c>
       <c r="B749" t="s">
-        <v>2209</v>
+        <v>2118</v>
       </c>
       <c r="C749" t="s">
-        <v>2199</v>
+        <v>2119</v>
       </c>
       <c r="D749" t="s">
-        <v>19</v>
+        <v>1419</v>
       </c>
       <c r="E749" t="s">
         <v>12</v>
       </c>
       <c r="F749" t="s">
-        <v>2216</v>
-[...5 lines deleted...]
-        <v>1909</v>
+        <v>2139</v>
       </c>
       <c r="I749" s="1">
-        <v>26000000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="750" spans="1:9">
       <c r="A750">
-        <v>39</v>
+        <v>104</v>
       </c>
       <c r="B750" t="s">
-        <v>2218</v>
+        <v>2118</v>
       </c>
       <c r="C750" t="s">
-        <v>2199</v>
+        <v>2119</v>
       </c>
       <c r="D750" t="s">
-        <v>1181</v>
+        <v>1419</v>
       </c>
       <c r="E750" t="s">
         <v>12</v>
       </c>
       <c r="F750" t="s">
-        <v>2219</v>
-[...2 lines deleted...]
-        <v>2220</v>
+        <v>2140</v>
       </c>
       <c r="H750" t="s">
-        <v>753</v>
+        <v>901</v>
       </c>
       <c r="I750" s="1">
-        <v>489084</v>
+        <v>0</v>
       </c>
     </row>
     <row r="751" spans="1:9">
       <c r="A751">
-        <v>38</v>
+        <v>103</v>
       </c>
       <c r="B751" t="s">
-        <v>2221</v>
+        <v>2141</v>
       </c>
       <c r="C751" t="s">
-        <v>2199</v>
+        <v>2119</v>
       </c>
       <c r="D751" t="s">
-        <v>1097</v>
+        <v>497</v>
       </c>
       <c r="E751" t="s">
         <v>12</v>
       </c>
       <c r="F751" t="s">
-        <v>2222</v>
-[...5 lines deleted...]
-        <v>1909</v>
+        <v>2142</v>
       </c>
       <c r="I751" s="1">
-        <v>89941</v>
+        <v>0</v>
       </c>
     </row>
     <row r="752" spans="1:9">
       <c r="A752">
-        <v>37</v>
+        <v>102</v>
       </c>
       <c r="B752" t="s">
-        <v>2221</v>
+        <v>2118</v>
       </c>
       <c r="C752" t="s">
-        <v>2199</v>
+        <v>2119</v>
       </c>
       <c r="D752" t="s">
-        <v>1097</v>
+        <v>1419</v>
       </c>
       <c r="E752" t="s">
         <v>12</v>
       </c>
       <c r="F752" t="s">
-        <v>2224</v>
-[...5 lines deleted...]
-        <v>1909</v>
+        <v>2143</v>
       </c>
       <c r="I752" s="1">
-        <v>68100</v>
+        <v>0</v>
       </c>
     </row>
     <row r="753" spans="1:9">
       <c r="A753">
-        <v>36</v>
+        <v>101</v>
       </c>
       <c r="B753" t="s">
-        <v>2221</v>
+        <v>2118</v>
       </c>
       <c r="C753" t="s">
-        <v>2199</v>
+        <v>2119</v>
       </c>
       <c r="D753" t="s">
-        <v>1097</v>
+        <v>1419</v>
       </c>
       <c r="E753" t="s">
         <v>12</v>
       </c>
       <c r="F753" t="s">
-        <v>2226</v>
-[...5 lines deleted...]
-        <v>1909</v>
+        <v>976</v>
       </c>
       <c r="I753" s="1">
-        <v>78613</v>
+        <v>0</v>
       </c>
     </row>
     <row r="754" spans="1:9">
       <c r="A754">
-        <v>35</v>
+        <v>100</v>
       </c>
       <c r="B754" t="s">
-        <v>2221</v>
+        <v>2118</v>
       </c>
       <c r="C754" t="s">
-        <v>2199</v>
+        <v>2119</v>
       </c>
       <c r="D754" t="s">
-        <v>1097</v>
+        <v>1419</v>
       </c>
       <c r="E754" t="s">
         <v>12</v>
       </c>
       <c r="F754" t="s">
-        <v>2228</v>
-[...5 lines deleted...]
-        <v>1909</v>
+        <v>2144</v>
       </c>
       <c r="I754" s="1">
-        <v>89588</v>
+        <v>0</v>
       </c>
     </row>
     <row r="755" spans="1:9">
       <c r="A755">
-        <v>34</v>
+        <v>99</v>
       </c>
       <c r="B755" t="s">
-        <v>2221</v>
+        <v>2118</v>
       </c>
       <c r="C755" t="s">
-        <v>2199</v>
+        <v>2119</v>
       </c>
       <c r="D755" t="s">
-        <v>1097</v>
+        <v>1419</v>
       </c>
       <c r="E755" t="s">
         <v>12</v>
       </c>
       <c r="F755" t="s">
-        <v>2165</v>
-[...5 lines deleted...]
-        <v>1909</v>
+        <v>2145</v>
       </c>
       <c r="I755" s="1">
-        <v>78386</v>
+        <v>0</v>
       </c>
     </row>
     <row r="756" spans="1:9">
       <c r="A756">
-        <v>33</v>
+        <v>98</v>
       </c>
       <c r="B756" t="s">
-        <v>2221</v>
+        <v>2111</v>
       </c>
       <c r="C756" t="s">
-        <v>2199</v>
+        <v>2109</v>
       </c>
       <c r="D756" t="s">
-        <v>1097</v>
+        <v>1419</v>
       </c>
       <c r="E756" t="s">
         <v>12</v>
       </c>
       <c r="F756" t="s">
-        <v>2231</v>
-[...2 lines deleted...]
-        <v>2232</v>
+        <v>2146</v>
       </c>
       <c r="H756" t="s">
-        <v>1909</v>
+        <v>15</v>
       </c>
       <c r="I756" s="1">
-        <v>51567</v>
+        <v>0</v>
       </c>
     </row>
     <row r="757" spans="1:9">
       <c r="A757">
-        <v>32</v>
+        <v>96</v>
       </c>
       <c r="B757" t="s">
-        <v>2221</v>
+        <v>2111</v>
       </c>
       <c r="C757" t="s">
-        <v>2199</v>
+        <v>2109</v>
       </c>
       <c r="D757" t="s">
-        <v>1097</v>
+        <v>1419</v>
       </c>
       <c r="E757" t="s">
         <v>12</v>
       </c>
       <c r="F757" t="s">
-        <v>2233</v>
-[...2 lines deleted...]
-        <v>2234</v>
+        <v>2147</v>
       </c>
       <c r="H757" t="s">
-        <v>1909</v>
+        <v>15</v>
       </c>
       <c r="I757" s="1">
-        <v>78152</v>
+        <v>0</v>
       </c>
     </row>
     <row r="758" spans="1:9">
       <c r="A758">
-        <v>31</v>
+        <v>95</v>
       </c>
       <c r="B758" t="s">
-        <v>2235</v>
+        <v>2118</v>
       </c>
       <c r="C758" t="s">
-        <v>2199</v>
+        <v>2119</v>
       </c>
       <c r="D758" t="s">
-        <v>1299</v>
+        <v>1419</v>
       </c>
       <c r="E758" t="s">
         <v>12</v>
       </c>
       <c r="F758" t="s">
-        <v>2236</v>
-[...2 lines deleted...]
-        <v>2237</v>
+        <v>2148</v>
       </c>
       <c r="H758" t="s">
-        <v>1909</v>
+        <v>15</v>
       </c>
       <c r="I758" s="1">
-        <v>55453</v>
+        <v>0</v>
       </c>
     </row>
     <row r="759" spans="1:9">
       <c r="A759">
-        <v>30</v>
+        <v>94</v>
       </c>
       <c r="B759" t="s">
-        <v>2235</v>
+        <v>2118</v>
       </c>
       <c r="C759" t="s">
-        <v>2199</v>
+        <v>2119</v>
       </c>
       <c r="D759" t="s">
-        <v>1299</v>
+        <v>1419</v>
       </c>
       <c r="E759" t="s">
         <v>12</v>
       </c>
       <c r="F759" t="s">
-        <v>2238</v>
-[...2 lines deleted...]
-        <v>2223</v>
+        <v>2149</v>
       </c>
       <c r="H759" t="s">
-        <v>1909</v>
+        <v>15</v>
       </c>
       <c r="I759" s="1">
-        <v>40803</v>
+        <v>0</v>
       </c>
     </row>
     <row r="760" spans="1:9">
       <c r="A760">
-        <v>29</v>
+        <v>93</v>
       </c>
       <c r="B760" t="s">
-        <v>2235</v>
+        <v>2138</v>
       </c>
       <c r="C760" t="s">
-        <v>2199</v>
+        <v>2119</v>
       </c>
       <c r="D760" t="s">
-        <v>1299</v>
+        <v>1307</v>
       </c>
       <c r="E760" t="s">
         <v>12</v>
       </c>
       <c r="F760" t="s">
-        <v>2239</v>
-[...5 lines deleted...]
-        <v>1909</v>
+        <v>905</v>
       </c>
       <c r="I760" s="1">
-        <v>8694760</v>
+        <v>0</v>
       </c>
     </row>
     <row r="761" spans="1:9">
       <c r="A761">
-        <v>28</v>
+        <v>92</v>
       </c>
       <c r="B761" t="s">
-        <v>2235</v>
+        <v>2118</v>
       </c>
       <c r="C761" t="s">
-        <v>2199</v>
+        <v>2119</v>
       </c>
       <c r="D761" t="s">
-        <v>1299</v>
+        <v>1419</v>
       </c>
       <c r="E761" t="s">
         <v>12</v>
       </c>
       <c r="F761" t="s">
-        <v>2241</v>
-[...5 lines deleted...]
-        <v>1909</v>
+        <v>2150</v>
       </c>
       <c r="I761" s="1">
-        <v>669212</v>
+        <v>0</v>
       </c>
     </row>
     <row r="762" spans="1:9">
       <c r="A762">
-        <v>27</v>
+        <v>91</v>
       </c>
       <c r="B762" t="s">
-        <v>2235</v>
+        <v>2118</v>
       </c>
       <c r="C762" t="s">
-        <v>2199</v>
+        <v>2119</v>
       </c>
       <c r="D762" t="s">
-        <v>1299</v>
+        <v>1419</v>
       </c>
       <c r="E762" t="s">
         <v>12</v>
       </c>
       <c r="F762" t="s">
-        <v>2243</v>
-[...5 lines deleted...]
-        <v>1909</v>
+        <v>2151</v>
       </c>
       <c r="I762" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="763" spans="1:9">
       <c r="A763">
-        <v>26</v>
+        <v>90</v>
       </c>
       <c r="B763" t="s">
-        <v>2235</v>
+        <v>2118</v>
       </c>
       <c r="C763" t="s">
-        <v>2199</v>
+        <v>2119</v>
       </c>
       <c r="D763" t="s">
-        <v>1299</v>
+        <v>1419</v>
       </c>
       <c r="E763" t="s">
         <v>12</v>
       </c>
       <c r="F763" t="s">
-        <v>2245</v>
-[...5 lines deleted...]
-        <v>1909</v>
+        <v>1274</v>
       </c>
       <c r="I763" s="1">
-        <v>771971</v>
+        <v>0</v>
       </c>
     </row>
     <row r="764" spans="1:9">
       <c r="A764">
-        <v>25</v>
+        <v>89</v>
       </c>
       <c r="B764" t="s">
-        <v>2235</v>
+        <v>2118</v>
       </c>
       <c r="C764" t="s">
-        <v>2199</v>
+        <v>2119</v>
       </c>
       <c r="D764" t="s">
-        <v>1299</v>
+        <v>1419</v>
       </c>
       <c r="E764" t="s">
         <v>12</v>
       </c>
       <c r="F764" t="s">
-        <v>2247</v>
-[...5 lines deleted...]
-        <v>1909</v>
+        <v>2152</v>
       </c>
       <c r="I764" s="1">
-        <v>5091150</v>
+        <v>0</v>
       </c>
     </row>
     <row r="765" spans="1:9">
       <c r="A765">
-        <v>24</v>
+        <v>88</v>
       </c>
       <c r="B765" t="s">
-        <v>2235</v>
+        <v>2118</v>
       </c>
       <c r="C765" t="s">
-        <v>2199</v>
+        <v>2119</v>
       </c>
       <c r="D765" t="s">
-        <v>1299</v>
+        <v>1419</v>
       </c>
       <c r="E765" t="s">
         <v>12</v>
       </c>
       <c r="F765" t="s">
-        <v>2249</v>
-[...5 lines deleted...]
-        <v>1909</v>
+        <v>2153</v>
       </c>
       <c r="I765" s="1">
-        <v>246480</v>
+        <v>0</v>
       </c>
     </row>
     <row r="766" spans="1:9">
       <c r="A766">
-        <v>23</v>
+        <v>87</v>
       </c>
       <c r="B766" t="s">
-        <v>2235</v>
+        <v>2118</v>
       </c>
       <c r="C766" t="s">
-        <v>2199</v>
+        <v>2119</v>
       </c>
       <c r="D766" t="s">
-        <v>1299</v>
+        <v>1419</v>
       </c>
       <c r="E766" t="s">
         <v>12</v>
       </c>
       <c r="F766" t="s">
-        <v>2251</v>
-[...5 lines deleted...]
-        <v>1909</v>
+        <v>2154</v>
       </c>
       <c r="I766" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="767" spans="1:9">
       <c r="A767">
-        <v>22</v>
+        <v>86</v>
       </c>
       <c r="B767" t="s">
-        <v>2235</v>
+        <v>2155</v>
       </c>
       <c r="C767" t="s">
-        <v>2199</v>
+        <v>2119</v>
       </c>
       <c r="D767" t="s">
-        <v>1299</v>
+        <v>1232</v>
       </c>
       <c r="E767" t="s">
         <v>12</v>
       </c>
       <c r="F767" t="s">
-        <v>2253</v>
-[...5 lines deleted...]
-        <v>1909</v>
+        <v>2156</v>
       </c>
       <c r="I767" s="1">
-        <v>159980</v>
+        <v>0</v>
       </c>
     </row>
     <row r="768" spans="1:9">
       <c r="A768">
-        <v>21</v>
+        <v>85</v>
       </c>
       <c r="B768" t="s">
-        <v>2235</v>
+        <v>2118</v>
       </c>
       <c r="C768" t="s">
-        <v>2199</v>
+        <v>2119</v>
       </c>
       <c r="D768" t="s">
-        <v>1299</v>
+        <v>1419</v>
       </c>
       <c r="E768" t="s">
         <v>12</v>
       </c>
       <c r="F768" t="s">
-        <v>2255</v>
-[...5 lines deleted...]
-        <v>1909</v>
+        <v>2157</v>
       </c>
       <c r="I768" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="769" spans="1:9">
       <c r="A769">
-        <v>20</v>
+        <v>84</v>
       </c>
       <c r="B769" t="s">
-        <v>2235</v>
+        <v>2118</v>
       </c>
       <c r="C769" t="s">
-        <v>2199</v>
+        <v>2119</v>
       </c>
       <c r="D769" t="s">
-        <v>1299</v>
+        <v>1419</v>
       </c>
       <c r="E769" t="s">
         <v>12</v>
       </c>
       <c r="F769" t="s">
-        <v>2257</v>
-[...5 lines deleted...]
-        <v>1909</v>
+        <v>2158</v>
       </c>
       <c r="I769" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="770" spans="1:9">
       <c r="A770">
-        <v>19</v>
+        <v>83</v>
       </c>
       <c r="B770" t="s">
-        <v>2235</v>
+        <v>2118</v>
       </c>
       <c r="C770" t="s">
-        <v>2199</v>
+        <v>2119</v>
       </c>
       <c r="D770" t="s">
-        <v>1299</v>
+        <v>1419</v>
       </c>
       <c r="E770" t="s">
         <v>12</v>
       </c>
       <c r="F770" t="s">
-        <v>2258</v>
-[...5 lines deleted...]
-        <v>1909</v>
+        <v>2159</v>
       </c>
       <c r="I770" s="1">
-        <v>470791</v>
+        <v>0</v>
       </c>
     </row>
     <row r="771" spans="1:9">
       <c r="A771">
-        <v>18</v>
+        <v>82</v>
       </c>
       <c r="B771" t="s">
-        <v>2235</v>
+        <v>2118</v>
       </c>
       <c r="C771" t="s">
-        <v>2199</v>
+        <v>2119</v>
       </c>
       <c r="D771" t="s">
-        <v>1299</v>
+        <v>1419</v>
       </c>
       <c r="E771" t="s">
         <v>12</v>
       </c>
       <c r="F771" t="s">
-        <v>2260</v>
-[...2 lines deleted...]
-        <v>2259</v>
+        <v>2137</v>
       </c>
       <c r="H771" t="s">
-        <v>1909</v>
+        <v>901</v>
       </c>
       <c r="I771" s="1">
-        <v>371033</v>
+        <v>0</v>
       </c>
     </row>
     <row r="772" spans="1:9">
       <c r="A772">
-        <v>17</v>
+        <v>81</v>
       </c>
       <c r="B772" t="s">
-        <v>2235</v>
+        <v>2118</v>
       </c>
       <c r="C772" t="s">
-        <v>2199</v>
+        <v>2119</v>
       </c>
       <c r="D772" t="s">
-        <v>1299</v>
+        <v>1419</v>
       </c>
       <c r="E772" t="s">
         <v>12</v>
       </c>
       <c r="F772" t="s">
-        <v>2261</v>
-[...5 lines deleted...]
-        <v>67</v>
+        <v>2160</v>
       </c>
       <c r="I772" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="773" spans="1:9">
       <c r="A773">
-        <v>16</v>
+        <v>80</v>
       </c>
       <c r="B773" t="s">
-        <v>2235</v>
+        <v>2118</v>
       </c>
       <c r="C773" t="s">
-        <v>2199</v>
+        <v>2119</v>
       </c>
       <c r="D773" t="s">
-        <v>1299</v>
+        <v>1419</v>
       </c>
       <c r="E773" t="s">
         <v>12</v>
       </c>
       <c r="F773" t="s">
-        <v>2263</v>
-[...2 lines deleted...]
-        <v>2264</v>
+        <v>2152</v>
       </c>
       <c r="H773" t="s">
-        <v>1909</v>
+        <v>901</v>
       </c>
       <c r="I773" s="1">
-        <v>1843223</v>
+        <v>0</v>
       </c>
     </row>
     <row r="774" spans="1:9">
       <c r="A774">
-        <v>15</v>
+        <v>79</v>
       </c>
       <c r="B774" t="s">
-        <v>2235</v>
+        <v>2118</v>
       </c>
       <c r="C774" t="s">
-        <v>2199</v>
+        <v>2119</v>
       </c>
       <c r="D774" t="s">
-        <v>1299</v>
+        <v>1419</v>
       </c>
       <c r="E774" t="s">
         <v>12</v>
       </c>
       <c r="F774" t="s">
-        <v>2265</v>
-[...5 lines deleted...]
-        <v>1909</v>
+        <v>2161</v>
       </c>
       <c r="I774" s="1">
-        <v>189555</v>
+        <v>0</v>
       </c>
     </row>
     <row r="775" spans="1:9">
       <c r="A775">
-        <v>14</v>
+        <v>78</v>
       </c>
       <c r="B775" t="s">
-        <v>2235</v>
+        <v>2118</v>
       </c>
       <c r="C775" t="s">
-        <v>2199</v>
+        <v>2119</v>
       </c>
       <c r="D775" t="s">
-        <v>1299</v>
+        <v>1419</v>
       </c>
       <c r="E775" t="s">
         <v>12</v>
       </c>
       <c r="F775" t="s">
-        <v>2267</v>
-[...5 lines deleted...]
-        <v>1909</v>
+        <v>2162</v>
       </c>
       <c r="I775" s="1">
-        <v>148200</v>
+        <v>0</v>
       </c>
     </row>
     <row r="776" spans="1:9">
       <c r="A776">
-        <v>13</v>
+        <v>77</v>
       </c>
       <c r="B776" t="s">
-        <v>2235</v>
+        <v>2118</v>
       </c>
       <c r="C776" t="s">
-        <v>2199</v>
+        <v>2119</v>
       </c>
       <c r="D776" t="s">
-        <v>1299</v>
+        <v>1419</v>
       </c>
       <c r="E776" t="s">
         <v>12</v>
       </c>
       <c r="F776" t="s">
-        <v>2269</v>
-[...5 lines deleted...]
-        <v>1909</v>
+        <v>2163</v>
       </c>
       <c r="I776" s="1">
-        <v>321659</v>
+        <v>0</v>
       </c>
     </row>
     <row r="777" spans="1:9">
       <c r="A777">
-        <v>12</v>
+        <v>75</v>
       </c>
       <c r="B777" t="s">
-        <v>2235</v>
+        <v>2118</v>
       </c>
       <c r="C777" t="s">
-        <v>2199</v>
+        <v>2119</v>
       </c>
       <c r="D777" t="s">
-        <v>1299</v>
+        <v>1419</v>
       </c>
       <c r="E777" t="s">
         <v>12</v>
       </c>
       <c r="F777" t="s">
-        <v>2270</v>
-[...5 lines deleted...]
-        <v>1909</v>
+        <v>2164</v>
       </c>
       <c r="I777" s="1">
-        <v>23500</v>
+        <v>0</v>
       </c>
     </row>
     <row r="778" spans="1:9">
       <c r="A778">
-        <v>11</v>
+        <v>74</v>
       </c>
       <c r="B778" t="s">
-        <v>2235</v>
+        <v>2118</v>
       </c>
       <c r="C778" t="s">
-        <v>2199</v>
+        <v>2119</v>
       </c>
       <c r="D778" t="s">
-        <v>1299</v>
+        <v>1419</v>
       </c>
       <c r="E778" t="s">
         <v>12</v>
       </c>
       <c r="F778" t="s">
-        <v>2272</v>
-[...5 lines deleted...]
-        <v>1909</v>
+        <v>2165</v>
       </c>
       <c r="I778" s="1">
-        <v>5438410</v>
+        <v>0</v>
       </c>
     </row>
     <row r="779" spans="1:9">
       <c r="A779">
-        <v>10</v>
+        <v>73</v>
       </c>
       <c r="B779" t="s">
-        <v>2235</v>
+        <v>2118</v>
       </c>
       <c r="C779" t="s">
-        <v>2199</v>
+        <v>2119</v>
       </c>
       <c r="D779" t="s">
-        <v>1299</v>
+        <v>1419</v>
       </c>
       <c r="E779" t="s">
         <v>12</v>
       </c>
       <c r="F779" t="s">
-        <v>2274</v>
-[...5 lines deleted...]
-        <v>1909</v>
+        <v>2166</v>
       </c>
       <c r="I779" s="1">
-        <v>23433990</v>
+        <v>0</v>
       </c>
     </row>
     <row r="780" spans="1:9">
       <c r="A780">
-        <v>9</v>
+        <v>72</v>
       </c>
       <c r="B780" t="s">
-        <v>2235</v>
+        <v>2118</v>
       </c>
       <c r="C780" t="s">
-        <v>2199</v>
+        <v>2119</v>
       </c>
       <c r="D780" t="s">
-        <v>1299</v>
+        <v>1419</v>
       </c>
       <c r="E780" t="s">
         <v>12</v>
       </c>
       <c r="F780" t="s">
-        <v>2276</v>
-[...5 lines deleted...]
-        <v>1909</v>
+        <v>2167</v>
       </c>
       <c r="I780" s="1">
-        <v>499617</v>
+        <v>0</v>
       </c>
     </row>
     <row r="781" spans="1:9">
       <c r="A781">
-        <v>8</v>
+        <v>71</v>
       </c>
       <c r="B781" t="s">
-        <v>2235</v>
+        <v>2118</v>
       </c>
       <c r="C781" t="s">
-        <v>2199</v>
+        <v>2119</v>
       </c>
       <c r="D781" t="s">
-        <v>1299</v>
+        <v>1419</v>
       </c>
       <c r="E781" t="s">
         <v>12</v>
       </c>
       <c r="F781" t="s">
-        <v>2278</v>
-[...5 lines deleted...]
-        <v>1909</v>
+        <v>2168</v>
       </c>
       <c r="I781" s="1">
-        <v>66111</v>
+        <v>0</v>
       </c>
     </row>
     <row r="782" spans="1:9">
       <c r="A782">
-        <v>7</v>
+        <v>70</v>
       </c>
       <c r="B782" t="s">
-        <v>2235</v>
+        <v>2118</v>
       </c>
       <c r="C782" t="s">
-        <v>2199</v>
+        <v>2119</v>
       </c>
       <c r="D782" t="s">
-        <v>1299</v>
+        <v>1419</v>
       </c>
       <c r="E782" t="s">
         <v>12</v>
       </c>
       <c r="F782" t="s">
-        <v>2280</v>
-[...5 lines deleted...]
-        <v>1909</v>
+        <v>2169</v>
       </c>
       <c r="I782" s="1">
-        <v>592934</v>
+        <v>0</v>
       </c>
     </row>
     <row r="783" spans="1:9">
       <c r="A783">
-        <v>6</v>
+        <v>69</v>
       </c>
       <c r="B783" t="s">
-        <v>2235</v>
+        <v>2170</v>
       </c>
       <c r="C783" t="s">
-        <v>2199</v>
+        <v>2119</v>
       </c>
       <c r="D783" t="s">
-        <v>1299</v>
+        <v>445</v>
       </c>
       <c r="E783" t="s">
         <v>12</v>
       </c>
       <c r="F783" t="s">
-        <v>2282</v>
-[...5 lines deleted...]
-        <v>1909</v>
+        <v>2171</v>
       </c>
       <c r="I783" s="1">
-        <v>443900</v>
+        <v>0</v>
       </c>
     </row>
     <row r="784" spans="1:9">
       <c r="A784">
-        <v>5</v>
+        <v>68</v>
       </c>
       <c r="B784" t="s">
-        <v>2235</v>
+        <v>2155</v>
       </c>
       <c r="C784" t="s">
-        <v>2199</v>
+        <v>2119</v>
       </c>
       <c r="D784" t="s">
-        <v>1299</v>
+        <v>1232</v>
       </c>
       <c r="E784" t="s">
         <v>12</v>
       </c>
       <c r="F784" t="s">
-        <v>2284</v>
-[...5 lines deleted...]
-        <v>1909</v>
+        <v>2042</v>
       </c>
       <c r="I784" s="1">
-        <v>255080</v>
+        <v>0</v>
       </c>
     </row>
     <row r="785" spans="1:9">
       <c r="A785">
-        <v>4</v>
+        <v>67</v>
       </c>
       <c r="B785" t="s">
-        <v>2235</v>
+        <v>2155</v>
       </c>
       <c r="C785" t="s">
-        <v>2199</v>
+        <v>2119</v>
       </c>
       <c r="D785" t="s">
-        <v>1299</v>
+        <v>1232</v>
       </c>
       <c r="E785" t="s">
         <v>12</v>
       </c>
       <c r="F785" t="s">
-        <v>2286</v>
-[...5 lines deleted...]
-        <v>1909</v>
+        <v>905</v>
       </c>
       <c r="I785" s="1">
-        <v>1285326</v>
+        <v>0</v>
       </c>
     </row>
     <row r="786" spans="1:9">
       <c r="A786">
-        <v>3</v>
+        <v>66</v>
       </c>
       <c r="B786" t="s">
-        <v>2235</v>
+        <v>2155</v>
       </c>
       <c r="C786" t="s">
-        <v>2199</v>
+        <v>2119</v>
       </c>
       <c r="D786" t="s">
-        <v>1299</v>
+        <v>1232</v>
       </c>
       <c r="E786" t="s">
         <v>12</v>
       </c>
       <c r="F786" t="s">
-        <v>2288</v>
-[...5 lines deleted...]
-        <v>1909</v>
+        <v>2059</v>
       </c>
       <c r="I786" s="1">
-        <v>29517</v>
+        <v>0</v>
       </c>
     </row>
     <row r="787" spans="1:9">
       <c r="A787">
-        <v>2</v>
+        <v>65</v>
       </c>
       <c r="B787" t="s">
-        <v>2235</v>
+        <v>2155</v>
       </c>
       <c r="C787" t="s">
-        <v>2199</v>
+        <v>2119</v>
       </c>
       <c r="D787" t="s">
-        <v>1299</v>
+        <v>1232</v>
       </c>
       <c r="E787" t="s">
         <v>12</v>
       </c>
       <c r="F787" t="s">
-        <v>2289</v>
-[...5 lines deleted...]
-        <v>1909</v>
+        <v>2172</v>
       </c>
       <c r="I787" s="1">
-        <v>461360</v>
+        <v>0</v>
       </c>
     </row>
     <row r="788" spans="1:9">
       <c r="A788">
+        <v>64</v>
+      </c>
+      <c r="B788" t="s">
+        <v>2155</v>
+      </c>
+      <c r="C788" t="s">
+        <v>2119</v>
+      </c>
+      <c r="D788" t="s">
+        <v>1232</v>
+      </c>
+      <c r="E788" t="s">
+        <v>12</v>
+      </c>
+      <c r="F788" t="s">
+        <v>312</v>
+      </c>
+      <c r="I788" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="789" spans="1:9">
+      <c r="A789">
+        <v>63</v>
+      </c>
+      <c r="B789" t="s">
+        <v>2155</v>
+      </c>
+      <c r="C789" t="s">
+        <v>2119</v>
+      </c>
+      <c r="D789" t="s">
+        <v>1232</v>
+      </c>
+      <c r="E789" t="s">
+        <v>12</v>
+      </c>
+      <c r="F789" t="s">
+        <v>2055</v>
+      </c>
+      <c r="G789" t="s">
+        <v>2173</v>
+      </c>
+      <c r="I789" s="1">
+        <v>138086</v>
+      </c>
+    </row>
+    <row r="790" spans="1:9">
+      <c r="A790">
+        <v>62</v>
+      </c>
+      <c r="B790" t="s">
+        <v>2155</v>
+      </c>
+      <c r="C790" t="s">
+        <v>2119</v>
+      </c>
+      <c r="D790" t="s">
+        <v>1232</v>
+      </c>
+      <c r="E790" t="s">
+        <v>12</v>
+      </c>
+      <c r="F790" t="s">
+        <v>2174</v>
+      </c>
+      <c r="G790" t="s">
+        <v>2173</v>
+      </c>
+      <c r="I790" s="1">
+        <v>110719</v>
+      </c>
+    </row>
+    <row r="791" spans="1:9">
+      <c r="A791">
+        <v>61</v>
+      </c>
+      <c r="B791" t="s">
+        <v>2118</v>
+      </c>
+      <c r="C791" t="s">
+        <v>2119</v>
+      </c>
+      <c r="D791" t="s">
+        <v>1419</v>
+      </c>
+      <c r="E791" t="s">
+        <v>12</v>
+      </c>
+      <c r="F791" t="s">
+        <v>2175</v>
+      </c>
+      <c r="G791" t="s">
+        <v>2176</v>
+      </c>
+      <c r="I791" s="1">
+        <v>474000</v>
+      </c>
+    </row>
+    <row r="792" spans="1:9">
+      <c r="A792">
+        <v>60</v>
+      </c>
+      <c r="B792" t="s">
+        <v>2118</v>
+      </c>
+      <c r="C792" t="s">
+        <v>2119</v>
+      </c>
+      <c r="D792" t="s">
+        <v>1419</v>
+      </c>
+      <c r="E792" t="s">
+        <v>12</v>
+      </c>
+      <c r="F792" t="s">
+        <v>2177</v>
+      </c>
+      <c r="G792" t="s">
+        <v>2178</v>
+      </c>
+      <c r="I792" s="1">
+        <v>504067</v>
+      </c>
+    </row>
+    <row r="793" spans="1:9">
+      <c r="A793">
+        <v>59</v>
+      </c>
+      <c r="B793" t="s">
+        <v>2118</v>
+      </c>
+      <c r="C793" t="s">
+        <v>2119</v>
+      </c>
+      <c r="D793" t="s">
+        <v>1419</v>
+      </c>
+      <c r="E793" t="s">
+        <v>12</v>
+      </c>
+      <c r="F793" t="s">
+        <v>2179</v>
+      </c>
+      <c r="G793" t="s">
+        <v>2180</v>
+      </c>
+      <c r="I793" s="1">
+        <v>828222</v>
+      </c>
+    </row>
+    <row r="794" spans="1:9">
+      <c r="A794">
+        <v>58</v>
+      </c>
+      <c r="B794" t="s">
+        <v>2118</v>
+      </c>
+      <c r="C794" t="s">
+        <v>2119</v>
+      </c>
+      <c r="D794" t="s">
+        <v>1419</v>
+      </c>
+      <c r="E794" t="s">
+        <v>12</v>
+      </c>
+      <c r="F794" t="s">
+        <v>2181</v>
+      </c>
+      <c r="G794" t="s">
+        <v>2182</v>
+      </c>
+      <c r="I794" s="1">
+        <v>747610</v>
+      </c>
+    </row>
+    <row r="795" spans="1:9">
+      <c r="A795">
+        <v>57</v>
+      </c>
+      <c r="B795" t="s">
+        <v>2118</v>
+      </c>
+      <c r="C795" t="s">
+        <v>2119</v>
+      </c>
+      <c r="D795" t="s">
+        <v>1419</v>
+      </c>
+      <c r="E795" t="s">
+        <v>12</v>
+      </c>
+      <c r="F795" t="s">
+        <v>2183</v>
+      </c>
+      <c r="G795" t="s">
+        <v>2184</v>
+      </c>
+      <c r="I795" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="796" spans="1:9">
+      <c r="A796">
+        <v>56</v>
+      </c>
+      <c r="B796" t="s">
+        <v>2118</v>
+      </c>
+      <c r="C796" t="s">
+        <v>2119</v>
+      </c>
+      <c r="D796" t="s">
+        <v>1419</v>
+      </c>
+      <c r="E796" t="s">
+        <v>12</v>
+      </c>
+      <c r="F796" t="s">
+        <v>2185</v>
+      </c>
+      <c r="G796" t="s">
+        <v>2186</v>
+      </c>
+      <c r="I796" s="1">
+        <v>4129942</v>
+      </c>
+    </row>
+    <row r="797" spans="1:9">
+      <c r="A797">
+        <v>55</v>
+      </c>
+      <c r="B797" t="s">
+        <v>2118</v>
+      </c>
+      <c r="C797" t="s">
+        <v>2119</v>
+      </c>
+      <c r="D797" t="s">
+        <v>1419</v>
+      </c>
+      <c r="E797" t="s">
+        <v>12</v>
+      </c>
+      <c r="F797" t="s">
+        <v>2187</v>
+      </c>
+      <c r="G797" t="s">
+        <v>2188</v>
+      </c>
+      <c r="I797" s="1">
+        <v>5100709</v>
+      </c>
+    </row>
+    <row r="798" spans="1:9">
+      <c r="A798">
+        <v>54</v>
+      </c>
+      <c r="B798" t="s">
+        <v>2118</v>
+      </c>
+      <c r="C798" t="s">
+        <v>2119</v>
+      </c>
+      <c r="D798" t="s">
+        <v>1419</v>
+      </c>
+      <c r="E798" t="s">
+        <v>12</v>
+      </c>
+      <c r="F798" t="s">
+        <v>2189</v>
+      </c>
+      <c r="G798" t="s">
+        <v>2190</v>
+      </c>
+      <c r="I798" s="1">
+        <v>92422</v>
+      </c>
+    </row>
+    <row r="799" spans="1:9">
+      <c r="A799">
+        <v>53</v>
+      </c>
+      <c r="B799" t="s">
+        <v>2118</v>
+      </c>
+      <c r="C799" t="s">
+        <v>2119</v>
+      </c>
+      <c r="D799" t="s">
+        <v>1419</v>
+      </c>
+      <c r="E799" t="s">
+        <v>12</v>
+      </c>
+      <c r="F799" t="s">
+        <v>2191</v>
+      </c>
+      <c r="G799" t="s">
+        <v>2192</v>
+      </c>
+      <c r="I799" s="1">
+        <v>92600</v>
+      </c>
+    </row>
+    <row r="800" spans="1:9">
+      <c r="A800">
+        <v>52</v>
+      </c>
+      <c r="B800" t="s">
+        <v>2118</v>
+      </c>
+      <c r="C800" t="s">
+        <v>2119</v>
+      </c>
+      <c r="D800" t="s">
+        <v>1419</v>
+      </c>
+      <c r="E800" t="s">
+        <v>12</v>
+      </c>
+      <c r="F800" t="s">
+        <v>258</v>
+      </c>
+      <c r="G800" t="s">
+        <v>2193</v>
+      </c>
+      <c r="I800" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="801" spans="1:9">
+      <c r="A801">
+        <v>51</v>
+      </c>
+      <c r="B801" t="s">
+        <v>2118</v>
+      </c>
+      <c r="C801" t="s">
+        <v>2119</v>
+      </c>
+      <c r="D801" t="s">
+        <v>1419</v>
+      </c>
+      <c r="E801" t="s">
+        <v>12</v>
+      </c>
+      <c r="F801" t="s">
+        <v>2194</v>
+      </c>
+      <c r="G801" t="s">
+        <v>2195</v>
+      </c>
+      <c r="I801" s="1">
+        <v>7518833</v>
+      </c>
+    </row>
+    <row r="802" spans="1:9">
+      <c r="A802">
+        <v>50</v>
+      </c>
+      <c r="B802" t="s">
+        <v>2118</v>
+      </c>
+      <c r="C802" t="s">
+        <v>2119</v>
+      </c>
+      <c r="D802" t="s">
+        <v>1419</v>
+      </c>
+      <c r="E802" t="s">
+        <v>12</v>
+      </c>
+      <c r="F802" t="s">
+        <v>2196</v>
+      </c>
+      <c r="G802" t="s">
+        <v>2197</v>
+      </c>
+      <c r="I802" s="1">
+        <v>259070</v>
+      </c>
+    </row>
+    <row r="803" spans="1:9">
+      <c r="A803">
+        <v>49</v>
+      </c>
+      <c r="B803" t="s">
+        <v>2118</v>
+      </c>
+      <c r="C803" t="s">
+        <v>2119</v>
+      </c>
+      <c r="D803" t="s">
+        <v>1419</v>
+      </c>
+      <c r="E803" t="s">
+        <v>12</v>
+      </c>
+      <c r="F803" t="s">
+        <v>2198</v>
+      </c>
+      <c r="G803" t="s">
+        <v>2199</v>
+      </c>
+      <c r="I803" s="1">
+        <v>2372490</v>
+      </c>
+    </row>
+    <row r="804" spans="1:9">
+      <c r="A804">
+        <v>48</v>
+      </c>
+      <c r="B804" t="s">
+        <v>2118</v>
+      </c>
+      <c r="C804" t="s">
+        <v>2119</v>
+      </c>
+      <c r="D804" t="s">
+        <v>1419</v>
+      </c>
+      <c r="E804" t="s">
+        <v>12</v>
+      </c>
+      <c r="F804" t="s">
+        <v>2200</v>
+      </c>
+      <c r="G804" t="s">
+        <v>2201</v>
+      </c>
+      <c r="I804" s="1">
+        <v>826630</v>
+      </c>
+    </row>
+    <row r="805" spans="1:9">
+      <c r="A805">
+        <v>47</v>
+      </c>
+      <c r="B805" t="s">
+        <v>2118</v>
+      </c>
+      <c r="C805" t="s">
+        <v>2119</v>
+      </c>
+      <c r="D805" t="s">
+        <v>1419</v>
+      </c>
+      <c r="E805" t="s">
+        <v>12</v>
+      </c>
+      <c r="F805" t="s">
+        <v>2202</v>
+      </c>
+      <c r="G805" t="s">
+        <v>2203</v>
+      </c>
+      <c r="I805" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="806" spans="1:9">
+      <c r="A806">
+        <v>46</v>
+      </c>
+      <c r="B806" t="s">
+        <v>2204</v>
+      </c>
+      <c r="C806" t="s">
+        <v>2205</v>
+      </c>
+      <c r="D806" t="s">
+        <v>497</v>
+      </c>
+      <c r="E806" t="s">
+        <v>12</v>
+      </c>
+      <c r="F806" t="s">
+        <v>2206</v>
+      </c>
+      <c r="G806" t="s">
+        <v>2207</v>
+      </c>
+      <c r="I806" s="1">
+        <v>854876</v>
+      </c>
+    </row>
+    <row r="807" spans="1:9">
+      <c r="A807">
+        <v>45</v>
+      </c>
+      <c r="B807" t="s">
+        <v>2208</v>
+      </c>
+      <c r="C807" t="s">
+        <v>2205</v>
+      </c>
+      <c r="D807" t="s">
+        <v>445</v>
+      </c>
+      <c r="E807" t="s">
+        <v>12</v>
+      </c>
+      <c r="F807" t="s">
+        <v>2209</v>
+      </c>
+      <c r="G807" t="s">
+        <v>2210</v>
+      </c>
+      <c r="I807" s="1">
+        <v>2218800</v>
+      </c>
+    </row>
+    <row r="808" spans="1:9">
+      <c r="A808">
+        <v>44</v>
+      </c>
+      <c r="B808" t="s">
+        <v>2211</v>
+      </c>
+      <c r="C808" t="s">
+        <v>2205</v>
+      </c>
+      <c r="D808" t="s">
+        <v>2212</v>
+      </c>
+      <c r="E808" t="s">
+        <v>12</v>
+      </c>
+      <c r="F808" t="s">
+        <v>2213</v>
+      </c>
+      <c r="G808" t="s">
+        <v>2214</v>
+      </c>
+      <c r="I808" s="1">
+        <v>4387421</v>
+      </c>
+    </row>
+    <row r="809" spans="1:9">
+      <c r="A809">
+        <v>43</v>
+      </c>
+      <c r="B809" t="s">
+        <v>2215</v>
+      </c>
+      <c r="C809" t="s">
+        <v>2205</v>
+      </c>
+      <c r="D809" t="s">
+        <v>62</v>
+      </c>
+      <c r="E809" t="s">
+        <v>12</v>
+      </c>
+      <c r="F809" t="s">
+        <v>2216</v>
+      </c>
+      <c r="G809" t="s">
+        <v>2217</v>
+      </c>
+      <c r="I809" s="1">
+        <v>9036000</v>
+      </c>
+    </row>
+    <row r="810" spans="1:9">
+      <c r="A810">
+        <v>42</v>
+      </c>
+      <c r="B810" t="s">
+        <v>2215</v>
+      </c>
+      <c r="C810" t="s">
+        <v>2205</v>
+      </c>
+      <c r="D810" t="s">
+        <v>62</v>
+      </c>
+      <c r="E810" t="s">
+        <v>12</v>
+      </c>
+      <c r="F810" t="s">
+        <v>905</v>
+      </c>
+      <c r="G810" t="s">
+        <v>2218</v>
+      </c>
+      <c r="I810" s="1">
+        <v>7469813</v>
+      </c>
+    </row>
+    <row r="811" spans="1:9">
+      <c r="A811">
+        <v>41</v>
+      </c>
+      <c r="B811" t="s">
+        <v>2215</v>
+      </c>
+      <c r="C811" t="s">
+        <v>2205</v>
+      </c>
+      <c r="D811" t="s">
+        <v>62</v>
+      </c>
+      <c r="E811" t="s">
+        <v>12</v>
+      </c>
+      <c r="F811" t="s">
+        <v>2219</v>
+      </c>
+      <c r="G811" t="s">
+        <v>2220</v>
+      </c>
+      <c r="I811" s="1">
+        <v>5000000</v>
+      </c>
+    </row>
+    <row r="812" spans="1:9">
+      <c r="A812">
+        <v>40</v>
+      </c>
+      <c r="B812" t="s">
+        <v>2215</v>
+      </c>
+      <c r="C812" t="s">
+        <v>2205</v>
+      </c>
+      <c r="D812" t="s">
+        <v>62</v>
+      </c>
+      <c r="E812" t="s">
+        <v>12</v>
+      </c>
+      <c r="F812" t="s">
+        <v>2221</v>
+      </c>
+      <c r="G812" t="s">
+        <v>2222</v>
+      </c>
+      <c r="I812" s="1">
+        <v>26000000</v>
+      </c>
+    </row>
+    <row r="813" spans="1:9">
+      <c r="A813">
+        <v>39</v>
+      </c>
+      <c r="B813" t="s">
+        <v>2223</v>
+      </c>
+      <c r="C813" t="s">
+        <v>2205</v>
+      </c>
+      <c r="D813" t="s">
+        <v>1307</v>
+      </c>
+      <c r="E813" t="s">
+        <v>12</v>
+      </c>
+      <c r="F813" t="s">
+        <v>2151</v>
+      </c>
+      <c r="G813" t="s">
+        <v>2224</v>
+      </c>
+      <c r="H813" t="s">
+        <v>901</v>
+      </c>
+      <c r="I813" s="1">
+        <v>489084</v>
+      </c>
+    </row>
+    <row r="814" spans="1:9">
+      <c r="A814">
+        <v>38</v>
+      </c>
+      <c r="B814" t="s">
+        <v>2225</v>
+      </c>
+      <c r="C814" t="s">
+        <v>2205</v>
+      </c>
+      <c r="D814" t="s">
+        <v>1232</v>
+      </c>
+      <c r="E814" t="s">
+        <v>12</v>
+      </c>
+      <c r="F814" t="s">
+        <v>312</v>
+      </c>
+      <c r="G814" t="s">
+        <v>2226</v>
+      </c>
+      <c r="I814" s="1">
+        <v>89941</v>
+      </c>
+    </row>
+    <row r="815" spans="1:9">
+      <c r="A815">
+        <v>37</v>
+      </c>
+      <c r="B815" t="s">
+        <v>2225</v>
+      </c>
+      <c r="C815" t="s">
+        <v>2205</v>
+      </c>
+      <c r="D815" t="s">
+        <v>1232</v>
+      </c>
+      <c r="E815" t="s">
+        <v>12</v>
+      </c>
+      <c r="F815" t="s">
+        <v>2227</v>
+      </c>
+      <c r="G815" t="s">
+        <v>2228</v>
+      </c>
+      <c r="I815" s="1">
+        <v>68100</v>
+      </c>
+    </row>
+    <row r="816" spans="1:9">
+      <c r="A816">
+        <v>36</v>
+      </c>
+      <c r="B816" t="s">
+        <v>2225</v>
+      </c>
+      <c r="C816" t="s">
+        <v>2205</v>
+      </c>
+      <c r="D816" t="s">
+        <v>1232</v>
+      </c>
+      <c r="E816" t="s">
+        <v>12</v>
+      </c>
+      <c r="F816" t="s">
+        <v>2229</v>
+      </c>
+      <c r="G816" t="s">
+        <v>2230</v>
+      </c>
+      <c r="I816" s="1">
+        <v>78613</v>
+      </c>
+    </row>
+    <row r="817" spans="1:9">
+      <c r="A817">
+        <v>35</v>
+      </c>
+      <c r="B817" t="s">
+        <v>2225</v>
+      </c>
+      <c r="C817" t="s">
+        <v>2205</v>
+      </c>
+      <c r="D817" t="s">
+        <v>1232</v>
+      </c>
+      <c r="E817" t="s">
+        <v>12</v>
+      </c>
+      <c r="F817" t="s">
+        <v>2231</v>
+      </c>
+      <c r="G817" t="s">
+        <v>2232</v>
+      </c>
+      <c r="I817" s="1">
+        <v>89588</v>
+      </c>
+    </row>
+    <row r="818" spans="1:9">
+      <c r="A818">
+        <v>34</v>
+      </c>
+      <c r="B818" t="s">
+        <v>2225</v>
+      </c>
+      <c r="C818" t="s">
+        <v>2205</v>
+      </c>
+      <c r="D818" t="s">
+        <v>1232</v>
+      </c>
+      <c r="E818" t="s">
+        <v>12</v>
+      </c>
+      <c r="F818" t="s">
+        <v>2055</v>
+      </c>
+      <c r="G818" t="s">
+        <v>2233</v>
+      </c>
+      <c r="I818" s="1">
+        <v>78386</v>
+      </c>
+    </row>
+    <row r="819" spans="1:9">
+      <c r="A819">
+        <v>33</v>
+      </c>
+      <c r="B819" t="s">
+        <v>2225</v>
+      </c>
+      <c r="C819" t="s">
+        <v>2205</v>
+      </c>
+      <c r="D819" t="s">
+        <v>1232</v>
+      </c>
+      <c r="E819" t="s">
+        <v>12</v>
+      </c>
+      <c r="F819" t="s">
+        <v>2234</v>
+      </c>
+      <c r="G819" t="s">
+        <v>2235</v>
+      </c>
+      <c r="I819" s="1">
+        <v>51567</v>
+      </c>
+    </row>
+    <row r="820" spans="1:9">
+      <c r="A820">
+        <v>32</v>
+      </c>
+      <c r="B820" t="s">
+        <v>2225</v>
+      </c>
+      <c r="C820" t="s">
+        <v>2205</v>
+      </c>
+      <c r="D820" t="s">
+        <v>1232</v>
+      </c>
+      <c r="E820" t="s">
+        <v>12</v>
+      </c>
+      <c r="F820" t="s">
+        <v>2059</v>
+      </c>
+      <c r="G820" t="s">
+        <v>2236</v>
+      </c>
+      <c r="I820" s="1">
+        <v>78152</v>
+      </c>
+    </row>
+    <row r="821" spans="1:9">
+      <c r="A821">
+        <v>31</v>
+      </c>
+      <c r="B821" t="s">
+        <v>2237</v>
+      </c>
+      <c r="C821" t="s">
+        <v>2205</v>
+      </c>
+      <c r="D821" t="s">
+        <v>1419</v>
+      </c>
+      <c r="E821" t="s">
+        <v>12</v>
+      </c>
+      <c r="F821" t="s">
+        <v>2238</v>
+      </c>
+      <c r="G821" t="s">
+        <v>2239</v>
+      </c>
+      <c r="I821" s="1">
+        <v>55453</v>
+      </c>
+    </row>
+    <row r="822" spans="1:9">
+      <c r="A822">
+        <v>30</v>
+      </c>
+      <c r="B822" t="s">
+        <v>2237</v>
+      </c>
+      <c r="C822" t="s">
+        <v>2205</v>
+      </c>
+      <c r="D822" t="s">
+        <v>1419</v>
+      </c>
+      <c r="E822" t="s">
+        <v>12</v>
+      </c>
+      <c r="F822" t="s">
+        <v>2240</v>
+      </c>
+      <c r="G822" t="s">
+        <v>2226</v>
+      </c>
+      <c r="I822" s="1">
+        <v>40803</v>
+      </c>
+    </row>
+    <row r="823" spans="1:9">
+      <c r="A823">
+        <v>29</v>
+      </c>
+      <c r="B823" t="s">
+        <v>2237</v>
+      </c>
+      <c r="C823" t="s">
+        <v>2205</v>
+      </c>
+      <c r="D823" t="s">
+        <v>1419</v>
+      </c>
+      <c r="E823" t="s">
+        <v>12</v>
+      </c>
+      <c r="F823" t="s">
+        <v>2241</v>
+      </c>
+      <c r="G823" t="s">
+        <v>2242</v>
+      </c>
+      <c r="I823" s="1">
+        <v>8694760</v>
+      </c>
+    </row>
+    <row r="824" spans="1:9">
+      <c r="A824">
+        <v>28</v>
+      </c>
+      <c r="B824" t="s">
+        <v>2237</v>
+      </c>
+      <c r="C824" t="s">
+        <v>2205</v>
+      </c>
+      <c r="D824" t="s">
+        <v>1419</v>
+      </c>
+      <c r="E824" t="s">
+        <v>12</v>
+      </c>
+      <c r="F824" t="s">
+        <v>2243</v>
+      </c>
+      <c r="G824" t="s">
+        <v>2244</v>
+      </c>
+      <c r="I824" s="1">
+        <v>669212</v>
+      </c>
+    </row>
+    <row r="825" spans="1:9">
+      <c r="A825">
+        <v>27</v>
+      </c>
+      <c r="B825" t="s">
+        <v>2237</v>
+      </c>
+      <c r="C825" t="s">
+        <v>2205</v>
+      </c>
+      <c r="D825" t="s">
+        <v>1419</v>
+      </c>
+      <c r="E825" t="s">
+        <v>12</v>
+      </c>
+      <c r="F825" t="s">
+        <v>2245</v>
+      </c>
+      <c r="G825" t="s">
+        <v>2246</v>
+      </c>
+      <c r="I825" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="826" spans="1:9">
+      <c r="A826">
+        <v>26</v>
+      </c>
+      <c r="B826" t="s">
+        <v>2237</v>
+      </c>
+      <c r="C826" t="s">
+        <v>2205</v>
+      </c>
+      <c r="D826" t="s">
+        <v>1419</v>
+      </c>
+      <c r="E826" t="s">
+        <v>12</v>
+      </c>
+      <c r="F826" t="s">
+        <v>2247</v>
+      </c>
+      <c r="G826" t="s">
+        <v>2248</v>
+      </c>
+      <c r="I826" s="1">
+        <v>771971</v>
+      </c>
+    </row>
+    <row r="827" spans="1:9">
+      <c r="A827">
+        <v>25</v>
+      </c>
+      <c r="B827" t="s">
+        <v>2237</v>
+      </c>
+      <c r="C827" t="s">
+        <v>2205</v>
+      </c>
+      <c r="D827" t="s">
+        <v>1419</v>
+      </c>
+      <c r="E827" t="s">
+        <v>12</v>
+      </c>
+      <c r="F827" t="s">
+        <v>2249</v>
+      </c>
+      <c r="G827" t="s">
+        <v>2250</v>
+      </c>
+      <c r="I827" s="1">
+        <v>5091150</v>
+      </c>
+    </row>
+    <row r="828" spans="1:9">
+      <c r="A828">
+        <v>24</v>
+      </c>
+      <c r="B828" t="s">
+        <v>2237</v>
+      </c>
+      <c r="C828" t="s">
+        <v>2205</v>
+      </c>
+      <c r="D828" t="s">
+        <v>1419</v>
+      </c>
+      <c r="E828" t="s">
+        <v>12</v>
+      </c>
+      <c r="F828" t="s">
+        <v>2251</v>
+      </c>
+      <c r="G828" t="s">
+        <v>2252</v>
+      </c>
+      <c r="I828" s="1">
+        <v>246480</v>
+      </c>
+    </row>
+    <row r="829" spans="1:9">
+      <c r="A829">
+        <v>23</v>
+      </c>
+      <c r="B829" t="s">
+        <v>2237</v>
+      </c>
+      <c r="C829" t="s">
+        <v>2205</v>
+      </c>
+      <c r="D829" t="s">
+        <v>1419</v>
+      </c>
+      <c r="E829" t="s">
+        <v>12</v>
+      </c>
+      <c r="F829" t="s">
+        <v>2253</v>
+      </c>
+      <c r="G829" t="s">
+        <v>2254</v>
+      </c>
+      <c r="I829" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="830" spans="1:9">
+      <c r="A830">
+        <v>22</v>
+      </c>
+      <c r="B830" t="s">
+        <v>2237</v>
+      </c>
+      <c r="C830" t="s">
+        <v>2205</v>
+      </c>
+      <c r="D830" t="s">
+        <v>1419</v>
+      </c>
+      <c r="E830" t="s">
+        <v>12</v>
+      </c>
+      <c r="F830" t="s">
+        <v>2255</v>
+      </c>
+      <c r="G830" t="s">
+        <v>2256</v>
+      </c>
+      <c r="I830" s="1">
+        <v>159980</v>
+      </c>
+    </row>
+    <row r="831" spans="1:9">
+      <c r="A831">
+        <v>21</v>
+      </c>
+      <c r="B831" t="s">
+        <v>2237</v>
+      </c>
+      <c r="C831" t="s">
+        <v>2205</v>
+      </c>
+      <c r="D831" t="s">
+        <v>1419</v>
+      </c>
+      <c r="E831" t="s">
+        <v>12</v>
+      </c>
+      <c r="F831" t="s">
+        <v>2257</v>
+      </c>
+      <c r="G831" t="s">
+        <v>2258</v>
+      </c>
+      <c r="I831" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="832" spans="1:9">
+      <c r="A832">
+        <v>20</v>
+      </c>
+      <c r="B832" t="s">
+        <v>2237</v>
+      </c>
+      <c r="C832" t="s">
+        <v>2205</v>
+      </c>
+      <c r="D832" t="s">
+        <v>1419</v>
+      </c>
+      <c r="E832" t="s">
+        <v>12</v>
+      </c>
+      <c r="F832" t="s">
+        <v>2259</v>
+      </c>
+      <c r="G832" t="s">
+        <v>2258</v>
+      </c>
+      <c r="I832" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="833" spans="1:9">
+      <c r="A833">
+        <v>19</v>
+      </c>
+      <c r="B833" t="s">
+        <v>2237</v>
+      </c>
+      <c r="C833" t="s">
+        <v>2205</v>
+      </c>
+      <c r="D833" t="s">
+        <v>1419</v>
+      </c>
+      <c r="E833" t="s">
+        <v>12</v>
+      </c>
+      <c r="F833" t="s">
+        <v>2260</v>
+      </c>
+      <c r="G833" t="s">
+        <v>2261</v>
+      </c>
+      <c r="I833" s="1">
+        <v>470791</v>
+      </c>
+    </row>
+    <row r="834" spans="1:9">
+      <c r="A834">
+        <v>18</v>
+      </c>
+      <c r="B834" t="s">
+        <v>2237</v>
+      </c>
+      <c r="C834" t="s">
+        <v>2205</v>
+      </c>
+      <c r="D834" t="s">
+        <v>1419</v>
+      </c>
+      <c r="E834" t="s">
+        <v>12</v>
+      </c>
+      <c r="F834" t="s">
+        <v>2262</v>
+      </c>
+      <c r="G834" t="s">
+        <v>2261</v>
+      </c>
+      <c r="I834" s="1">
+        <v>371033</v>
+      </c>
+    </row>
+    <row r="835" spans="1:9">
+      <c r="A835">
+        <v>17</v>
+      </c>
+      <c r="B835" t="s">
+        <v>2237</v>
+      </c>
+      <c r="C835" t="s">
+        <v>2205</v>
+      </c>
+      <c r="D835" t="s">
+        <v>1419</v>
+      </c>
+      <c r="E835" t="s">
+        <v>12</v>
+      </c>
+      <c r="F835" t="s">
+        <v>2263</v>
+      </c>
+      <c r="G835" t="s">
+        <v>2264</v>
+      </c>
+      <c r="H835" t="s">
+        <v>81</v>
+      </c>
+      <c r="I835" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="836" spans="1:9">
+      <c r="A836">
+        <v>16</v>
+      </c>
+      <c r="B836" t="s">
+        <v>2237</v>
+      </c>
+      <c r="C836" t="s">
+        <v>2205</v>
+      </c>
+      <c r="D836" t="s">
+        <v>1419</v>
+      </c>
+      <c r="E836" t="s">
+        <v>12</v>
+      </c>
+      <c r="F836" t="s">
+        <v>2265</v>
+      </c>
+      <c r="G836" t="s">
+        <v>2266</v>
+      </c>
+      <c r="I836" s="1">
+        <v>1843223</v>
+      </c>
+    </row>
+    <row r="837" spans="1:9">
+      <c r="A837">
+        <v>15</v>
+      </c>
+      <c r="B837" t="s">
+        <v>2237</v>
+      </c>
+      <c r="C837" t="s">
+        <v>2205</v>
+      </c>
+      <c r="D837" t="s">
+        <v>1419</v>
+      </c>
+      <c r="E837" t="s">
+        <v>12</v>
+      </c>
+      <c r="F837" t="s">
+        <v>2267</v>
+      </c>
+      <c r="G837" t="s">
+        <v>2268</v>
+      </c>
+      <c r="I837" s="1">
+        <v>189555</v>
+      </c>
+    </row>
+    <row r="838" spans="1:9">
+      <c r="A838">
+        <v>14</v>
+      </c>
+      <c r="B838" t="s">
+        <v>2237</v>
+      </c>
+      <c r="C838" t="s">
+        <v>2205</v>
+      </c>
+      <c r="D838" t="s">
+        <v>1419</v>
+      </c>
+      <c r="E838" t="s">
+        <v>12</v>
+      </c>
+      <c r="F838" t="s">
+        <v>2269</v>
+      </c>
+      <c r="G838" t="s">
+        <v>2270</v>
+      </c>
+      <c r="I838" s="1">
+        <v>148200</v>
+      </c>
+    </row>
+    <row r="839" spans="1:9">
+      <c r="A839">
+        <v>13</v>
+      </c>
+      <c r="B839" t="s">
+        <v>2237</v>
+      </c>
+      <c r="C839" t="s">
+        <v>2205</v>
+      </c>
+      <c r="D839" t="s">
+        <v>1419</v>
+      </c>
+      <c r="E839" t="s">
+        <v>12</v>
+      </c>
+      <c r="F839" t="s">
+        <v>2271</v>
+      </c>
+      <c r="G839" t="s">
+        <v>2218</v>
+      </c>
+      <c r="I839" s="1">
+        <v>321659</v>
+      </c>
+    </row>
+    <row r="840" spans="1:9">
+      <c r="A840">
+        <v>12</v>
+      </c>
+      <c r="B840" t="s">
+        <v>2237</v>
+      </c>
+      <c r="C840" t="s">
+        <v>2205</v>
+      </c>
+      <c r="D840" t="s">
+        <v>1419</v>
+      </c>
+      <c r="E840" t="s">
+        <v>12</v>
+      </c>
+      <c r="F840" t="s">
+        <v>2272</v>
+      </c>
+      <c r="G840" t="s">
+        <v>2273</v>
+      </c>
+      <c r="I840" s="1">
+        <v>23500</v>
+      </c>
+    </row>
+    <row r="841" spans="1:9">
+      <c r="A841">
+        <v>11</v>
+      </c>
+      <c r="B841" t="s">
+        <v>2237</v>
+      </c>
+      <c r="C841" t="s">
+        <v>2205</v>
+      </c>
+      <c r="D841" t="s">
+        <v>1419</v>
+      </c>
+      <c r="E841" t="s">
+        <v>12</v>
+      </c>
+      <c r="F841" t="s">
+        <v>2274</v>
+      </c>
+      <c r="G841" t="s">
+        <v>2275</v>
+      </c>
+      <c r="I841" s="1">
+        <v>5438410</v>
+      </c>
+    </row>
+    <row r="842" spans="1:9">
+      <c r="A842">
+        <v>10</v>
+      </c>
+      <c r="B842" t="s">
+        <v>2237</v>
+      </c>
+      <c r="C842" t="s">
+        <v>2205</v>
+      </c>
+      <c r="D842" t="s">
+        <v>1419</v>
+      </c>
+      <c r="E842" t="s">
+        <v>12</v>
+      </c>
+      <c r="F842" t="s">
+        <v>2276</v>
+      </c>
+      <c r="G842" t="s">
+        <v>2277</v>
+      </c>
+      <c r="I842" s="1">
+        <v>23433990</v>
+      </c>
+    </row>
+    <row r="843" spans="1:9">
+      <c r="A843">
+        <v>9</v>
+      </c>
+      <c r="B843" t="s">
+        <v>2237</v>
+      </c>
+      <c r="C843" t="s">
+        <v>2205</v>
+      </c>
+      <c r="D843" t="s">
+        <v>1419</v>
+      </c>
+      <c r="E843" t="s">
+        <v>12</v>
+      </c>
+      <c r="F843" t="s">
+        <v>2278</v>
+      </c>
+      <c r="G843" t="s">
+        <v>2279</v>
+      </c>
+      <c r="I843" s="1">
+        <v>499617</v>
+      </c>
+    </row>
+    <row r="844" spans="1:9">
+      <c r="A844">
+        <v>8</v>
+      </c>
+      <c r="B844" t="s">
+        <v>2237</v>
+      </c>
+      <c r="C844" t="s">
+        <v>2205</v>
+      </c>
+      <c r="D844" t="s">
+        <v>1419</v>
+      </c>
+      <c r="E844" t="s">
+        <v>12</v>
+      </c>
+      <c r="F844" t="s">
+        <v>2280</v>
+      </c>
+      <c r="G844" t="s">
+        <v>2281</v>
+      </c>
+      <c r="I844" s="1">
+        <v>66111</v>
+      </c>
+    </row>
+    <row r="845" spans="1:9">
+      <c r="A845">
+        <v>7</v>
+      </c>
+      <c r="B845" t="s">
+        <v>2237</v>
+      </c>
+      <c r="C845" t="s">
+        <v>2205</v>
+      </c>
+      <c r="D845" t="s">
+        <v>1419</v>
+      </c>
+      <c r="E845" t="s">
+        <v>12</v>
+      </c>
+      <c r="F845" t="s">
+        <v>2282</v>
+      </c>
+      <c r="G845" t="s">
+        <v>2283</v>
+      </c>
+      <c r="I845" s="1">
+        <v>592934</v>
+      </c>
+    </row>
+    <row r="846" spans="1:9">
+      <c r="A846">
+        <v>6</v>
+      </c>
+      <c r="B846" t="s">
+        <v>2237</v>
+      </c>
+      <c r="C846" t="s">
+        <v>2205</v>
+      </c>
+      <c r="D846" t="s">
+        <v>1419</v>
+      </c>
+      <c r="E846" t="s">
+        <v>12</v>
+      </c>
+      <c r="F846" t="s">
+        <v>2284</v>
+      </c>
+      <c r="G846" t="s">
+        <v>2285</v>
+      </c>
+      <c r="I846" s="1">
+        <v>443900</v>
+      </c>
+    </row>
+    <row r="847" spans="1:9">
+      <c r="A847">
+        <v>5</v>
+      </c>
+      <c r="B847" t="s">
+        <v>2237</v>
+      </c>
+      <c r="C847" t="s">
+        <v>2205</v>
+      </c>
+      <c r="D847" t="s">
+        <v>1419</v>
+      </c>
+      <c r="E847" t="s">
+        <v>12</v>
+      </c>
+      <c r="F847" t="s">
+        <v>2286</v>
+      </c>
+      <c r="G847" t="s">
+        <v>2287</v>
+      </c>
+      <c r="I847" s="1">
+        <v>255080</v>
+      </c>
+    </row>
+    <row r="848" spans="1:9">
+      <c r="A848">
+        <v>4</v>
+      </c>
+      <c r="B848" t="s">
+        <v>2237</v>
+      </c>
+      <c r="C848" t="s">
+        <v>2205</v>
+      </c>
+      <c r="D848" t="s">
+        <v>1419</v>
+      </c>
+      <c r="E848" t="s">
+        <v>12</v>
+      </c>
+      <c r="F848" t="s">
+        <v>2288</v>
+      </c>
+      <c r="G848" t="s">
+        <v>2289</v>
+      </c>
+      <c r="I848" s="1">
+        <v>1285326</v>
+      </c>
+    </row>
+    <row r="849" spans="1:9">
+      <c r="A849">
+        <v>3</v>
+      </c>
+      <c r="B849" t="s">
+        <v>2237</v>
+      </c>
+      <c r="C849" t="s">
+        <v>2205</v>
+      </c>
+      <c r="D849" t="s">
+        <v>1419</v>
+      </c>
+      <c r="E849" t="s">
+        <v>12</v>
+      </c>
+      <c r="F849" t="s">
+        <v>2290</v>
+      </c>
+      <c r="G849" t="s">
+        <v>2236</v>
+      </c>
+      <c r="I849" s="1">
+        <v>29517</v>
+      </c>
+    </row>
+    <row r="850" spans="1:9">
+      <c r="A850">
+        <v>2</v>
+      </c>
+      <c r="B850" t="s">
+        <v>2237</v>
+      </c>
+      <c r="C850" t="s">
+        <v>2205</v>
+      </c>
+      <c r="D850" t="s">
+        <v>1419</v>
+      </c>
+      <c r="E850" t="s">
+        <v>12</v>
+      </c>
+      <c r="F850" t="s">
+        <v>2291</v>
+      </c>
+      <c r="G850" t="s">
+        <v>2292</v>
+      </c>
+      <c r="I850" s="1">
+        <v>461360</v>
+      </c>
+    </row>
+    <row r="851" spans="1:9">
+      <c r="A851">
         <v>1</v>
       </c>
-      <c r="B788" t="s">
-[...20 lines deleted...]
-      <c r="I788" s="1">
+      <c r="B851" t="s">
+        <v>2237</v>
+      </c>
+      <c r="C851" t="s">
+        <v>2205</v>
+      </c>
+      <c r="D851" t="s">
+        <v>1419</v>
+      </c>
+      <c r="E851" t="s">
+        <v>12</v>
+      </c>
+      <c r="F851" t="s">
+        <v>90</v>
+      </c>
+      <c r="G851" t="s">
+        <v>2292</v>
+      </c>
+      <c r="I851" s="1">
         <v>51309</v>
       </c>
     </row>
-    <row r="789" spans="1:9">
-[...3 lines deleted...]
-      <c r="C789" t="s">
+    <row r="852" spans="1:9">
+      <c r="B852" t="s">
         <v>2293</v>
       </c>
-      <c r="D789" t="s">
+      <c r="C852" t="s">
+        <v>2294</v>
+      </c>
+      <c r="D852" t="s">
+        <v>26</v>
+      </c>
+      <c r="E852" t="s">
+        <v>12</v>
+      </c>
+      <c r="F852" t="s">
+        <v>2295</v>
+      </c>
+      <c r="G852" t="s">
+        <v>332</v>
+      </c>
+      <c r="H852" t="s">
+        <v>29</v>
+      </c>
+      <c r="I852" s="1" t="s">
+        <v>2296</v>
+      </c>
+    </row>
+    <row r="853" spans="1:9">
+      <c r="B853" t="s">
+        <v>2297</v>
+      </c>
+      <c r="C853" t="s">
+        <v>262</v>
+      </c>
+      <c r="D853" t="s">
+        <v>11</v>
+      </c>
+      <c r="E853" t="s">
+        <v>12</v>
+      </c>
+      <c r="F853" t="s">
+        <v>2298</v>
+      </c>
+      <c r="G853" t="s">
+        <v>140</v>
+      </c>
+      <c r="H853" t="s">
+        <v>29</v>
+      </c>
+      <c r="I853" s="1" t="s">
+        <v>2299</v>
+      </c>
+    </row>
+    <row r="854" spans="1:9">
+      <c r="B854" t="s">
+        <v>2300</v>
+      </c>
+      <c r="C854" t="s">
+        <v>274</v>
+      </c>
+      <c r="D854" t="s">
+        <v>47</v>
+      </c>
+      <c r="E854" t="s">
+        <v>12</v>
+      </c>
+      <c r="F854" t="s">
+        <v>469</v>
+      </c>
+      <c r="G854" t="s">
+        <v>470</v>
+      </c>
+      <c r="H854" t="s">
+        <v>15</v>
+      </c>
+      <c r="I854" s="1" t="s">
+        <v>2301</v>
+      </c>
+    </row>
+    <row r="855" spans="1:9">
+      <c r="B855" t="s">
+        <v>2302</v>
+      </c>
+      <c r="C855" t="s">
+        <v>599</v>
+      </c>
+      <c r="D855" t="s">
+        <v>11</v>
+      </c>
+      <c r="E855" t="s">
+        <v>12</v>
+      </c>
+      <c r="F855" t="s">
+        <v>2303</v>
+      </c>
+      <c r="G855" t="s">
+        <v>480</v>
+      </c>
+      <c r="H855" t="s">
+        <v>29</v>
+      </c>
+      <c r="I855" s="1" t="s">
+        <v>2304</v>
+      </c>
+    </row>
+    <row r="856" spans="1:9">
+      <c r="B856" t="s">
+        <v>2305</v>
+      </c>
+      <c r="C856" t="s">
         <v>25</v>
       </c>
-      <c r="E789" t="s">
-[...48 lines deleted...]
-      <c r="D791" t="s">
+      <c r="D856" t="s">
+        <v>47</v>
+      </c>
+      <c r="E856" t="s">
+        <v>12</v>
+      </c>
+      <c r="F856" t="s">
+        <v>1829</v>
+      </c>
+      <c r="G856" t="s">
+        <v>381</v>
+      </c>
+      <c r="H856" t="s">
+        <v>15</v>
+      </c>
+      <c r="I856" s="1" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="857" spans="1:9">
+      <c r="B857" t="s">
+        <v>2306</v>
+      </c>
+      <c r="C857" t="s">
+        <v>67</v>
+      </c>
+      <c r="D857" t="s">
+        <v>47</v>
+      </c>
+      <c r="E857" t="s">
+        <v>112</v>
+      </c>
+      <c r="F857" t="s">
+        <v>2307</v>
+      </c>
+      <c r="G857" t="s">
+        <v>381</v>
+      </c>
+      <c r="H857" t="s">
+        <v>15</v>
+      </c>
+      <c r="I857" s="1" t="s">
+        <v>2308</v>
+      </c>
+    </row>
+    <row r="858" spans="1:9">
+      <c r="B858" t="s">
+        <v>810</v>
+      </c>
+      <c r="C858" t="s">
+        <v>215</v>
+      </c>
+      <c r="D858" t="s">
+        <v>19</v>
+      </c>
+      <c r="E858" t="s">
+        <v>478</v>
+      </c>
+      <c r="F858" t="s">
+        <v>2309</v>
+      </c>
+      <c r="G858" t="s">
+        <v>2310</v>
+      </c>
+      <c r="H858" t="s">
+        <v>81</v>
+      </c>
+      <c r="I858" s="1" t="s">
+        <v>2311</v>
+      </c>
+    </row>
+    <row r="859" spans="1:9">
+      <c r="B859" t="s">
+        <v>2312</v>
+      </c>
+      <c r="C859" t="s">
+        <v>61</v>
+      </c>
+      <c r="D859" t="s">
+        <v>47</v>
+      </c>
+      <c r="E859" t="s">
+        <v>12</v>
+      </c>
+      <c r="F859" t="s">
+        <v>2313</v>
+      </c>
+      <c r="G859" t="s">
+        <v>470</v>
+      </c>
+      <c r="H859" t="s">
+        <v>29</v>
+      </c>
+      <c r="I859" s="1" t="s">
+        <v>2314</v>
+      </c>
+    </row>
+    <row r="860" spans="1:9">
+      <c r="B860" t="s">
+        <v>390</v>
+      </c>
+      <c r="C860" t="s">
+        <v>391</v>
+      </c>
+      <c r="D860" t="s">
         <v>11</v>
       </c>
-      <c r="E791" t="s">
-[...132 lines deleted...]
-      <c r="F796" t="s">
+      <c r="E860" t="s">
+        <v>12</v>
+      </c>
+      <c r="F860" t="s">
+        <v>212</v>
+      </c>
+      <c r="G860" t="s">
         <v>2315</v>
       </c>
-      <c r="G796" t="s">
-[...5 lines deleted...]
-      <c r="I796" s="1" t="s">
+      <c r="H860" t="s">
+        <v>29</v>
+      </c>
+      <c r="I860" s="1" t="s">
         <v>2316</v>
-      </c>
-[...24 lines deleted...]
-        <v>2319</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">