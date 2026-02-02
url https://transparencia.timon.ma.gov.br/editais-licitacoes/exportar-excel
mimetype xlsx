--- v1 (2025-12-11)
+++ v2 (2026-02-02)
@@ -12,415 +12,796 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2317">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2406">
   <si>
     <t>Sequência</t>
   </si>
   <si>
     <t>Licitação</t>
   </si>
   <si>
     <t>Nº/Ano</t>
   </si>
   <si>
     <t>Modalidade</t>
   </si>
   <si>
     <t>Tipo Licit.</t>
   </si>
   <si>
     <t>Objeto</t>
   </si>
   <si>
     <t>Data Abertura</t>
   </si>
   <si>
     <t>Situação</t>
   </si>
   <si>
     <t>Valor</t>
   </si>
   <si>
+    <t>ADESÃO SRP nº 003/2025</t>
+  </si>
+  <si>
+    <t>003/2025</t>
+  </si>
+  <si>
+    <t>ADESÃO SRP</t>
+  </si>
+  <si>
+    <t>Menor Preço</t>
+  </si>
+  <si>
+    <t>Fornecimento de água mineral sem gás, envasadas em...</t>
+  </si>
+  <si>
+    <t>30/01/2026</t>
+  </si>
+  <si>
+    <t>Homologada</t>
+  </si>
+  <si>
+    <t>47.200,00</t>
+  </si>
+  <si>
+    <t>CONCORRÊNCIA PUBLICA nº 1/2026</t>
+  </si>
+  <si>
+    <t>1/2026</t>
+  </si>
+  <si>
+    <t>CONCORRÊNCIA PUBLICA</t>
+  </si>
+  <si>
+    <t>CONTRATAÇÃO DE EMPRESA PARA EXECUTAR A CONSTRUÇÃO...</t>
+  </si>
+  <si>
+    <t>06/02/2026</t>
+  </si>
+  <si>
+    <t>Em Andamento</t>
+  </si>
+  <si>
+    <t>3.529.667,13</t>
+  </si>
+  <si>
+    <t>DISPENSA nº 10/2025</t>
+  </si>
+  <si>
+    <t>10/2025</t>
+  </si>
+  <si>
+    <t>DISPENSA</t>
+  </si>
+  <si>
+    <t>Nenhum</t>
+  </si>
+  <si>
+    <t>Prestacao de servicos tecnicos especializados visa...</t>
+  </si>
+  <si>
+    <t>13/11/2025</t>
+  </si>
+  <si>
+    <t>350.000,00</t>
+  </si>
+  <si>
+    <t>ADESÃO SRP nº 007/2024</t>
+  </si>
+  <si>
+    <t>007/2024</t>
+  </si>
+  <si>
+    <t>Constitui objeto deste contrato, a contratação de...</t>
+  </si>
+  <si>
+    <t>06/12/2024</t>
+  </si>
+  <si>
+    <t>30.720,00</t>
+  </si>
+  <si>
+    <t>INEXIGIBILIDADE nº 006/2025</t>
+  </si>
+  <si>
+    <t>006/2025</t>
+  </si>
+  <si>
+    <t>INEXIGIBILIDADE</t>
+  </si>
+  <si>
+    <t>Técnica e preço</t>
+  </si>
+  <si>
+    <t>INSCRIÇÃO DE SERVIDORA NO ENCONTRO NACIONAL DE COM...</t>
+  </si>
+  <si>
+    <t>23/01/2026</t>
+  </si>
+  <si>
+    <t>Concluída</t>
+  </si>
+  <si>
+    <t>3.360,00</t>
+  </si>
+  <si>
+    <t>DISPENSA nº 15/2025</t>
+  </si>
+  <si>
+    <t>15/2025</t>
+  </si>
+  <si>
+    <t>contratação emergencial de empresa especializada p...</t>
+  </si>
+  <si>
+    <t>10/12/2025</t>
+  </si>
+  <si>
+    <t>180.000,00</t>
+  </si>
+  <si>
+    <t>INEXIGIBILIDADE nº 009/2025</t>
+  </si>
+  <si>
+    <t>009/2025</t>
+  </si>
+  <si>
+    <t>Inscrição dos servidores no curso de capacitação r...</t>
+  </si>
+  <si>
+    <t>15/01/2026</t>
+  </si>
+  <si>
+    <t>759,00</t>
+  </si>
+  <si>
+    <t>INEXIGIBILIDADE nº 012/2025</t>
+  </si>
+  <si>
+    <t>012/2025</t>
+  </si>
+  <si>
+    <t>Contratação de inscrições dos servidores da Agenci...</t>
+  </si>
+  <si>
+    <t>14/01/2026</t>
+  </si>
+  <si>
+    <t>7.995,00</t>
+  </si>
+  <si>
+    <t>DISPENSA nº 006/2025</t>
+  </si>
+  <si>
+    <t>Contratação de empresa especializada para Aquisiçã...</t>
+  </si>
+  <si>
+    <t>09/01/2026</t>
+  </si>
+  <si>
+    <t>28.275,00</t>
+  </si>
+  <si>
+    <t>ADESÃO SRP nº 49/2024</t>
+  </si>
+  <si>
+    <t>49/2024</t>
+  </si>
+  <si>
+    <t>FORNCEIMENTO DE COMBUSTIVEL TIPO GASOLINA, DIESEL...</t>
+  </si>
+  <si>
+    <t>06/01/2026</t>
+  </si>
+  <si>
+    <t>94.600,00</t>
+  </si>
+  <si>
+    <t>PREGÃO ELETRÔNICO nº 30/2025</t>
+  </si>
+  <si>
+    <t>30/2025</t>
+  </si>
+  <si>
+    <t>PREGÃO ELETRÔNICO</t>
+  </si>
+  <si>
+    <t>REGISTRO DE PREÇOS PARA CONTRATAÇÃO DE EMPRESA ESP...</t>
+  </si>
+  <si>
+    <t>0,00</t>
+  </si>
+  <si>
+    <t>PREGÃO ELETRÔNICO nº 29/2025</t>
+  </si>
+  <si>
+    <t>29/2025</t>
+  </si>
+  <si>
+    <t>Aquisição de materiais esportivos, psicomotores, s...</t>
+  </si>
+  <si>
+    <t>13/01/2026</t>
+  </si>
+  <si>
+    <t>104.774,38</t>
+  </si>
+  <si>
+    <t>PREGÃO ELETRÔNICO nº 10/2025</t>
+  </si>
+  <si>
+    <t>REGISTRO DE PREÇO PARA CONTRATAÇÃO DE EMPRESA ESPE...</t>
+  </si>
+  <si>
+    <t>18.546.385,50</t>
+  </si>
+  <si>
+    <t>CREDENCIAMENTO nº 4/2025</t>
+  </si>
+  <si>
+    <t>4/2025</t>
+  </si>
+  <si>
+    <t>CREDENCIAMENTO</t>
+  </si>
+  <si>
+    <t>Credenciamento de pessoas jurídicas de direito pri...</t>
+  </si>
+  <si>
+    <t>23/12/2026</t>
+  </si>
+  <si>
+    <t>14.943.675,00</t>
+  </si>
+  <si>
+    <t>PREGÃO ELETRÔNICO nº 28/2025</t>
+  </si>
+  <si>
+    <t>28/2025</t>
+  </si>
+  <si>
+    <t>Registro de preços para Contratação de empresa esp...</t>
+  </si>
+  <si>
+    <t>12/01/2026</t>
+  </si>
+  <si>
+    <t>PREGÃO ELETRÔNICO nº 24/2025</t>
+  </si>
+  <si>
+    <t>24/2025</t>
+  </si>
+  <si>
+    <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA A PRESTA...</t>
+  </si>
+  <si>
+    <t>DISPENSA nº 004/2025</t>
+  </si>
+  <si>
+    <t>004/2025</t>
+  </si>
+  <si>
+    <t>AQUISIÇÃO E INSTALAÇÃO DE GIROFLEX(BARRA DE LUZ IN...</t>
+  </si>
+  <si>
+    <t>15/07/2025</t>
+  </si>
+  <si>
+    <t>6.500,00</t>
+  </si>
+  <si>
+    <t>ADESÃO SRP nº 94/2025</t>
+  </si>
+  <si>
+    <t>94/2025</t>
+  </si>
+  <si>
+    <t>Contratação de empresa especializada na prestação...</t>
+  </si>
+  <si>
+    <t>26/03/2025</t>
+  </si>
+  <si>
+    <t>163.450,00</t>
+  </si>
+  <si>
+    <t>PREGÃO ELETRÔNICO nº 29/2024</t>
+  </si>
+  <si>
+    <t>29/2024</t>
+  </si>
+  <si>
+    <t>Registro de Preço para Aquisição futura de Medicam...</t>
+  </si>
+  <si>
+    <t>05/12/2024</t>
+  </si>
+  <si>
+    <t>ADESÃO SRP nº 1/2025</t>
+  </si>
+  <si>
+    <t>1/2025</t>
+  </si>
+  <si>
+    <t>aquisição de agua mineral para secretaria de segur...</t>
+  </si>
+  <si>
+    <t>25/03/2025</t>
+  </si>
+  <si>
+    <t>5.088,00</t>
+  </si>
+  <si>
+    <t>DISPENSA nº 001/2025</t>
+  </si>
+  <si>
+    <t>001/2025</t>
+  </si>
+  <si>
+    <t>Contratação de empresa para prestação de serviço d...</t>
+  </si>
+  <si>
+    <t>19/02/2025</t>
+  </si>
+  <si>
+    <t>57.960,00</t>
+  </si>
+  <si>
+    <t>CONTRATAÇÃO DE INSTITUIÇÃO FINANCEIRA PARA A PREST...</t>
+  </si>
+  <si>
+    <t>18/12/2025</t>
+  </si>
+  <si>
+    <t>168.000,00</t>
+  </si>
+  <si>
+    <t>ADESÃO SRP nº 016/2025</t>
+  </si>
+  <si>
+    <t>016/2025</t>
+  </si>
+  <si>
+    <t>Contratação de empresa especializada em serviços d...</t>
+  </si>
+  <si>
+    <t>26/11/2025</t>
+  </si>
+  <si>
+    <t>138.294,00</t>
+  </si>
+  <si>
+    <t>CREDENCIAMENTO nº 3/2025</t>
+  </si>
+  <si>
+    <t>3/2025</t>
+  </si>
+  <si>
+    <t>30/10/2025</t>
+  </si>
+  <si>
+    <t>PREGÃO ELETRÔNICO nº 4/2025</t>
+  </si>
+  <si>
+    <t>AQUISIÇÃO DE ARMAMENTO DE PORTE TIPO PISTOLA CALIB...</t>
+  </si>
+  <si>
+    <t>15/09/2025</t>
+  </si>
+  <si>
+    <t>264.579,60</t>
+  </si>
+  <si>
+    <t>DISPENSA nº 14/2025</t>
+  </si>
+  <si>
+    <t>14/2025</t>
+  </si>
+  <si>
+    <t>Contratação de empresa especializada para aquisiçã...</t>
+  </si>
+  <si>
+    <t>24/10/2025</t>
+  </si>
+  <si>
+    <t>17.820,85</t>
+  </si>
+  <si>
+    <t>INEXIGIBILIDADE nº 7/2025</t>
+  </si>
+  <si>
+    <t>7/2025</t>
+  </si>
+  <si>
+    <t>O presente contrato tem por objetivo a inscrição d...</t>
+  </si>
+  <si>
+    <t>12/05/2025</t>
+  </si>
+  <si>
+    <t>710,00</t>
+  </si>
+  <si>
+    <t>DISPENSA nº 03/2025</t>
+  </si>
+  <si>
+    <t>16/12/2025</t>
+  </si>
+  <si>
+    <t>8.339,00</t>
+  </si>
+  <si>
+    <t>INEXIGIBILIDADE nº 001/2025</t>
+  </si>
+  <si>
+    <t>Contratação de empresa pública especializada para...</t>
+  </si>
+  <si>
+    <t>15/08/2025</t>
+  </si>
+  <si>
+    <t>72.600,00</t>
+  </si>
+  <si>
+    <t>DISPENSA nº 11/2025</t>
+  </si>
+  <si>
+    <t>11/2025</t>
+  </si>
+  <si>
+    <t>O objeto do presente termo de contrato é contrataç...</t>
+  </si>
+  <si>
+    <t>05/12/2025</t>
+  </si>
+  <si>
+    <t>112.224,36</t>
+  </si>
+  <si>
+    <t>ADESÃO SRP nº 012/2025</t>
+  </si>
+  <si>
+    <t>Contratação de empresa especializada para o fornec...</t>
+  </si>
+  <si>
+    <t>15/12/2025</t>
+  </si>
+  <si>
+    <t>117.722,50</t>
+  </si>
+  <si>
     <t>DISPENSA nº 3/2025</t>
   </si>
   <si>
-    <t>3/2025</t>
-[...7 lines deleted...]
-  <si>
     <t>Locação de softwares com suporte técnico, manutenç...</t>
   </si>
   <si>
     <t>08/12/2025</t>
   </si>
   <si>
-    <t>Em Andamento</t>
-[...1 lines deleted...]
-  <si>
     <t>12.000,00</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE nº 6/2025</t>
   </si>
   <si>
     <t>6/2025</t>
   </si>
   <si>
-    <t>INEXIGIBILIDADE</t>
-[...4 lines deleted...]
-  <si>
     <t>Contratação dos serviços de consultoria e locação...</t>
   </si>
   <si>
     <t>03/11/2025</t>
   </si>
   <si>
     <t>134.400,00</t>
   </si>
   <si>
     <t>ADESÃO SRP nº 10/2025</t>
   </si>
   <si>
-    <t>10/2025</t>
-[...4 lines deleted...]
-  <si>
     <t>Contratação de empresa de engenharia para execução...</t>
   </si>
   <si>
     <t>25/11/2025</t>
   </si>
   <si>
-    <t>Homologada</t>
-[...1 lines deleted...]
-  <si>
     <t>990.000,00</t>
   </si>
   <si>
     <t>DISPENSA nº 5/2025</t>
   </si>
   <si>
     <t>5/2025</t>
   </si>
   <si>
     <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA EM SERVIÇOS D...</t>
   </si>
   <si>
     <t>01/12/2025</t>
   </si>
   <si>
     <t>36.710,10</t>
   </si>
   <si>
     <t>locação, instalação, manutenção preventiva e corre...</t>
   </si>
   <si>
     <t>19/11/2025</t>
   </si>
   <si>
     <t>123.429,57</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE nº 011/2025</t>
   </si>
   <si>
     <t>011/2025</t>
   </si>
   <si>
     <t>Melhor combinação de técnica e preço</t>
   </si>
   <si>
     <t>O presente contrato tem por objeto a inscrição...</t>
   </si>
   <si>
-    <t>13/11/2025</t>
-[...1 lines deleted...]
-  <si>
     <t>5.600,00</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO nº 26/2025</t>
   </si>
   <si>
     <t>26/2025</t>
   </si>
   <si>
-    <t>PREGÃO ELETRÔNICO</t>
-[...1 lines deleted...]
-  <si>
     <t>Aquisição de veículo automotor, zero quilômetro, u...</t>
   </si>
   <si>
-    <t>10/12/2025</t>
-[...1 lines deleted...]
-  <si>
     <t>264.655,95</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO nº 23/2025</t>
   </si>
   <si>
     <t>23/2025</t>
   </si>
   <si>
     <t>Registro de Preços para futura contratação de empr...</t>
   </si>
   <si>
     <t>03/12/2025</t>
   </si>
   <si>
     <t>5.628.859,00</t>
   </si>
   <si>
     <t>ADESÃO SRP nº 5/2025</t>
   </si>
   <si>
     <t>Locação de estação composta de Software e equipame...</t>
   </si>
   <si>
     <t>10/11/2025</t>
   </si>
   <si>
     <t>447.588,00</t>
   </si>
   <si>
     <t>CONCORRÊNCIA PUBLICA nº 8/2025</t>
   </si>
   <si>
     <t>8/2025</t>
   </si>
   <si>
-    <t>CONCORRÊNCIA PUBLICA</t>
-[...1 lines deleted...]
-  <si>
     <t>CONTRATAÇÃO DE EMPRESA DE ENGENHARIA ESPECIALIZADA...</t>
   </si>
   <si>
     <t>04/12/2025</t>
   </si>
   <si>
     <t>250.000,00</t>
   </si>
   <si>
     <t>ADESÃO SRP nº 9/2025</t>
   </si>
   <si>
     <t>9/2025</t>
   </si>
   <si>
     <t>Contratação de empresa para fornecimento de combus...</t>
   </si>
   <si>
     <t>14/11/2025</t>
   </si>
   <si>
     <t>1.119.000,00</t>
   </si>
   <si>
     <t>ADESÃO SRP nº 007/2025</t>
   </si>
   <si>
     <t>007/2025</t>
   </si>
   <si>
     <t>Aquisição de Medicamentos e Produtos de uso Médico...</t>
   </si>
   <si>
-    <t>12/05/2025</t>
-[...1 lines deleted...]
-  <si>
     <t>1.101.284,83</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE nº 5/2024</t>
   </si>
   <si>
     <t>5/2024</t>
   </si>
   <si>
-    <t>Técnica e preço</t>
-[...1 lines deleted...]
-  <si>
     <t>O presente termo contratual tem por objeto a contr...</t>
   </si>
   <si>
     <t>24/11/2025</t>
   </si>
   <si>
-    <t>Concluída</t>
-[...1 lines deleted...]
-  <si>
     <t>120.000,00</t>
   </si>
   <si>
-    <t>DISPENSA nº 004/2025</t>
-[...7 lines deleted...]
-  <si>
     <t>18/11/2025</t>
   </si>
   <si>
     <t>272.540,00</t>
   </si>
   <si>
     <t>DISPENSA nº 04/2025</t>
   </si>
   <si>
     <t>04/2025</t>
   </si>
   <si>
-    <t>Contratação de empresa especializada para aquisiçã...</t>
-[...1 lines deleted...]
-  <si>
     <t>11.532,00</t>
   </si>
   <si>
     <t>DISPENSA nº 005/2025</t>
   </si>
   <si>
     <t>005/2025</t>
   </si>
   <si>
     <t>Contratação do SERVIÇO NACIONAL DE APRENDIZAGEM CO...</t>
   </si>
   <si>
     <t>56.781,00</t>
   </si>
   <si>
     <t>DISPENSA nº 2/2025</t>
   </si>
   <si>
     <t>2/2025</t>
   </si>
   <si>
     <t>AQUISIÇÃO DE MATERIAL DE EXPEDIENTE PARA SUPRIR AS...</t>
   </si>
   <si>
     <t>58.388,20</t>
   </si>
   <si>
     <t>ADESÃO SRP nº 4/2025</t>
   </si>
   <si>
-    <t>4/2025</t>
-[...1 lines deleted...]
-  <si>
     <t>4.377.197,07</t>
   </si>
   <si>
-    <t>Contratação de empresa especializada para o fornec...</t>
-[...1 lines deleted...]
-  <si>
     <t>12/11/2025</t>
   </si>
   <si>
     <t>59.989,05</t>
   </si>
   <si>
     <t>ADESÃO SRP nº 18/2025</t>
   </si>
   <si>
     <t>18/2025</t>
   </si>
   <si>
     <t>Contratação de empresa para fornecimento de kits d...</t>
   </si>
   <si>
     <t>2.581.779,00</t>
   </si>
   <si>
     <t>DISPENSA nº 010/2025</t>
   </si>
   <si>
     <t>010/2025</t>
   </si>
   <si>
     <t>Maior desconto</t>
   </si>
   <si>
     <t>O presente contrato tem por objeto o registro de p...</t>
   </si>
   <si>
     <t>62.000,00</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO nº 3/2025</t>
   </si>
   <si>
     <t>Aquisição de material de expediente e escritório,...</t>
   </si>
   <si>
     <t>11/11/2025</t>
   </si>
   <si>
     <t>6.582,21</t>
   </si>
   <si>
     <t>DISPENSA nº 009/2025</t>
   </si>
   <si>
-    <t>009/2025</t>
-[...1 lines deleted...]
-  <si>
     <t>27/10/2025</t>
   </si>
   <si>
     <t>37.250,00</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE nº 5/2025</t>
   </si>
   <si>
     <t>Locação de Imóvel localizado na Avenida Getúlio Va...</t>
   </si>
   <si>
     <t>18/09/2025</t>
   </si>
   <si>
     <t>600.000,00</t>
   </si>
   <si>
     <t>ADESÃO SRP nº 002/2025</t>
   </si>
   <si>
     <t>002/2025</t>
   </si>
   <si>
     <t>contratação de uma empresa especializada na locaçã...</t>
@@ -599,101 +980,89 @@
   <si>
     <t>Prestação de Serviços de Locação de Veículos Tipo...</t>
   </si>
   <si>
     <t>27/09/2024</t>
   </si>
   <si>
     <t>1.668.000,12</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE nº 21/2025</t>
   </si>
   <si>
     <t>Locação de um imóvel situado na Rua Jamil de Miran...</t>
   </si>
   <si>
     <t>22/09/2025</t>
   </si>
   <si>
     <t>175.200,00</t>
   </si>
   <si>
     <t>DISPENSA nº 1/2025</t>
   </si>
   <si>
-    <t>1/2025</t>
-[...1 lines deleted...]
-  <si>
     <t>Contratação de empresa para locação de veículos le...</t>
   </si>
   <si>
     <t>28/02/2025</t>
   </si>
   <si>
     <t>184.049,64</t>
   </si>
   <si>
     <t>ADESÃO SRP nº 13/2025</t>
   </si>
   <si>
     <t>13/2025</t>
   </si>
   <si>
     <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA FORNECIM...</t>
   </si>
   <si>
-    <t>15/08/2025</t>
-[...1 lines deleted...]
-  <si>
     <t>817.769,60</t>
   </si>
   <si>
     <t>26/08/2025</t>
   </si>
   <si>
     <t>36.940,00</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE nº 3/2025</t>
   </si>
   <si>
     <t>Contratação, por inexigibilidade de licitação, de...</t>
   </si>
   <si>
     <t>03/10/2025</t>
   </si>
   <si>
     <t>3.516,00</t>
   </si>
   <si>
-    <t>DISPENSA nº 006/2025</t>
-[...4 lines deleted...]
-  <si>
     <t>Este contrato tem por objeto a contratação de empr...</t>
   </si>
   <si>
     <t>4.446,00</t>
   </si>
   <si>
     <t>DISPENSA nº 01/2025</t>
   </si>
   <si>
     <t>01/2025</t>
   </si>
   <si>
     <t>FORNECIMENTO CARTEIRAS PARA PESSOAS COM ESPECTRO A...</t>
   </si>
   <si>
     <t>07/10/2025</t>
   </si>
   <si>
     <t>16.450,00</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO nº 20/2025</t>
   </si>
   <si>
     <t>20/2025</t>
@@ -707,53 +1076,50 @@
   <si>
     <t>0,01</t>
   </si>
   <si>
     <t>O objeto do presente instrumento é a contratação d...</t>
   </si>
   <si>
     <t>298.392,00</t>
   </si>
   <si>
     <t>Contratação de serviços automotivos e fornecimento...</t>
   </si>
   <si>
     <t>15/04/2025</t>
   </si>
   <si>
     <t>113.960,00</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO nº 16/2025</t>
   </si>
   <si>
     <t>REGISTRO DE PREÇOS PARA A CONTRATAÇÃO DE EMPRESA E...</t>
   </si>
   <si>
-    <t>24/10/2025</t>
-[...1 lines deleted...]
-  <si>
     <t>1.527.271,79</t>
   </si>
   <si>
     <t>Contratação de instrutor habilitado para prestar s...</t>
   </si>
   <si>
     <t>02/10/2025</t>
   </si>
   <si>
     <t>6.760,00</t>
   </si>
   <si>
     <t>ADESÃO SRP nº 009/2025</t>
   </si>
   <si>
     <t>Adesão a ATA 003/2025 da Prefeitura Municipal de M...</t>
   </si>
   <si>
     <t>09/10/2025</t>
   </si>
   <si>
     <t>1.225.389,04</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE nº 1/2025</t>
@@ -800,152 +1166,134 @@
   <si>
     <t>12/2025</t>
   </si>
   <si>
     <t>INSCRIÇAO DE DUA􀀼 SERVIDORAS DA PGM, NO 1 ° CONGRE...</t>
   </si>
   <si>
     <t>06/10/2025</t>
   </si>
   <si>
     <t>DISPENSA nº 13/2025</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para prestaçã...</t>
   </si>
   <si>
     <t>10/09/2025</t>
   </si>
   <si>
     <t>27.703,79</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE nº 11/2025</t>
   </si>
   <si>
-    <t>11/2025</t>
-[...1 lines deleted...]
-  <si>
     <t>Aquisição de um ingresso para a participação de se...</t>
   </si>
   <si>
     <t>01/10/2025</t>
   </si>
   <si>
     <t>1.758,00</t>
   </si>
   <si>
     <t>DISPENSA nº 12/2025</t>
   </si>
   <si>
     <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA EM FORNECIMEN...</t>
   </si>
   <si>
     <t>19.196,22</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO nº 14/2025</t>
   </si>
   <si>
-    <t>14/2025</t>
-[...1 lines deleted...]
-  <si>
     <t>REGISTRO DE PREÇOS VISANDO EVENTUAL E FUTURA CONTR...</t>
   </si>
   <si>
     <t>2.938.898,33</t>
   </si>
   <si>
     <t>CONCORRÊNCIA PUBLICA nº 7/2025</t>
   </si>
   <si>
-    <t>7/2025</t>
-[...4 lines deleted...]
-  <si>
     <t>5.630.946,66</t>
   </si>
   <si>
     <t>ADESÃO SRP nº 3/2025</t>
   </si>
   <si>
     <t>Adesão a ATA de SRP n 010/2025, Pregão Eletrônico...</t>
   </si>
   <si>
     <t>3.950.000,00</t>
   </si>
   <si>
-    <t>INEXIGIBILIDADE nº 006/2025</t>
-[...1 lines deleted...]
-  <si>
     <t>Contratação de empresa para a participação no Curs...</t>
   </si>
   <si>
     <t>4.490,00</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO nº 002/2025</t>
   </si>
   <si>
     <t>aquisição de kits eletricos incapacitantes para su...</t>
   </si>
   <si>
     <t>08/07/2025</t>
   </si>
   <si>
     <t>82.148,00</t>
   </si>
   <si>
     <t>ADESÃO SRP nº 02/2025</t>
   </si>
   <si>
     <t>02/2025</t>
   </si>
   <si>
     <t>Aquisição de material de expediente e escritório</t>
   </si>
   <si>
     <t>16/09/2025</t>
   </si>
   <si>
     <t>Aquisição (parcelada) de material de expediente e...</t>
   </si>
   <si>
     <t>26/06/2025</t>
   </si>
   <si>
     <t>51.453,24</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO nº 15/2025</t>
   </si>
   <si>
-    <t>15/2025</t>
-[...1 lines deleted...]
-  <si>
     <t>AQUISIÇÃO DE 10 (DEZ) MOTOCICLETAS ZERO QUILÔMETRO...</t>
   </si>
   <si>
     <t>24/09/2025</t>
   </si>
   <si>
     <t>248.902,90</t>
   </si>
   <si>
     <t>DISPENSA nº 4/2025</t>
   </si>
   <si>
     <t>Aquisição de fardamentos (coletes, chapéus, botas)...</t>
   </si>
   <si>
     <t>14/08/2025</t>
   </si>
   <si>
     <t>10.685,73</t>
   </si>
   <si>
     <t>Adesão a ATA de SRP n° 005/2025, Pregão Eletrônico...</t>
   </si>
   <si>
     <t>340.007,00</t>
@@ -1085,155 +1433,143 @@
   <si>
     <t>1028/2025</t>
   </si>
   <si>
     <t>AQUISIÇÃO DE MATERIAL DE EXPEDIENTE PARA A SEMSPC</t>
   </si>
   <si>
     <t>01/04/2025</t>
   </si>
   <si>
     <t>39.453,81</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE nº 002/2025</t>
   </si>
   <si>
     <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA VIABILIZ...</t>
   </si>
   <si>
     <t>31/03/2025</t>
   </si>
   <si>
     <t>17.940,00</t>
   </si>
   <si>
-    <t>INEXIGIBILIDADE nº 001/2025</t>
-[...4 lines deleted...]
-  <si>
     <t>CONTRATAÇÃO DE EMPRESA PARA PRESTAÇÃO DE SERVIÇOS...</t>
   </si>
   <si>
     <t>12/03/2025</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE nº 8/2025</t>
   </si>
   <si>
     <t>Locação de imóvel urbano destinado ao funcionament...</t>
   </si>
   <si>
     <t>01/08/2025</t>
   </si>
   <si>
     <t>96.000,00</t>
   </si>
   <si>
     <t>ADESÃO SRP nº 005/2023</t>
   </si>
   <si>
     <t>005/2023</t>
   </si>
   <si>
     <t>Melhor preço</t>
   </si>
   <si>
     <t>CONTRATAÇÃO DE EMPRESA PARA SERVIÇOS DE RESERVA, D...</t>
   </si>
   <si>
     <t>14/03/2025</t>
   </si>
   <si>
     <t>41.180,00</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE nº 10/2025</t>
   </si>
   <si>
     <t>Inscrição para 04 (quatro) servidores da Procurado...</t>
   </si>
   <si>
     <t>11.759,56</t>
   </si>
   <si>
-    <t>PREGÃO ELETRÔNICO nº 027/2025</t>
+    <t>ADESÃO SRP nº 027/2025</t>
   </si>
   <si>
     <t>027/2025</t>
   </si>
   <si>
     <t>Locação de scanner e impressora para a Secretaria...</t>
   </si>
   <si>
     <t>28/04/2025</t>
   </si>
   <si>
     <t>23.376,00</t>
   </si>
   <si>
-    <t>DISPENSA nº 001/2025</t>
-[...1 lines deleted...]
-  <si>
     <t>PRESTAÇÃO DE SERVIÇO DE AQUISIÇÃO E INSTALAÇÃO AR-...</t>
   </si>
   <si>
     <t>22/08/2025</t>
   </si>
   <si>
     <t>13.999,00</t>
   </si>
   <si>
     <t>ADESÃO SRP nº 10/2025/FMS/2025</t>
   </si>
   <si>
     <t>10/2025/FMS/2025</t>
   </si>
   <si>
     <t>Aquisição de Medicamentos, Materiais Hospitalares...</t>
   </si>
   <si>
     <t>11.370.699,10</t>
   </si>
   <si>
     <t>Aquisição de drones DJI MINI 3 FLY MORE para Secre...</t>
   </si>
   <si>
     <t>12/08/2025</t>
   </si>
   <si>
     <t>25.400,00</t>
   </si>
   <si>
     <t>DISPENSA nº 003/2025</t>
   </si>
   <si>
-    <t>003/2025</t>
-[...1 lines deleted...]
-  <si>
     <t>Contratação de serviços de hospedagem para quatro...</t>
   </si>
   <si>
     <t>16/04/2025</t>
   </si>
   <si>
     <t>2.290,00</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE nº 003/2025</t>
   </si>
   <si>
     <t>Contratação de empresa que promoverá treinamento,...</t>
   </si>
   <si>
     <t>28/03/2025</t>
   </si>
   <si>
     <t>18.000,00</t>
   </si>
   <si>
     <t>ADESÃO SRP nº 7/2025</t>
   </si>
   <si>
     <t>SERVIÇOS DE LIMPEZA, SANITIZAÇÃO, HIGIENIZAÇÃO DE...</t>
@@ -1295,53 +1631,50 @@
   <si>
     <t>Registro de preço para aquisição futura de materia...</t>
   </si>
   <si>
     <t>03/09/2025</t>
   </si>
   <si>
     <t>12.586.575,98</t>
   </si>
   <si>
     <t>CONCORRÊNCIA PUBLICA nº 6/2025</t>
   </si>
   <si>
     <t>CONTRATAÇÃO DE EMPRESA PARA EXECUÇÃO DE OBRA DE EN...</t>
   </si>
   <si>
     <t>01/09/2025</t>
   </si>
   <si>
     <t>670.500,00</t>
   </si>
   <si>
     <t>DISPENSA nº 09/FMS/2025</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA A PRESTA...</t>
-[...1 lines deleted...]
-  <si>
     <t>09/06/2025</t>
   </si>
   <si>
     <t>34.691,32</t>
   </si>
   <si>
     <t>DISPENSA nº 10/FMS/2025</t>
   </si>
   <si>
     <t>10/FMS/2025</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para o Monito...</t>
   </si>
   <si>
     <t>07/08/7202</t>
   </si>
   <si>
     <t>62.235,96</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE nº 13/2025</t>
   </si>
   <si>
     <t>Locação de imóvel urbano localizado na Rua Jerônim...</t>
@@ -1349,53 +1682,50 @@
   <si>
     <t>54.750,00</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO nº 11/2025</t>
   </si>
   <si>
     <t>REGISTRO DE PREÇOS PARA EVENTUAL E FUTURA CONTRATA...</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE nº 02/FMS/2025</t>
   </si>
   <si>
     <t>02/FMS/2025</t>
   </si>
   <si>
     <t>Prestação de Serviço de Locação de Imóvel para o f...</t>
   </si>
   <si>
     <t>60.000,00</t>
   </si>
   <si>
     <t>CREDENCIAMENTO nº 2/2025</t>
   </si>
   <si>
-    <t>CREDENCIAMENTO</t>
-[...1 lines deleted...]
-  <si>
     <t>21/07/2026</t>
   </si>
   <si>
     <t>290.400,00</t>
   </si>
   <si>
     <t>Contratação, por meio de credenciamento, de empres...</t>
   </si>
   <si>
     <t>137.500,00</t>
   </si>
   <si>
     <t>ADESÃO SRP nº 11/2025</t>
   </si>
   <si>
     <t>Aquisição de materiais de informatica para atender...</t>
   </si>
   <si>
     <t>488.355,94</t>
   </si>
   <si>
     <t>CONCORRÊNCIA PUBLICA nº 3/2024</t>
   </si>
   <si>
     <t>3/2024</t>
@@ -1418,92 +1748,83 @@
   <si>
     <t>Adjudicada</t>
   </si>
   <si>
     <t>376.353,48</t>
   </si>
   <si>
     <t>ADESÃO SRP nº 005/2025</t>
   </si>
   <si>
     <t>A contratação parcelada de empresa especializada p...</t>
   </si>
   <si>
     <t>17/06/2025</t>
   </si>
   <si>
     <t>182.633,89</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE nº 4/2025</t>
   </si>
   <si>
     <t>7.800,00</t>
   </si>
   <si>
-    <t>ADESÃO SRP nº 1/2025</t>
-[...1 lines deleted...]
-  <si>
     <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA PRESTAÇÃO...</t>
   </si>
   <si>
     <t>18/08/2025</t>
   </si>
   <si>
     <t>173.450,00</t>
   </si>
   <si>
     <t>Confecção de fornecimento de fardamentos personali...</t>
   </si>
   <si>
     <t>10.608,40</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE nº 9/2025</t>
   </si>
   <si>
     <t>I N S C R I ÇAO DE 2 S ERVI DORES D E S SA ENT I D...</t>
   </si>
   <si>
     <t>27/08/2025</t>
   </si>
   <si>
-    <t>6.500,00</t>
-[...1 lines deleted...]
-  <si>
     <t>Melhor técnica ou conteúdo artístico</t>
   </si>
   <si>
     <t>Contratação de serviços artísticos musicais da ban...</t>
   </si>
   <si>
     <t>07/08/2025</t>
   </si>
   <si>
-    <t>180.000,00</t>
-[...1 lines deleted...]
-  <si>
     <t>DISPENSA nº 6/2025</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para a presta...</t>
   </si>
   <si>
     <t>08/08/2025</t>
   </si>
   <si>
     <t>Locação de imóvel urbano para instalação da sede a...</t>
   </si>
   <si>
     <t>18/07/2025</t>
   </si>
   <si>
     <t>45.600,00</t>
   </si>
   <si>
     <t>ADESÃO SRP nº 006/2025</t>
   </si>
   <si>
     <t>14.397,96</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE nº 17/2025</t>
@@ -1604,53 +1925,50 @@
   <si>
     <t>Contratação de serviços jurídicos especializados p...</t>
   </si>
   <si>
     <t>09/07/2025</t>
   </si>
   <si>
     <t>14.949.726,83</t>
   </si>
   <si>
     <t>10/04/2025</t>
   </si>
   <si>
     <t>10.750,00</t>
   </si>
   <si>
     <t>contratação de empresa especializada para prestaçã...</t>
   </si>
   <si>
     <t>07/04/2025</t>
   </si>
   <si>
     <t>336.000,00</t>
   </si>
   <si>
-    <t>ADESÃO SRP nº 003/2025</t>
-[...1 lines deleted...]
-  <si>
     <t>10/03/2025</t>
   </si>
   <si>
     <t>35.607,50</t>
   </si>
   <si>
     <t>Contratação de escritório de advocacia especializa...</t>
   </si>
   <si>
     <t>420.000,00</t>
   </si>
   <si>
     <t>DISPENSA nº 4/2022</t>
   </si>
   <si>
     <t>4/2022</t>
   </si>
   <si>
     <t>LOCAÇÃO DE UM IMÓVEL URBANO LOCALIZADO NA RUA 6, N...</t>
   </si>
   <si>
     <t>19/12/2022</t>
   </si>
   <si>
     <t>13.200,00</t>
@@ -1886,53 +2204,50 @@
   <si>
     <t>O presente contrato tem por objetivo a locação de...</t>
   </si>
   <si>
     <t>5.460,00</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE nº 05/2025</t>
   </si>
   <si>
     <t>05/2025</t>
   </si>
   <si>
     <t>Contratação, via inexigibilidade de licitação, da...</t>
   </si>
   <si>
     <t>2.790,00</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO nº 099/2022/2025</t>
   </si>
   <si>
     <t>099/2022/2025</t>
   </si>
   <si>
-    <t>INEXIGIBILIDADE nº 009/2025</t>
-[...1 lines deleted...]
-  <si>
     <t>450.000,00</t>
   </si>
   <si>
     <t>17/07/2025</t>
   </si>
   <si>
     <t>200.000,00</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE nº 008/2025</t>
   </si>
   <si>
     <t>008/2025</t>
   </si>
   <si>
     <t>280.000,00</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE nº 007/2025</t>
   </si>
   <si>
     <t>650.000,00</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE nº 010/2025</t>
@@ -2054,53 +2369,50 @@
   <si>
     <t>4.720,00</t>
   </si>
   <si>
     <t>DISPENSA nº 08/2025/2025</t>
   </si>
   <si>
     <t>CONTRATAÇÃO DE EMPRESA PARA FORNECIMENTO DE PROTES...</t>
   </si>
   <si>
     <t>5.976,67</t>
   </si>
   <si>
     <t>Aquisição de lanches em geral, água mineral, refri...</t>
   </si>
   <si>
     <t>67.458,93</t>
   </si>
   <si>
     <t>Melhor técnica</t>
   </si>
   <si>
     <t>2.025.550,00</t>
   </si>
   <si>
-    <t>INEXIGIBILIDADE nº 7/2025</t>
-[...1 lines deleted...]
-  <si>
     <t>Contratação Direta</t>
   </si>
   <si>
     <t>Contrato de locação do imóvel para o funcionamento...</t>
   </si>
   <si>
     <t>30/05/2025</t>
   </si>
   <si>
     <t>30.129,00</t>
   </si>
   <si>
     <t>Locação de imóvel urbano. Localizado na Avenida Lu...</t>
   </si>
   <si>
     <t>03/06/2025</t>
   </si>
   <si>
     <t>33.300,00</t>
   </si>
   <si>
     <t>Locação de um imóvel para funcionamento do EDUCAND...</t>
   </si>
   <si>
     <t>15.300,00</t>
@@ -2216,53 +2528,50 @@
   <si>
     <t>02/05/2024</t>
   </si>
   <si>
     <t>3.592,80</t>
   </si>
   <si>
     <t>Contratação emergencial de empresa especializada e...</t>
   </si>
   <si>
     <t>24/02/2025</t>
   </si>
   <si>
     <t>7.560.836,04</t>
   </si>
   <si>
     <t>Adesão a ATA de Registro de Preços nº 005/2024 do...</t>
   </si>
   <si>
     <t>1.242.477,58</t>
   </si>
   <si>
     <t>Contratação de empresa especializado em serviços d...</t>
   </si>
   <si>
-    <t>26/11/2025</t>
-[...1 lines deleted...]
-  <si>
     <t>Aquisição de Kits de material Escolar para os alun...</t>
   </si>
   <si>
     <t>2.725.731,89</t>
   </si>
   <si>
     <t>Adesão de SRP para Aquisição de materiais de limpe...</t>
   </si>
   <si>
     <t>273.291,04</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE nº 002./2025</t>
   </si>
   <si>
     <t>002./2025</t>
   </si>
   <si>
     <t>Contratação direta</t>
   </si>
   <si>
     <t>AQUISIÇÃO DE CARTUCHO CBC 12/70 CH/3T PARA A UTILI...</t>
   </si>
   <si>
     <t>15.925,00</t>
@@ -2342,53 +2651,50 @@
   <si>
     <t>PREGÃO ELETRÔNICO nº 17/2024</t>
   </si>
   <si>
     <t>17/2024</t>
   </si>
   <si>
     <t>PREGÃO</t>
   </si>
   <si>
     <t>PRESTAÇÃO DE SERVIÇOS REPRODUÇÃO DE CADERNOS PARA...</t>
   </si>
   <si>
     <t>10/04/2026</t>
   </si>
   <si>
     <t>940.190,00</t>
   </si>
   <si>
     <t>1.267.799,00</t>
   </si>
   <si>
     <t>Prestação de Serviços Apoio Administrativo e Limpe...</t>
   </si>
   <si>
-    <t>19/02/2025</t>
-[...1 lines deleted...]
-  <si>
     <t>12.104.254,92</t>
   </si>
   <si>
     <t>DISPENSA nº 052025/2025</t>
   </si>
   <si>
     <t>052025/2025</t>
   </si>
   <si>
     <t>contratação de empresa especializada na Prestação...</t>
   </si>
   <si>
     <t>03/04/2025</t>
   </si>
   <si>
     <t>1.869.999,96</t>
   </si>
   <si>
     <t>Dispensa</t>
   </si>
   <si>
     <t>Adesão</t>
   </si>
   <si>
     <t>Aquisição de kits escolares contendo mochila, meia...</t>
@@ -2426,62 +2732,50 @@
   <si>
     <t>1.943.451,43</t>
   </si>
   <si>
     <t>Contratação de empresa especializada na Prestação...</t>
   </si>
   <si>
     <t>11/03/2025</t>
   </si>
   <si>
     <t>66.659,61</t>
   </si>
   <si>
     <t>ADESÃO SRP nº 94/2024/2025</t>
   </si>
   <si>
     <t>94/2024/2025</t>
   </si>
   <si>
     <t>contrato</t>
   </si>
   <si>
     <t>0 Presente objeto tem como objeto a contratação de...</t>
   </si>
   <si>
-    <t>26/03/2025</t>
-[...10 lines deleted...]
-  <si>
     <t>Contratação de empresa especializada para viabiliz...</t>
   </si>
   <si>
     <t>17/03/2025</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE nº 01/2025</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para Prestaçã...</t>
   </si>
   <si>
     <t>216.000,00</t>
   </si>
   <si>
     <t>Contratação de empresa especializada em fornecimen...</t>
   </si>
   <si>
     <t>514.917,80</t>
   </si>
   <si>
     <t>2.741.300,00</t>
   </si>
   <si>
     <t>CONCORRÊNCIA PUBLICA nº 3/2025</t>
@@ -2555,53 +2849,50 @@
   <si>
     <t>27/01/2025</t>
   </si>
   <si>
     <t>220.000,00</t>
   </si>
   <si>
     <t>CONTRATAÇÃO DOS SERVIÇOS ARTISTICOS MUSICAIS DA BA...</t>
   </si>
   <si>
     <t>24/01/2025</t>
   </si>
   <si>
     <t>Contratação de serviços artístico musical OH POLÊM...</t>
   </si>
   <si>
     <t>21/01/2025</t>
   </si>
   <si>
     <t>150.000,00</t>
   </si>
   <si>
     <t>Contratação de pessoa jurídica para prestação de s...</t>
   </si>
   <si>
-    <t>06/12/2024</t>
-[...1 lines deleted...]
-  <si>
     <t>PREGÃO ELETRÔNICO nº 30/2024</t>
   </si>
   <si>
     <t>30/2024</t>
   </si>
   <si>
     <t>Registro de Preço para Aquisição futura de Materia...</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO nº 35/2024</t>
   </si>
   <si>
     <t>35/2024</t>
   </si>
   <si>
     <t>Registro de preços para futuras aquisição de mater...</t>
   </si>
   <si>
     <t>17/12/2024</t>
   </si>
   <si>
     <t>30.236.672,40</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE nº 6/2024</t>
@@ -2687,53 +2978,50 @@
   <si>
     <t>DISPENSA nº 23/2024</t>
   </si>
   <si>
     <t>23/2024</t>
   </si>
   <si>
     <t>Menor valor</t>
   </si>
   <si>
     <t>Aquisição de equipamento de proteção individual (E...</t>
   </si>
   <si>
     <t>04/11/2024</t>
   </si>
   <si>
     <t>56.713,30</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO nº 28/2024</t>
   </si>
   <si>
     <t>28/2024</t>
   </si>
   <si>
-    <t>Registro de Preço para Aquisição futura de Medicam...</t>
-[...1 lines deleted...]
-  <si>
     <t>04/12/2024</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO nº 31/2024</t>
   </si>
   <si>
     <t>31/2024</t>
   </si>
   <si>
     <t>Registro de preço para futura contratação de empre...</t>
   </si>
   <si>
     <t>8.965.199,90</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO nº 32/2024</t>
   </si>
   <si>
     <t>32/2024</t>
   </si>
   <si>
     <t>CONTRATAÇÃO DE EMPRESA PARA PRESTAÇÃO DE SERVIÇO D...</t>
   </si>
   <si>
     <t>27/11/2024</t>
@@ -3311,53 +3599,50 @@
   <si>
     <t>Registro de preços visando eventual e futura contr...</t>
   </si>
   <si>
     <t>25/03/2021</t>
   </si>
   <si>
     <t>4.168.803,18</t>
   </si>
   <si>
     <t>DECLARAÇÃO nº 004/2024</t>
   </si>
   <si>
     <t>DECLARAÇÃO</t>
   </si>
   <si>
     <t>Declaração as informações referentes às Licitações Fracassadas, no exercício financeiro de 2024, estão em processo de adequação.</t>
   </si>
   <si>
     <t>Declaração as informações referentes às Licitações...</t>
   </si>
   <si>
     <t>04/09/2024</t>
   </si>
   <si>
-    <t>0,00</t>
-[...1 lines deleted...]
-  <si>
     <t>DECLARAÇÃO nº 003/2023</t>
   </si>
   <si>
     <t>003/2023</t>
   </si>
   <si>
     <t>Declaração as informações referentes às Licitações Fracassadas, no exercício financeiro de 2023, estão em processo de adequação.</t>
   </si>
   <si>
     <t>03/07/2024</t>
   </si>
   <si>
     <t>DECLARAÇÃO nº 002/2022</t>
   </si>
   <si>
     <t>002/2022</t>
   </si>
   <si>
     <t>Declaração as informações referentes às Licitações Fracassadas, no exercício financeiro de 2022, estão em processo de adequação.</t>
   </si>
   <si>
     <t>DECLARAÇÃO nº 001/2021</t>
   </si>
   <si>
     <t>001/2021</t>
@@ -3449,53 +3734,50 @@
   <si>
     <t>883.134,92</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE Nº 02/2024</t>
   </si>
   <si>
     <t>CONTRATAÇÃO DE EMPRESA PARA MINISTRAR CURSOS PROFI...</t>
   </si>
   <si>
     <t>01/03/2024</t>
   </si>
   <si>
     <t>49.739,20</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE Nº 05/2024</t>
   </si>
   <si>
     <t>CONTRATAÇÃO DE SERVIÇOS ARTISTICOS MUSICAL DA ATRA...</t>
   </si>
   <si>
     <t>08/04/2024</t>
   </si>
   <si>
-    <t>350.000,00</t>
-[...1 lines deleted...]
-  <si>
     <t>CONCORRÊNCIA PUBLICA Nº 02/2024</t>
   </si>
   <si>
     <t>CONTRATAÇÃO DE EMPRESA DE ENGENHARIA PARA OBRAS DE...</t>
   </si>
   <si>
     <t>20/05/2024</t>
   </si>
   <si>
     <t>2.212.459,49</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO Nº 006/2024</t>
   </si>
   <si>
     <t>006/2024</t>
   </si>
   <si>
     <t>REGISTRO DE PREÇO PARA CONTRATAÇÃO DE EMPRESA PARA...</t>
   </si>
   <si>
     <t>06/05/2024</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO Nº 04/2024</t>
@@ -3746,53 +4028,50 @@
   <si>
     <t>CONCORRÊNCIA PUBLICA nº 08/2023</t>
   </si>
   <si>
     <t>08/2023</t>
   </si>
   <si>
     <t>30/01/2024</t>
   </si>
   <si>
     <t>7.300.554,00</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO Nº 56/2023</t>
   </si>
   <si>
     <t>56/2023</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO Nº 55/2023</t>
   </si>
   <si>
     <t>55/2023</t>
   </si>
   <si>
-    <t>REGISTRO DE PREÇOS PARA CONTRATAÇÃO DE EMPRESA ESP...</t>
-[...1 lines deleted...]
-  <si>
     <t>21/07/2025</t>
   </si>
   <si>
     <t>1.512.000,00</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO Nº 54/2023</t>
   </si>
   <si>
     <t>54/2023</t>
   </si>
   <si>
     <t>CONCORRÊNCIA PUBLICA nº 11/2023</t>
   </si>
   <si>
     <t>11/2023</t>
   </si>
   <si>
     <t>25/01/2024</t>
   </si>
   <si>
     <t>5.394.257,51</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO Nº 53/2023</t>
@@ -5501,53 +5780,50 @@
   <si>
     <t>44/2022</t>
   </si>
   <si>
     <t>REGISTRO DE PREÇOS PARA AQUISIÇÃO DE FARDAMENTO ES...</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO Nº 006/2023</t>
   </si>
   <si>
     <t>REGISTRO DE PREÇOS PARA FUTURAS CONTRATAÇÕES DE AQ...</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO Nº 003/2023</t>
   </si>
   <si>
     <t>REGISTRO DE PREÇOS DE EQUIPAMENTOS SUBMERSÍVEIS PA...</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO Nº 054/2022</t>
   </si>
   <si>
     <t>054/2022</t>
   </si>
   <si>
-    <t>REGISTRO DE PREÇO PARA CONTRATAÇÃO DE EMPRESA ESPE...</t>
-[...1 lines deleted...]
-  <si>
     <t>PREGÃO ELETRÔNICO Nº 052/2022</t>
   </si>
   <si>
     <t>052/2022</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO Nº 049/2022</t>
   </si>
   <si>
     <t>049/2022</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO Nº 048/2022</t>
   </si>
   <si>
     <t>048/2022</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO Nº 047/2022</t>
   </si>
   <si>
     <t>047/2022</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO Nº 045/2022</t>
@@ -6905,75 +7181,66 @@
   <si>
     <t>2018-02-07</t>
   </si>
   <si>
     <t>Aquisição de cilindros para armazenamento de gás o...</t>
   </si>
   <si>
     <t>Sistema de registro de preços de sacos de lixo ref...</t>
   </si>
   <si>
     <t>2018-02-09</t>
   </si>
   <si>
     <t>ADESÃO SRP nº 05/2</t>
   </si>
   <si>
     <t>05/2</t>
   </si>
   <si>
     <t>Aquisição de Medicamentos Psicotrópicos para atend...</t>
   </si>
   <si>
     <t>335.380,90</t>
   </si>
   <si>
-    <t>DISPENSA nº 11/2025</t>
-[...1 lines deleted...]
-  <si>
     <t>AQUISIÇÃO DE EXTINTORES DE INCÊNDIO, SERVIÇOS DE R...</t>
   </si>
   <si>
     <t>55.841,67</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO nº 7/2025</t>
   </si>
   <si>
     <t>2.937.724,40</t>
   </si>
   <si>
-    <t>DISPENSA nº 03/2025</t>
-[...1 lines deleted...]
-  <si>
     <t>Contratação de empresa especializada em prestação...</t>
   </si>
   <si>
     <t>32.600,00</t>
-  </si>
-[...1 lines deleted...]
-    <t>PREGÃO ELETRÔNICO nº 10/2025</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO nº 9/2025</t>
   </si>
   <si>
     <t>Registro de preço para contratação de empresa espe...</t>
   </si>
   <si>
     <t>2,00</t>
   </si>
   <si>
     <t>Implantação de estratégia de transformação digital...</t>
   </si>
   <si>
     <t>04/08/2025</t>
   </si>
   <si>
     <t>915.000,00</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO nº 8/2025</t>
   </si>
   <si>
     <t>CONTRATAÇÃO, POR MEIO DE REGISTRO DE PREÇOS, DE EM...</t>
   </si>
@@ -7312,23313 +7579,24212 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I860"/>
+  <dimension ref="A1:I891"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I860" sqref="I860"/>
+      <selection activeCell="I891" sqref="I891"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2">
-        <v>884</v>
+        <v>915</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
       <c r="I2" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3">
-        <v>883</v>
+        <v>914</v>
       </c>
       <c r="B3" t="s">
         <v>17</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>19</v>
       </c>
       <c r="E3" t="s">
+        <v>12</v>
+      </c>
+      <c r="F3" t="s">
         <v>20</v>
       </c>
-      <c r="F3" t="s">
+      <c r="G3" t="s">
         <v>21</v>
       </c>
-      <c r="G3" t="s">
+      <c r="H3" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
       <c r="I3" s="1" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4">
-        <v>882</v>
+        <v>913</v>
       </c>
       <c r="B4" t="s">
         <v>24</v>
       </c>
       <c r="C4" t="s">
         <v>25</v>
       </c>
       <c r="D4" t="s">
         <v>26</v>
       </c>
       <c r="E4" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="F4" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="G4" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="H4" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="I4" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5">
-        <v>881</v>
+        <v>912</v>
       </c>
       <c r="B5" t="s">
         <v>31</v>
       </c>
       <c r="C5" t="s">
         <v>32</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
       <c r="E5" t="s">
         <v>12</v>
       </c>
       <c r="F5" t="s">
         <v>33</v>
       </c>
       <c r="G5" t="s">
         <v>34</v>
       </c>
       <c r="H5" t="s">
         <v>15</v>
       </c>
       <c r="I5" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6">
-        <v>880</v>
+        <v>911</v>
       </c>
       <c r="B6" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="C6" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="D6" t="s">
-        <v>11</v>
+        <v>38</v>
       </c>
       <c r="E6" t="s">
-        <v>12</v>
+        <v>39</v>
       </c>
       <c r="F6" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="G6" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="H6" t="s">
-        <v>29</v>
+        <v>42</v>
       </c>
       <c r="I6" s="1" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7">
-        <v>879</v>
+        <v>910</v>
       </c>
       <c r="B7" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="C7" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="D7" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="E7" t="s">
-        <v>41</v>
+        <v>12</v>
       </c>
       <c r="F7" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="G7" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="H7" t="s">
-        <v>29</v>
+        <v>42</v>
       </c>
       <c r="I7" s="1" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8">
-        <v>878</v>
+        <v>909</v>
       </c>
       <c r="B8" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="C8" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="D8" t="s">
-        <v>47</v>
+        <v>38</v>
       </c>
       <c r="E8" t="s">
-        <v>12</v>
+        <v>39</v>
       </c>
       <c r="F8" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="G8" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="H8" t="s">
-        <v>15</v>
+        <v>42</v>
       </c>
       <c r="I8" s="1" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9">
-        <v>877</v>
+        <v>908</v>
       </c>
       <c r="B9" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="C9" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="D9" t="s">
-        <v>47</v>
+        <v>38</v>
       </c>
       <c r="E9" t="s">
-        <v>12</v>
+        <v>39</v>
       </c>
       <c r="F9" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="G9" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="H9" t="s">
-        <v>15</v>
+        <v>42</v>
       </c>
       <c r="I9" s="1" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10">
-        <v>876</v>
+        <v>907</v>
       </c>
       <c r="B10" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="C10" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="D10" t="s">
         <v>26</v>
       </c>
       <c r="E10" t="s">
-        <v>41</v>
+        <v>12</v>
       </c>
       <c r="F10" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="G10" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="H10" t="s">
-        <v>29</v>
+        <v>42</v>
       </c>
       <c r="I10" s="1" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11">
-        <v>875</v>
+        <v>906</v>
       </c>
       <c r="B11" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="C11" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="D11" t="s">
-        <v>62</v>
+        <v>11</v>
       </c>
       <c r="E11" t="s">
         <v>12</v>
       </c>
       <c r="F11" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="G11" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="H11" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12">
-        <v>874</v>
+        <v>905</v>
       </c>
       <c r="B12" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="C12" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="D12" t="s">
-        <v>26</v>
+        <v>70</v>
       </c>
       <c r="E12" t="s">
         <v>12</v>
       </c>
       <c r="F12" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="G12" t="s">
-        <v>69</v>
+        <v>57</v>
       </c>
       <c r="H12" t="s">
-        <v>29</v>
+        <v>22</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13">
-        <v>873</v>
+        <v>904</v>
       </c>
       <c r="B13" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="C13" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="D13" t="s">
-        <v>26</v>
+        <v>70</v>
       </c>
       <c r="E13" t="s">
         <v>12</v>
       </c>
       <c r="F13" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="G13" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="H13" t="s">
-        <v>29</v>
+        <v>22</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14">
-        <v>872</v>
+        <v>903</v>
       </c>
       <c r="B14" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="C14" t="s">
-        <v>77</v>
+        <v>25</v>
       </c>
       <c r="D14" t="s">
-        <v>19</v>
+        <v>70</v>
       </c>
       <c r="E14" t="s">
-        <v>78</v>
+        <v>12</v>
       </c>
       <c r="F14" t="s">
         <v>79</v>
       </c>
       <c r="G14" t="s">
+        <v>76</v>
+      </c>
+      <c r="H14" t="s">
+        <v>22</v>
+      </c>
+      <c r="I14" s="1" t="s">
         <v>80</v>
-      </c>
-[...4 lines deleted...]
-        <v>82</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15">
-        <v>871</v>
+        <v>902</v>
       </c>
       <c r="B15" t="s">
+        <v>81</v>
+      </c>
+      <c r="C15" t="s">
+        <v>82</v>
+      </c>
+      <c r="D15" t="s">
         <v>83</v>
       </c>
-      <c r="C15" t="s">
+      <c r="E15" t="s">
+        <v>27</v>
+      </c>
+      <c r="F15" t="s">
         <v>84</v>
       </c>
-      <c r="D15" t="s">
-[...5 lines deleted...]
-      <c r="F15" t="s">
+      <c r="G15" t="s">
         <v>85</v>
       </c>
-      <c r="G15" t="s">
+      <c r="H15" t="s">
+        <v>22</v>
+      </c>
+      <c r="I15" s="1" t="s">
         <v>86</v>
-      </c>
-[...4 lines deleted...]
-        <v>87</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16">
-        <v>870</v>
+        <v>901</v>
       </c>
       <c r="B16" t="s">
+        <v>87</v>
+      </c>
+      <c r="C16" t="s">
         <v>88</v>
       </c>
-      <c r="C16" t="s">
+      <c r="D16" t="s">
+        <v>70</v>
+      </c>
+      <c r="E16" t="s">
+        <v>12</v>
+      </c>
+      <c r="F16" t="s">
         <v>89</v>
       </c>
-      <c r="D16" t="s">
-[...5 lines deleted...]
-      <c r="F16" t="s">
+      <c r="G16" t="s">
         <v>90</v>
       </c>
-      <c r="G16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H16" t="s">
-        <v>29</v>
+        <v>22</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>91</v>
+        <v>72</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17">
-        <v>869</v>
+        <v>900</v>
       </c>
       <c r="B17" t="s">
+        <v>91</v>
+      </c>
+      <c r="C17" t="s">
         <v>92</v>
       </c>
-      <c r="C17" t="s">
+      <c r="D17" t="s">
+        <v>70</v>
+      </c>
+      <c r="E17" t="s">
+        <v>12</v>
+      </c>
+      <c r="F17" t="s">
         <v>93</v>
       </c>
-      <c r="D17" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G17" t="s">
-        <v>86</v>
+        <v>61</v>
       </c>
       <c r="H17" t="s">
-        <v>29</v>
+        <v>22</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>95</v>
+        <v>72</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18">
-        <v>868</v>
+        <v>899</v>
       </c>
       <c r="B18" t="s">
+        <v>94</v>
+      </c>
+      <c r="C18" t="s">
+        <v>95</v>
+      </c>
+      <c r="D18" t="s">
+        <v>26</v>
+      </c>
+      <c r="E18" t="s">
+        <v>12</v>
+      </c>
+      <c r="F18" t="s">
         <v>96</v>
       </c>
-      <c r="C18" t="s">
+      <c r="G18" t="s">
         <v>97</v>
       </c>
-      <c r="D18" t="s">
-[...5 lines deleted...]
-      <c r="F18" t="s">
+      <c r="H18" t="s">
+        <v>22</v>
+      </c>
+      <c r="I18" s="1" t="s">
         <v>98</v>
-      </c>
-[...7 lines deleted...]
-        <v>99</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19">
-        <v>867</v>
+        <v>898</v>
       </c>
       <c r="B19" t="s">
+        <v>99</v>
+      </c>
+      <c r="C19" t="s">
         <v>100</v>
       </c>
-      <c r="C19" t="s">
+      <c r="D19" t="s">
+        <v>11</v>
+      </c>
+      <c r="E19" t="s">
+        <v>12</v>
+      </c>
+      <c r="F19" t="s">
         <v>101</v>
       </c>
-      <c r="D19" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G19" t="s">
-        <v>58</v>
+        <v>102</v>
       </c>
       <c r="H19" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20">
-        <v>866</v>
+        <v>897</v>
       </c>
       <c r="B20" t="s">
-        <v>31</v>
+        <v>104</v>
       </c>
       <c r="C20" t="s">
-        <v>32</v>
+        <v>105</v>
       </c>
       <c r="D20" t="s">
-        <v>11</v>
+        <v>70</v>
       </c>
       <c r="E20" t="s">
         <v>12</v>
       </c>
       <c r="F20" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="G20" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="H20" t="s">
         <v>15</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>105</v>
+        <v>72</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21">
-        <v>865</v>
+        <v>896</v>
       </c>
       <c r="B21" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="C21" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="D21" t="s">
-        <v>26</v>
+        <v>11</v>
       </c>
       <c r="E21" t="s">
         <v>12</v>
       </c>
       <c r="F21" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="G21" t="s">
-        <v>22</v>
+        <v>111</v>
       </c>
       <c r="H21" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22">
-        <v>864</v>
+        <v>895</v>
       </c>
       <c r="B22" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="C22" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="D22" t="s">
-        <v>11</v>
+        <v>26</v>
       </c>
       <c r="E22" t="s">
-        <v>112</v>
+        <v>12</v>
       </c>
       <c r="F22" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="G22" t="s">
-        <v>22</v>
+        <v>116</v>
       </c>
       <c r="H22" t="s">
-        <v>29</v>
+        <v>42</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23">
-        <v>863</v>
+        <v>894</v>
       </c>
       <c r="B23" t="s">
-        <v>115</v>
+        <v>24</v>
       </c>
       <c r="C23" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="D23" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="E23" t="s">
-        <v>41</v>
+        <v>27</v>
       </c>
       <c r="F23" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="G23" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="H23" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24">
-        <v>862</v>
+        <v>893</v>
       </c>
       <c r="B24" t="s">
-        <v>115</v>
+        <v>121</v>
       </c>
       <c r="C24" t="s">
-        <v>10</v>
+        <v>122</v>
       </c>
       <c r="D24" t="s">
-        <v>47</v>
+        <v>11</v>
       </c>
       <c r="E24" t="s">
-        <v>41</v>
+        <v>12</v>
       </c>
       <c r="F24" t="s">
-        <v>116</v>
+        <v>123</v>
       </c>
       <c r="G24" t="s">
-        <v>117</v>
+        <v>124</v>
       </c>
       <c r="H24" t="s">
         <v>15</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>118</v>
+        <v>125</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25">
-        <v>861</v>
+        <v>892</v>
       </c>
       <c r="B25" t="s">
-        <v>119</v>
+        <v>126</v>
       </c>
       <c r="C25" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="D25" t="s">
-        <v>11</v>
+        <v>83</v>
       </c>
       <c r="E25" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="F25" t="s">
-        <v>113</v>
+        <v>84</v>
       </c>
       <c r="G25" t="s">
-        <v>121</v>
+        <v>128</v>
       </c>
       <c r="H25" t="s">
-        <v>29</v>
+        <v>22</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>122</v>
+        <v>72</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26">
-        <v>860</v>
+        <v>891</v>
       </c>
       <c r="B26" t="s">
-        <v>123</v>
+        <v>129</v>
       </c>
       <c r="C26" t="s">
-        <v>32</v>
+        <v>82</v>
       </c>
       <c r="D26" t="s">
-        <v>19</v>
+        <v>70</v>
       </c>
       <c r="E26" t="s">
         <v>12</v>
       </c>
       <c r="F26" t="s">
-        <v>124</v>
+        <v>130</v>
       </c>
       <c r="G26" t="s">
-        <v>125</v>
+        <v>131</v>
       </c>
       <c r="H26" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>126</v>
+        <v>132</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27">
-        <v>859</v>
+        <v>890</v>
       </c>
       <c r="B27" t="s">
-        <v>127</v>
+        <v>133</v>
       </c>
       <c r="C27" t="s">
-        <v>128</v>
+        <v>134</v>
       </c>
       <c r="D27" t="s">
         <v>26</v>
       </c>
       <c r="E27" t="s">
         <v>12</v>
       </c>
       <c r="F27" t="s">
-        <v>129</v>
+        <v>135</v>
       </c>
       <c r="G27" t="s">
-        <v>130</v>
+        <v>136</v>
       </c>
       <c r="H27" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>131</v>
+        <v>137</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28">
-        <v>858</v>
+        <v>889</v>
       </c>
       <c r="B28" t="s">
-        <v>127</v>
+        <v>138</v>
       </c>
       <c r="C28" t="s">
-        <v>128</v>
+        <v>139</v>
       </c>
       <c r="D28" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="E28" t="s">
         <v>12</v>
       </c>
       <c r="F28" t="s">
-        <v>129</v>
+        <v>140</v>
       </c>
       <c r="G28" t="s">
-        <v>130</v>
+        <v>141</v>
       </c>
       <c r="H28" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>131</v>
+        <v>142</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29">
-        <v>857</v>
+        <v>888</v>
       </c>
       <c r="B29" t="s">
-        <v>132</v>
+        <v>143</v>
       </c>
       <c r="C29" t="s">
-        <v>133</v>
+        <v>127</v>
       </c>
       <c r="D29" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="E29" t="s">
-        <v>78</v>
+        <v>12</v>
       </c>
       <c r="F29" t="s">
-        <v>134</v>
+        <v>101</v>
       </c>
       <c r="G29" t="s">
-        <v>135</v>
+        <v>144</v>
       </c>
       <c r="H29" t="s">
-        <v>29</v>
+        <v>42</v>
       </c>
       <c r="I29" s="1" t="s">
-        <v>136</v>
+        <v>145</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30">
-        <v>856</v>
+        <v>887</v>
       </c>
       <c r="B30" t="s">
-        <v>137</v>
+        <v>146</v>
       </c>
       <c r="C30" t="s">
-        <v>138</v>
+        <v>114</v>
       </c>
       <c r="D30" t="s">
-        <v>19</v>
+        <v>38</v>
       </c>
       <c r="E30" t="s">
-        <v>41</v>
+        <v>27</v>
       </c>
       <c r="F30" t="s">
-        <v>139</v>
+        <v>147</v>
       </c>
       <c r="G30" t="s">
-        <v>140</v>
+        <v>148</v>
       </c>
       <c r="H30" t="s">
-        <v>29</v>
+        <v>22</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>141</v>
+        <v>149</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31">
-        <v>855</v>
+        <v>886</v>
       </c>
       <c r="B31" t="s">
-        <v>142</v>
+        <v>150</v>
       </c>
       <c r="C31" t="s">
-        <v>143</v>
+        <v>151</v>
       </c>
       <c r="D31" t="s">
         <v>26</v>
       </c>
       <c r="E31" t="s">
         <v>12</v>
       </c>
       <c r="F31" t="s">
-        <v>144</v>
+        <v>152</v>
       </c>
       <c r="G31" t="s">
-        <v>22</v>
+        <v>153</v>
       </c>
       <c r="H31" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>145</v>
+        <v>154</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32">
-        <v>854</v>
+        <v>885</v>
       </c>
       <c r="B32" t="s">
-        <v>146</v>
+        <v>155</v>
       </c>
       <c r="C32" t="s">
-        <v>84</v>
+        <v>55</v>
       </c>
       <c r="D32" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="E32" t="s">
         <v>12</v>
       </c>
       <c r="F32" t="s">
-        <v>147</v>
+        <v>156</v>
       </c>
       <c r="G32" t="s">
-        <v>148</v>
+        <v>157</v>
       </c>
       <c r="H32" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>149</v>
+        <v>158</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33">
-        <v>853</v>
+        <v>884</v>
       </c>
       <c r="B33" t="s">
-        <v>150</v>
+        <v>159</v>
       </c>
       <c r="C33" t="s">
-        <v>61</v>
+        <v>127</v>
       </c>
       <c r="D33" t="s">
-        <v>11</v>
+        <v>26</v>
       </c>
       <c r="E33" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="F33" t="s">
-        <v>151</v>
+        <v>160</v>
       </c>
       <c r="G33" t="s">
-        <v>152</v>
+        <v>161</v>
       </c>
       <c r="H33" t="s">
-        <v>29</v>
+        <v>22</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>153</v>
+        <v>162</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34">
-        <v>852</v>
+        <v>883</v>
       </c>
       <c r="B34" t="s">
-        <v>154</v>
+        <v>163</v>
       </c>
       <c r="C34" t="s">
-        <v>155</v>
+        <v>164</v>
       </c>
       <c r="D34" t="s">
-        <v>47</v>
+        <v>38</v>
       </c>
       <c r="E34" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="F34" t="s">
-        <v>156</v>
+        <v>165</v>
       </c>
       <c r="G34" t="s">
-        <v>43</v>
+        <v>166</v>
       </c>
       <c r="H34" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>157</v>
+        <v>167</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35">
-        <v>851</v>
+        <v>882</v>
       </c>
       <c r="B35" t="s">
-        <v>158</v>
+        <v>168</v>
       </c>
       <c r="C35" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="D35" t="s">
-        <v>159</v>
+        <v>11</v>
       </c>
       <c r="E35" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="F35" t="s">
-        <v>160</v>
+        <v>169</v>
       </c>
       <c r="G35" t="s">
-        <v>161</v>
+        <v>170</v>
       </c>
       <c r="H35" t="s">
         <v>15</v>
       </c>
       <c r="I35" s="1" t="s">
-        <v>162</v>
+        <v>171</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36">
-        <v>850</v>
+        <v>881</v>
       </c>
       <c r="B36" t="s">
-        <v>163</v>
+        <v>172</v>
       </c>
       <c r="C36" t="s">
-        <v>164</v>
+        <v>173</v>
       </c>
       <c r="D36" t="s">
         <v>26</v>
       </c>
       <c r="E36" t="s">
         <v>12</v>
       </c>
       <c r="F36" t="s">
-        <v>165</v>
+        <v>174</v>
       </c>
       <c r="G36" t="s">
-        <v>121</v>
+        <v>175</v>
       </c>
       <c r="H36" t="s">
-        <v>29</v>
+        <v>22</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>166</v>
+        <v>176</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37">
-        <v>849</v>
+        <v>880</v>
       </c>
       <c r="B37" t="s">
-        <v>167</v>
+        <v>172</v>
       </c>
       <c r="C37" t="s">
-        <v>89</v>
+        <v>173</v>
       </c>
       <c r="D37" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="E37" t="s">
         <v>12</v>
       </c>
       <c r="F37" t="s">
-        <v>168</v>
+        <v>177</v>
       </c>
       <c r="G37" t="s">
-        <v>169</v>
+        <v>178</v>
       </c>
       <c r="H37" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>170</v>
+        <v>179</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38">
-        <v>848</v>
+        <v>879</v>
       </c>
       <c r="B38" t="s">
-        <v>132</v>
+        <v>180</v>
       </c>
       <c r="C38" t="s">
-        <v>133</v>
+        <v>181</v>
       </c>
       <c r="D38" t="s">
-        <v>19</v>
+        <v>38</v>
       </c>
       <c r="E38" t="s">
-        <v>41</v>
+        <v>182</v>
       </c>
       <c r="F38" t="s">
-        <v>171</v>
+        <v>183</v>
       </c>
       <c r="G38" t="s">
-        <v>172</v>
+        <v>29</v>
       </c>
       <c r="H38" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="I38" s="1" t="s">
-        <v>173</v>
+        <v>184</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39">
-        <v>847</v>
+        <v>878</v>
       </c>
       <c r="B39" t="s">
-        <v>17</v>
+        <v>185</v>
       </c>
       <c r="C39" t="s">
-        <v>18</v>
+        <v>186</v>
       </c>
       <c r="D39" t="s">
-        <v>19</v>
+        <v>70</v>
       </c>
       <c r="E39" t="s">
-        <v>41</v>
+        <v>12</v>
       </c>
       <c r="F39" t="s">
-        <v>174</v>
+        <v>187</v>
       </c>
       <c r="G39" t="s">
-        <v>175</v>
+        <v>47</v>
       </c>
       <c r="H39" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>176</v>
+        <v>188</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40">
-        <v>846</v>
+        <v>877</v>
       </c>
       <c r="B40" t="s">
-        <v>177</v>
+        <v>189</v>
       </c>
       <c r="C40" t="s">
-        <v>128</v>
+        <v>190</v>
       </c>
       <c r="D40" t="s">
-        <v>11</v>
+        <v>70</v>
       </c>
       <c r="E40" t="s">
-        <v>41</v>
+        <v>12</v>
       </c>
       <c r="F40" t="s">
-        <v>178</v>
+        <v>191</v>
       </c>
       <c r="G40" t="s">
-        <v>179</v>
+        <v>192</v>
       </c>
       <c r="H40" t="s">
-        <v>29</v>
+        <v>22</v>
       </c>
       <c r="I40" s="1" t="s">
-        <v>180</v>
+        <v>193</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41">
-        <v>845</v>
+        <v>876</v>
       </c>
       <c r="B41" t="s">
-        <v>181</v>
+        <v>194</v>
       </c>
       <c r="C41" t="s">
-        <v>52</v>
+        <v>173</v>
       </c>
       <c r="D41" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="E41" t="s">
-        <v>20</v>
+        <v>182</v>
       </c>
       <c r="F41" t="s">
-        <v>182</v>
+        <v>195</v>
       </c>
       <c r="G41" t="s">
-        <v>183</v>
+        <v>196</v>
       </c>
       <c r="H41" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="I41" s="1" t="s">
-        <v>184</v>
+        <v>197</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42">
-        <v>844</v>
+        <v>875</v>
       </c>
       <c r="B42" t="s">
-        <v>185</v>
+        <v>198</v>
       </c>
       <c r="C42" t="s">
-        <v>186</v>
+        <v>199</v>
       </c>
       <c r="D42" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="E42" t="s">
         <v>12</v>
       </c>
       <c r="F42" t="s">
-        <v>187</v>
+        <v>200</v>
       </c>
       <c r="G42" t="s">
-        <v>188</v>
+        <v>201</v>
       </c>
       <c r="H42" t="s">
-        <v>81</v>
+        <v>22</v>
       </c>
       <c r="I42" s="1" t="s">
-        <v>189</v>
+        <v>202</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43">
-        <v>843</v>
+        <v>874</v>
       </c>
       <c r="B43" t="s">
-        <v>190</v>
+        <v>203</v>
       </c>
       <c r="C43" t="s">
-        <v>155</v>
+        <v>204</v>
       </c>
       <c r="D43" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="E43" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="F43" t="s">
-        <v>191</v>
+        <v>205</v>
       </c>
       <c r="G43" t="s">
-        <v>192</v>
+        <v>206</v>
       </c>
       <c r="H43" t="s">
         <v>15</v>
       </c>
       <c r="I43" s="1" t="s">
-        <v>193</v>
+        <v>207</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44">
-        <v>842</v>
+        <v>873</v>
       </c>
       <c r="B44" t="s">
-        <v>194</v>
+        <v>208</v>
       </c>
       <c r="C44" t="s">
-        <v>195</v>
+        <v>209</v>
       </c>
       <c r="D44" t="s">
         <v>11</v>
       </c>
       <c r="E44" t="s">
         <v>12</v>
       </c>
       <c r="F44" t="s">
-        <v>196</v>
+        <v>210</v>
       </c>
       <c r="G44" t="s">
-        <v>197</v>
+        <v>141</v>
       </c>
       <c r="H44" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="I44" s="1" t="s">
-        <v>198</v>
+        <v>211</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45">
-        <v>841</v>
+        <v>872</v>
       </c>
       <c r="B45" t="s">
-        <v>199</v>
+        <v>212</v>
       </c>
       <c r="C45" t="s">
-        <v>200</v>
+        <v>213</v>
       </c>
       <c r="D45" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="E45" t="s">
-        <v>12</v>
+        <v>39</v>
       </c>
       <c r="F45" t="s">
-        <v>201</v>
+        <v>214</v>
       </c>
       <c r="G45" t="s">
-        <v>202</v>
+        <v>215</v>
       </c>
       <c r="H45" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I45" s="1" t="s">
-        <v>203</v>
+        <v>216</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46">
-        <v>840</v>
+        <v>871</v>
       </c>
       <c r="B46" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="C46" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="D46" t="s">
-        <v>11</v>
+        <v>26</v>
       </c>
       <c r="E46" t="s">
         <v>12</v>
       </c>
       <c r="F46" t="s">
-        <v>113</v>
+        <v>101</v>
       </c>
       <c r="G46" t="s">
-        <v>204</v>
+        <v>217</v>
       </c>
       <c r="H46" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="I46" s="1" t="s">
-        <v>205</v>
+        <v>218</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47">
-        <v>839</v>
+        <v>870</v>
       </c>
       <c r="B47" t="s">
-        <v>206</v>
+        <v>219</v>
       </c>
       <c r="C47" t="s">
-        <v>10</v>
+        <v>220</v>
       </c>
       <c r="D47" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="E47" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="F47" t="s">
-        <v>207</v>
+        <v>135</v>
       </c>
       <c r="G47" t="s">
-        <v>208</v>
+        <v>217</v>
       </c>
       <c r="H47" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="I47" s="1" t="s">
-        <v>209</v>
+        <v>221</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48">
-        <v>838</v>
+        <v>869</v>
       </c>
       <c r="B48" t="s">
-        <v>210</v>
+        <v>222</v>
       </c>
       <c r="C48" t="s">
-        <v>211</v>
+        <v>223</v>
       </c>
       <c r="D48" t="s">
-        <v>11</v>
+        <v>26</v>
       </c>
       <c r="E48" t="s">
         <v>12</v>
       </c>
       <c r="F48" t="s">
-        <v>212</v>
+        <v>224</v>
       </c>
       <c r="G48" t="s">
-        <v>202</v>
+        <v>217</v>
       </c>
       <c r="H48" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="I48" s="1" t="s">
-        <v>213</v>
+        <v>225</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49">
-        <v>837</v>
+        <v>868</v>
       </c>
       <c r="B49" t="s">
-        <v>214</v>
+        <v>226</v>
       </c>
       <c r="C49" t="s">
-        <v>215</v>
+        <v>227</v>
       </c>
       <c r="D49" t="s">
-        <v>11</v>
+        <v>26</v>
       </c>
       <c r="E49" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="F49" t="s">
-        <v>216</v>
+        <v>228</v>
       </c>
       <c r="G49" t="s">
-        <v>217</v>
+        <v>206</v>
       </c>
       <c r="H49" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="I49" s="1" t="s">
-        <v>218</v>
+        <v>229</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50">
-        <v>836</v>
+        <v>867</v>
       </c>
       <c r="B50" t="s">
-        <v>219</v>
+        <v>230</v>
       </c>
       <c r="C50" t="s">
-        <v>220</v>
+        <v>82</v>
       </c>
       <c r="D50" t="s">
-        <v>47</v>
+        <v>11</v>
       </c>
       <c r="E50" t="s">
-        <v>12</v>
+        <v>39</v>
       </c>
       <c r="F50" t="s">
-        <v>221</v>
+        <v>205</v>
       </c>
       <c r="G50" t="s">
-        <v>222</v>
+        <v>196</v>
       </c>
       <c r="H50" t="s">
         <v>15</v>
       </c>
       <c r="I50" s="1" t="s">
-        <v>223</v>
+        <v>231</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51">
-        <v>835</v>
+        <v>866</v>
       </c>
       <c r="B51" t="s">
-        <v>71</v>
+        <v>172</v>
       </c>
       <c r="C51" t="s">
-        <v>72</v>
+        <v>173</v>
       </c>
       <c r="D51" t="s">
         <v>26</v>
       </c>
       <c r="E51" t="s">
         <v>12</v>
       </c>
       <c r="F51" t="s">
-        <v>224</v>
+        <v>156</v>
       </c>
       <c r="G51" t="s">
-        <v>204</v>
+        <v>232</v>
       </c>
       <c r="H51" t="s">
-        <v>29</v>
+        <v>22</v>
       </c>
       <c r="I51" s="1" t="s">
-        <v>225</v>
+        <v>233</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52">
-        <v>834</v>
+        <v>865</v>
       </c>
       <c r="B52" t="s">
-        <v>214</v>
+        <v>234</v>
       </c>
       <c r="C52" t="s">
-        <v>215</v>
+        <v>235</v>
       </c>
       <c r="D52" t="s">
         <v>11</v>
       </c>
       <c r="E52" t="s">
         <v>12</v>
       </c>
       <c r="F52" t="s">
-        <v>226</v>
+        <v>236</v>
       </c>
       <c r="G52" t="s">
-        <v>227</v>
+        <v>166</v>
       </c>
       <c r="H52" t="s">
         <v>15</v>
       </c>
       <c r="I52" s="1" t="s">
-        <v>228</v>
+        <v>237</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53">
-        <v>833</v>
+        <v>864</v>
       </c>
       <c r="B53" t="s">
-        <v>214</v>
+        <v>238</v>
       </c>
       <c r="C53" t="s">
-        <v>215</v>
+        <v>239</v>
       </c>
       <c r="D53" t="s">
-        <v>11</v>
+        <v>26</v>
       </c>
       <c r="E53" t="s">
-        <v>12</v>
+        <v>240</v>
       </c>
       <c r="F53" t="s">
-        <v>226</v>
+        <v>241</v>
       </c>
       <c r="G53" t="s">
-        <v>227</v>
+        <v>166</v>
       </c>
       <c r="H53" t="s">
         <v>15</v>
       </c>
       <c r="I53" s="1" t="s">
-        <v>228</v>
+        <v>242</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54">
-        <v>832</v>
+        <v>863</v>
       </c>
       <c r="B54" t="s">
-        <v>229</v>
+        <v>243</v>
       </c>
       <c r="C54" t="s">
-        <v>164</v>
+        <v>127</v>
       </c>
       <c r="D54" t="s">
-        <v>47</v>
+        <v>70</v>
       </c>
       <c r="E54" t="s">
-        <v>12</v>
+        <v>182</v>
       </c>
       <c r="F54" t="s">
-        <v>230</v>
+        <v>244</v>
       </c>
       <c r="G54" t="s">
-        <v>231</v>
+        <v>245</v>
       </c>
       <c r="H54" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="I54" s="1" t="s">
-        <v>232</v>
+        <v>246</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55">
-        <v>831</v>
+        <v>862</v>
       </c>
       <c r="B55" t="s">
-        <v>123</v>
+        <v>243</v>
       </c>
       <c r="C55" t="s">
-        <v>32</v>
+        <v>127</v>
       </c>
       <c r="D55" t="s">
-        <v>19</v>
+        <v>70</v>
       </c>
       <c r="E55" t="s">
-        <v>78</v>
+        <v>182</v>
       </c>
       <c r="F55" t="s">
-        <v>233</v>
+        <v>244</v>
       </c>
       <c r="G55" t="s">
-        <v>234</v>
+        <v>245</v>
       </c>
       <c r="H55" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="I55" s="1" t="s">
-        <v>235</v>
+        <v>246</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56">
-        <v>830</v>
+        <v>861</v>
       </c>
       <c r="B56" t="s">
-        <v>236</v>
+        <v>247</v>
       </c>
       <c r="C56" t="s">
-        <v>120</v>
+        <v>50</v>
       </c>
       <c r="D56" t="s">
         <v>26</v>
       </c>
       <c r="E56" t="s">
         <v>12</v>
       </c>
       <c r="F56" t="s">
-        <v>237</v>
+        <v>241</v>
       </c>
       <c r="G56" t="s">
-        <v>238</v>
+        <v>248</v>
       </c>
       <c r="H56" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="I56" s="1" t="s">
-        <v>239</v>
+        <v>249</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57">
-        <v>829</v>
+        <v>860</v>
       </c>
       <c r="B57" t="s">
-        <v>240</v>
+        <v>250</v>
       </c>
       <c r="C57" t="s">
-        <v>195</v>
+        <v>173</v>
       </c>
       <c r="D57" t="s">
-        <v>19</v>
+        <v>38</v>
       </c>
       <c r="E57" t="s">
         <v>12</v>
       </c>
       <c r="F57" t="s">
-        <v>241</v>
+        <v>251</v>
       </c>
       <c r="G57" t="s">
-        <v>242</v>
+        <v>252</v>
       </c>
       <c r="H57" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="I57" s="1" t="s">
-        <v>243</v>
+        <v>253</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58">
-        <v>828</v>
+        <v>859</v>
       </c>
       <c r="B58" t="s">
-        <v>96</v>
+        <v>254</v>
       </c>
       <c r="C58" t="s">
-        <v>97</v>
+        <v>255</v>
       </c>
       <c r="D58" t="s">
         <v>11</v>
       </c>
       <c r="E58" t="s">
         <v>12</v>
       </c>
       <c r="F58" t="s">
-        <v>244</v>
+        <v>256</v>
       </c>
       <c r="G58" t="s">
-        <v>217</v>
+        <v>257</v>
       </c>
       <c r="H58" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I58" s="1" t="s">
-        <v>245</v>
+        <v>258</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59">
-        <v>827</v>
+        <v>858</v>
       </c>
       <c r="B59" t="s">
-        <v>246</v>
+        <v>254</v>
       </c>
       <c r="C59" t="s">
-        <v>107</v>
+        <v>255</v>
       </c>
       <c r="D59" t="s">
-        <v>47</v>
+        <v>11</v>
       </c>
       <c r="E59" t="s">
         <v>12</v>
       </c>
       <c r="F59" t="s">
-        <v>247</v>
+        <v>256</v>
       </c>
       <c r="G59" t="s">
-        <v>183</v>
+        <v>257</v>
       </c>
       <c r="H59" t="s">
-        <v>29</v>
+        <v>42</v>
       </c>
       <c r="I59" s="1" t="s">
-        <v>248</v>
+        <v>258</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60">
-        <v>826</v>
+        <v>857</v>
       </c>
       <c r="B60" t="s">
-        <v>249</v>
+        <v>259</v>
       </c>
       <c r="C60" t="s">
-        <v>250</v>
+        <v>260</v>
       </c>
       <c r="D60" t="s">
-        <v>19</v>
+        <v>38</v>
       </c>
       <c r="E60" t="s">
-        <v>20</v>
+        <v>39</v>
       </c>
       <c r="F60" t="s">
-        <v>251</v>
+        <v>261</v>
       </c>
       <c r="G60" t="s">
-        <v>192</v>
+        <v>262</v>
       </c>
       <c r="H60" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="I60" s="1" t="s">
-        <v>252</v>
+        <v>263</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61">
-        <v>825</v>
+        <v>856</v>
       </c>
       <c r="B61" t="s">
-        <v>253</v>
+        <v>264</v>
       </c>
       <c r="C61" t="s">
-        <v>254</v>
+        <v>265</v>
       </c>
       <c r="D61" t="s">
-        <v>19</v>
+        <v>38</v>
       </c>
       <c r="E61" t="s">
-        <v>20</v>
+        <v>182</v>
       </c>
       <c r="F61" t="s">
-        <v>255</v>
+        <v>266</v>
       </c>
       <c r="G61" t="s">
-        <v>256</v>
+        <v>267</v>
       </c>
       <c r="H61" t="s">
         <v>15</v>
       </c>
       <c r="I61" s="1" t="s">
-        <v>209</v>
+        <v>268</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62">
-        <v>824</v>
+        <v>855</v>
       </c>
       <c r="B62" t="s">
-        <v>257</v>
+        <v>269</v>
       </c>
       <c r="C62" t="s">
-        <v>200</v>
+        <v>270</v>
       </c>
       <c r="D62" t="s">
         <v>11</v>
       </c>
       <c r="E62" t="s">
         <v>12</v>
       </c>
       <c r="F62" t="s">
-        <v>258</v>
+        <v>271</v>
       </c>
       <c r="G62" t="s">
-        <v>259</v>
+        <v>166</v>
       </c>
       <c r="H62" t="s">
-        <v>81</v>
+        <v>15</v>
       </c>
       <c r="I62" s="1" t="s">
-        <v>260</v>
+        <v>272</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63">
-        <v>823</v>
+        <v>854</v>
       </c>
       <c r="B63" t="s">
-        <v>261</v>
+        <v>273</v>
       </c>
       <c r="C63" t="s">
-        <v>262</v>
+        <v>95</v>
       </c>
       <c r="D63" t="s">
-        <v>19</v>
+        <v>38</v>
       </c>
       <c r="E63" t="s">
-        <v>41</v>
+        <v>12</v>
       </c>
       <c r="F63" t="s">
-        <v>263</v>
+        <v>274</v>
       </c>
       <c r="G63" t="s">
-        <v>264</v>
+        <v>275</v>
       </c>
       <c r="H63" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="I63" s="1" t="s">
-        <v>265</v>
+        <v>276</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64">
-        <v>822</v>
+        <v>853</v>
       </c>
       <c r="B64" t="s">
-        <v>266</v>
+        <v>277</v>
       </c>
       <c r="C64" t="s">
-        <v>254</v>
+        <v>199</v>
       </c>
       <c r="D64" t="s">
-        <v>11</v>
+        <v>26</v>
       </c>
       <c r="E64" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="F64" t="s">
-        <v>267</v>
+        <v>278</v>
       </c>
       <c r="G64" t="s">
-        <v>135</v>
+        <v>279</v>
       </c>
       <c r="H64" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="I64" s="1" t="s">
-        <v>268</v>
+        <v>280</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65">
-        <v>821</v>
+        <v>852</v>
       </c>
       <c r="B65" t="s">
-        <v>269</v>
+        <v>281</v>
       </c>
       <c r="C65" t="s">
-        <v>270</v>
+        <v>282</v>
       </c>
       <c r="D65" t="s">
-        <v>47</v>
+        <v>70</v>
       </c>
       <c r="E65" t="s">
         <v>12</v>
       </c>
       <c r="F65" t="s">
-        <v>271</v>
+        <v>283</v>
       </c>
       <c r="G65" t="s">
-        <v>256</v>
+        <v>29</v>
       </c>
       <c r="H65" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="I65" s="1" t="s">
-        <v>272</v>
+        <v>284</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66">
-        <v>820</v>
+        <v>851</v>
       </c>
       <c r="B66" t="s">
-        <v>273</v>
+        <v>285</v>
       </c>
       <c r="C66" t="s">
-        <v>274</v>
+        <v>127</v>
       </c>
       <c r="D66" t="s">
-        <v>62</v>
+        <v>286</v>
       </c>
       <c r="E66" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="F66" t="s">
-        <v>275</v>
+        <v>287</v>
       </c>
       <c r="G66" t="s">
-        <v>234</v>
+        <v>288</v>
       </c>
       <c r="H66" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="I66" s="1" t="s">
-        <v>276</v>
+        <v>289</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67">
-        <v>819</v>
+        <v>850</v>
       </c>
       <c r="B67" t="s">
-        <v>277</v>
+        <v>290</v>
       </c>
       <c r="C67" t="s">
-        <v>10</v>
+        <v>291</v>
       </c>
       <c r="D67" t="s">
-        <v>26</v>
+        <v>11</v>
       </c>
       <c r="E67" t="s">
         <v>12</v>
       </c>
       <c r="F67" t="s">
-        <v>278</v>
+        <v>292</v>
       </c>
       <c r="G67" t="s">
-        <v>259</v>
+        <v>248</v>
       </c>
       <c r="H67" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="I67" s="1" t="s">
-        <v>279</v>
+        <v>293</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68">
-        <v>818</v>
+        <v>849</v>
       </c>
       <c r="B68" t="s">
-        <v>280</v>
+        <v>294</v>
       </c>
       <c r="C68" t="s">
-        <v>211</v>
+        <v>220</v>
       </c>
       <c r="D68" t="s">
-        <v>19</v>
+        <v>38</v>
       </c>
       <c r="E68" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="F68" t="s">
-        <v>281</v>
+        <v>295</v>
       </c>
       <c r="G68" t="s">
-        <v>192</v>
+        <v>296</v>
       </c>
       <c r="H68" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="I68" s="1" t="s">
-        <v>282</v>
+        <v>297</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69">
-        <v>817</v>
+        <v>848</v>
       </c>
       <c r="B69" t="s">
-        <v>283</v>
+        <v>259</v>
       </c>
       <c r="C69" t="s">
-        <v>128</v>
+        <v>260</v>
       </c>
       <c r="D69" t="s">
-        <v>47</v>
+        <v>38</v>
       </c>
       <c r="E69" t="s">
-        <v>12</v>
+        <v>182</v>
       </c>
       <c r="F69" t="s">
-        <v>284</v>
+        <v>298</v>
       </c>
       <c r="G69" t="s">
-        <v>285</v>
+        <v>299</v>
       </c>
       <c r="H69" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="I69" s="1" t="s">
-        <v>286</v>
+        <v>300</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70">
-        <v>815</v>
+        <v>847</v>
       </c>
       <c r="B70" t="s">
-        <v>287</v>
+        <v>163</v>
       </c>
       <c r="C70" t="s">
-        <v>288</v>
+        <v>164</v>
       </c>
       <c r="D70" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="E70" t="s">
-        <v>12</v>
+        <v>182</v>
       </c>
       <c r="F70" t="s">
-        <v>289</v>
+        <v>301</v>
       </c>
       <c r="G70" t="s">
-        <v>290</v>
+        <v>302</v>
       </c>
       <c r="H70" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="I70" s="1" t="s">
-        <v>118</v>
+        <v>303</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71">
-        <v>814</v>
+        <v>846</v>
       </c>
       <c r="B71" t="s">
-        <v>56</v>
+        <v>304</v>
       </c>
       <c r="C71" t="s">
-        <v>32</v>
+        <v>255</v>
       </c>
       <c r="D71" t="s">
         <v>26</v>
       </c>
       <c r="E71" t="s">
-        <v>12</v>
+        <v>182</v>
       </c>
       <c r="F71" t="s">
-        <v>291</v>
+        <v>305</v>
       </c>
       <c r="G71" t="s">
-        <v>292</v>
+        <v>306</v>
       </c>
       <c r="H71" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="I71" s="1" t="s">
-        <v>293</v>
+        <v>307</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72">
-        <v>813</v>
+        <v>845</v>
       </c>
       <c r="B72" t="s">
-        <v>294</v>
+        <v>308</v>
       </c>
       <c r="C72" t="s">
-        <v>295</v>
+        <v>190</v>
       </c>
       <c r="D72" t="s">
-        <v>47</v>
+        <v>38</v>
       </c>
       <c r="E72" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="F72" t="s">
-        <v>296</v>
+        <v>309</v>
       </c>
       <c r="G72" t="s">
-        <v>297</v>
+        <v>310</v>
       </c>
       <c r="H72" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="I72" s="1" t="s">
-        <v>298</v>
+        <v>311</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73">
-        <v>812</v>
+        <v>844</v>
       </c>
       <c r="B73" t="s">
-        <v>299</v>
+        <v>312</v>
       </c>
       <c r="C73" t="s">
-        <v>101</v>
+        <v>313</v>
       </c>
       <c r="D73" t="s">
         <v>11</v>
       </c>
       <c r="E73" t="s">
         <v>12</v>
       </c>
       <c r="F73" t="s">
-        <v>300</v>
+        <v>314</v>
       </c>
       <c r="G73" t="s">
-        <v>301</v>
+        <v>315</v>
       </c>
       <c r="H73" t="s">
-        <v>29</v>
+        <v>42</v>
       </c>
       <c r="I73" s="1" t="s">
-        <v>302</v>
+        <v>316</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74">
-        <v>811</v>
+        <v>843</v>
       </c>
       <c r="B74" t="s">
-        <v>71</v>
+        <v>317</v>
       </c>
       <c r="C74" t="s">
-        <v>72</v>
+        <v>282</v>
       </c>
       <c r="D74" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="E74" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="F74" t="s">
-        <v>303</v>
+        <v>318</v>
       </c>
       <c r="G74" t="s">
-        <v>242</v>
+        <v>319</v>
       </c>
       <c r="H74" t="s">
-        <v>81</v>
+        <v>22</v>
       </c>
       <c r="I74" s="1" t="s">
-        <v>304</v>
+        <v>320</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75">
-        <v>810</v>
+        <v>842</v>
       </c>
       <c r="B75" t="s">
-        <v>305</v>
+        <v>321</v>
       </c>
       <c r="C75" t="s">
-        <v>306</v>
+        <v>109</v>
       </c>
       <c r="D75" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="E75" t="s">
         <v>12</v>
       </c>
       <c r="F75" t="s">
-        <v>307</v>
+        <v>322</v>
       </c>
       <c r="G75" t="s">
-        <v>308</v>
+        <v>323</v>
       </c>
       <c r="H75" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="I75" s="1" t="s">
-        <v>309</v>
+        <v>324</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76">
-        <v>809</v>
+        <v>841</v>
       </c>
       <c r="B76" t="s">
-        <v>310</v>
+        <v>325</v>
       </c>
       <c r="C76" t="s">
-        <v>311</v>
+        <v>326</v>
       </c>
       <c r="D76" t="s">
-        <v>62</v>
+        <v>11</v>
       </c>
       <c r="E76" t="s">
         <v>12</v>
       </c>
       <c r="F76" t="s">
-        <v>312</v>
+        <v>327</v>
       </c>
       <c r="G76" t="s">
-        <v>242</v>
+        <v>148</v>
       </c>
       <c r="H76" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I76" s="1" t="s">
-        <v>313</v>
+        <v>328</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77">
-        <v>808</v>
+        <v>840</v>
       </c>
       <c r="B77" t="s">
-        <v>314</v>
+        <v>222</v>
       </c>
       <c r="C77" t="s">
-        <v>215</v>
+        <v>223</v>
       </c>
       <c r="D77" t="s">
         <v>26</v>
       </c>
       <c r="E77" t="s">
         <v>12</v>
       </c>
       <c r="F77" t="s">
-        <v>315</v>
+        <v>241</v>
       </c>
       <c r="G77" t="s">
-        <v>242</v>
+        <v>329</v>
       </c>
       <c r="H77" t="s">
-        <v>81</v>
+        <v>15</v>
       </c>
       <c r="I77" s="1" t="s">
-        <v>316</v>
+        <v>330</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78">
-        <v>807</v>
+        <v>839</v>
       </c>
       <c r="B78" t="s">
-        <v>317</v>
+        <v>331</v>
       </c>
       <c r="C78" t="s">
-        <v>288</v>
+        <v>127</v>
       </c>
       <c r="D78" t="s">
-        <v>11</v>
+        <v>38</v>
       </c>
       <c r="E78" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="F78" t="s">
-        <v>318</v>
+        <v>332</v>
       </c>
       <c r="G78" t="s">
-        <v>259</v>
+        <v>333</v>
       </c>
       <c r="H78" t="s">
-        <v>81</v>
+        <v>15</v>
       </c>
       <c r="I78" s="1" t="s">
-        <v>319</v>
+        <v>334</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79">
-        <v>806</v>
+        <v>838</v>
       </c>
       <c r="B79" t="s">
-        <v>320</v>
+        <v>59</v>
       </c>
       <c r="C79" t="s">
-        <v>93</v>
+        <v>37</v>
       </c>
       <c r="D79" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="E79" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="F79" t="s">
-        <v>321</v>
+        <v>335</v>
       </c>
       <c r="G79" t="s">
-        <v>135</v>
+        <v>148</v>
       </c>
       <c r="H79" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="I79" s="1" t="s">
-        <v>322</v>
+        <v>336</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80">
-        <v>805</v>
+        <v>837</v>
       </c>
       <c r="B80" t="s">
-        <v>323</v>
+        <v>337</v>
       </c>
       <c r="C80" t="s">
-        <v>97</v>
+        <v>338</v>
       </c>
       <c r="D80" t="s">
         <v>26</v>
       </c>
       <c r="E80" t="s">
         <v>12</v>
       </c>
       <c r="F80" t="s">
-        <v>324</v>
+        <v>339</v>
       </c>
       <c r="G80" t="s">
-        <v>325</v>
+        <v>340</v>
       </c>
       <c r="H80" t="s">
-        <v>29</v>
+        <v>22</v>
       </c>
       <c r="I80" s="1" t="s">
-        <v>326</v>
+        <v>341</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81">
-        <v>804</v>
+        <v>836</v>
       </c>
       <c r="B81" t="s">
-        <v>327</v>
+        <v>342</v>
       </c>
       <c r="C81" t="s">
-        <v>107</v>
+        <v>343</v>
       </c>
       <c r="D81" t="s">
-        <v>19</v>
+        <v>70</v>
       </c>
       <c r="E81" t="s">
         <v>12</v>
       </c>
       <c r="F81" t="s">
-        <v>258</v>
+        <v>344</v>
       </c>
       <c r="G81" t="s">
-        <v>328</v>
+        <v>345</v>
       </c>
       <c r="H81" t="s">
-        <v>29</v>
+        <v>22</v>
       </c>
       <c r="I81" s="1" t="s">
-        <v>282</v>
+        <v>346</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82">
-        <v>802</v>
+        <v>835</v>
       </c>
       <c r="B82" t="s">
+        <v>208</v>
+      </c>
+      <c r="C82" t="s">
+        <v>209</v>
+      </c>
+      <c r="D82" t="s">
+        <v>11</v>
+      </c>
+      <c r="E82" t="s">
+        <v>12</v>
+      </c>
+      <c r="F82" t="s">
+        <v>347</v>
+      </c>
+      <c r="G82" t="s">
         <v>329</v>
       </c>
-      <c r="C82" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H82" t="s">
-        <v>81</v>
+        <v>15</v>
       </c>
       <c r="I82" s="1" t="s">
-        <v>333</v>
+        <v>348</v>
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83">
-        <v>801</v>
+        <v>834</v>
       </c>
       <c r="B83" t="s">
-        <v>334</v>
+        <v>337</v>
       </c>
       <c r="C83" t="s">
-        <v>335</v>
+        <v>338</v>
       </c>
       <c r="D83" t="s">
         <v>26</v>
       </c>
       <c r="E83" t="s">
         <v>12</v>
       </c>
       <c r="F83" t="s">
-        <v>336</v>
+        <v>349</v>
       </c>
       <c r="G83" t="s">
-        <v>332</v>
+        <v>350</v>
       </c>
       <c r="H83" t="s">
-        <v>81</v>
+        <v>22</v>
       </c>
       <c r="I83" s="1" t="s">
-        <v>337</v>
+        <v>351</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84">
-        <v>800</v>
+        <v>833</v>
       </c>
       <c r="B84" t="s">
+        <v>337</v>
+      </c>
+      <c r="C84" t="s">
         <v>338</v>
-      </c>
-[...1 lines deleted...]
-        <v>339</v>
       </c>
       <c r="D84" t="s">
         <v>26</v>
       </c>
       <c r="E84" t="s">
         <v>12</v>
       </c>
       <c r="F84" t="s">
-        <v>85</v>
+        <v>349</v>
       </c>
       <c r="G84" t="s">
-        <v>340</v>
+        <v>350</v>
       </c>
       <c r="H84" t="s">
-        <v>81</v>
+        <v>22</v>
       </c>
       <c r="I84" s="1" t="s">
-        <v>341</v>
+        <v>351</v>
       </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85">
-        <v>799</v>
+        <v>832</v>
       </c>
       <c r="B85" t="s">
-        <v>314</v>
+        <v>352</v>
       </c>
       <c r="C85" t="s">
-        <v>215</v>
+        <v>291</v>
       </c>
       <c r="D85" t="s">
-        <v>26</v>
+        <v>70</v>
       </c>
       <c r="E85" t="s">
         <v>12</v>
       </c>
       <c r="F85" t="s">
-        <v>342</v>
+        <v>353</v>
       </c>
       <c r="G85" t="s">
-        <v>343</v>
+        <v>136</v>
       </c>
       <c r="H85" t="s">
-        <v>81</v>
+        <v>22</v>
       </c>
       <c r="I85" s="1" t="s">
-        <v>344</v>
+        <v>354</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86">
-        <v>798</v>
+        <v>831</v>
       </c>
       <c r="B86" t="s">
-        <v>199</v>
+        <v>250</v>
       </c>
       <c r="C86" t="s">
-        <v>200</v>
+        <v>173</v>
       </c>
       <c r="D86" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="E86" t="s">
-        <v>12</v>
+        <v>39</v>
       </c>
       <c r="F86" t="s">
-        <v>345</v>
+        <v>355</v>
       </c>
       <c r="G86" t="s">
-        <v>346</v>
+        <v>356</v>
       </c>
       <c r="H86" t="s">
-        <v>29</v>
+        <v>22</v>
       </c>
       <c r="I86" s="1" t="s">
-        <v>347</v>
+        <v>357</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="A87">
-        <v>797</v>
+        <v>830</v>
       </c>
       <c r="B87" t="s">
-        <v>348</v>
+        <v>358</v>
       </c>
       <c r="C87" t="s">
-        <v>349</v>
+        <v>50</v>
       </c>
       <c r="D87" t="s">
-        <v>47</v>
+        <v>11</v>
       </c>
       <c r="E87" t="s">
         <v>12</v>
       </c>
       <c r="F87" t="s">
-        <v>350</v>
+        <v>359</v>
       </c>
       <c r="G87" t="s">
-        <v>351</v>
+        <v>360</v>
       </c>
       <c r="H87" t="s">
         <v>15</v>
       </c>
       <c r="I87" s="1" t="s">
-        <v>352</v>
+        <v>361</v>
       </c>
     </row>
     <row r="88" spans="1:9">
       <c r="A88">
-        <v>796</v>
+        <v>829</v>
       </c>
       <c r="B88" t="s">
-        <v>353</v>
+        <v>362</v>
       </c>
       <c r="C88" t="s">
-        <v>128</v>
+        <v>109</v>
       </c>
       <c r="D88" t="s">
-        <v>19</v>
+        <v>38</v>
       </c>
       <c r="E88" t="s">
         <v>12</v>
       </c>
       <c r="F88" t="s">
-        <v>354</v>
+        <v>363</v>
       </c>
       <c r="G88" t="s">
-        <v>355</v>
+        <v>364</v>
       </c>
       <c r="H88" t="s">
-        <v>81</v>
+        <v>15</v>
       </c>
       <c r="I88" s="1" t="s">
-        <v>356</v>
+        <v>365</v>
       </c>
     </row>
     <row r="89" spans="1:9">
       <c r="A89">
-        <v>795</v>
+        <v>828</v>
       </c>
       <c r="B89" t="s">
-        <v>357</v>
+        <v>226</v>
       </c>
       <c r="C89" t="s">
-        <v>358</v>
+        <v>227</v>
       </c>
       <c r="D89" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="E89" t="s">
-        <v>41</v>
+        <v>12</v>
       </c>
       <c r="F89" t="s">
-        <v>359</v>
+        <v>366</v>
       </c>
       <c r="G89" t="s">
-        <v>360</v>
+        <v>340</v>
       </c>
       <c r="H89" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I89" s="1" t="s">
-        <v>176</v>
+        <v>367</v>
       </c>
     </row>
     <row r="90" spans="1:9">
       <c r="A90">
-        <v>794</v>
+        <v>827</v>
       </c>
       <c r="B90" t="s">
-        <v>361</v>
+        <v>368</v>
       </c>
       <c r="C90" t="s">
-        <v>61</v>
+        <v>235</v>
       </c>
       <c r="D90" t="s">
-        <v>19</v>
+        <v>70</v>
       </c>
       <c r="E90" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="F90" t="s">
-        <v>362</v>
+        <v>369</v>
       </c>
       <c r="G90" t="s">
-        <v>363</v>
+        <v>310</v>
       </c>
       <c r="H90" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="I90" s="1" t="s">
-        <v>364</v>
+        <v>370</v>
       </c>
     </row>
     <row r="91" spans="1:9">
       <c r="A91">
-        <v>793</v>
+        <v>826</v>
       </c>
       <c r="B91" t="s">
-        <v>365</v>
+        <v>371</v>
       </c>
       <c r="C91" t="s">
-        <v>366</v>
+        <v>372</v>
       </c>
       <c r="D91" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="E91" t="s">
-        <v>367</v>
+        <v>27</v>
       </c>
       <c r="F91" t="s">
-        <v>368</v>
+        <v>373</v>
       </c>
       <c r="G91" t="s">
-        <v>369</v>
+        <v>319</v>
       </c>
       <c r="H91" t="s">
-        <v>81</v>
+        <v>15</v>
       </c>
       <c r="I91" s="1" t="s">
-        <v>370</v>
+        <v>374</v>
       </c>
     </row>
     <row r="92" spans="1:9">
       <c r="A92">
-        <v>792</v>
+        <v>825</v>
       </c>
       <c r="B92" t="s">
-        <v>371</v>
+        <v>375</v>
       </c>
       <c r="C92" t="s">
-        <v>25</v>
+        <v>376</v>
       </c>
       <c r="D92" t="s">
-        <v>19</v>
+        <v>38</v>
       </c>
       <c r="E92" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="F92" t="s">
-        <v>372</v>
+        <v>377</v>
       </c>
       <c r="G92" t="s">
-        <v>301</v>
+        <v>378</v>
       </c>
       <c r="H92" t="s">
-        <v>29</v>
+        <v>22</v>
       </c>
       <c r="I92" s="1" t="s">
-        <v>373</v>
+        <v>334</v>
       </c>
     </row>
     <row r="93" spans="1:9">
       <c r="A93">
-        <v>791</v>
+        <v>824</v>
       </c>
       <c r="B93" t="s">
-        <v>374</v>
+        <v>379</v>
       </c>
       <c r="C93" t="s">
-        <v>375</v>
+        <v>326</v>
       </c>
       <c r="D93" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="E93" t="s">
         <v>12</v>
       </c>
       <c r="F93" t="s">
-        <v>376</v>
+        <v>380</v>
       </c>
       <c r="G93" t="s">
-        <v>377</v>
+        <v>381</v>
       </c>
       <c r="H93" t="s">
-        <v>15</v>
+        <v>42</v>
       </c>
       <c r="I93" s="1" t="s">
-        <v>378</v>
+        <v>382</v>
       </c>
     </row>
     <row r="94" spans="1:9">
       <c r="A94">
-        <v>790</v>
+        <v>823</v>
       </c>
       <c r="B94" t="s">
-        <v>379</v>
+        <v>383</v>
       </c>
       <c r="C94" t="s">
-        <v>358</v>
+        <v>151</v>
       </c>
       <c r="D94" t="s">
-        <v>11</v>
+        <v>38</v>
       </c>
       <c r="E94" t="s">
-        <v>12</v>
+        <v>182</v>
       </c>
       <c r="F94" t="s">
-        <v>380</v>
+        <v>384</v>
       </c>
       <c r="G94" t="s">
-        <v>381</v>
+        <v>385</v>
       </c>
       <c r="H94" t="s">
-        <v>81</v>
+        <v>15</v>
       </c>
       <c r="I94" s="1" t="s">
-        <v>382</v>
+        <v>386</v>
       </c>
     </row>
     <row r="95" spans="1:9">
       <c r="A95">
-        <v>789</v>
+        <v>822</v>
       </c>
       <c r="B95" t="s">
-        <v>383</v>
+        <v>387</v>
       </c>
       <c r="C95" t="s">
-        <v>384</v>
+        <v>376</v>
       </c>
       <c r="D95" t="s">
         <v>26</v>
       </c>
       <c r="E95" t="s">
         <v>12</v>
       </c>
       <c r="F95" t="s">
-        <v>385</v>
+        <v>388</v>
       </c>
       <c r="G95" t="s">
-        <v>346</v>
+        <v>262</v>
       </c>
       <c r="H95" t="s">
-        <v>81</v>
+        <v>15</v>
       </c>
       <c r="I95" s="1" t="s">
-        <v>386</v>
+        <v>389</v>
       </c>
     </row>
     <row r="96" spans="1:9">
       <c r="A96">
-        <v>788</v>
+        <v>821</v>
       </c>
       <c r="B96" t="s">
-        <v>383</v>
+        <v>390</v>
       </c>
       <c r="C96" t="s">
-        <v>384</v>
+        <v>134</v>
       </c>
       <c r="D96" t="s">
-        <v>26</v>
+        <v>70</v>
       </c>
       <c r="E96" t="s">
         <v>12</v>
       </c>
       <c r="F96" t="s">
-        <v>385</v>
+        <v>391</v>
       </c>
       <c r="G96" t="s">
-        <v>346</v>
+        <v>378</v>
       </c>
       <c r="H96" t="s">
-        <v>81</v>
+        <v>22</v>
       </c>
       <c r="I96" s="1" t="s">
-        <v>386</v>
+        <v>392</v>
       </c>
     </row>
     <row r="97" spans="1:9">
       <c r="A97">
-        <v>787</v>
+        <v>820</v>
       </c>
       <c r="B97" t="s">
-        <v>177</v>
+        <v>393</v>
       </c>
       <c r="C97" t="s">
-        <v>128</v>
+        <v>139</v>
       </c>
       <c r="D97" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="E97" t="s">
         <v>12</v>
       </c>
       <c r="F97" t="s">
-        <v>387</v>
+        <v>20</v>
       </c>
       <c r="G97" t="s">
-        <v>388</v>
+        <v>356</v>
       </c>
       <c r="H97" t="s">
-        <v>81</v>
+        <v>22</v>
       </c>
       <c r="I97" s="1" t="s">
-        <v>389</v>
+        <v>394</v>
       </c>
     </row>
     <row r="98" spans="1:9">
       <c r="A98">
-        <v>786</v>
+        <v>819</v>
       </c>
       <c r="B98" t="s">
-        <v>390</v>
+        <v>395</v>
       </c>
       <c r="C98" t="s">
-        <v>391</v>
+        <v>127</v>
       </c>
       <c r="D98" t="s">
         <v>11</v>
       </c>
       <c r="E98" t="s">
         <v>12</v>
       </c>
       <c r="F98" t="s">
-        <v>392</v>
+        <v>396</v>
       </c>
       <c r="G98" t="s">
-        <v>393</v>
+        <v>381</v>
       </c>
       <c r="H98" t="s">
-        <v>81</v>
+        <v>15</v>
       </c>
       <c r="I98" s="1" t="s">
-        <v>394</v>
+        <v>397</v>
       </c>
     </row>
     <row r="99" spans="1:9">
       <c r="A99">
-        <v>785</v>
+        <v>818</v>
       </c>
       <c r="B99" t="s">
-        <v>395</v>
+        <v>36</v>
       </c>
       <c r="C99" t="s">
-        <v>391</v>
+        <v>37</v>
       </c>
       <c r="D99" t="s">
-        <v>19</v>
+        <v>38</v>
       </c>
       <c r="E99" t="s">
-        <v>41</v>
+        <v>27</v>
       </c>
       <c r="F99" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
       <c r="G99" t="s">
-        <v>397</v>
+        <v>319</v>
       </c>
       <c r="H99" t="s">
-        <v>81</v>
+        <v>15</v>
       </c>
       <c r="I99" s="1" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
     </row>
     <row r="100" spans="1:9">
       <c r="A100">
-        <v>784</v>
+        <v>817</v>
       </c>
       <c r="B100" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="C100" t="s">
-        <v>274</v>
+        <v>255</v>
       </c>
       <c r="D100" t="s">
-        <v>26</v>
+        <v>70</v>
       </c>
       <c r="E100" t="s">
         <v>12</v>
       </c>
       <c r="F100" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="G100" t="s">
-        <v>204</v>
+        <v>402</v>
       </c>
       <c r="H100" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="I100" s="1" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
     </row>
     <row r="101" spans="1:9">
       <c r="A101">
-        <v>783</v>
+        <v>815</v>
       </c>
       <c r="B101" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C101" t="s">
-        <v>200</v>
+        <v>405</v>
       </c>
       <c r="D101" t="s">
-        <v>47</v>
+        <v>11</v>
       </c>
       <c r="E101" t="s">
         <v>12</v>
       </c>
       <c r="F101" t="s">
-        <v>403</v>
+        <v>406</v>
       </c>
       <c r="G101" t="s">
-        <v>140</v>
+        <v>407</v>
       </c>
       <c r="H101" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="I101" s="1" t="s">
-        <v>404</v>
+        <v>246</v>
       </c>
     </row>
     <row r="102" spans="1:9">
       <c r="A102">
-        <v>782</v>
+        <v>814</v>
       </c>
       <c r="B102" t="s">
-        <v>361</v>
+        <v>194</v>
       </c>
       <c r="C102" t="s">
-        <v>61</v>
+        <v>173</v>
       </c>
       <c r="D102" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="E102" t="s">
         <v>12</v>
       </c>
       <c r="F102" t="s">
-        <v>258</v>
+        <v>408</v>
       </c>
       <c r="G102" t="s">
-        <v>381</v>
+        <v>409</v>
       </c>
       <c r="H102" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="I102" s="1" t="s">
-        <v>405</v>
+        <v>410</v>
       </c>
     </row>
     <row r="103" spans="1:9">
       <c r="A103">
-        <v>781</v>
+        <v>813</v>
       </c>
       <c r="B103" t="s">
-        <v>406</v>
+        <v>411</v>
       </c>
       <c r="C103" t="s">
-        <v>407</v>
+        <v>45</v>
       </c>
       <c r="D103" t="s">
-        <v>408</v>
+        <v>70</v>
       </c>
       <c r="E103" t="s">
         <v>12</v>
       </c>
       <c r="F103" t="s">
-        <v>409</v>
+        <v>412</v>
       </c>
       <c r="G103" t="s">
-        <v>204</v>
+        <v>413</v>
       </c>
       <c r="H103" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="I103" s="1" t="s">
-        <v>410</v>
+        <v>414</v>
       </c>
     </row>
     <row r="104" spans="1:9">
       <c r="A104">
-        <v>780</v>
+        <v>812</v>
       </c>
       <c r="B104" t="s">
-        <v>371</v>
+        <v>415</v>
       </c>
       <c r="C104" t="s">
-        <v>25</v>
+        <v>82</v>
       </c>
       <c r="D104" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="E104" t="s">
         <v>12</v>
       </c>
       <c r="F104" t="s">
-        <v>411</v>
+        <v>416</v>
       </c>
       <c r="G104" t="s">
-        <v>412</v>
+        <v>417</v>
       </c>
       <c r="H104" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="I104" s="1" t="s">
-        <v>413</v>
+        <v>418</v>
       </c>
     </row>
     <row r="105" spans="1:9">
       <c r="A105">
-        <v>779</v>
+        <v>811</v>
       </c>
       <c r="B105" t="s">
-        <v>414</v>
+        <v>208</v>
       </c>
       <c r="C105" t="s">
-        <v>295</v>
+        <v>209</v>
       </c>
       <c r="D105" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="E105" t="s">
         <v>12</v>
       </c>
       <c r="F105" t="s">
-        <v>415</v>
+        <v>419</v>
       </c>
       <c r="G105" t="s">
-        <v>416</v>
+        <v>14</v>
       </c>
       <c r="H105" t="s">
-        <v>29</v>
+        <v>42</v>
       </c>
       <c r="I105" s="1" t="s">
-        <v>417</v>
+        <v>420</v>
       </c>
     </row>
     <row r="106" spans="1:9">
       <c r="A106">
-        <v>778</v>
+        <v>810</v>
       </c>
       <c r="B106" t="s">
-        <v>418</v>
+        <v>421</v>
       </c>
       <c r="C106" t="s">
-        <v>254</v>
+        <v>422</v>
       </c>
       <c r="D106" t="s">
-        <v>47</v>
+        <v>70</v>
       </c>
       <c r="E106" t="s">
         <v>12</v>
       </c>
       <c r="F106" t="s">
-        <v>419</v>
+        <v>423</v>
       </c>
       <c r="G106" t="s">
-        <v>420</v>
+        <v>424</v>
       </c>
       <c r="H106" t="s">
         <v>15</v>
       </c>
       <c r="I106" s="1" t="s">
-        <v>421</v>
+        <v>425</v>
       </c>
     </row>
     <row r="107" spans="1:9">
       <c r="A107">
-        <v>777</v>
+        <v>809</v>
       </c>
       <c r="B107" t="s">
-        <v>422</v>
+        <v>426</v>
       </c>
       <c r="C107" t="s">
-        <v>18</v>
+        <v>427</v>
       </c>
       <c r="D107" t="s">
-        <v>62</v>
+        <v>19</v>
       </c>
       <c r="E107" t="s">
         <v>12</v>
       </c>
       <c r="F107" t="s">
-        <v>423</v>
+        <v>428</v>
       </c>
       <c r="G107" t="s">
-        <v>424</v>
+        <v>364</v>
       </c>
       <c r="H107" t="s">
-        <v>15</v>
+        <v>42</v>
       </c>
       <c r="I107" s="1" t="s">
-        <v>425</v>
+        <v>429</v>
       </c>
     </row>
     <row r="108" spans="1:9">
       <c r="A108">
-        <v>776</v>
+        <v>808</v>
       </c>
       <c r="B108" t="s">
-        <v>426</v>
+        <v>430</v>
       </c>
       <c r="C108" t="s">
-        <v>407</v>
+        <v>338</v>
       </c>
       <c r="D108" t="s">
         <v>11</v>
       </c>
       <c r="E108" t="s">
         <v>12</v>
       </c>
       <c r="F108" t="s">
-        <v>427</v>
+        <v>431</v>
       </c>
       <c r="G108" t="s">
-        <v>428</v>
+        <v>364</v>
       </c>
       <c r="H108" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I108" s="1" t="s">
-        <v>429</v>
+        <v>432</v>
       </c>
     </row>
     <row r="109" spans="1:9">
       <c r="A109">
-        <v>775</v>
+        <v>807</v>
       </c>
       <c r="B109" t="s">
-        <v>430</v>
+        <v>433</v>
       </c>
       <c r="C109" t="s">
-        <v>431</v>
+        <v>405</v>
       </c>
       <c r="D109" t="s">
-        <v>11</v>
+        <v>26</v>
       </c>
       <c r="E109" t="s">
         <v>12</v>
       </c>
       <c r="F109" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="G109" t="s">
-        <v>433</v>
+        <v>157</v>
       </c>
       <c r="H109" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I109" s="1" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
     </row>
     <row r="110" spans="1:9">
       <c r="A110">
-        <v>774</v>
+        <v>806</v>
       </c>
       <c r="B110" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="C110" t="s">
-        <v>200</v>
+        <v>223</v>
       </c>
       <c r="D110" t="s">
-        <v>19</v>
+        <v>38</v>
       </c>
       <c r="E110" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="F110" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="G110" t="s">
-        <v>202</v>
+        <v>262</v>
       </c>
       <c r="H110" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="I110" s="1" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
     </row>
     <row r="111" spans="1:9">
       <c r="A111">
-        <v>773</v>
+        <v>805</v>
       </c>
       <c r="B111" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="C111" t="s">
-        <v>262</v>
+        <v>227</v>
       </c>
       <c r="D111" t="s">
-        <v>47</v>
+        <v>11</v>
       </c>
       <c r="E111" t="s">
         <v>12</v>
       </c>
       <c r="F111" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="G111" t="s">
-        <v>332</v>
+        <v>441</v>
       </c>
       <c r="H111" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="I111" s="1" t="s">
-        <v>223</v>
+        <v>442</v>
       </c>
     </row>
     <row r="112" spans="1:9">
       <c r="A112">
-        <v>772</v>
+        <v>804</v>
       </c>
       <c r="B112" t="s">
-        <v>440</v>
+        <v>443</v>
       </c>
       <c r="C112" t="s">
-        <v>441</v>
+        <v>235</v>
       </c>
       <c r="D112" t="s">
-        <v>19</v>
+        <v>38</v>
       </c>
       <c r="E112" t="s">
         <v>12</v>
       </c>
       <c r="F112" t="s">
-        <v>442</v>
+        <v>380</v>
       </c>
       <c r="G112" t="s">
-        <v>148</v>
+        <v>444</v>
       </c>
       <c r="H112" t="s">
-        <v>81</v>
+        <v>15</v>
       </c>
       <c r="I112" s="1" t="s">
-        <v>443</v>
+        <v>399</v>
       </c>
     </row>
     <row r="113" spans="1:9">
       <c r="A113">
-        <v>771</v>
+        <v>802</v>
       </c>
       <c r="B113" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="C113" t="s">
-        <v>97</v>
+        <v>376</v>
       </c>
       <c r="D113" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="E113" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="F113" t="s">
-        <v>85</v>
+        <v>447</v>
       </c>
       <c r="G113" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="H113" t="s">
-        <v>29</v>
+        <v>42</v>
       </c>
       <c r="I113" s="1" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
     </row>
     <row r="114" spans="1:9">
       <c r="A114">
-        <v>770</v>
+        <v>801</v>
       </c>
       <c r="B114" t="s">
-        <v>444</v>
+        <v>450</v>
       </c>
       <c r="C114" t="s">
-        <v>97</v>
+        <v>451</v>
       </c>
       <c r="D114" t="s">
-        <v>445</v>
+        <v>11</v>
       </c>
       <c r="E114" t="s">
         <v>12</v>
       </c>
       <c r="F114" t="s">
+        <v>452</v>
+      </c>
+      <c r="G114" t="s">
         <v>448</v>
       </c>
-      <c r="G114" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H114" t="s">
-        <v>29</v>
+        <v>42</v>
       </c>
       <c r="I114" s="1" t="s">
-        <v>449</v>
+        <v>453</v>
       </c>
     </row>
     <row r="115" spans="1:9">
       <c r="A115">
-        <v>769</v>
+        <v>800</v>
       </c>
       <c r="B115" t="s">
-        <v>450</v>
+        <v>454</v>
       </c>
       <c r="C115" t="s">
-        <v>262</v>
+        <v>455</v>
       </c>
       <c r="D115" t="s">
-        <v>26</v>
+        <v>11</v>
       </c>
       <c r="E115" t="s">
         <v>12</v>
       </c>
       <c r="F115" t="s">
-        <v>451</v>
+        <v>101</v>
       </c>
       <c r="G115" t="s">
-        <v>301</v>
+        <v>456</v>
       </c>
       <c r="H115" t="s">
-        <v>29</v>
+        <v>42</v>
       </c>
       <c r="I115" s="1" t="s">
-        <v>452</v>
+        <v>457</v>
       </c>
     </row>
     <row r="116" spans="1:9">
       <c r="A116">
-        <v>768</v>
+        <v>799</v>
       </c>
       <c r="B116" t="s">
-        <v>453</v>
+        <v>430</v>
       </c>
       <c r="C116" t="s">
-        <v>454</v>
+        <v>338</v>
       </c>
       <c r="D116" t="s">
-        <v>62</v>
+        <v>11</v>
       </c>
       <c r="E116" t="s">
         <v>12</v>
       </c>
       <c r="F116" t="s">
-        <v>455</v>
+        <v>458</v>
       </c>
       <c r="G116" t="s">
-        <v>456</v>
+        <v>459</v>
       </c>
       <c r="H116" t="s">
-        <v>29</v>
+        <v>42</v>
       </c>
       <c r="I116" s="1" t="s">
-        <v>457</v>
+        <v>460</v>
       </c>
     </row>
     <row r="117" spans="1:9">
       <c r="A117">
-        <v>767</v>
+        <v>798</v>
       </c>
       <c r="B117" t="s">
-        <v>206</v>
+        <v>325</v>
       </c>
       <c r="C117" t="s">
-        <v>10</v>
+        <v>326</v>
       </c>
       <c r="D117" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="E117" t="s">
-        <v>78</v>
+        <v>12</v>
       </c>
       <c r="F117" t="s">
-        <v>458</v>
+        <v>461</v>
       </c>
       <c r="G117" t="s">
-        <v>459</v>
+        <v>462</v>
       </c>
       <c r="H117" t="s">
-        <v>460</v>
+        <v>15</v>
       </c>
       <c r="I117" s="1" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
     </row>
     <row r="118" spans="1:9">
       <c r="A118">
-        <v>766</v>
+        <v>797</v>
       </c>
       <c r="B118" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="C118" t="s">
-        <v>93</v>
+        <v>465</v>
       </c>
       <c r="D118" t="s">
-        <v>26</v>
+        <v>70</v>
       </c>
       <c r="E118" t="s">
         <v>12</v>
       </c>
       <c r="F118" t="s">
-        <v>463</v>
+        <v>466</v>
       </c>
       <c r="G118" t="s">
-        <v>464</v>
+        <v>467</v>
       </c>
       <c r="H118" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="I118" s="1" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
     </row>
     <row r="119" spans="1:9">
       <c r="A119">
-        <v>765</v>
+        <v>796</v>
       </c>
       <c r="B119" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="C119" t="s">
-        <v>101</v>
+        <v>255</v>
       </c>
       <c r="D119" t="s">
-        <v>19</v>
+        <v>38</v>
       </c>
       <c r="E119" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="F119" t="s">
-        <v>233</v>
+        <v>470</v>
       </c>
       <c r="G119" t="s">
-        <v>301</v>
+        <v>471</v>
       </c>
       <c r="H119" t="s">
-        <v>29</v>
+        <v>42</v>
       </c>
       <c r="I119" s="1" t="s">
-        <v>467</v>
+        <v>472</v>
       </c>
     </row>
     <row r="120" spans="1:9">
       <c r="A120">
-        <v>764</v>
+        <v>795</v>
       </c>
       <c r="B120" t="s">
-        <v>468</v>
+        <v>146</v>
       </c>
       <c r="C120" t="s">
-        <v>195</v>
+        <v>114</v>
       </c>
       <c r="D120" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="E120" t="s">
-        <v>78</v>
+        <v>182</v>
       </c>
       <c r="F120" t="s">
-        <v>469</v>
+        <v>473</v>
       </c>
       <c r="G120" t="s">
-        <v>470</v>
+        <v>474</v>
       </c>
       <c r="H120" t="s">
-        <v>29</v>
+        <v>42</v>
       </c>
       <c r="I120" s="1" t="s">
-        <v>471</v>
+        <v>303</v>
       </c>
     </row>
     <row r="121" spans="1:9">
       <c r="A121">
-        <v>763</v>
+        <v>794</v>
       </c>
       <c r="B121" t="s">
-        <v>468</v>
+        <v>475</v>
       </c>
       <c r="C121" t="s">
-        <v>195</v>
+        <v>199</v>
       </c>
       <c r="D121" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="E121" t="s">
-        <v>78</v>
+        <v>27</v>
       </c>
       <c r="F121" t="s">
-        <v>469</v>
+        <v>476</v>
       </c>
       <c r="G121" t="s">
-        <v>470</v>
+        <v>477</v>
       </c>
       <c r="H121" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="I121" s="1" t="s">
-        <v>471</v>
+        <v>478</v>
       </c>
     </row>
     <row r="122" spans="1:9">
       <c r="A122">
-        <v>762</v>
+        <v>793</v>
       </c>
       <c r="B122" t="s">
-        <v>9</v>
+        <v>479</v>
       </c>
       <c r="C122" t="s">
-        <v>10</v>
+        <v>480</v>
       </c>
       <c r="D122" t="s">
         <v>11</v>
       </c>
       <c r="E122" t="s">
-        <v>12</v>
+        <v>481</v>
       </c>
       <c r="F122" t="s">
-        <v>472</v>
+        <v>482</v>
       </c>
       <c r="G122" t="s">
-        <v>301</v>
+        <v>483</v>
       </c>
       <c r="H122" t="s">
-        <v>460</v>
+        <v>42</v>
       </c>
       <c r="I122" s="1" t="s">
-        <v>473</v>
+        <v>484</v>
       </c>
     </row>
     <row r="123" spans="1:9">
       <c r="A123">
-        <v>761</v>
+        <v>792</v>
       </c>
       <c r="B123" t="s">
-        <v>474</v>
+        <v>485</v>
       </c>
       <c r="C123" t="s">
-        <v>67</v>
+        <v>25</v>
       </c>
       <c r="D123" t="s">
-        <v>19</v>
+        <v>38</v>
       </c>
       <c r="E123" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="F123" t="s">
-        <v>475</v>
+        <v>486</v>
       </c>
       <c r="G123" t="s">
-        <v>476</v>
+        <v>417</v>
       </c>
       <c r="H123" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="I123" s="1" t="s">
-        <v>477</v>
+        <v>487</v>
       </c>
     </row>
     <row r="124" spans="1:9">
       <c r="A124">
-        <v>760</v>
+        <v>791</v>
       </c>
       <c r="B124" t="s">
-        <v>253</v>
+        <v>488</v>
       </c>
       <c r="C124" t="s">
-        <v>254</v>
+        <v>489</v>
       </c>
       <c r="D124" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="E124" t="s">
-        <v>478</v>
+        <v>12</v>
       </c>
       <c r="F124" t="s">
-        <v>479</v>
+        <v>490</v>
       </c>
       <c r="G124" t="s">
-        <v>480</v>
+        <v>491</v>
       </c>
       <c r="H124" t="s">
-        <v>81</v>
+        <v>22</v>
       </c>
       <c r="I124" s="1" t="s">
-        <v>481</v>
+        <v>492</v>
       </c>
     </row>
     <row r="125" spans="1:9">
       <c r="A125">
-        <v>759</v>
+        <v>790</v>
       </c>
       <c r="B125" t="s">
-        <v>482</v>
+        <v>113</v>
       </c>
       <c r="C125" t="s">
-        <v>18</v>
+        <v>114</v>
       </c>
       <c r="D125" t="s">
-        <v>11</v>
+        <v>26</v>
       </c>
       <c r="E125" t="s">
         <v>12</v>
       </c>
       <c r="F125" t="s">
-        <v>483</v>
+        <v>493</v>
       </c>
       <c r="G125" t="s">
-        <v>484</v>
+        <v>494</v>
       </c>
       <c r="H125" t="s">
-        <v>29</v>
+        <v>42</v>
       </c>
       <c r="I125" s="1" t="s">
-        <v>443</v>
+        <v>495</v>
       </c>
     </row>
     <row r="126" spans="1:9">
       <c r="A126">
-        <v>758</v>
+        <v>789</v>
       </c>
       <c r="B126" t="s">
-        <v>240</v>
+        <v>496</v>
       </c>
       <c r="C126" t="s">
-        <v>195</v>
+        <v>497</v>
       </c>
       <c r="D126" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="E126" t="s">
         <v>12</v>
       </c>
       <c r="F126" t="s">
-        <v>485</v>
+        <v>498</v>
       </c>
       <c r="G126" t="s">
-        <v>486</v>
+        <v>462</v>
       </c>
       <c r="H126" t="s">
-        <v>29</v>
+        <v>42</v>
       </c>
       <c r="I126" s="1" t="s">
-        <v>487</v>
+        <v>499</v>
       </c>
     </row>
     <row r="127" spans="1:9">
       <c r="A127">
-        <v>757</v>
+        <v>788</v>
       </c>
       <c r="B127" t="s">
-        <v>488</v>
+        <v>496</v>
       </c>
       <c r="C127" t="s">
-        <v>211</v>
+        <v>497</v>
       </c>
       <c r="D127" t="s">
-        <v>26</v>
+        <v>11</v>
       </c>
       <c r="E127" t="s">
         <v>12</v>
       </c>
       <c r="F127" t="s">
-        <v>116</v>
+        <v>498</v>
       </c>
       <c r="G127" t="s">
-        <v>301</v>
+        <v>462</v>
       </c>
       <c r="H127" t="s">
-        <v>29</v>
+        <v>42</v>
       </c>
       <c r="I127" s="1" t="s">
-        <v>489</v>
+        <v>499</v>
       </c>
     </row>
     <row r="128" spans="1:9">
       <c r="A128">
-        <v>756</v>
+        <v>787</v>
       </c>
       <c r="B128" t="s">
-        <v>490</v>
+        <v>304</v>
       </c>
       <c r="C128" t="s">
-        <v>143</v>
+        <v>255</v>
       </c>
       <c r="D128" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="E128" t="s">
         <v>12</v>
       </c>
       <c r="F128" t="s">
-        <v>415</v>
+        <v>500</v>
       </c>
       <c r="G128" t="s">
-        <v>491</v>
+        <v>501</v>
       </c>
       <c r="H128" t="s">
-        <v>15</v>
+        <v>42</v>
       </c>
       <c r="I128" s="1" t="s">
-        <v>492</v>
+        <v>502</v>
       </c>
     </row>
     <row r="129" spans="1:9">
       <c r="A129">
-        <v>755</v>
+        <v>786</v>
       </c>
       <c r="B129" t="s">
-        <v>490</v>
+        <v>503</v>
       </c>
       <c r="C129" t="s">
-        <v>143</v>
+        <v>10</v>
       </c>
       <c r="D129" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="E129" t="s">
         <v>12</v>
       </c>
       <c r="F129" t="s">
-        <v>415</v>
+        <v>504</v>
       </c>
       <c r="G129" t="s">
-        <v>491</v>
+        <v>505</v>
       </c>
       <c r="H129" t="s">
-        <v>15</v>
+        <v>42</v>
       </c>
       <c r="I129" s="1" t="s">
-        <v>492</v>
+        <v>506</v>
       </c>
     </row>
     <row r="130" spans="1:9">
       <c r="A130">
-        <v>754</v>
+        <v>785</v>
       </c>
       <c r="B130" t="s">
-        <v>490</v>
+        <v>507</v>
       </c>
       <c r="C130" t="s">
-        <v>143</v>
+        <v>10</v>
       </c>
       <c r="D130" t="s">
-        <v>19</v>
+        <v>38</v>
       </c>
       <c r="E130" t="s">
-        <v>12</v>
+        <v>182</v>
       </c>
       <c r="F130" t="s">
-        <v>415</v>
+        <v>508</v>
       </c>
       <c r="G130" t="s">
-        <v>491</v>
+        <v>509</v>
       </c>
       <c r="H130" t="s">
-        <v>15</v>
+        <v>42</v>
       </c>
       <c r="I130" s="1" t="s">
-        <v>492</v>
+        <v>510</v>
       </c>
     </row>
     <row r="131" spans="1:9">
       <c r="A131">
-        <v>753</v>
+        <v>784</v>
       </c>
       <c r="B131" t="s">
-        <v>206</v>
+        <v>511</v>
       </c>
       <c r="C131" t="s">
-        <v>10</v>
+        <v>139</v>
       </c>
       <c r="D131" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="E131" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="F131" t="s">
-        <v>493</v>
+        <v>512</v>
       </c>
       <c r="G131" t="s">
-        <v>494</v>
+        <v>329</v>
       </c>
       <c r="H131" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="I131" s="1" t="s">
-        <v>495</v>
+        <v>513</v>
       </c>
     </row>
     <row r="132" spans="1:9">
       <c r="A132">
-        <v>752</v>
+        <v>783</v>
       </c>
       <c r="B132" t="s">
-        <v>496</v>
+        <v>514</v>
       </c>
       <c r="C132" t="s">
-        <v>195</v>
+        <v>326</v>
       </c>
       <c r="D132" t="s">
-        <v>497</v>
+        <v>70</v>
       </c>
       <c r="E132" t="s">
-        <v>78</v>
+        <v>12</v>
       </c>
       <c r="F132" t="s">
-        <v>498</v>
+        <v>515</v>
       </c>
       <c r="G132" t="s">
-        <v>135</v>
+        <v>267</v>
       </c>
       <c r="H132" t="s">
         <v>15</v>
       </c>
       <c r="I132" s="1" t="s">
-        <v>499</v>
+        <v>516</v>
       </c>
     </row>
     <row r="133" spans="1:9">
       <c r="A133">
-        <v>751</v>
+        <v>782</v>
       </c>
       <c r="B133" t="s">
-        <v>500</v>
+        <v>475</v>
       </c>
       <c r="C133" t="s">
-        <v>84</v>
+        <v>199</v>
       </c>
       <c r="D133" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="E133" t="s">
         <v>12</v>
       </c>
       <c r="F133" t="s">
-        <v>501</v>
+        <v>380</v>
       </c>
       <c r="G133" t="s">
-        <v>355</v>
+        <v>494</v>
       </c>
       <c r="H133" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="I133" s="1" t="s">
-        <v>502</v>
+        <v>517</v>
       </c>
     </row>
     <row r="134" spans="1:9">
       <c r="A134">
-        <v>750</v>
+        <v>781</v>
       </c>
       <c r="B134" t="s">
-        <v>488</v>
+        <v>518</v>
       </c>
       <c r="C134" t="s">
-        <v>211</v>
+        <v>519</v>
       </c>
       <c r="D134" t="s">
-        <v>26</v>
+        <v>520</v>
       </c>
       <c r="E134" t="s">
         <v>12</v>
       </c>
       <c r="F134" t="s">
-        <v>503</v>
+        <v>521</v>
       </c>
       <c r="G134" t="s">
-        <v>504</v>
+        <v>329</v>
       </c>
       <c r="H134" t="s">
-        <v>81</v>
+        <v>15</v>
       </c>
       <c r="I134" s="1" t="s">
-        <v>505</v>
+        <v>522</v>
       </c>
     </row>
     <row r="135" spans="1:9">
       <c r="A135">
-        <v>748</v>
+        <v>780</v>
       </c>
       <c r="B135" t="s">
-        <v>320</v>
+        <v>485</v>
       </c>
       <c r="C135" t="s">
-        <v>93</v>
+        <v>25</v>
       </c>
       <c r="D135" t="s">
-        <v>19</v>
+        <v>38</v>
       </c>
       <c r="E135" t="s">
-        <v>78</v>
+        <v>12</v>
       </c>
       <c r="F135" t="s">
-        <v>506</v>
+        <v>523</v>
       </c>
       <c r="G135" t="s">
-        <v>507</v>
+        <v>524</v>
       </c>
       <c r="H135" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="I135" s="1" t="s">
-        <v>508</v>
+        <v>525</v>
       </c>
     </row>
     <row r="136" spans="1:9">
       <c r="A136">
-        <v>743</v>
+        <v>779</v>
       </c>
       <c r="B136" t="s">
-        <v>399</v>
+        <v>526</v>
       </c>
       <c r="C136" t="s">
-        <v>274</v>
+        <v>45</v>
       </c>
       <c r="D136" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="E136" t="s">
         <v>12</v>
       </c>
       <c r="F136" t="s">
-        <v>509</v>
+        <v>527</v>
       </c>
       <c r="G136" t="s">
-        <v>510</v>
+        <v>528</v>
       </c>
       <c r="H136" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="I136" s="1" t="s">
-        <v>511</v>
+        <v>529</v>
       </c>
     </row>
     <row r="137" spans="1:9">
       <c r="A137">
-        <v>740</v>
+        <v>778</v>
       </c>
       <c r="B137" t="s">
-        <v>395</v>
+        <v>530</v>
       </c>
       <c r="C137" t="s">
-        <v>391</v>
+        <v>376</v>
       </c>
       <c r="D137" t="s">
-        <v>19</v>
+        <v>70</v>
       </c>
       <c r="E137" t="s">
-        <v>78</v>
+        <v>12</v>
       </c>
       <c r="F137" t="s">
-        <v>512</v>
+        <v>531</v>
       </c>
       <c r="G137" t="s">
-        <v>507</v>
+        <v>532</v>
       </c>
       <c r="H137" t="s">
-        <v>29</v>
+        <v>22</v>
       </c>
       <c r="I137" s="1" t="s">
-        <v>513</v>
+        <v>533</v>
       </c>
     </row>
     <row r="138" spans="1:9">
       <c r="A138">
-        <v>739</v>
+        <v>777</v>
       </c>
       <c r="B138" t="s">
-        <v>514</v>
+        <v>534</v>
       </c>
       <c r="C138" t="s">
-        <v>254</v>
+        <v>164</v>
       </c>
       <c r="D138" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="E138" t="s">
         <v>12</v>
       </c>
       <c r="F138" t="s">
-        <v>515</v>
+        <v>535</v>
       </c>
       <c r="G138" t="s">
-        <v>510</v>
+        <v>536</v>
       </c>
       <c r="H138" t="s">
-        <v>29</v>
+        <v>22</v>
       </c>
       <c r="I138" s="1" t="s">
-        <v>516</v>
+        <v>537</v>
       </c>
     </row>
     <row r="139" spans="1:9">
       <c r="A139">
-        <v>738</v>
+        <v>776</v>
       </c>
       <c r="B139" t="s">
-        <v>167</v>
+        <v>538</v>
       </c>
       <c r="C139" t="s">
-        <v>89</v>
+        <v>519</v>
       </c>
       <c r="D139" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="E139" t="s">
-        <v>78</v>
+        <v>12</v>
       </c>
       <c r="F139" t="s">
-        <v>517</v>
+        <v>93</v>
       </c>
       <c r="G139" t="s">
-        <v>507</v>
+        <v>539</v>
       </c>
       <c r="H139" t="s">
-        <v>29</v>
+        <v>42</v>
       </c>
       <c r="I139" s="1" t="s">
-        <v>518</v>
+        <v>540</v>
       </c>
     </row>
     <row r="140" spans="1:9">
       <c r="A140">
-        <v>737</v>
+        <v>775</v>
       </c>
       <c r="B140" t="s">
-        <v>379</v>
+        <v>541</v>
       </c>
       <c r="C140" t="s">
-        <v>358</v>
+        <v>542</v>
       </c>
       <c r="D140" t="s">
-        <v>11</v>
+        <v>26</v>
       </c>
       <c r="E140" t="s">
         <v>12</v>
       </c>
       <c r="F140" t="s">
-        <v>519</v>
+        <v>543</v>
       </c>
       <c r="G140" t="s">
-        <v>520</v>
+        <v>544</v>
       </c>
       <c r="H140" t="s">
-        <v>29</v>
+        <v>42</v>
       </c>
       <c r="I140" s="1" t="s">
-        <v>521</v>
+        <v>545</v>
       </c>
     </row>
     <row r="141" spans="1:9">
       <c r="A141">
-        <v>736</v>
+        <v>774</v>
       </c>
       <c r="B141" t="s">
-        <v>261</v>
+        <v>546</v>
       </c>
       <c r="C141" t="s">
-        <v>262</v>
+        <v>326</v>
       </c>
       <c r="D141" t="s">
-        <v>19</v>
+        <v>38</v>
       </c>
       <c r="E141" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="F141" t="s">
-        <v>522</v>
+        <v>547</v>
       </c>
       <c r="G141" t="s">
-        <v>523</v>
+        <v>148</v>
       </c>
       <c r="H141" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="I141" s="1" t="s">
-        <v>524</v>
+        <v>548</v>
       </c>
     </row>
     <row r="142" spans="1:9">
       <c r="A142">
-        <v>735</v>
+        <v>773</v>
       </c>
       <c r="B142" t="s">
-        <v>177</v>
+        <v>549</v>
       </c>
       <c r="C142" t="s">
-        <v>128</v>
+        <v>151</v>
       </c>
       <c r="D142" t="s">
-        <v>11</v>
+        <v>70</v>
       </c>
       <c r="E142" t="s">
         <v>12</v>
       </c>
       <c r="F142" t="s">
-        <v>85</v>
+        <v>550</v>
       </c>
       <c r="G142" t="s">
-        <v>525</v>
+        <v>448</v>
       </c>
       <c r="H142" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="I142" s="1" t="s">
-        <v>526</v>
+        <v>346</v>
       </c>
     </row>
     <row r="143" spans="1:9">
       <c r="A143">
-        <v>734</v>
+        <v>772</v>
       </c>
       <c r="B143" t="s">
-        <v>353</v>
+        <v>551</v>
       </c>
       <c r="C143" t="s">
-        <v>128</v>
+        <v>552</v>
       </c>
       <c r="D143" t="s">
-        <v>19</v>
+        <v>38</v>
       </c>
       <c r="E143" t="s">
-        <v>78</v>
+        <v>12</v>
       </c>
       <c r="F143" t="s">
-        <v>527</v>
+        <v>553</v>
       </c>
       <c r="G143" t="s">
-        <v>528</v>
+        <v>275</v>
       </c>
       <c r="H143" t="s">
-        <v>29</v>
+        <v>42</v>
       </c>
       <c r="I143" s="1" t="s">
-        <v>529</v>
+        <v>554</v>
       </c>
     </row>
     <row r="144" spans="1:9">
       <c r="A144">
-        <v>733</v>
+        <v>771</v>
       </c>
       <c r="B144" t="s">
-        <v>530</v>
+        <v>555</v>
       </c>
       <c r="C144" t="s">
-        <v>391</v>
+        <v>227</v>
       </c>
       <c r="D144" t="s">
-        <v>26</v>
+        <v>83</v>
       </c>
       <c r="E144" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="F144" t="s">
-        <v>85</v>
+        <v>101</v>
       </c>
       <c r="G144" t="s">
-        <v>531</v>
+        <v>556</v>
       </c>
       <c r="H144" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="I144" s="1" t="s">
-        <v>532</v>
+        <v>557</v>
       </c>
     </row>
     <row r="145" spans="1:9">
       <c r="A145">
-        <v>732</v>
+        <v>770</v>
       </c>
       <c r="B145" t="s">
-        <v>357</v>
+        <v>555</v>
       </c>
       <c r="C145" t="s">
-        <v>358</v>
+        <v>227</v>
       </c>
       <c r="D145" t="s">
-        <v>19</v>
+        <v>83</v>
       </c>
       <c r="E145" t="s">
-        <v>78</v>
+        <v>12</v>
       </c>
       <c r="F145" t="s">
-        <v>533</v>
+        <v>558</v>
       </c>
       <c r="G145" t="s">
-        <v>197</v>
+        <v>501</v>
       </c>
       <c r="H145" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="I145" s="1" t="s">
-        <v>534</v>
+        <v>559</v>
       </c>
     </row>
     <row r="146" spans="1:9">
       <c r="A146">
-        <v>731</v>
+        <v>769</v>
       </c>
       <c r="B146" t="s">
-        <v>535</v>
+        <v>560</v>
       </c>
       <c r="C146" t="s">
-        <v>536</v>
+        <v>151</v>
       </c>
       <c r="D146" t="s">
         <v>11</v>
       </c>
       <c r="E146" t="s">
         <v>12</v>
       </c>
       <c r="F146" t="s">
-        <v>537</v>
+        <v>561</v>
       </c>
       <c r="G146" t="s">
-        <v>538</v>
+        <v>417</v>
       </c>
       <c r="H146" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="I146" s="1" t="s">
-        <v>539</v>
+        <v>562</v>
       </c>
     </row>
     <row r="147" spans="1:9">
       <c r="A147">
-        <v>730</v>
+        <v>768</v>
       </c>
       <c r="B147" t="s">
-        <v>323</v>
+        <v>563</v>
       </c>
       <c r="C147" t="s">
-        <v>97</v>
+        <v>564</v>
       </c>
       <c r="D147" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="E147" t="s">
         <v>12</v>
       </c>
       <c r="F147" t="s">
-        <v>540</v>
+        <v>565</v>
       </c>
       <c r="G147" t="s">
-        <v>541</v>
+        <v>566</v>
       </c>
       <c r="H147" t="s">
-        <v>81</v>
+        <v>15</v>
       </c>
       <c r="I147" s="1" t="s">
-        <v>542</v>
+        <v>567</v>
       </c>
     </row>
     <row r="148" spans="1:9">
       <c r="A148">
-        <v>729</v>
+        <v>767</v>
       </c>
       <c r="B148" t="s">
-        <v>543</v>
+        <v>331</v>
       </c>
       <c r="C148" t="s">
-        <v>544</v>
+        <v>127</v>
       </c>
       <c r="D148" t="s">
-        <v>47</v>
+        <v>38</v>
       </c>
       <c r="E148" t="s">
-        <v>12</v>
+        <v>39</v>
       </c>
       <c r="F148" t="s">
-        <v>545</v>
+        <v>568</v>
       </c>
       <c r="G148" t="s">
-        <v>308</v>
+        <v>569</v>
       </c>
       <c r="H148" t="s">
-        <v>546</v>
+        <v>570</v>
       </c>
       <c r="I148" s="1" t="s">
-        <v>443</v>
+        <v>571</v>
       </c>
     </row>
     <row r="149" spans="1:9">
       <c r="A149">
-        <v>728</v>
+        <v>766</v>
       </c>
       <c r="B149" t="s">
-        <v>547</v>
+        <v>572</v>
       </c>
       <c r="C149" t="s">
-        <v>548</v>
+        <v>223</v>
       </c>
       <c r="D149" t="s">
-        <v>26</v>
+        <v>11</v>
       </c>
       <c r="E149" t="s">
         <v>12</v>
       </c>
       <c r="F149" t="s">
-        <v>385</v>
+        <v>573</v>
       </c>
       <c r="G149" t="s">
-        <v>549</v>
+        <v>574</v>
       </c>
       <c r="H149" t="s">
-        <v>81</v>
+        <v>22</v>
       </c>
       <c r="I149" s="1" t="s">
-        <v>550</v>
+        <v>575</v>
       </c>
     </row>
     <row r="150" spans="1:9">
       <c r="A150">
-        <v>727</v>
+        <v>765</v>
       </c>
       <c r="B150" t="s">
-        <v>299</v>
+        <v>576</v>
       </c>
       <c r="C150" t="s">
-        <v>101</v>
+        <v>82</v>
       </c>
       <c r="D150" t="s">
-        <v>11</v>
+        <v>38</v>
       </c>
       <c r="E150" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="F150" t="s">
-        <v>551</v>
+        <v>355</v>
       </c>
       <c r="G150" t="s">
-        <v>552</v>
+        <v>417</v>
       </c>
       <c r="H150" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="I150" s="1" t="s">
-        <v>443</v>
+        <v>577</v>
       </c>
     </row>
     <row r="151" spans="1:9">
       <c r="A151">
-        <v>726</v>
+        <v>764</v>
       </c>
       <c r="B151" t="s">
-        <v>115</v>
+        <v>108</v>
       </c>
       <c r="C151" t="s">
-        <v>10</v>
+        <v>109</v>
       </c>
       <c r="D151" t="s">
-        <v>47</v>
+        <v>11</v>
       </c>
       <c r="E151" t="s">
-        <v>12</v>
+        <v>39</v>
       </c>
       <c r="F151" t="s">
-        <v>553</v>
+        <v>578</v>
       </c>
       <c r="G151" t="s">
-        <v>554</v>
+        <v>579</v>
       </c>
       <c r="H151" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="I151" s="1" t="s">
-        <v>555</v>
+        <v>580</v>
       </c>
     </row>
     <row r="152" spans="1:9">
       <c r="A152">
-        <v>725</v>
+        <v>763</v>
       </c>
       <c r="B152" t="s">
-        <v>556</v>
+        <v>108</v>
       </c>
       <c r="C152" t="s">
-        <v>32</v>
+        <v>109</v>
       </c>
       <c r="D152" t="s">
-        <v>47</v>
+        <v>11</v>
       </c>
       <c r="E152" t="s">
-        <v>12</v>
+        <v>39</v>
       </c>
       <c r="F152" t="s">
-        <v>557</v>
+        <v>578</v>
       </c>
       <c r="G152" t="s">
-        <v>480</v>
+        <v>579</v>
       </c>
       <c r="H152" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="I152" s="1" t="s">
-        <v>558</v>
+        <v>580</v>
       </c>
     </row>
     <row r="153" spans="1:9">
       <c r="A153">
-        <v>724</v>
+        <v>762</v>
       </c>
       <c r="B153" t="s">
-        <v>559</v>
+        <v>159</v>
       </c>
       <c r="C153" t="s">
-        <v>18</v>
+        <v>127</v>
       </c>
       <c r="D153" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="E153" t="s">
         <v>12</v>
       </c>
       <c r="F153" t="s">
-        <v>103</v>
+        <v>581</v>
       </c>
       <c r="G153" t="s">
-        <v>491</v>
+        <v>417</v>
       </c>
       <c r="H153" t="s">
-        <v>15</v>
+        <v>570</v>
       </c>
       <c r="I153" s="1" t="s">
-        <v>560</v>
+        <v>582</v>
       </c>
     </row>
     <row r="154" spans="1:9">
       <c r="A154">
-        <v>723</v>
+        <v>761</v>
       </c>
       <c r="B154" t="s">
-        <v>561</v>
+        <v>583</v>
       </c>
       <c r="C154" t="s">
-        <v>562</v>
+        <v>204</v>
       </c>
       <c r="D154" t="s">
-        <v>19</v>
+        <v>38</v>
       </c>
       <c r="E154" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="F154" t="s">
-        <v>563</v>
+        <v>584</v>
       </c>
       <c r="G154" t="s">
-        <v>564</v>
+        <v>585</v>
       </c>
       <c r="H154" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="I154" s="1" t="s">
-        <v>565</v>
+        <v>98</v>
       </c>
     </row>
     <row r="155" spans="1:9">
       <c r="A155">
-        <v>722</v>
+        <v>760</v>
       </c>
       <c r="B155" t="s">
-        <v>566</v>
+        <v>375</v>
       </c>
       <c r="C155" t="s">
-        <v>567</v>
+        <v>376</v>
       </c>
       <c r="D155" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="E155" t="s">
-        <v>12</v>
+        <v>586</v>
       </c>
       <c r="F155" t="s">
-        <v>506</v>
+        <v>587</v>
       </c>
       <c r="G155" t="s">
-        <v>568</v>
+        <v>588</v>
       </c>
       <c r="H155" t="s">
-        <v>29</v>
+        <v>42</v>
       </c>
       <c r="I155" s="1" t="s">
-        <v>569</v>
+        <v>48</v>
       </c>
     </row>
     <row r="156" spans="1:9">
       <c r="A156">
-        <v>721</v>
+        <v>759</v>
       </c>
       <c r="B156" t="s">
-        <v>353</v>
+        <v>589</v>
       </c>
       <c r="C156" t="s">
-        <v>128</v>
+        <v>164</v>
       </c>
       <c r="D156" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="E156" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="F156" t="s">
-        <v>570</v>
+        <v>590</v>
       </c>
       <c r="G156" t="s">
-        <v>571</v>
+        <v>591</v>
       </c>
       <c r="H156" t="s">
-        <v>81</v>
+        <v>15</v>
       </c>
       <c r="I156" s="1" t="s">
-        <v>572</v>
+        <v>554</v>
       </c>
     </row>
     <row r="157" spans="1:9">
       <c r="A157">
-        <v>720</v>
+        <v>758</v>
       </c>
       <c r="B157" t="s">
-        <v>573</v>
+        <v>362</v>
       </c>
       <c r="C157" t="s">
-        <v>574</v>
+        <v>109</v>
       </c>
       <c r="D157" t="s">
-        <v>11</v>
+        <v>38</v>
       </c>
       <c r="E157" t="s">
         <v>12</v>
       </c>
       <c r="F157" t="s">
-        <v>575</v>
+        <v>592</v>
       </c>
       <c r="G157" t="s">
-        <v>510</v>
+        <v>593</v>
       </c>
       <c r="H157" t="s">
-        <v>81</v>
+        <v>15</v>
       </c>
       <c r="I157" s="1" t="s">
-        <v>576</v>
+        <v>594</v>
       </c>
     </row>
     <row r="158" spans="1:9">
       <c r="A158">
-        <v>719</v>
+        <v>757</v>
       </c>
       <c r="B158" t="s">
-        <v>31</v>
+        <v>595</v>
       </c>
       <c r="C158" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="D158" t="s">
         <v>11</v>
       </c>
       <c r="E158" t="s">
         <v>12</v>
       </c>
       <c r="F158" t="s">
-        <v>577</v>
+        <v>244</v>
       </c>
       <c r="G158" t="s">
-        <v>578</v>
+        <v>417</v>
       </c>
       <c r="H158" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="I158" s="1" t="s">
-        <v>579</v>
+        <v>596</v>
       </c>
     </row>
     <row r="159" spans="1:9">
       <c r="A159">
-        <v>718</v>
+        <v>756</v>
       </c>
       <c r="B159" t="s">
-        <v>444</v>
+        <v>597</v>
       </c>
       <c r="C159" t="s">
-        <v>97</v>
+        <v>270</v>
       </c>
       <c r="D159" t="s">
-        <v>445</v>
+        <v>38</v>
       </c>
       <c r="E159" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="F159" t="s">
-        <v>580</v>
+        <v>527</v>
       </c>
       <c r="G159" t="s">
-        <v>446</v>
+        <v>598</v>
       </c>
       <c r="H159" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="I159" s="1" t="s">
-        <v>447</v>
+        <v>599</v>
       </c>
     </row>
     <row r="160" spans="1:9">
       <c r="A160">
-        <v>717</v>
+        <v>755</v>
       </c>
       <c r="B160" t="s">
-        <v>581</v>
+        <v>597</v>
       </c>
       <c r="C160" t="s">
-        <v>582</v>
+        <v>270</v>
       </c>
       <c r="D160" t="s">
-        <v>11</v>
+        <v>38</v>
       </c>
       <c r="E160" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="F160" t="s">
-        <v>583</v>
+        <v>527</v>
       </c>
       <c r="G160" t="s">
-        <v>578</v>
+        <v>598</v>
       </c>
       <c r="H160" t="s">
-        <v>29</v>
+        <v>22</v>
       </c>
       <c r="I160" s="1" t="s">
-        <v>584</v>
+        <v>599</v>
       </c>
     </row>
     <row r="161" spans="1:9">
       <c r="A161">
-        <v>716</v>
+        <v>754</v>
       </c>
       <c r="B161" t="s">
-        <v>585</v>
+        <v>597</v>
       </c>
       <c r="C161" t="s">
-        <v>61</v>
+        <v>270</v>
       </c>
       <c r="D161" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="E161" t="s">
         <v>12</v>
       </c>
       <c r="F161" t="s">
-        <v>586</v>
+        <v>527</v>
       </c>
       <c r="G161" t="s">
-        <v>416</v>
+        <v>598</v>
       </c>
       <c r="H161" t="s">
-        <v>29</v>
+        <v>22</v>
       </c>
       <c r="I161" s="1" t="s">
-        <v>587</v>
+        <v>599</v>
       </c>
     </row>
     <row r="162" spans="1:9">
       <c r="A162">
-        <v>715</v>
+        <v>753</v>
       </c>
       <c r="B162" t="s">
-        <v>66</v>
+        <v>331</v>
       </c>
       <c r="C162" t="s">
-        <v>67</v>
+        <v>127</v>
       </c>
       <c r="D162" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="E162" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="F162" t="s">
-        <v>588</v>
+        <v>600</v>
       </c>
       <c r="G162" t="s">
-        <v>589</v>
+        <v>601</v>
       </c>
       <c r="H162" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="I162" s="1" t="s">
-        <v>590</v>
+        <v>602</v>
       </c>
     </row>
     <row r="163" spans="1:9">
       <c r="A163">
-        <v>714</v>
+        <v>752</v>
       </c>
       <c r="B163" t="s">
-        <v>56</v>
+        <v>603</v>
       </c>
       <c r="C163" t="s">
-        <v>32</v>
+        <v>109</v>
       </c>
       <c r="D163" t="s">
-        <v>26</v>
+        <v>604</v>
       </c>
       <c r="E163" t="s">
-        <v>12</v>
+        <v>39</v>
       </c>
       <c r="F163" t="s">
-        <v>591</v>
+        <v>605</v>
       </c>
       <c r="G163" t="s">
-        <v>589</v>
+        <v>262</v>
       </c>
       <c r="H163" t="s">
-        <v>29</v>
+        <v>22</v>
       </c>
       <c r="I163" s="1" t="s">
-        <v>592</v>
+        <v>606</v>
       </c>
     </row>
     <row r="164" spans="1:9">
       <c r="A164">
-        <v>713</v>
+        <v>751</v>
       </c>
       <c r="B164" t="s">
-        <v>206</v>
+        <v>607</v>
       </c>
       <c r="C164" t="s">
-        <v>10</v>
+        <v>95</v>
       </c>
       <c r="D164" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="E164" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="F164" t="s">
-        <v>593</v>
+        <v>608</v>
       </c>
       <c r="G164" t="s">
-        <v>292</v>
+        <v>471</v>
       </c>
       <c r="H164" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="I164" s="1" t="s">
-        <v>594</v>
+        <v>609</v>
       </c>
     </row>
     <row r="165" spans="1:9">
       <c r="A165">
-        <v>712</v>
+        <v>750</v>
       </c>
       <c r="B165" t="s">
-        <v>287</v>
+        <v>595</v>
       </c>
       <c r="C165" t="s">
-        <v>288</v>
+        <v>37</v>
       </c>
       <c r="D165" t="s">
-        <v>26</v>
+        <v>11</v>
       </c>
       <c r="E165" t="s">
         <v>12</v>
       </c>
       <c r="F165" t="s">
-        <v>595</v>
+        <v>610</v>
       </c>
       <c r="G165" t="s">
-        <v>596</v>
+        <v>611</v>
       </c>
       <c r="H165" t="s">
-        <v>29</v>
+        <v>42</v>
       </c>
       <c r="I165" s="1" t="s">
-        <v>597</v>
+        <v>612</v>
       </c>
     </row>
     <row r="166" spans="1:9">
       <c r="A166">
-        <v>711</v>
+        <v>748</v>
       </c>
       <c r="B166" t="s">
-        <v>598</v>
+        <v>436</v>
       </c>
       <c r="C166" t="s">
-        <v>599</v>
+        <v>223</v>
       </c>
       <c r="D166" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="E166" t="s">
-        <v>12</v>
+        <v>39</v>
       </c>
       <c r="F166" t="s">
-        <v>600</v>
+        <v>613</v>
       </c>
       <c r="G166" t="s">
-        <v>549</v>
+        <v>614</v>
       </c>
       <c r="H166" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="I166" s="1" t="s">
-        <v>601</v>
+        <v>615</v>
       </c>
     </row>
     <row r="167" spans="1:9">
       <c r="A167">
-        <v>710</v>
+        <v>743</v>
       </c>
       <c r="B167" t="s">
-        <v>602</v>
+        <v>511</v>
       </c>
       <c r="C167" t="s">
-        <v>358</v>
+        <v>139</v>
       </c>
       <c r="D167" t="s">
-        <v>26</v>
+        <v>11</v>
       </c>
       <c r="E167" t="s">
         <v>12</v>
       </c>
       <c r="F167" t="s">
-        <v>603</v>
+        <v>616</v>
       </c>
       <c r="G167" t="s">
-        <v>604</v>
+        <v>617</v>
       </c>
       <c r="H167" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="I167" s="1" t="s">
-        <v>605</v>
+        <v>618</v>
       </c>
     </row>
     <row r="168" spans="1:9">
       <c r="A168">
-        <v>709</v>
+        <v>740</v>
       </c>
       <c r="B168" t="s">
-        <v>606</v>
+        <v>507</v>
       </c>
       <c r="C168" t="s">
-        <v>607</v>
+        <v>10</v>
       </c>
       <c r="D168" t="s">
-        <v>47</v>
+        <v>38</v>
       </c>
       <c r="E168" t="s">
-        <v>367</v>
+        <v>39</v>
       </c>
       <c r="F168" t="s">
-        <v>545</v>
+        <v>619</v>
       </c>
       <c r="G168" t="s">
-        <v>416</v>
+        <v>614</v>
       </c>
       <c r="H168" t="s">
         <v>15</v>
       </c>
       <c r="I168" s="1" t="s">
-        <v>608</v>
+        <v>620</v>
       </c>
     </row>
     <row r="169" spans="1:9">
       <c r="A169">
-        <v>708</v>
+        <v>739</v>
       </c>
       <c r="B169" t="s">
-        <v>609</v>
+        <v>621</v>
       </c>
       <c r="C169" t="s">
-        <v>610</v>
+        <v>376</v>
       </c>
       <c r="D169" t="s">
         <v>11</v>
       </c>
       <c r="E169" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="F169" t="s">
-        <v>611</v>
+        <v>622</v>
       </c>
       <c r="G169" t="s">
-        <v>612</v>
+        <v>617</v>
       </c>
       <c r="H169" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="I169" s="1" t="s">
-        <v>613</v>
+        <v>623</v>
       </c>
     </row>
     <row r="170" spans="1:9">
       <c r="A170">
-        <v>707</v>
+        <v>738</v>
       </c>
       <c r="B170" t="s">
+        <v>294</v>
+      </c>
+      <c r="C170" t="s">
+        <v>220</v>
+      </c>
+      <c r="D170" t="s">
+        <v>38</v>
+      </c>
+      <c r="E170" t="s">
+        <v>39</v>
+      </c>
+      <c r="F170" t="s">
+        <v>624</v>
+      </c>
+      <c r="G170" t="s">
         <v>614</v>
       </c>
-      <c r="C170" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H170" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="I170" s="1" t="s">
-        <v>617</v>
+        <v>625</v>
       </c>
     </row>
     <row r="171" spans="1:9">
       <c r="A171">
-        <v>706</v>
+        <v>737</v>
       </c>
       <c r="B171" t="s">
-        <v>618</v>
+        <v>113</v>
       </c>
       <c r="C171" t="s">
-        <v>619</v>
+        <v>114</v>
       </c>
       <c r="D171" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="E171" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="F171" t="s">
-        <v>620</v>
+        <v>626</v>
       </c>
       <c r="G171" t="s">
-        <v>292</v>
+        <v>627</v>
       </c>
       <c r="H171" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="I171" s="1" t="s">
-        <v>621</v>
+        <v>628</v>
       </c>
     </row>
     <row r="172" spans="1:9">
       <c r="A172">
-        <v>705</v>
+        <v>736</v>
       </c>
       <c r="B172" t="s">
-        <v>622</v>
+        <v>383</v>
       </c>
       <c r="C172" t="s">
-        <v>623</v>
+        <v>151</v>
       </c>
       <c r="D172" t="s">
-        <v>47</v>
+        <v>38</v>
       </c>
       <c r="E172" t="s">
-        <v>367</v>
+        <v>12</v>
       </c>
       <c r="F172" t="s">
-        <v>545</v>
+        <v>629</v>
       </c>
       <c r="G172" t="s">
-        <v>612</v>
+        <v>630</v>
       </c>
       <c r="H172" t="s">
         <v>15</v>
       </c>
       <c r="I172" s="1" t="s">
-        <v>608</v>
+        <v>631</v>
       </c>
     </row>
     <row r="173" spans="1:9">
       <c r="A173">
-        <v>704</v>
+        <v>735</v>
       </c>
       <c r="B173" t="s">
-        <v>622</v>
+        <v>304</v>
       </c>
       <c r="C173" t="s">
-        <v>623</v>
+        <v>255</v>
       </c>
       <c r="D173" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="E173" t="s">
-        <v>367</v>
+        <v>12</v>
       </c>
       <c r="F173" t="s">
-        <v>545</v>
+        <v>101</v>
       </c>
       <c r="G173" t="s">
-        <v>612</v>
+        <v>632</v>
       </c>
       <c r="H173" t="s">
         <v>15</v>
       </c>
       <c r="I173" s="1" t="s">
-        <v>608</v>
+        <v>633</v>
       </c>
     </row>
     <row r="174" spans="1:9">
       <c r="A174">
-        <v>703</v>
+        <v>734</v>
       </c>
       <c r="B174" t="s">
-        <v>624</v>
+        <v>469</v>
       </c>
       <c r="C174" t="s">
-        <v>120</v>
+        <v>255</v>
       </c>
       <c r="D174" t="s">
-        <v>19</v>
+        <v>38</v>
       </c>
       <c r="E174" t="s">
-        <v>478</v>
+        <v>39</v>
       </c>
       <c r="F174" t="s">
-        <v>479</v>
+        <v>634</v>
       </c>
       <c r="G174" t="s">
-        <v>464</v>
+        <v>635</v>
       </c>
       <c r="H174" t="s">
-        <v>81</v>
+        <v>15</v>
       </c>
       <c r="I174" s="1" t="s">
-        <v>625</v>
+        <v>636</v>
       </c>
     </row>
     <row r="175" spans="1:9">
       <c r="A175">
-        <v>702</v>
+        <v>733</v>
       </c>
       <c r="B175" t="s">
-        <v>280</v>
+        <v>9</v>
       </c>
       <c r="C175" t="s">
-        <v>211</v>
+        <v>10</v>
       </c>
       <c r="D175" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="E175" t="s">
-        <v>478</v>
+        <v>12</v>
       </c>
       <c r="F175" t="s">
-        <v>479</v>
+        <v>101</v>
       </c>
       <c r="G175" t="s">
-        <v>626</v>
+        <v>637</v>
       </c>
       <c r="H175" t="s">
-        <v>81</v>
+        <v>15</v>
       </c>
       <c r="I175" s="1" t="s">
-        <v>627</v>
+        <v>638</v>
       </c>
     </row>
     <row r="176" spans="1:9">
       <c r="A176">
-        <v>701</v>
+        <v>732</v>
       </c>
       <c r="B176" t="s">
+        <v>146</v>
+      </c>
+      <c r="C176" t="s">
+        <v>114</v>
+      </c>
+      <c r="D176" t="s">
+        <v>38</v>
+      </c>
+      <c r="E176" t="s">
         <v>39</v>
       </c>
-      <c r="C176" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F176" t="s">
-        <v>479</v>
+        <v>639</v>
       </c>
       <c r="G176" t="s">
-        <v>428</v>
+        <v>323</v>
       </c>
       <c r="H176" t="s">
-        <v>81</v>
+        <v>15</v>
       </c>
       <c r="I176" s="1" t="s">
-        <v>141</v>
+        <v>640</v>
       </c>
     </row>
     <row r="177" spans="1:9">
       <c r="A177">
-        <v>700</v>
+        <v>731</v>
       </c>
       <c r="B177" t="s">
-        <v>628</v>
+        <v>641</v>
       </c>
       <c r="C177" t="s">
-        <v>629</v>
+        <v>642</v>
       </c>
       <c r="D177" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="E177" t="s">
-        <v>478</v>
+        <v>12</v>
       </c>
       <c r="F177" t="s">
-        <v>479</v>
+        <v>643</v>
       </c>
       <c r="G177" t="s">
-        <v>428</v>
+        <v>644</v>
       </c>
       <c r="H177" t="s">
-        <v>81</v>
+        <v>15</v>
       </c>
       <c r="I177" s="1" t="s">
-        <v>630</v>
+        <v>645</v>
       </c>
     </row>
     <row r="178" spans="1:9">
       <c r="A178">
-        <v>699</v>
+        <v>730</v>
       </c>
       <c r="B178" t="s">
-        <v>631</v>
+        <v>439</v>
       </c>
       <c r="C178" t="s">
-        <v>72</v>
+        <v>227</v>
       </c>
       <c r="D178" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="E178" t="s">
-        <v>478</v>
+        <v>12</v>
       </c>
       <c r="F178" t="s">
-        <v>479</v>
+        <v>646</v>
       </c>
       <c r="G178" t="s">
-        <v>428</v>
+        <v>647</v>
       </c>
       <c r="H178" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I178" s="1" t="s">
-        <v>632</v>
+        <v>648</v>
       </c>
     </row>
     <row r="179" spans="1:9">
       <c r="A179">
-        <v>698</v>
+        <v>729</v>
       </c>
       <c r="B179" t="s">
-        <v>631</v>
+        <v>649</v>
       </c>
       <c r="C179" t="s">
-        <v>72</v>
+        <v>650</v>
       </c>
       <c r="D179" t="s">
-        <v>19</v>
+        <v>70</v>
       </c>
       <c r="E179" t="s">
-        <v>478</v>
+        <v>12</v>
       </c>
       <c r="F179" t="s">
-        <v>479</v>
+        <v>651</v>
       </c>
       <c r="G179" t="s">
-        <v>428</v>
+        <v>424</v>
       </c>
       <c r="H179" t="s">
-        <v>81</v>
+        <v>652</v>
       </c>
       <c r="I179" s="1" t="s">
-        <v>632</v>
+        <v>554</v>
       </c>
     </row>
     <row r="180" spans="1:9">
       <c r="A180">
-        <v>697</v>
+        <v>728</v>
       </c>
       <c r="B180" t="s">
-        <v>633</v>
+        <v>653</v>
       </c>
       <c r="C180" t="s">
-        <v>111</v>
+        <v>654</v>
       </c>
       <c r="D180" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="E180" t="s">
-        <v>478</v>
+        <v>12</v>
       </c>
       <c r="F180" t="s">
-        <v>479</v>
+        <v>498</v>
       </c>
       <c r="G180" t="s">
-        <v>428</v>
+        <v>655</v>
       </c>
       <c r="H180" t="s">
-        <v>15</v>
+        <v>42</v>
       </c>
       <c r="I180" s="1" t="s">
-        <v>627</v>
+        <v>656</v>
       </c>
     </row>
     <row r="181" spans="1:9">
       <c r="A181">
-        <v>696</v>
+        <v>727</v>
       </c>
       <c r="B181" t="s">
-        <v>317</v>
+        <v>415</v>
       </c>
       <c r="C181" t="s">
-        <v>288</v>
+        <v>82</v>
       </c>
       <c r="D181" t="s">
-        <v>11</v>
+        <v>26</v>
       </c>
       <c r="E181" t="s">
         <v>12</v>
       </c>
       <c r="F181" t="s">
-        <v>634</v>
+        <v>657</v>
       </c>
       <c r="G181" t="s">
-        <v>428</v>
+        <v>658</v>
       </c>
       <c r="H181" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="I181" s="1" t="s">
-        <v>635</v>
+        <v>554</v>
       </c>
     </row>
     <row r="182" spans="1:9">
       <c r="A182">
-        <v>695</v>
+        <v>726</v>
       </c>
       <c r="B182" t="s">
-        <v>214</v>
+        <v>243</v>
       </c>
       <c r="C182" t="s">
-        <v>215</v>
+        <v>127</v>
       </c>
       <c r="D182" t="s">
-        <v>11</v>
+        <v>70</v>
       </c>
       <c r="E182" t="s">
         <v>12</v>
       </c>
       <c r="F182" t="s">
-        <v>636</v>
+        <v>659</v>
       </c>
       <c r="G182" t="s">
-        <v>428</v>
+        <v>660</v>
       </c>
       <c r="H182" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="I182" s="1" t="s">
-        <v>637</v>
+        <v>661</v>
       </c>
     </row>
     <row r="183" spans="1:9">
       <c r="A183">
-        <v>694</v>
+        <v>725</v>
       </c>
       <c r="B183" t="s">
-        <v>638</v>
+        <v>662</v>
       </c>
       <c r="C183" t="s">
-        <v>32</v>
+        <v>173</v>
       </c>
       <c r="D183" t="s">
-        <v>62</v>
+        <v>70</v>
       </c>
       <c r="E183" t="s">
         <v>12</v>
       </c>
       <c r="F183" t="s">
-        <v>639</v>
+        <v>663</v>
       </c>
       <c r="G183" t="s">
-        <v>416</v>
+        <v>588</v>
       </c>
       <c r="H183" t="s">
         <v>15</v>
       </c>
       <c r="I183" s="1" t="s">
-        <v>223</v>
+        <v>664</v>
       </c>
     </row>
     <row r="184" spans="1:9">
       <c r="A184">
-        <v>693</v>
+        <v>724</v>
       </c>
       <c r="B184" t="s">
-        <v>640</v>
+        <v>665</v>
       </c>
       <c r="C184" t="s">
-        <v>599</v>
+        <v>164</v>
       </c>
       <c r="D184" t="s">
-        <v>19</v>
+        <v>70</v>
       </c>
       <c r="E184" t="s">
         <v>12</v>
       </c>
       <c r="F184" t="s">
-        <v>641</v>
+        <v>156</v>
       </c>
       <c r="G184" t="s">
-        <v>285</v>
+        <v>598</v>
       </c>
       <c r="H184" t="s">
-        <v>81</v>
+        <v>15</v>
       </c>
       <c r="I184" s="1" t="s">
-        <v>576</v>
+        <v>666</v>
       </c>
     </row>
     <row r="185" spans="1:9">
       <c r="A185">
-        <v>692</v>
+        <v>723</v>
       </c>
       <c r="B185" t="s">
-        <v>642</v>
+        <v>667</v>
       </c>
       <c r="C185" t="s">
-        <v>643</v>
+        <v>668</v>
       </c>
       <c r="D185" t="s">
-        <v>11</v>
+        <v>38</v>
       </c>
       <c r="E185" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="F185" t="s">
-        <v>616</v>
+        <v>669</v>
       </c>
       <c r="G185" t="s">
-        <v>612</v>
+        <v>670</v>
       </c>
       <c r="H185" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="I185" s="1" t="s">
-        <v>644</v>
+        <v>671</v>
       </c>
     </row>
     <row r="186" spans="1:9">
       <c r="A186">
-        <v>691</v>
+        <v>722</v>
       </c>
       <c r="B186" t="s">
-        <v>645</v>
+        <v>672</v>
       </c>
       <c r="C186" t="s">
-        <v>646</v>
+        <v>673</v>
       </c>
       <c r="D186" t="s">
         <v>11</v>
       </c>
       <c r="E186" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="F186" t="s">
-        <v>611</v>
+        <v>613</v>
       </c>
       <c r="G186" t="s">
-        <v>285</v>
+        <v>674</v>
       </c>
       <c r="H186" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="I186" s="1" t="s">
-        <v>647</v>
+        <v>675</v>
       </c>
     </row>
     <row r="187" spans="1:9">
       <c r="A187">
-        <v>690</v>
+        <v>721</v>
       </c>
       <c r="B187" t="s">
-        <v>648</v>
+        <v>469</v>
       </c>
       <c r="C187" t="s">
-        <v>649</v>
+        <v>255</v>
       </c>
       <c r="D187" t="s">
-        <v>11</v>
+        <v>38</v>
       </c>
       <c r="E187" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="F187" t="s">
-        <v>611</v>
+        <v>676</v>
       </c>
       <c r="G187" t="s">
-        <v>650</v>
+        <v>677</v>
       </c>
       <c r="H187" t="s">
-        <v>29</v>
+        <v>42</v>
       </c>
       <c r="I187" s="1" t="s">
-        <v>651</v>
+        <v>678</v>
       </c>
     </row>
     <row r="188" spans="1:9">
       <c r="A188">
-        <v>689</v>
+        <v>720</v>
       </c>
       <c r="B188" t="s">
-        <v>652</v>
+        <v>679</v>
       </c>
       <c r="C188" t="s">
-        <v>97</v>
+        <v>680</v>
       </c>
       <c r="D188" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="E188" t="s">
-        <v>653</v>
+        <v>12</v>
       </c>
       <c r="F188" t="s">
-        <v>654</v>
+        <v>681</v>
       </c>
       <c r="G188" t="s">
-        <v>655</v>
+        <v>617</v>
       </c>
       <c r="H188" t="s">
-        <v>29</v>
+        <v>42</v>
       </c>
       <c r="I188" s="1" t="s">
-        <v>656</v>
+        <v>682</v>
       </c>
     </row>
     <row r="189" spans="1:9">
       <c r="A189">
-        <v>688</v>
+        <v>719</v>
       </c>
       <c r="B189" t="s">
-        <v>657</v>
+        <v>172</v>
       </c>
       <c r="C189" t="s">
-        <v>215</v>
+        <v>173</v>
       </c>
       <c r="D189" t="s">
-        <v>497</v>
+        <v>26</v>
       </c>
       <c r="E189" t="s">
-        <v>658</v>
+        <v>12</v>
       </c>
       <c r="F189" t="s">
-        <v>659</v>
+        <v>683</v>
       </c>
       <c r="G189" t="s">
-        <v>552</v>
+        <v>684</v>
       </c>
       <c r="H189" t="s">
         <v>15</v>
       </c>
       <c r="I189" s="1" t="s">
-        <v>660</v>
+        <v>685</v>
       </c>
     </row>
     <row r="190" spans="1:9">
       <c r="A190">
-        <v>687</v>
+        <v>718</v>
       </c>
       <c r="B190" t="s">
-        <v>661</v>
+        <v>555</v>
       </c>
       <c r="C190" t="s">
-        <v>662</v>
+        <v>227</v>
       </c>
       <c r="D190" t="s">
-        <v>26</v>
+        <v>83</v>
       </c>
       <c r="E190" t="s">
-        <v>658</v>
+        <v>27</v>
       </c>
       <c r="F190" t="s">
-        <v>663</v>
+        <v>686</v>
       </c>
       <c r="G190" t="s">
-        <v>552</v>
+        <v>556</v>
       </c>
       <c r="H190" t="s">
-        <v>81</v>
+        <v>22</v>
       </c>
       <c r="I190" s="1" t="s">
-        <v>664</v>
+        <v>557</v>
       </c>
     </row>
     <row r="191" spans="1:9">
       <c r="A191">
-        <v>686</v>
+        <v>717</v>
       </c>
       <c r="B191" t="s">
-        <v>379</v>
+        <v>687</v>
       </c>
       <c r="C191" t="s">
-        <v>358</v>
+        <v>688</v>
       </c>
       <c r="D191" t="s">
-        <v>11</v>
+        <v>26</v>
       </c>
       <c r="E191" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="F191" t="s">
-        <v>665</v>
+        <v>689</v>
       </c>
       <c r="G191" t="s">
-        <v>589</v>
+        <v>684</v>
       </c>
       <c r="H191" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="I191" s="1" t="s">
-        <v>666</v>
+        <v>690</v>
       </c>
     </row>
     <row r="192" spans="1:9">
       <c r="A192">
-        <v>685</v>
+        <v>716</v>
       </c>
       <c r="B192" t="s">
-        <v>667</v>
+        <v>691</v>
       </c>
       <c r="C192" t="s">
-        <v>97</v>
+        <v>199</v>
       </c>
       <c r="D192" t="s">
-        <v>47</v>
+        <v>11</v>
       </c>
       <c r="E192" t="s">
-        <v>668</v>
+        <v>12</v>
       </c>
       <c r="F192" t="s">
-        <v>669</v>
+        <v>692</v>
       </c>
       <c r="G192" t="s">
-        <v>285</v>
+        <v>528</v>
       </c>
       <c r="H192" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="I192" s="1" t="s">
-        <v>670</v>
+        <v>693</v>
       </c>
     </row>
     <row r="193" spans="1:9">
       <c r="A193">
-        <v>684</v>
+        <v>715</v>
       </c>
       <c r="B193" t="s">
-        <v>395</v>
+        <v>203</v>
       </c>
       <c r="C193" t="s">
-        <v>391</v>
+        <v>204</v>
       </c>
       <c r="D193" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="E193" t="s">
         <v>12</v>
       </c>
       <c r="F193" t="s">
-        <v>671</v>
+        <v>694</v>
       </c>
       <c r="G193" t="s">
-        <v>589</v>
+        <v>695</v>
       </c>
       <c r="H193" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="I193" s="1" t="s">
-        <v>672</v>
+        <v>696</v>
       </c>
     </row>
     <row r="194" spans="1:9">
       <c r="A194">
-        <v>683</v>
+        <v>714</v>
       </c>
       <c r="B194" t="s">
-        <v>673</v>
+        <v>194</v>
       </c>
       <c r="C194" t="s">
-        <v>662</v>
+        <v>173</v>
       </c>
       <c r="D194" t="s">
         <v>11</v>
       </c>
       <c r="E194" t="s">
-        <v>658</v>
+        <v>12</v>
       </c>
       <c r="F194" t="s">
-        <v>674</v>
+        <v>697</v>
       </c>
       <c r="G194" t="s">
-        <v>292</v>
+        <v>695</v>
       </c>
       <c r="H194" t="s">
-        <v>81</v>
+        <v>15</v>
       </c>
       <c r="I194" s="1" t="s">
-        <v>675</v>
+        <v>698</v>
       </c>
     </row>
     <row r="195" spans="1:9">
       <c r="A195">
-        <v>682</v>
+        <v>713</v>
       </c>
       <c r="B195" t="s">
-        <v>390</v>
+        <v>331</v>
       </c>
       <c r="C195" t="s">
-        <v>391</v>
+        <v>127</v>
       </c>
       <c r="D195" t="s">
-        <v>11</v>
+        <v>38</v>
       </c>
       <c r="E195" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="F195" t="s">
-        <v>676</v>
+        <v>699</v>
       </c>
       <c r="G195" t="s">
-        <v>589</v>
+        <v>409</v>
       </c>
       <c r="H195" t="s">
-        <v>81</v>
+        <v>15</v>
       </c>
       <c r="I195" s="1" t="s">
-        <v>677</v>
+        <v>700</v>
       </c>
     </row>
     <row r="196" spans="1:9">
       <c r="A196">
-        <v>681</v>
+        <v>712</v>
       </c>
       <c r="B196" t="s">
-        <v>468</v>
+        <v>404</v>
       </c>
       <c r="C196" t="s">
-        <v>195</v>
+        <v>405</v>
       </c>
       <c r="D196" t="s">
-        <v>26</v>
+        <v>11</v>
       </c>
       <c r="E196" t="s">
-        <v>678</v>
+        <v>12</v>
       </c>
       <c r="F196" t="s">
-        <v>85</v>
+        <v>701</v>
       </c>
       <c r="G196" t="s">
-        <v>650</v>
+        <v>702</v>
       </c>
       <c r="H196" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="I196" s="1" t="s">
-        <v>679</v>
+        <v>703</v>
       </c>
     </row>
     <row r="197" spans="1:9">
       <c r="A197">
-        <v>680</v>
+        <v>711</v>
       </c>
       <c r="B197" t="s">
-        <v>680</v>
+        <v>704</v>
       </c>
       <c r="C197" t="s">
-        <v>274</v>
+        <v>705</v>
       </c>
       <c r="D197" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="E197" t="s">
-        <v>681</v>
+        <v>12</v>
       </c>
       <c r="F197" t="s">
-        <v>682</v>
+        <v>706</v>
       </c>
       <c r="G197" t="s">
-        <v>683</v>
+        <v>655</v>
       </c>
       <c r="H197" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="I197" s="1" t="s">
-        <v>684</v>
+        <v>707</v>
       </c>
     </row>
     <row r="198" spans="1:9">
       <c r="A198">
-        <v>679</v>
+        <v>710</v>
       </c>
       <c r="B198" t="s">
-        <v>17</v>
+        <v>708</v>
       </c>
       <c r="C198" t="s">
-        <v>18</v>
+        <v>114</v>
       </c>
       <c r="D198" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="E198" t="s">
-        <v>681</v>
+        <v>12</v>
       </c>
       <c r="F198" t="s">
-        <v>685</v>
+        <v>709</v>
       </c>
       <c r="G198" t="s">
-        <v>686</v>
+        <v>710</v>
       </c>
       <c r="H198" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="I198" s="1" t="s">
-        <v>687</v>
+        <v>711</v>
       </c>
     </row>
     <row r="199" spans="1:9">
       <c r="A199">
-        <v>678</v>
+        <v>709</v>
       </c>
       <c r="B199" t="s">
-        <v>361</v>
+        <v>712</v>
       </c>
       <c r="C199" t="s">
-        <v>61</v>
+        <v>713</v>
       </c>
       <c r="D199" t="s">
-        <v>19</v>
+        <v>70</v>
       </c>
       <c r="E199" t="s">
-        <v>681</v>
+        <v>481</v>
       </c>
       <c r="F199" t="s">
-        <v>688</v>
+        <v>651</v>
       </c>
       <c r="G199" t="s">
-        <v>683</v>
+        <v>528</v>
       </c>
       <c r="H199" t="s">
-        <v>29</v>
+        <v>22</v>
       </c>
       <c r="I199" s="1" t="s">
-        <v>689</v>
+        <v>714</v>
       </c>
     </row>
     <row r="200" spans="1:9">
       <c r="A200">
-        <v>677</v>
+        <v>708</v>
       </c>
       <c r="B200" t="s">
-        <v>690</v>
+        <v>715</v>
       </c>
       <c r="C200" t="s">
-        <v>358</v>
+        <v>716</v>
       </c>
       <c r="D200" t="s">
-        <v>445</v>
+        <v>26</v>
       </c>
       <c r="E200" t="s">
-        <v>668</v>
+        <v>27</v>
       </c>
       <c r="F200" t="s">
-        <v>691</v>
+        <v>717</v>
       </c>
       <c r="G200" t="s">
-        <v>692</v>
+        <v>718</v>
       </c>
       <c r="H200" t="s">
         <v>15</v>
       </c>
       <c r="I200" s="1" t="s">
-        <v>223</v>
+        <v>719</v>
       </c>
     </row>
     <row r="201" spans="1:9">
       <c r="A201">
-        <v>676</v>
+        <v>707</v>
       </c>
       <c r="B201" t="s">
-        <v>693</v>
+        <v>720</v>
       </c>
       <c r="C201" t="s">
-        <v>89</v>
+        <v>721</v>
       </c>
       <c r="D201" t="s">
         <v>26</v>
       </c>
       <c r="E201" t="s">
-        <v>658</v>
+        <v>27</v>
       </c>
       <c r="F201" t="s">
-        <v>694</v>
+        <v>722</v>
       </c>
       <c r="G201" t="s">
-        <v>393</v>
+        <v>718</v>
       </c>
       <c r="H201" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="I201" s="1" t="s">
-        <v>695</v>
+        <v>723</v>
       </c>
     </row>
     <row r="202" spans="1:9">
       <c r="A202">
-        <v>675</v>
+        <v>706</v>
       </c>
       <c r="B202" t="s">
-        <v>696</v>
+        <v>724</v>
       </c>
       <c r="C202" t="s">
-        <v>697</v>
+        <v>725</v>
       </c>
       <c r="D202" t="s">
-        <v>11</v>
+        <v>38</v>
       </c>
       <c r="E202" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="F202" t="s">
-        <v>698</v>
+        <v>726</v>
       </c>
       <c r="G202" t="s">
-        <v>699</v>
+        <v>409</v>
       </c>
       <c r="H202" t="s">
-        <v>81</v>
+        <v>15</v>
       </c>
       <c r="I202" s="1" t="s">
-        <v>700</v>
+        <v>727</v>
       </c>
     </row>
     <row r="203" spans="1:9">
       <c r="A203">
-        <v>674</v>
+        <v>705</v>
       </c>
       <c r="B203" t="s">
-        <v>701</v>
+        <v>728</v>
       </c>
       <c r="C203" t="s">
-        <v>195</v>
+        <v>729</v>
       </c>
       <c r="D203" t="s">
-        <v>445</v>
+        <v>70</v>
       </c>
       <c r="E203" t="s">
-        <v>668</v>
+        <v>481</v>
       </c>
       <c r="F203" t="s">
-        <v>702</v>
+        <v>651</v>
       </c>
       <c r="G203" t="s">
-        <v>520</v>
+        <v>718</v>
       </c>
       <c r="H203" t="s">
-        <v>29</v>
+        <v>22</v>
       </c>
       <c r="I203" s="1" t="s">
-        <v>703</v>
+        <v>714</v>
       </c>
     </row>
     <row r="204" spans="1:9">
       <c r="A204">
-        <v>673</v>
+        <v>704</v>
       </c>
       <c r="B204" t="s">
-        <v>704</v>
+        <v>728</v>
       </c>
       <c r="C204" t="s">
-        <v>705</v>
+        <v>729</v>
       </c>
       <c r="D204" t="s">
-        <v>11</v>
+        <v>70</v>
       </c>
       <c r="E204" t="s">
-        <v>12</v>
+        <v>481</v>
       </c>
       <c r="F204" t="s">
-        <v>706</v>
+        <v>651</v>
       </c>
       <c r="G204" t="s">
-        <v>686</v>
+        <v>718</v>
       </c>
       <c r="H204" t="s">
-        <v>29</v>
+        <v>22</v>
       </c>
       <c r="I204" s="1" t="s">
-        <v>707</v>
+        <v>714</v>
       </c>
     </row>
     <row r="205" spans="1:9">
       <c r="A205">
-        <v>672</v>
+        <v>703</v>
       </c>
       <c r="B205" t="s">
-        <v>708</v>
+        <v>49</v>
       </c>
       <c r="C205" t="s">
-        <v>709</v>
+        <v>50</v>
       </c>
       <c r="D205" t="s">
-        <v>11</v>
+        <v>38</v>
       </c>
       <c r="E205" t="s">
-        <v>12</v>
+        <v>586</v>
       </c>
       <c r="F205" t="s">
-        <v>710</v>
+        <v>587</v>
       </c>
       <c r="G205" t="s">
-        <v>259</v>
+        <v>574</v>
       </c>
       <c r="H205" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I205" s="1" t="s">
-        <v>711</v>
+        <v>730</v>
       </c>
     </row>
     <row r="206" spans="1:9">
       <c r="A206">
-        <v>671</v>
+        <v>702</v>
       </c>
       <c r="B206" t="s">
-        <v>194</v>
+        <v>36</v>
       </c>
       <c r="C206" t="s">
-        <v>195</v>
+        <v>37</v>
       </c>
       <c r="D206" t="s">
-        <v>11</v>
+        <v>38</v>
       </c>
       <c r="E206" t="s">
-        <v>12</v>
+        <v>586</v>
       </c>
       <c r="F206" t="s">
-        <v>201</v>
+        <v>587</v>
       </c>
       <c r="G206" t="s">
-        <v>712</v>
+        <v>731</v>
       </c>
       <c r="H206" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I206" s="1" t="s">
-        <v>136</v>
+        <v>732</v>
       </c>
     </row>
     <row r="207" spans="1:9">
       <c r="A207">
-        <v>670</v>
+        <v>701</v>
       </c>
       <c r="B207" t="s">
-        <v>713</v>
+        <v>180</v>
       </c>
       <c r="C207" t="s">
-        <v>714</v>
+        <v>181</v>
       </c>
       <c r="D207" t="s">
-        <v>47</v>
+        <v>38</v>
       </c>
       <c r="E207" t="s">
-        <v>12</v>
+        <v>586</v>
       </c>
       <c r="F207" t="s">
-        <v>224</v>
+        <v>587</v>
       </c>
       <c r="G207" t="s">
-        <v>715</v>
+        <v>539</v>
       </c>
       <c r="H207" t="s">
-        <v>29</v>
+        <v>42</v>
       </c>
       <c r="I207" s="1" t="s">
-        <v>716</v>
+        <v>268</v>
       </c>
     </row>
     <row r="208" spans="1:9">
       <c r="A208">
-        <v>669</v>
+        <v>700</v>
       </c>
       <c r="B208" t="s">
-        <v>713</v>
+        <v>733</v>
       </c>
       <c r="C208" t="s">
-        <v>714</v>
+        <v>734</v>
       </c>
       <c r="D208" t="s">
-        <v>47</v>
+        <v>38</v>
       </c>
       <c r="E208" t="s">
-        <v>12</v>
+        <v>586</v>
       </c>
       <c r="F208" t="s">
-        <v>717</v>
+        <v>587</v>
       </c>
       <c r="G208" t="s">
-        <v>715</v>
+        <v>539</v>
       </c>
       <c r="H208" t="s">
-        <v>29</v>
+        <v>42</v>
       </c>
       <c r="I208" s="1" t="s">
-        <v>718</v>
+        <v>735</v>
       </c>
     </row>
     <row r="209" spans="1:9">
       <c r="A209">
-        <v>668</v>
+        <v>699</v>
       </c>
       <c r="B209" t="s">
-        <v>719</v>
+        <v>736</v>
       </c>
       <c r="C209" t="s">
-        <v>720</v>
+        <v>209</v>
       </c>
       <c r="D209" t="s">
-        <v>47</v>
+        <v>38</v>
       </c>
       <c r="E209" t="s">
-        <v>12</v>
+        <v>586</v>
       </c>
       <c r="F209" t="s">
-        <v>85</v>
+        <v>587</v>
       </c>
       <c r="G209" t="s">
-        <v>541</v>
+        <v>539</v>
       </c>
       <c r="H209" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I209" s="1" t="s">
-        <v>721</v>
+        <v>737</v>
       </c>
     </row>
     <row r="210" spans="1:9">
       <c r="A210">
-        <v>667</v>
+        <v>698</v>
       </c>
       <c r="B210" t="s">
-        <v>722</v>
+        <v>736</v>
       </c>
       <c r="C210" t="s">
-        <v>101</v>
+        <v>209</v>
       </c>
       <c r="D210" t="s">
-        <v>62</v>
+        <v>38</v>
       </c>
       <c r="E210" t="s">
-        <v>668</v>
+        <v>586</v>
       </c>
       <c r="F210" t="s">
-        <v>723</v>
+        <v>587</v>
       </c>
       <c r="G210" t="s">
-        <v>699</v>
+        <v>539</v>
       </c>
       <c r="H210" t="s">
-        <v>15</v>
+        <v>42</v>
       </c>
       <c r="I210" s="1" t="s">
-        <v>724</v>
+        <v>737</v>
       </c>
     </row>
     <row r="211" spans="1:9">
       <c r="A211">
-        <v>666</v>
+        <v>697</v>
       </c>
       <c r="B211" t="s">
-        <v>314</v>
+        <v>738</v>
       </c>
       <c r="C211" t="s">
-        <v>215</v>
+        <v>239</v>
       </c>
       <c r="D211" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="E211" t="s">
-        <v>658</v>
+        <v>586</v>
       </c>
       <c r="F211" t="s">
-        <v>725</v>
+        <v>587</v>
       </c>
       <c r="G211" t="s">
-        <v>726</v>
+        <v>539</v>
       </c>
       <c r="H211" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="I211" s="1" t="s">
-        <v>727</v>
+        <v>732</v>
       </c>
     </row>
     <row r="212" spans="1:9">
       <c r="A212">
-        <v>665</v>
+        <v>696</v>
       </c>
       <c r="B212" t="s">
-        <v>194</v>
+        <v>433</v>
       </c>
       <c r="C212" t="s">
-        <v>195</v>
+        <v>405</v>
       </c>
       <c r="D212" t="s">
-        <v>11</v>
+        <v>26</v>
       </c>
       <c r="E212" t="s">
         <v>12</v>
       </c>
       <c r="F212" t="s">
-        <v>728</v>
+        <v>739</v>
       </c>
       <c r="G212" t="s">
-        <v>729</v>
+        <v>539</v>
       </c>
       <c r="H212" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="I212" s="1" t="s">
-        <v>730</v>
+        <v>740</v>
       </c>
     </row>
     <row r="213" spans="1:9">
       <c r="A213">
-        <v>664</v>
+        <v>695</v>
       </c>
       <c r="B213" t="s">
-        <v>127</v>
+        <v>337</v>
       </c>
       <c r="C213" t="s">
-        <v>128</v>
+        <v>338</v>
       </c>
       <c r="D213" t="s">
         <v>26</v>
       </c>
       <c r="E213" t="s">
         <v>12</v>
       </c>
       <c r="F213" t="s">
-        <v>731</v>
+        <v>741</v>
       </c>
       <c r="G213" t="s">
-        <v>589</v>
+        <v>539</v>
       </c>
       <c r="H213" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="I213" s="1" t="s">
-        <v>732</v>
+        <v>742</v>
       </c>
     </row>
     <row r="214" spans="1:9">
       <c r="A214">
-        <v>663</v>
+        <v>694</v>
       </c>
       <c r="B214" t="s">
-        <v>466</v>
+        <v>743</v>
       </c>
       <c r="C214" t="s">
-        <v>101</v>
+        <v>173</v>
       </c>
       <c r="D214" t="s">
         <v>19</v>
       </c>
       <c r="E214" t="s">
-        <v>681</v>
+        <v>12</v>
       </c>
       <c r="F214" t="s">
-        <v>733</v>
+        <v>744</v>
       </c>
       <c r="G214" t="s">
-        <v>734</v>
+        <v>528</v>
       </c>
       <c r="H214" t="s">
-        <v>29</v>
+        <v>22</v>
       </c>
       <c r="I214" s="1" t="s">
-        <v>176</v>
+        <v>346</v>
       </c>
     </row>
     <row r="215" spans="1:9">
       <c r="A215">
-        <v>662</v>
+        <v>693</v>
       </c>
       <c r="B215" t="s">
-        <v>277</v>
+        <v>745</v>
       </c>
       <c r="C215" t="s">
-        <v>10</v>
+        <v>705</v>
       </c>
       <c r="D215" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="E215" t="s">
         <v>12</v>
       </c>
       <c r="F215" t="s">
-        <v>735</v>
+        <v>746</v>
       </c>
       <c r="G215" t="s">
-        <v>130</v>
+        <v>402</v>
       </c>
       <c r="H215" t="s">
-        <v>29</v>
+        <v>42</v>
       </c>
       <c r="I215" s="1" t="s">
-        <v>736</v>
+        <v>682</v>
       </c>
     </row>
     <row r="216" spans="1:9">
       <c r="A216">
-        <v>661</v>
+        <v>692</v>
       </c>
       <c r="B216" t="s">
-        <v>500</v>
+        <v>747</v>
       </c>
       <c r="C216" t="s">
-        <v>84</v>
+        <v>748</v>
       </c>
       <c r="D216" t="s">
         <v>26</v>
       </c>
       <c r="E216" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="F216" t="s">
-        <v>737</v>
+        <v>722</v>
       </c>
       <c r="G216" t="s">
-        <v>589</v>
+        <v>718</v>
       </c>
       <c r="H216" t="s">
-        <v>81</v>
+        <v>15</v>
       </c>
       <c r="I216" s="1" t="s">
-        <v>738</v>
+        <v>749</v>
       </c>
     </row>
     <row r="217" spans="1:9">
       <c r="A217">
-        <v>660</v>
+        <v>691</v>
       </c>
       <c r="B217" t="s">
-        <v>739</v>
+        <v>750</v>
       </c>
       <c r="C217" t="s">
-        <v>740</v>
+        <v>751</v>
       </c>
       <c r="D217" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="E217" t="s">
-        <v>741</v>
+        <v>27</v>
       </c>
       <c r="F217" t="s">
-        <v>742</v>
+        <v>717</v>
       </c>
       <c r="G217" t="s">
-        <v>549</v>
+        <v>402</v>
       </c>
       <c r="H217" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="I217" s="1" t="s">
-        <v>743</v>
+        <v>752</v>
       </c>
     </row>
     <row r="218" spans="1:9">
       <c r="A218">
-        <v>659</v>
+        <v>690</v>
       </c>
       <c r="B218" t="s">
-        <v>357</v>
+        <v>753</v>
       </c>
       <c r="C218" t="s">
-        <v>358</v>
+        <v>754</v>
       </c>
       <c r="D218" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="E218" t="s">
-        <v>741</v>
+        <v>27</v>
       </c>
       <c r="F218" t="s">
-        <v>744</v>
+        <v>717</v>
       </c>
       <c r="G218" t="s">
-        <v>549</v>
+        <v>755</v>
       </c>
       <c r="H218" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="I218" s="1" t="s">
-        <v>745</v>
+        <v>756</v>
       </c>
     </row>
     <row r="219" spans="1:9">
       <c r="A219">
-        <v>658</v>
+        <v>689</v>
       </c>
       <c r="B219" t="s">
-        <v>100</v>
+        <v>757</v>
       </c>
       <c r="C219" t="s">
-        <v>101</v>
+        <v>227</v>
       </c>
       <c r="D219" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="E219" t="s">
-        <v>746</v>
+        <v>758</v>
       </c>
       <c r="F219" t="s">
-        <v>747</v>
+        <v>759</v>
       </c>
       <c r="G219" t="s">
-        <v>748</v>
+        <v>760</v>
       </c>
       <c r="H219" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="I219" s="1" t="s">
-        <v>749</v>
+        <v>761</v>
       </c>
     </row>
     <row r="220" spans="1:9">
       <c r="A220">
-        <v>657</v>
+        <v>688</v>
       </c>
       <c r="B220" t="s">
-        <v>357</v>
+        <v>762</v>
       </c>
       <c r="C220" t="s">
-        <v>358</v>
+        <v>338</v>
       </c>
       <c r="D220" t="s">
-        <v>19</v>
+        <v>604</v>
       </c>
       <c r="E220" t="s">
-        <v>12</v>
+        <v>763</v>
       </c>
       <c r="F220" t="s">
-        <v>750</v>
+        <v>764</v>
       </c>
       <c r="G220" t="s">
-        <v>589</v>
+        <v>658</v>
       </c>
       <c r="H220" t="s">
-        <v>81</v>
+        <v>22</v>
       </c>
       <c r="I220" s="1" t="s">
-        <v>751</v>
+        <v>765</v>
       </c>
     </row>
     <row r="221" spans="1:9">
       <c r="A221">
-        <v>655</v>
+        <v>687</v>
       </c>
       <c r="B221" t="s">
-        <v>752</v>
+        <v>766</v>
       </c>
       <c r="C221" t="s">
-        <v>567</v>
+        <v>767</v>
       </c>
       <c r="D221" t="s">
         <v>11</v>
       </c>
       <c r="E221" t="s">
+        <v>763</v>
+      </c>
+      <c r="F221" t="s">
+        <v>768</v>
+      </c>
+      <c r="G221" t="s">
         <v>658</v>
       </c>
-      <c r="F221" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H221" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I221" s="1" t="s">
-        <v>755</v>
+        <v>769</v>
       </c>
     </row>
     <row r="222" spans="1:9">
       <c r="A222">
-        <v>654</v>
+        <v>686</v>
       </c>
       <c r="B222" t="s">
-        <v>194</v>
+        <v>113</v>
       </c>
       <c r="C222" t="s">
-        <v>195</v>
+        <v>114</v>
       </c>
       <c r="D222" t="s">
-        <v>11</v>
+        <v>26</v>
       </c>
       <c r="E222" t="s">
-        <v>756</v>
+        <v>12</v>
       </c>
       <c r="F222" t="s">
-        <v>757</v>
+        <v>770</v>
       </c>
       <c r="G222" t="s">
-        <v>351</v>
+        <v>695</v>
       </c>
       <c r="H222" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="I222" s="1" t="s">
-        <v>758</v>
+        <v>771</v>
       </c>
     </row>
     <row r="223" spans="1:9">
       <c r="A223">
-        <v>653</v>
+        <v>685</v>
       </c>
       <c r="B223" t="s">
-        <v>759</v>
+        <v>772</v>
       </c>
       <c r="C223" t="s">
-        <v>760</v>
+        <v>227</v>
       </c>
       <c r="D223" t="s">
-        <v>26</v>
+        <v>70</v>
       </c>
       <c r="E223" t="s">
-        <v>658</v>
+        <v>773</v>
       </c>
       <c r="F223" t="s">
-        <v>761</v>
+        <v>774</v>
       </c>
       <c r="G223" t="s">
-        <v>762</v>
+        <v>402</v>
       </c>
       <c r="H223" t="s">
-        <v>81</v>
+        <v>15</v>
       </c>
       <c r="I223" s="1" t="s">
-        <v>763</v>
+        <v>775</v>
       </c>
     </row>
     <row r="224" spans="1:9">
       <c r="A224">
-        <v>652</v>
+        <v>684</v>
       </c>
       <c r="B224" t="s">
-        <v>277</v>
+        <v>507</v>
       </c>
       <c r="C224" t="s">
         <v>10</v>
       </c>
       <c r="D224" t="s">
-        <v>26</v>
+        <v>38</v>
+      </c>
+      <c r="E224" t="s">
+        <v>12</v>
       </c>
       <c r="F224" t="s">
-        <v>178</v>
+        <v>776</v>
       </c>
       <c r="G224" t="s">
-        <v>764</v>
+        <v>695</v>
       </c>
       <c r="H224" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="I224" s="1" t="s">
-        <v>765</v>
+        <v>777</v>
       </c>
     </row>
     <row r="225" spans="1:9">
       <c r="A225">
-        <v>651</v>
+        <v>683</v>
       </c>
       <c r="B225" t="s">
-        <v>177</v>
+        <v>778</v>
       </c>
       <c r="C225" t="s">
-        <v>128</v>
+        <v>767</v>
       </c>
       <c r="D225" t="s">
-        <v>11</v>
+        <v>26</v>
       </c>
       <c r="E225" t="s">
-        <v>12</v>
+        <v>763</v>
       </c>
       <c r="F225" t="s">
-        <v>766</v>
+        <v>779</v>
       </c>
       <c r="G225" t="s">
-        <v>589</v>
+        <v>409</v>
       </c>
       <c r="H225" t="s">
-        <v>29</v>
+        <v>42</v>
       </c>
       <c r="I225" s="1" t="s">
-        <v>767</v>
+        <v>780</v>
       </c>
     </row>
     <row r="226" spans="1:9">
       <c r="A226">
-        <v>650</v>
+        <v>682</v>
       </c>
       <c r="B226" t="s">
-        <v>768</v>
+        <v>503</v>
       </c>
       <c r="C226" t="s">
-        <v>769</v>
+        <v>10</v>
       </c>
       <c r="D226" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="E226" t="s">
-        <v>770</v>
+        <v>12</v>
       </c>
       <c r="F226" t="s">
-        <v>771</v>
+        <v>781</v>
       </c>
       <c r="G226" t="s">
-        <v>772</v>
+        <v>695</v>
       </c>
       <c r="H226" t="s">
-        <v>15</v>
+        <v>42</v>
       </c>
       <c r="I226" s="1" t="s">
-        <v>773</v>
+        <v>782</v>
       </c>
     </row>
     <row r="227" spans="1:9">
       <c r="A227">
-        <v>649</v>
+        <v>681</v>
       </c>
       <c r="B227" t="s">
-        <v>768</v>
+        <v>108</v>
       </c>
       <c r="C227" t="s">
-        <v>769</v>
+        <v>109</v>
       </c>
       <c r="D227" t="s">
-        <v>47</v>
+        <v>11</v>
       </c>
       <c r="E227" t="s">
-        <v>770</v>
+        <v>783</v>
       </c>
       <c r="F227" t="s">
-        <v>771</v>
+        <v>101</v>
       </c>
       <c r="G227" t="s">
-        <v>525</v>
+        <v>755</v>
       </c>
       <c r="H227" t="s">
         <v>15</v>
       </c>
       <c r="I227" s="1" t="s">
-        <v>774</v>
+        <v>784</v>
       </c>
     </row>
     <row r="228" spans="1:9">
       <c r="A228">
-        <v>648</v>
+        <v>680</v>
       </c>
       <c r="B228" t="s">
-        <v>214</v>
+        <v>138</v>
       </c>
       <c r="C228" t="s">
-        <v>215</v>
+        <v>139</v>
       </c>
       <c r="D228" t="s">
-        <v>11</v>
+        <v>38</v>
       </c>
       <c r="E228" t="s">
-        <v>658</v>
+        <v>785</v>
       </c>
       <c r="F228" t="s">
-        <v>775</v>
+        <v>786</v>
       </c>
       <c r="G228" t="s">
-        <v>776</v>
+        <v>787</v>
       </c>
       <c r="H228" t="s">
-        <v>81</v>
+        <v>15</v>
       </c>
       <c r="I228" s="1" t="s">
-        <v>777</v>
+        <v>788</v>
       </c>
     </row>
     <row r="229" spans="1:9">
       <c r="A229">
-        <v>647</v>
+        <v>679</v>
       </c>
       <c r="B229" t="s">
-        <v>778</v>
+        <v>163</v>
       </c>
       <c r="C229" t="s">
-        <v>779</v>
+        <v>164</v>
       </c>
       <c r="D229" t="s">
-        <v>11</v>
+        <v>38</v>
       </c>
       <c r="E229" t="s">
-        <v>658</v>
+        <v>785</v>
       </c>
       <c r="F229" t="s">
-        <v>780</v>
+        <v>789</v>
       </c>
       <c r="G229" t="s">
-        <v>781</v>
+        <v>790</v>
       </c>
       <c r="H229" t="s">
-        <v>81</v>
+        <v>15</v>
       </c>
       <c r="I229" s="1" t="s">
-        <v>782</v>
+        <v>791</v>
       </c>
     </row>
     <row r="230" spans="1:9">
       <c r="A230">
-        <v>646</v>
+        <v>678</v>
       </c>
       <c r="B230" t="s">
-        <v>194</v>
+        <v>475</v>
       </c>
       <c r="C230" t="s">
-        <v>195</v>
+        <v>199</v>
       </c>
       <c r="D230" t="s">
-        <v>11</v>
+        <v>38</v>
       </c>
       <c r="E230" t="s">
-        <v>783</v>
+        <v>785</v>
       </c>
       <c r="F230" t="s">
-        <v>728</v>
+        <v>792</v>
       </c>
       <c r="G230" t="s">
-        <v>729</v>
+        <v>787</v>
       </c>
       <c r="H230" t="s">
         <v>15</v>
       </c>
       <c r="I230" s="1" t="s">
-        <v>730</v>
+        <v>793</v>
       </c>
     </row>
     <row r="231" spans="1:9">
       <c r="A231">
-        <v>645</v>
+        <v>677</v>
       </c>
       <c r="B231" t="s">
-        <v>127</v>
+        <v>794</v>
       </c>
       <c r="C231" t="s">
-        <v>128</v>
+        <v>114</v>
       </c>
       <c r="D231" t="s">
-        <v>26</v>
+        <v>83</v>
       </c>
       <c r="E231" t="s">
-        <v>784</v>
+        <v>773</v>
       </c>
       <c r="F231" t="s">
-        <v>785</v>
+        <v>795</v>
       </c>
       <c r="G231" t="s">
-        <v>355</v>
+        <v>796</v>
       </c>
       <c r="H231" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="I231" s="1" t="s">
-        <v>786</v>
+        <v>346</v>
       </c>
     </row>
     <row r="232" spans="1:9">
       <c r="A232">
-        <v>644</v>
+        <v>676</v>
       </c>
       <c r="B232" t="s">
-        <v>787</v>
+        <v>797</v>
       </c>
       <c r="C232" t="s">
-        <v>195</v>
+        <v>220</v>
       </c>
       <c r="D232" t="s">
-        <v>47</v>
+        <v>11</v>
       </c>
       <c r="E232" t="s">
-        <v>668</v>
+        <v>763</v>
       </c>
       <c r="F232" t="s">
-        <v>788</v>
+        <v>798</v>
       </c>
       <c r="G232" t="s">
-        <v>789</v>
+        <v>505</v>
       </c>
       <c r="H232" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="I232" s="1" t="s">
-        <v>790</v>
+        <v>799</v>
       </c>
     </row>
     <row r="233" spans="1:9">
       <c r="A233">
-        <v>643</v>
+        <v>675</v>
       </c>
       <c r="B233" t="s">
-        <v>206</v>
+        <v>800</v>
       </c>
       <c r="C233" t="s">
-        <v>10</v>
+        <v>801</v>
       </c>
       <c r="D233" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="E233" t="s">
-        <v>791</v>
+        <v>12</v>
       </c>
       <c r="F233" t="s">
-        <v>792</v>
+        <v>802</v>
       </c>
       <c r="G233" t="s">
-        <v>793</v>
+        <v>803</v>
       </c>
       <c r="H233" t="s">
-        <v>15</v>
+        <v>42</v>
       </c>
       <c r="I233" s="1" t="s">
-        <v>794</v>
+        <v>804</v>
       </c>
     </row>
     <row r="234" spans="1:9">
       <c r="A234">
-        <v>642</v>
+        <v>674</v>
       </c>
       <c r="B234" t="s">
-        <v>314</v>
+        <v>805</v>
       </c>
       <c r="C234" t="s">
-        <v>215</v>
+        <v>109</v>
       </c>
       <c r="D234" t="s">
-        <v>26</v>
+        <v>83</v>
       </c>
       <c r="E234" t="s">
-        <v>658</v>
+        <v>773</v>
       </c>
       <c r="F234" t="s">
-        <v>795</v>
+        <v>806</v>
       </c>
       <c r="G234" t="s">
-        <v>604</v>
+        <v>627</v>
       </c>
       <c r="H234" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="I234" s="1" t="s">
-        <v>796</v>
+        <v>807</v>
       </c>
     </row>
     <row r="235" spans="1:9">
       <c r="A235">
-        <v>641</v>
+        <v>673</v>
       </c>
       <c r="B235" t="s">
-        <v>88</v>
+        <v>808</v>
       </c>
       <c r="C235" t="s">
-        <v>89</v>
+        <v>809</v>
       </c>
       <c r="D235" t="s">
-        <v>11</v>
+        <v>26</v>
       </c>
       <c r="E235" t="s">
-        <v>658</v>
+        <v>12</v>
       </c>
       <c r="F235" t="s">
-        <v>797</v>
+        <v>810</v>
       </c>
       <c r="G235" t="s">
-        <v>798</v>
+        <v>790</v>
       </c>
       <c r="H235" t="s">
-        <v>81</v>
+        <v>15</v>
       </c>
       <c r="I235" s="1" t="s">
-        <v>799</v>
+        <v>811</v>
       </c>
     </row>
     <row r="236" spans="1:9">
       <c r="A236">
-        <v>640</v>
+        <v>672</v>
       </c>
       <c r="B236" t="s">
-        <v>800</v>
+        <v>812</v>
       </c>
       <c r="C236" t="s">
-        <v>801</v>
+        <v>813</v>
       </c>
       <c r="D236" t="s">
         <v>26</v>
       </c>
       <c r="E236" t="s">
-        <v>802</v>
+        <v>12</v>
       </c>
       <c r="F236" t="s">
-        <v>803</v>
+        <v>814</v>
       </c>
       <c r="G236" t="s">
-        <v>804</v>
+        <v>381</v>
       </c>
       <c r="H236" t="s">
-        <v>15</v>
+        <v>42</v>
       </c>
       <c r="I236" s="1" t="s">
-        <v>805</v>
+        <v>815</v>
       </c>
     </row>
     <row r="237" spans="1:9">
       <c r="A237">
-        <v>638</v>
+        <v>671</v>
       </c>
       <c r="B237" t="s">
-        <v>379</v>
+        <v>321</v>
       </c>
       <c r="C237" t="s">
-        <v>358</v>
+        <v>109</v>
       </c>
       <c r="D237" t="s">
-        <v>11</v>
+        <v>26</v>
       </c>
       <c r="E237" t="s">
-        <v>802</v>
+        <v>12</v>
       </c>
       <c r="F237" t="s">
-        <v>806</v>
+        <v>327</v>
       </c>
       <c r="G237" t="s">
-        <v>776</v>
+        <v>816</v>
       </c>
       <c r="H237" t="s">
-        <v>15</v>
+        <v>42</v>
       </c>
       <c r="I237" s="1" t="s">
-        <v>807</v>
+        <v>263</v>
       </c>
     </row>
     <row r="238" spans="1:9">
       <c r="A238">
-        <v>637</v>
+        <v>670</v>
       </c>
       <c r="B238" t="s">
-        <v>353</v>
+        <v>817</v>
       </c>
       <c r="C238" t="s">
-        <v>128</v>
+        <v>818</v>
       </c>
       <c r="D238" t="s">
-        <v>19</v>
+        <v>70</v>
       </c>
       <c r="E238" t="s">
-        <v>802</v>
+        <v>12</v>
       </c>
       <c r="F238" t="s">
-        <v>808</v>
+        <v>347</v>
       </c>
       <c r="G238" t="s">
-        <v>809</v>
+        <v>819</v>
       </c>
       <c r="H238" t="s">
-        <v>81</v>
+        <v>15</v>
       </c>
       <c r="I238" s="1" t="s">
-        <v>356</v>
+        <v>820</v>
       </c>
     </row>
     <row r="239" spans="1:9">
       <c r="A239">
-        <v>636</v>
+        <v>669</v>
       </c>
       <c r="B239" t="s">
-        <v>810</v>
+        <v>817</v>
       </c>
       <c r="C239" t="s">
-        <v>215</v>
+        <v>818</v>
       </c>
       <c r="D239" t="s">
-        <v>19</v>
+        <v>70</v>
       </c>
       <c r="E239" t="s">
-        <v>658</v>
+        <v>12</v>
       </c>
       <c r="F239" t="s">
-        <v>811</v>
+        <v>821</v>
       </c>
       <c r="G239" t="s">
-        <v>798</v>
+        <v>819</v>
       </c>
       <c r="H239" t="s">
-        <v>81</v>
+        <v>15</v>
       </c>
       <c r="I239" s="1" t="s">
-        <v>812</v>
+        <v>822</v>
       </c>
     </row>
     <row r="240" spans="1:9">
       <c r="A240">
-        <v>635</v>
+        <v>668</v>
       </c>
       <c r="B240" t="s">
-        <v>96</v>
+        <v>823</v>
       </c>
       <c r="C240" t="s">
-        <v>97</v>
+        <v>824</v>
       </c>
       <c r="D240" t="s">
-        <v>11</v>
+        <v>70</v>
       </c>
       <c r="E240" t="s">
-        <v>658</v>
+        <v>12</v>
       </c>
       <c r="F240" t="s">
-        <v>813</v>
+        <v>101</v>
       </c>
       <c r="G240" t="s">
-        <v>798</v>
+        <v>647</v>
       </c>
       <c r="H240" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I240" s="1" t="s">
-        <v>814</v>
+        <v>825</v>
       </c>
     </row>
     <row r="241" spans="1:9">
       <c r="A241">
-        <v>634</v>
+        <v>667</v>
       </c>
       <c r="B241" t="s">
-        <v>598</v>
+        <v>826</v>
       </c>
       <c r="C241" t="s">
-        <v>599</v>
+        <v>82</v>
       </c>
       <c r="D241" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="E241" t="s">
-        <v>12</v>
+        <v>773</v>
       </c>
       <c r="F241" t="s">
-        <v>469</v>
+        <v>827</v>
       </c>
       <c r="G241" t="s">
-        <v>798</v>
+        <v>803</v>
       </c>
       <c r="H241" t="s">
-        <v>81</v>
+        <v>22</v>
       </c>
       <c r="I241" s="1" t="s">
-        <v>815</v>
+        <v>828</v>
       </c>
     </row>
     <row r="242" spans="1:9">
       <c r="A242">
-        <v>633</v>
+        <v>666</v>
       </c>
       <c r="B242" t="s">
-        <v>816</v>
+        <v>430</v>
       </c>
       <c r="C242" t="s">
-        <v>10</v>
+        <v>338</v>
       </c>
       <c r="D242" t="s">
-        <v>62</v>
+        <v>11</v>
       </c>
       <c r="E242" t="s">
-        <v>668</v>
+        <v>763</v>
       </c>
       <c r="F242" t="s">
-        <v>817</v>
+        <v>829</v>
       </c>
       <c r="G242" t="s">
-        <v>525</v>
+        <v>830</v>
       </c>
       <c r="H242" t="s">
-        <v>29</v>
+        <v>22</v>
       </c>
       <c r="I242" s="1" t="s">
-        <v>818</v>
+        <v>831</v>
       </c>
     </row>
     <row r="243" spans="1:9">
       <c r="A243">
-        <v>632</v>
+        <v>665</v>
       </c>
       <c r="B243" t="s">
-        <v>819</v>
+        <v>321</v>
       </c>
       <c r="C243" t="s">
-        <v>97</v>
+        <v>109</v>
       </c>
       <c r="D243" t="s">
-        <v>62</v>
+        <v>26</v>
       </c>
       <c r="E243" t="s">
-        <v>668</v>
+        <v>12</v>
       </c>
       <c r="F243" t="s">
-        <v>817</v>
+        <v>832</v>
       </c>
       <c r="G243" t="s">
-        <v>351</v>
+        <v>833</v>
       </c>
       <c r="H243" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="I243" s="1" t="s">
-        <v>820</v>
+        <v>834</v>
       </c>
     </row>
     <row r="244" spans="1:9">
       <c r="A244">
-        <v>631</v>
+        <v>664</v>
       </c>
       <c r="B244" t="s">
-        <v>821</v>
+        <v>254</v>
       </c>
       <c r="C244" t="s">
-        <v>195</v>
+        <v>255</v>
       </c>
       <c r="D244" t="s">
-        <v>62</v>
+        <v>11</v>
       </c>
       <c r="E244" t="s">
-        <v>668</v>
+        <v>12</v>
       </c>
       <c r="F244" t="s">
-        <v>817</v>
+        <v>835</v>
       </c>
       <c r="G244" t="s">
-        <v>351</v>
+        <v>695</v>
       </c>
       <c r="H244" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="I244" s="1" t="s">
-        <v>820</v>
+        <v>836</v>
       </c>
     </row>
     <row r="245" spans="1:9">
       <c r="A245">
-        <v>630</v>
+        <v>663</v>
       </c>
       <c r="B245" t="s">
-        <v>822</v>
+        <v>576</v>
       </c>
       <c r="C245" t="s">
-        <v>358</v>
+        <v>82</v>
       </c>
       <c r="D245" t="s">
-        <v>497</v>
+        <v>38</v>
       </c>
       <c r="E245" t="s">
-        <v>668</v>
+        <v>785</v>
       </c>
       <c r="F245" t="s">
-        <v>823</v>
+        <v>837</v>
       </c>
       <c r="G245" t="s">
-        <v>520</v>
+        <v>124</v>
       </c>
       <c r="H245" t="s">
         <v>15</v>
       </c>
       <c r="I245" s="1" t="s">
-        <v>703</v>
+        <v>303</v>
       </c>
     </row>
     <row r="246" spans="1:9">
       <c r="A246">
-        <v>629</v>
+        <v>662</v>
       </c>
       <c r="B246" t="s">
-        <v>96</v>
+        <v>395</v>
       </c>
       <c r="C246" t="s">
-        <v>97</v>
+        <v>127</v>
       </c>
       <c r="D246" t="s">
         <v>11</v>
       </c>
       <c r="E246" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F246" t="s">
-        <v>824</v>
+        <v>838</v>
       </c>
       <c r="G246" t="s">
-        <v>363</v>
+        <v>257</v>
       </c>
       <c r="H246" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="I246" s="1" t="s">
-        <v>825</v>
+        <v>839</v>
       </c>
     </row>
     <row r="247" spans="1:9">
       <c r="A247">
-        <v>627</v>
+        <v>661</v>
       </c>
       <c r="B247" t="s">
-        <v>9</v>
+        <v>607</v>
       </c>
       <c r="C247" t="s">
-        <v>10</v>
+        <v>95</v>
       </c>
       <c r="D247" t="s">
         <v>11</v>
       </c>
       <c r="E247" t="s">
-        <v>658</v>
+        <v>12</v>
       </c>
       <c r="F247" t="s">
-        <v>797</v>
+        <v>840</v>
       </c>
       <c r="G247" t="s">
-        <v>826</v>
+        <v>695</v>
       </c>
       <c r="H247" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I247" s="1" t="s">
-        <v>827</v>
+        <v>841</v>
       </c>
     </row>
     <row r="248" spans="1:9">
       <c r="A248">
-        <v>626</v>
+        <v>660</v>
       </c>
       <c r="B248" t="s">
-        <v>821</v>
+        <v>842</v>
       </c>
       <c r="C248" t="s">
-        <v>195</v>
+        <v>843</v>
       </c>
       <c r="D248" t="s">
-        <v>62</v>
+        <v>38</v>
       </c>
       <c r="E248" t="s">
-        <v>668</v>
+        <v>844</v>
       </c>
       <c r="F248" t="s">
-        <v>817</v>
+        <v>845</v>
       </c>
       <c r="G248" t="s">
-        <v>351</v>
+        <v>655</v>
       </c>
       <c r="H248" t="s">
         <v>15</v>
       </c>
       <c r="I248" s="1" t="s">
-        <v>820</v>
+        <v>846</v>
       </c>
     </row>
     <row r="249" spans="1:9">
       <c r="A249">
-        <v>625</v>
+        <v>659</v>
       </c>
       <c r="B249" t="s">
-        <v>652</v>
+        <v>146</v>
       </c>
       <c r="C249" t="s">
-        <v>97</v>
+        <v>114</v>
       </c>
       <c r="D249" t="s">
-        <v>19</v>
+        <v>38</v>
       </c>
       <c r="E249" t="s">
-        <v>791</v>
+        <v>844</v>
       </c>
       <c r="F249" t="s">
-        <v>828</v>
+        <v>847</v>
       </c>
       <c r="G249" t="s">
-        <v>729</v>
+        <v>655</v>
       </c>
       <c r="H249" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="I249" s="1" t="s">
-        <v>829</v>
+        <v>848</v>
       </c>
     </row>
     <row r="250" spans="1:9">
       <c r="A250">
-        <v>624</v>
+        <v>658</v>
       </c>
       <c r="B250" t="s">
-        <v>240</v>
+        <v>230</v>
       </c>
       <c r="C250" t="s">
-        <v>195</v>
+        <v>82</v>
       </c>
       <c r="D250" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="E250" t="s">
-        <v>791</v>
+        <v>849</v>
       </c>
       <c r="F250" t="s">
-        <v>830</v>
+        <v>850</v>
       </c>
       <c r="G250" t="s">
-        <v>729</v>
+        <v>851</v>
       </c>
       <c r="H250" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="I250" s="1" t="s">
-        <v>831</v>
+        <v>852</v>
       </c>
     </row>
     <row r="251" spans="1:9">
       <c r="A251">
-        <v>622</v>
+        <v>657</v>
       </c>
       <c r="B251" t="s">
-        <v>466</v>
+        <v>146</v>
       </c>
       <c r="C251" t="s">
-        <v>101</v>
+        <v>114</v>
       </c>
       <c r="D251" t="s">
-        <v>19</v>
+        <v>38</v>
       </c>
       <c r="E251" t="s">
-        <v>668</v>
+        <v>12</v>
       </c>
       <c r="F251" t="s">
-        <v>832</v>
+        <v>853</v>
       </c>
       <c r="G251" t="s">
-        <v>833</v>
+        <v>695</v>
       </c>
       <c r="H251" t="s">
-        <v>460</v>
+        <v>42</v>
       </c>
       <c r="I251" s="1" t="s">
-        <v>834</v>
+        <v>854</v>
       </c>
     </row>
     <row r="252" spans="1:9">
       <c r="A252">
-        <v>621</v>
+        <v>655</v>
       </c>
       <c r="B252" t="s">
-        <v>206</v>
+        <v>855</v>
       </c>
       <c r="C252" t="s">
-        <v>10</v>
+        <v>673</v>
       </c>
       <c r="D252" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="E252" t="s">
-        <v>668</v>
+        <v>763</v>
       </c>
       <c r="F252" t="s">
-        <v>835</v>
+        <v>856</v>
       </c>
       <c r="G252" t="s">
-        <v>836</v>
+        <v>857</v>
       </c>
       <c r="H252" t="s">
-        <v>460</v>
+        <v>42</v>
       </c>
       <c r="I252" s="1" t="s">
-        <v>837</v>
+        <v>858</v>
       </c>
     </row>
     <row r="253" spans="1:9">
       <c r="A253">
-        <v>620</v>
+        <v>654</v>
       </c>
       <c r="B253" t="s">
-        <v>652</v>
+        <v>321</v>
       </c>
       <c r="C253" t="s">
-        <v>97</v>
+        <v>109</v>
       </c>
       <c r="D253" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="E253" t="s">
-        <v>668</v>
+        <v>859</v>
       </c>
       <c r="F253" t="s">
-        <v>838</v>
+        <v>860</v>
       </c>
       <c r="G253" t="s">
-        <v>839</v>
+        <v>467</v>
       </c>
       <c r="H253" t="s">
-        <v>460</v>
+        <v>15</v>
       </c>
       <c r="I253" s="1" t="s">
-        <v>840</v>
+        <v>861</v>
       </c>
     </row>
     <row r="254" spans="1:9">
       <c r="A254">
-        <v>619</v>
+        <v>653</v>
       </c>
       <c r="B254" t="s">
-        <v>240</v>
+        <v>862</v>
       </c>
       <c r="C254" t="s">
-        <v>195</v>
+        <v>863</v>
       </c>
       <c r="D254" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="E254" t="s">
-        <v>668</v>
+        <v>763</v>
       </c>
       <c r="F254" t="s">
-        <v>841</v>
+        <v>864</v>
       </c>
       <c r="G254" t="s">
-        <v>842</v>
+        <v>865</v>
       </c>
       <c r="H254" t="s">
-        <v>460</v>
+        <v>42</v>
       </c>
       <c r="I254" s="1" t="s">
-        <v>65</v>
+        <v>866</v>
       </c>
     </row>
     <row r="255" spans="1:9">
       <c r="A255">
-        <v>617</v>
+        <v>652</v>
       </c>
       <c r="B255" t="s">
-        <v>123</v>
+        <v>395</v>
       </c>
       <c r="C255" t="s">
-        <v>32</v>
+        <v>127</v>
       </c>
       <c r="D255" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>668</v>
+        <v>11</v>
       </c>
       <c r="F255" t="s">
-        <v>843</v>
+        <v>305</v>
       </c>
       <c r="G255" t="s">
-        <v>844</v>
+        <v>867</v>
       </c>
       <c r="H255" t="s">
-        <v>460</v>
+        <v>15</v>
       </c>
       <c r="I255" s="1" t="s">
-        <v>845</v>
+        <v>868</v>
       </c>
     </row>
     <row r="256" spans="1:9">
       <c r="A256">
-        <v>616</v>
+        <v>651</v>
       </c>
       <c r="B256" t="s">
-        <v>76</v>
+        <v>304</v>
       </c>
       <c r="C256" t="s">
-        <v>77</v>
+        <v>255</v>
       </c>
       <c r="D256" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="E256" t="s">
-        <v>668</v>
+        <v>12</v>
       </c>
       <c r="F256" t="s">
-        <v>846</v>
+        <v>869</v>
       </c>
       <c r="G256" t="s">
-        <v>847</v>
+        <v>695</v>
       </c>
       <c r="H256" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="I256" s="1" t="s">
-        <v>82</v>
+        <v>870</v>
       </c>
     </row>
     <row r="257" spans="1:9">
       <c r="A257">
-        <v>615</v>
+        <v>650</v>
       </c>
       <c r="B257" t="s">
-        <v>848</v>
+        <v>871</v>
       </c>
       <c r="C257" t="s">
-        <v>849</v>
+        <v>872</v>
       </c>
       <c r="D257" t="s">
-        <v>47</v>
+        <v>70</v>
       </c>
       <c r="E257" t="s">
-        <v>668</v>
+        <v>873</v>
       </c>
       <c r="F257" t="s">
-        <v>850</v>
+        <v>874</v>
       </c>
       <c r="G257" t="s">
-        <v>847</v>
+        <v>875</v>
       </c>
       <c r="H257" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="I257" s="1" t="s">
-        <v>223</v>
+        <v>876</v>
       </c>
     </row>
     <row r="258" spans="1:9">
       <c r="A258">
-        <v>614</v>
+        <v>649</v>
       </c>
       <c r="B258" t="s">
-        <v>851</v>
+        <v>871</v>
       </c>
       <c r="C258" t="s">
-        <v>852</v>
+        <v>872</v>
       </c>
       <c r="D258" t="s">
-        <v>47</v>
+        <v>70</v>
       </c>
       <c r="E258" t="s">
-        <v>668</v>
+        <v>873</v>
       </c>
       <c r="F258" t="s">
-        <v>853</v>
+        <v>874</v>
       </c>
       <c r="G258" t="s">
-        <v>854</v>
+        <v>632</v>
       </c>
       <c r="H258" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="I258" s="1" t="s">
-        <v>855</v>
+        <v>877</v>
       </c>
     </row>
     <row r="259" spans="1:9">
       <c r="A259">
-        <v>613</v>
+        <v>648</v>
       </c>
       <c r="B259" t="s">
-        <v>856</v>
+        <v>337</v>
       </c>
       <c r="C259" t="s">
-        <v>857</v>
+        <v>338</v>
       </c>
       <c r="D259" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="E259" t="s">
-        <v>19</v>
+        <v>763</v>
       </c>
       <c r="F259" t="s">
-        <v>858</v>
+        <v>878</v>
       </c>
       <c r="G259" t="s">
-        <v>859</v>
+        <v>116</v>
       </c>
       <c r="H259" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I259" s="1" t="s">
-        <v>860</v>
+        <v>879</v>
       </c>
     </row>
     <row r="260" spans="1:9">
       <c r="A260">
-        <v>612</v>
+        <v>647</v>
       </c>
       <c r="B260" t="s">
-        <v>861</v>
+        <v>880</v>
       </c>
       <c r="C260" t="s">
-        <v>862</v>
+        <v>881</v>
       </c>
       <c r="D260" t="s">
         <v>26</v>
       </c>
       <c r="E260" t="s">
-        <v>12</v>
+        <v>763</v>
       </c>
       <c r="F260" t="s">
-        <v>863</v>
+        <v>882</v>
       </c>
       <c r="G260" t="s">
-        <v>859</v>
+        <v>883</v>
       </c>
       <c r="H260" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I260" s="1" t="s">
-        <v>864</v>
+        <v>884</v>
       </c>
     </row>
     <row r="261" spans="1:9">
       <c r="A261">
-        <v>611</v>
+        <v>646</v>
       </c>
       <c r="B261" t="s">
-        <v>865</v>
+        <v>321</v>
       </c>
       <c r="C261" t="s">
-        <v>454</v>
+        <v>109</v>
       </c>
       <c r="D261" t="s">
         <v>26</v>
       </c>
       <c r="E261" t="s">
-        <v>12</v>
+        <v>885</v>
       </c>
       <c r="F261" t="s">
-        <v>866</v>
+        <v>832</v>
       </c>
       <c r="G261" t="s">
-        <v>867</v>
+        <v>833</v>
       </c>
       <c r="H261" t="s">
-        <v>81</v>
+        <v>22</v>
       </c>
       <c r="I261" s="1" t="s">
-        <v>868</v>
+        <v>834</v>
       </c>
     </row>
     <row r="262" spans="1:9">
       <c r="A262">
-        <v>610</v>
+        <v>645</v>
       </c>
       <c r="B262" t="s">
-        <v>869</v>
+        <v>254</v>
       </c>
       <c r="C262" t="s">
-        <v>870</v>
+        <v>255</v>
       </c>
       <c r="D262" t="s">
         <v>11</v>
       </c>
       <c r="E262" t="s">
-        <v>658</v>
+        <v>886</v>
       </c>
       <c r="F262" t="s">
-        <v>871</v>
+        <v>887</v>
       </c>
       <c r="G262" t="s">
-        <v>872</v>
+        <v>471</v>
       </c>
       <c r="H262" t="s">
-        <v>81</v>
+        <v>22</v>
       </c>
       <c r="I262" s="1" t="s">
-        <v>873</v>
+        <v>888</v>
       </c>
     </row>
     <row r="263" spans="1:9">
       <c r="A263">
-        <v>609</v>
+        <v>644</v>
       </c>
       <c r="B263" t="s">
-        <v>874</v>
+        <v>889</v>
       </c>
       <c r="C263" t="s">
-        <v>875</v>
+        <v>109</v>
       </c>
       <c r="D263" t="s">
-        <v>11</v>
+        <v>70</v>
       </c>
       <c r="E263" t="s">
-        <v>658</v>
+        <v>773</v>
       </c>
       <c r="F263" t="s">
-        <v>876</v>
+        <v>890</v>
       </c>
       <c r="G263" t="s">
-        <v>872</v>
+        <v>891</v>
       </c>
       <c r="H263" t="s">
-        <v>81</v>
+        <v>15</v>
       </c>
       <c r="I263" s="1" t="s">
-        <v>877</v>
+        <v>892</v>
       </c>
     </row>
     <row r="264" spans="1:9">
       <c r="A264">
-        <v>608</v>
+        <v>643</v>
       </c>
       <c r="B264" t="s">
-        <v>878</v>
+        <v>331</v>
       </c>
       <c r="C264" t="s">
-        <v>879</v>
+        <v>127</v>
       </c>
       <c r="D264" t="s">
-        <v>47</v>
+        <v>38</v>
       </c>
       <c r="E264" t="s">
-        <v>668</v>
+        <v>893</v>
       </c>
       <c r="F264" t="s">
-        <v>880</v>
+        <v>894</v>
       </c>
       <c r="G264" t="s">
-        <v>881</v>
+        <v>895</v>
       </c>
       <c r="H264" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="I264" s="1" t="s">
-        <v>882</v>
+        <v>896</v>
       </c>
     </row>
     <row r="265" spans="1:9">
       <c r="A265">
-        <v>607</v>
+        <v>642</v>
       </c>
       <c r="B265" t="s">
-        <v>883</v>
+        <v>430</v>
       </c>
       <c r="C265" t="s">
-        <v>884</v>
+        <v>338</v>
       </c>
       <c r="D265" t="s">
         <v>11</v>
       </c>
       <c r="E265" t="s">
-        <v>885</v>
+        <v>763</v>
       </c>
       <c r="F265" t="s">
-        <v>886</v>
+        <v>897</v>
       </c>
       <c r="G265" t="s">
-        <v>887</v>
+        <v>710</v>
       </c>
       <c r="H265" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="I265" s="1" t="s">
-        <v>888</v>
+        <v>898</v>
       </c>
     </row>
     <row r="266" spans="1:9">
       <c r="A266">
-        <v>606</v>
+        <v>641</v>
       </c>
       <c r="B266" t="s">
-        <v>889</v>
+        <v>219</v>
       </c>
       <c r="C266" t="s">
-        <v>890</v>
+        <v>220</v>
       </c>
       <c r="D266" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="E266" t="s">
-        <v>668</v>
+        <v>763</v>
       </c>
       <c r="F266" t="s">
-        <v>891</v>
+        <v>899</v>
       </c>
       <c r="G266" t="s">
-        <v>892</v>
+        <v>900</v>
       </c>
       <c r="H266" t="s">
-        <v>29</v>
+        <v>42</v>
       </c>
       <c r="I266" s="1" t="s">
-        <v>223</v>
+        <v>901</v>
       </c>
     </row>
     <row r="267" spans="1:9">
       <c r="A267">
-        <v>605</v>
+        <v>640</v>
       </c>
       <c r="B267" t="s">
-        <v>893</v>
+        <v>902</v>
       </c>
       <c r="C267" t="s">
-        <v>894</v>
+        <v>903</v>
       </c>
       <c r="D267" t="s">
-        <v>47</v>
+        <v>11</v>
       </c>
       <c r="E267" t="s">
-        <v>668</v>
+        <v>904</v>
       </c>
       <c r="F267" t="s">
-        <v>895</v>
+        <v>905</v>
       </c>
       <c r="G267" t="s">
-        <v>892</v>
+        <v>102</v>
       </c>
       <c r="H267" t="s">
-        <v>29</v>
+        <v>22</v>
       </c>
       <c r="I267" s="1" t="s">
-        <v>896</v>
+        <v>103</v>
       </c>
     </row>
     <row r="268" spans="1:9">
       <c r="A268">
-        <v>604</v>
+        <v>638</v>
       </c>
       <c r="B268" t="s">
-        <v>897</v>
+        <v>113</v>
       </c>
       <c r="C268" t="s">
-        <v>898</v>
+        <v>114</v>
       </c>
       <c r="D268" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="E268" t="s">
-        <v>668</v>
+        <v>904</v>
       </c>
       <c r="F268" t="s">
-        <v>899</v>
+        <v>115</v>
       </c>
       <c r="G268" t="s">
-        <v>900</v>
+        <v>116</v>
       </c>
       <c r="H268" t="s">
-        <v>901</v>
+        <v>22</v>
       </c>
       <c r="I268" s="1" t="s">
-        <v>902</v>
+        <v>117</v>
       </c>
     </row>
     <row r="269" spans="1:9">
       <c r="A269">
-        <v>603</v>
+        <v>637</v>
       </c>
       <c r="B269" t="s">
-        <v>903</v>
+        <v>469</v>
       </c>
       <c r="C269" t="s">
+        <v>255</v>
+      </c>
+      <c r="D269" t="s">
+        <v>38</v>
+      </c>
+      <c r="E269" t="s">
         <v>904</v>
       </c>
-      <c r="D269" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F269" t="s">
-        <v>905</v>
+        <v>906</v>
       </c>
       <c r="G269" t="s">
-        <v>906</v>
+        <v>907</v>
       </c>
       <c r="H269" t="s">
-        <v>29</v>
+        <v>42</v>
       </c>
       <c r="I269" s="1" t="s">
-        <v>907</v>
+        <v>472</v>
       </c>
     </row>
     <row r="270" spans="1:9">
       <c r="A270">
-        <v>602</v>
+        <v>636</v>
       </c>
       <c r="B270" t="s">
         <v>908</v>
       </c>
       <c r="C270" t="s">
+        <v>338</v>
+      </c>
+      <c r="D270" t="s">
+        <v>38</v>
+      </c>
+      <c r="E270" t="s">
+        <v>763</v>
+      </c>
+      <c r="F270" t="s">
         <v>909</v>
       </c>
-      <c r="D270" t="s">
-[...5 lines deleted...]
-      <c r="F270" t="s">
+      <c r="G270" t="s">
+        <v>900</v>
+      </c>
+      <c r="H270" t="s">
+        <v>42</v>
+      </c>
+      <c r="I270" s="1" t="s">
         <v>910</v>
-      </c>
-[...7 lines deleted...]
-        <v>912</v>
       </c>
     </row>
     <row r="271" spans="1:9">
       <c r="A271">
-        <v>601</v>
+        <v>635</v>
       </c>
       <c r="B271" t="s">
-        <v>913</v>
+        <v>226</v>
       </c>
       <c r="C271" t="s">
-        <v>857</v>
+        <v>227</v>
       </c>
       <c r="D271" t="s">
-        <v>62</v>
+        <v>26</v>
       </c>
       <c r="E271" t="s">
-        <v>668</v>
+        <v>763</v>
       </c>
       <c r="F271" t="s">
-        <v>595</v>
+        <v>911</v>
       </c>
       <c r="G271" t="s">
-        <v>188</v>
+        <v>900</v>
       </c>
       <c r="H271" t="s">
-        <v>29</v>
+        <v>42</v>
       </c>
       <c r="I271" s="1" t="s">
-        <v>914</v>
+        <v>912</v>
       </c>
     </row>
     <row r="272" spans="1:9">
       <c r="A272">
-        <v>600</v>
+        <v>634</v>
       </c>
       <c r="B272" t="s">
-        <v>915</v>
+        <v>704</v>
       </c>
       <c r="C272" t="s">
-        <v>916</v>
+        <v>705</v>
       </c>
       <c r="D272" t="s">
-        <v>26</v>
+        <v>11</v>
       </c>
       <c r="E272" t="s">
-        <v>917</v>
+        <v>12</v>
       </c>
       <c r="F272" t="s">
-        <v>918</v>
+        <v>578</v>
       </c>
       <c r="G272" t="s">
-        <v>919</v>
+        <v>900</v>
       </c>
       <c r="H272" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I272" s="1" t="s">
-        <v>920</v>
+        <v>913</v>
       </c>
     </row>
     <row r="273" spans="1:9">
       <c r="A273">
-        <v>599</v>
+        <v>633</v>
       </c>
       <c r="B273" t="s">
-        <v>921</v>
+        <v>914</v>
       </c>
       <c r="C273" t="s">
-        <v>922</v>
+        <v>127</v>
       </c>
       <c r="D273" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="E273" t="s">
-        <v>658</v>
+        <v>773</v>
       </c>
       <c r="F273" t="s">
-        <v>923</v>
+        <v>915</v>
       </c>
       <c r="G273" t="s">
-        <v>412</v>
+        <v>632</v>
       </c>
       <c r="H273" t="s">
-        <v>81</v>
+        <v>15</v>
       </c>
       <c r="I273" s="1" t="s">
-        <v>924</v>
+        <v>916</v>
       </c>
     </row>
     <row r="274" spans="1:9">
       <c r="A274">
-        <v>598</v>
+        <v>632</v>
       </c>
       <c r="B274" t="s">
-        <v>925</v>
+        <v>917</v>
       </c>
       <c r="C274" t="s">
-        <v>926</v>
+        <v>227</v>
       </c>
       <c r="D274" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="E274" t="s">
-        <v>658</v>
+        <v>773</v>
       </c>
       <c r="F274" t="s">
-        <v>927</v>
+        <v>915</v>
       </c>
       <c r="G274" t="s">
-        <v>928</v>
+        <v>467</v>
       </c>
       <c r="H274" t="s">
-        <v>81</v>
+        <v>15</v>
       </c>
       <c r="I274" s="1" t="s">
-        <v>929</v>
+        <v>918</v>
       </c>
     </row>
     <row r="275" spans="1:9">
       <c r="A275">
-        <v>597</v>
+        <v>631</v>
       </c>
       <c r="B275" t="s">
-        <v>930</v>
+        <v>919</v>
       </c>
       <c r="C275" t="s">
-        <v>931</v>
+        <v>109</v>
       </c>
       <c r="D275" t="s">
-        <v>47</v>
+        <v>19</v>
       </c>
       <c r="E275" t="s">
-        <v>658</v>
+        <v>773</v>
       </c>
       <c r="F275" t="s">
-        <v>932</v>
+        <v>915</v>
       </c>
       <c r="G275" t="s">
-        <v>933</v>
+        <v>467</v>
       </c>
       <c r="H275" t="s">
-        <v>81</v>
+        <v>15</v>
       </c>
       <c r="I275" s="1" t="s">
-        <v>934</v>
+        <v>918</v>
       </c>
     </row>
     <row r="276" spans="1:9">
       <c r="A276">
-        <v>596</v>
+        <v>630</v>
       </c>
       <c r="B276" t="s">
-        <v>935</v>
+        <v>920</v>
       </c>
       <c r="C276" t="s">
-        <v>936</v>
+        <v>114</v>
       </c>
       <c r="D276" t="s">
-        <v>26</v>
+        <v>604</v>
       </c>
       <c r="E276" t="s">
-        <v>12</v>
+        <v>773</v>
       </c>
       <c r="F276" t="s">
-        <v>937</v>
+        <v>921</v>
       </c>
       <c r="G276" t="s">
-        <v>938</v>
+        <v>627</v>
       </c>
       <c r="H276" t="s">
-        <v>81</v>
+        <v>22</v>
       </c>
       <c r="I276" s="1" t="s">
-        <v>939</v>
+        <v>807</v>
       </c>
     </row>
     <row r="277" spans="1:9">
       <c r="A277">
-        <v>595</v>
+        <v>629</v>
       </c>
       <c r="B277" t="s">
-        <v>940</v>
+        <v>226</v>
       </c>
       <c r="C277" t="s">
-        <v>941</v>
+        <v>227</v>
       </c>
       <c r="D277" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="E277" t="s">
-        <v>668</v>
+        <v>26</v>
       </c>
       <c r="F277" t="s">
-        <v>942</v>
+        <v>922</v>
       </c>
       <c r="G277" t="s">
-        <v>943</v>
+        <v>477</v>
       </c>
       <c r="H277" t="s">
-        <v>901</v>
+        <v>15</v>
       </c>
       <c r="I277" s="1" t="s">
-        <v>944</v>
+        <v>923</v>
       </c>
     </row>
     <row r="278" spans="1:9">
       <c r="A278">
-        <v>594</v>
+        <v>627</v>
       </c>
       <c r="B278" t="s">
-        <v>945</v>
+        <v>159</v>
       </c>
       <c r="C278" t="s">
-        <v>946</v>
+        <v>127</v>
       </c>
       <c r="D278" t="s">
         <v>26</v>
       </c>
       <c r="E278" t="s">
-        <v>12</v>
+        <v>763</v>
       </c>
       <c r="F278" t="s">
-        <v>947</v>
+        <v>899</v>
       </c>
       <c r="G278" t="s">
-        <v>948</v>
+        <v>924</v>
       </c>
       <c r="H278" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I278" s="1" t="s">
-        <v>949</v>
+        <v>925</v>
       </c>
     </row>
     <row r="279" spans="1:9">
       <c r="A279">
-        <v>593</v>
+        <v>626</v>
       </c>
       <c r="B279" t="s">
-        <v>950</v>
+        <v>919</v>
       </c>
       <c r="C279" t="s">
-        <v>951</v>
+        <v>109</v>
       </c>
       <c r="D279" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="E279" t="s">
-        <v>12</v>
+        <v>773</v>
       </c>
       <c r="F279" t="s">
-        <v>952</v>
+        <v>915</v>
       </c>
       <c r="G279" t="s">
-        <v>872</v>
+        <v>467</v>
       </c>
       <c r="H279" t="s">
-        <v>81</v>
+        <v>22</v>
       </c>
       <c r="I279" s="1" t="s">
-        <v>953</v>
+        <v>918</v>
       </c>
     </row>
     <row r="280" spans="1:9">
       <c r="A280">
-        <v>592</v>
+        <v>625</v>
       </c>
       <c r="B280" t="s">
-        <v>954</v>
+        <v>757</v>
       </c>
       <c r="C280" t="s">
-        <v>955</v>
+        <v>227</v>
       </c>
       <c r="D280" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="E280" t="s">
-        <v>12</v>
+        <v>893</v>
       </c>
       <c r="F280" t="s">
-        <v>956</v>
+        <v>926</v>
       </c>
       <c r="G280" t="s">
-        <v>872</v>
+        <v>833</v>
       </c>
       <c r="H280" t="s">
-        <v>81</v>
+        <v>15</v>
       </c>
       <c r="I280" s="1" t="s">
-        <v>957</v>
+        <v>927</v>
       </c>
     </row>
     <row r="281" spans="1:9">
       <c r="A281">
-        <v>591</v>
+        <v>624</v>
       </c>
       <c r="B281" t="s">
-        <v>958</v>
+        <v>362</v>
       </c>
       <c r="C281" t="s">
-        <v>959</v>
+        <v>109</v>
       </c>
       <c r="D281" t="s">
-        <v>19</v>
+        <v>38</v>
       </c>
       <c r="E281" t="s">
-        <v>12</v>
+        <v>893</v>
       </c>
       <c r="F281" t="s">
-        <v>960</v>
+        <v>928</v>
       </c>
       <c r="G281" t="s">
-        <v>961</v>
+        <v>833</v>
       </c>
       <c r="H281" t="s">
-        <v>81</v>
+        <v>15</v>
       </c>
       <c r="I281" s="1" t="s">
-        <v>962</v>
+        <v>929</v>
       </c>
     </row>
     <row r="282" spans="1:9">
       <c r="A282">
-        <v>589</v>
+        <v>622</v>
       </c>
       <c r="B282" t="s">
-        <v>963</v>
+        <v>576</v>
       </c>
       <c r="C282" t="s">
-        <v>964</v>
+        <v>82</v>
       </c>
       <c r="D282" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="E282" t="s">
-        <v>12</v>
+        <v>773</v>
       </c>
       <c r="F282" t="s">
-        <v>947</v>
+        <v>930</v>
       </c>
       <c r="G282" t="s">
-        <v>948</v>
+        <v>931</v>
       </c>
       <c r="H282" t="s">
-        <v>81</v>
+        <v>570</v>
       </c>
       <c r="I282" s="1" t="s">
-        <v>965</v>
+        <v>932</v>
       </c>
     </row>
     <row r="283" spans="1:9">
       <c r="A283">
-        <v>588</v>
+        <v>621</v>
       </c>
       <c r="B283" t="s">
-        <v>966</v>
+        <v>331</v>
       </c>
       <c r="C283" t="s">
-        <v>967</v>
+        <v>127</v>
       </c>
       <c r="D283" t="s">
-        <v>47</v>
+        <v>38</v>
       </c>
       <c r="E283" t="s">
-        <v>668</v>
+        <v>773</v>
       </c>
       <c r="F283" t="s">
-        <v>968</v>
+        <v>933</v>
       </c>
       <c r="G283" t="s">
-        <v>969</v>
+        <v>934</v>
       </c>
       <c r="H283" t="s">
-        <v>29</v>
+        <v>570</v>
       </c>
       <c r="I283" s="1" t="s">
-        <v>970</v>
+        <v>935</v>
       </c>
     </row>
     <row r="284" spans="1:9">
       <c r="A284">
-        <v>587</v>
+        <v>620</v>
       </c>
       <c r="B284" t="s">
-        <v>971</v>
+        <v>757</v>
       </c>
       <c r="C284" t="s">
-        <v>972</v>
+        <v>227</v>
       </c>
       <c r="D284" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="E284" t="s">
-        <v>12</v>
+        <v>773</v>
       </c>
       <c r="F284" t="s">
-        <v>947</v>
+        <v>936</v>
       </c>
       <c r="G284" t="s">
-        <v>948</v>
+        <v>937</v>
       </c>
       <c r="H284" t="s">
-        <v>81</v>
+        <v>570</v>
       </c>
       <c r="I284" s="1" t="s">
-        <v>973</v>
+        <v>938</v>
       </c>
     </row>
     <row r="285" spans="1:9">
       <c r="A285">
-        <v>586</v>
+        <v>619</v>
       </c>
       <c r="B285" t="s">
-        <v>974</v>
+        <v>362</v>
       </c>
       <c r="C285" t="s">
-        <v>975</v>
+        <v>109</v>
       </c>
       <c r="D285" t="s">
-        <v>47</v>
+        <v>38</v>
       </c>
       <c r="E285" t="s">
-        <v>668</v>
+        <v>773</v>
       </c>
       <c r="F285" t="s">
-        <v>976</v>
+        <v>939</v>
       </c>
       <c r="G285" t="s">
-        <v>977</v>
+        <v>940</v>
       </c>
       <c r="H285" t="s">
-        <v>901</v>
+        <v>570</v>
       </c>
       <c r="I285" s="1" t="s">
-        <v>978</v>
+        <v>202</v>
       </c>
     </row>
     <row r="286" spans="1:9">
       <c r="A286">
-        <v>585</v>
+        <v>617</v>
       </c>
       <c r="B286" t="s">
-        <v>979</v>
+        <v>250</v>
       </c>
       <c r="C286" t="s">
-        <v>186</v>
+        <v>173</v>
       </c>
       <c r="D286" t="s">
-        <v>47</v>
+        <v>38</v>
       </c>
       <c r="E286" t="s">
-        <v>668</v>
+        <v>773</v>
       </c>
       <c r="F286" t="s">
-        <v>980</v>
+        <v>941</v>
       </c>
       <c r="G286" t="s">
-        <v>981</v>
+        <v>942</v>
       </c>
       <c r="H286" t="s">
-        <v>982</v>
+        <v>570</v>
       </c>
       <c r="I286" s="1" t="s">
-        <v>983</v>
+        <v>943</v>
       </c>
     </row>
     <row r="287" spans="1:9">
       <c r="A287">
-        <v>584</v>
+        <v>616</v>
       </c>
       <c r="B287" t="s">
-        <v>984</v>
+        <v>212</v>
       </c>
       <c r="C287" t="s">
-        <v>884</v>
+        <v>213</v>
       </c>
       <c r="D287" t="s">
-        <v>47</v>
+        <v>38</v>
       </c>
       <c r="E287" t="s">
-        <v>668</v>
+        <v>773</v>
       </c>
       <c r="F287" t="s">
-        <v>985</v>
+        <v>944</v>
       </c>
       <c r="G287" t="s">
-        <v>986</v>
+        <v>34</v>
       </c>
       <c r="H287" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="I287" s="1" t="s">
-        <v>987</v>
+        <v>216</v>
       </c>
     </row>
     <row r="288" spans="1:9">
       <c r="A288">
-        <v>583</v>
+        <v>615</v>
       </c>
       <c r="B288" t="s">
-        <v>185</v>
+        <v>945</v>
       </c>
       <c r="C288" t="s">
-        <v>186</v>
+        <v>946</v>
       </c>
       <c r="D288" t="s">
-        <v>26</v>
+        <v>70</v>
       </c>
       <c r="E288" t="s">
-        <v>12</v>
+        <v>773</v>
       </c>
       <c r="F288" t="s">
-        <v>988</v>
+        <v>947</v>
       </c>
       <c r="G288" t="s">
-        <v>989</v>
+        <v>34</v>
       </c>
       <c r="H288" t="s">
-        <v>81</v>
+        <v>15</v>
       </c>
       <c r="I288" s="1" t="s">
-        <v>990</v>
+        <v>346</v>
       </c>
     </row>
     <row r="289" spans="1:9">
       <c r="A289">
-        <v>582</v>
+        <v>614</v>
       </c>
       <c r="B289" t="s">
-        <v>991</v>
+        <v>948</v>
       </c>
       <c r="C289" t="s">
-        <v>936</v>
+        <v>949</v>
       </c>
       <c r="D289" t="s">
-        <v>47</v>
+        <v>70</v>
       </c>
       <c r="E289" t="s">
-        <v>992</v>
+        <v>773</v>
       </c>
       <c r="F289" t="s">
-        <v>895</v>
+        <v>950</v>
       </c>
       <c r="G289" t="s">
-        <v>872</v>
+        <v>951</v>
       </c>
       <c r="H289" t="s">
-        <v>29</v>
+        <v>22</v>
       </c>
       <c r="I289" s="1" t="s">
-        <v>993</v>
+        <v>952</v>
       </c>
     </row>
     <row r="290" spans="1:9">
       <c r="A290">
-        <v>581</v>
+        <v>613</v>
       </c>
       <c r="B290" t="s">
-        <v>994</v>
+        <v>953</v>
       </c>
       <c r="C290" t="s">
-        <v>77</v>
+        <v>954</v>
       </c>
       <c r="D290" t="s">
-        <v>62</v>
+        <v>38</v>
       </c>
       <c r="E290" t="s">
-        <v>668</v>
+        <v>38</v>
       </c>
       <c r="F290" t="s">
-        <v>27</v>
+        <v>955</v>
       </c>
       <c r="G290" t="s">
-        <v>995</v>
+        <v>956</v>
       </c>
       <c r="H290" t="s">
-        <v>29</v>
+        <v>42</v>
       </c>
       <c r="I290" s="1" t="s">
-        <v>996</v>
+        <v>957</v>
       </c>
     </row>
     <row r="291" spans="1:9">
       <c r="A291">
-        <v>580</v>
+        <v>612</v>
       </c>
       <c r="B291" t="s">
-        <v>997</v>
+        <v>958</v>
       </c>
       <c r="C291" t="s">
-        <v>904</v>
+        <v>959</v>
       </c>
       <c r="D291" t="s">
-        <v>26</v>
+        <v>11</v>
       </c>
       <c r="E291" t="s">
-        <v>998</v>
+        <v>12</v>
       </c>
       <c r="F291" t="s">
-        <v>999</v>
+        <v>960</v>
       </c>
       <c r="G291" t="s">
-        <v>1000</v>
+        <v>956</v>
       </c>
       <c r="H291" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I291" s="1" t="s">
-        <v>1001</v>
+        <v>961</v>
       </c>
     </row>
     <row r="292" spans="1:9">
       <c r="A292">
-        <v>579</v>
+        <v>611</v>
       </c>
       <c r="B292" t="s">
-        <v>1002</v>
+        <v>962</v>
       </c>
       <c r="C292" t="s">
-        <v>1003</v>
+        <v>564</v>
       </c>
       <c r="D292" t="s">
-        <v>26</v>
+        <v>11</v>
       </c>
       <c r="E292" t="s">
         <v>12</v>
       </c>
       <c r="F292" t="s">
-        <v>1004</v>
+        <v>963</v>
       </c>
       <c r="G292" t="s">
-        <v>1005</v>
+        <v>964</v>
       </c>
       <c r="H292" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I292" s="1" t="s">
-        <v>1006</v>
+        <v>965</v>
       </c>
     </row>
     <row r="293" spans="1:9">
       <c r="A293">
-        <v>578</v>
+        <v>610</v>
       </c>
       <c r="B293" t="s">
-        <v>1007</v>
+        <v>966</v>
       </c>
       <c r="C293" t="s">
-        <v>1008</v>
+        <v>967</v>
       </c>
       <c r="D293" t="s">
         <v>26</v>
       </c>
       <c r="E293" t="s">
-        <v>12</v>
+        <v>763</v>
       </c>
       <c r="F293" t="s">
-        <v>1009</v>
+        <v>968</v>
       </c>
       <c r="G293" t="s">
-        <v>1010</v>
+        <v>969</v>
       </c>
       <c r="H293" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I293" s="1" t="s">
-        <v>1011</v>
+        <v>970</v>
       </c>
     </row>
     <row r="294" spans="1:9">
       <c r="A294">
-        <v>577</v>
+        <v>609</v>
       </c>
       <c r="B294" t="s">
-        <v>185</v>
+        <v>971</v>
       </c>
       <c r="C294" t="s">
-        <v>186</v>
+        <v>972</v>
       </c>
       <c r="D294" t="s">
         <v>26</v>
       </c>
       <c r="E294" t="s">
-        <v>12</v>
+        <v>763</v>
       </c>
       <c r="F294" t="s">
-        <v>988</v>
+        <v>973</v>
       </c>
       <c r="G294" t="s">
-        <v>989</v>
+        <v>969</v>
       </c>
       <c r="H294" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I294" s="1" t="s">
-        <v>1012</v>
+        <v>974</v>
       </c>
     </row>
     <row r="295" spans="1:9">
       <c r="A295">
-        <v>576</v>
+        <v>608</v>
       </c>
       <c r="B295" t="s">
-        <v>1013</v>
+        <v>975</v>
       </c>
       <c r="C295" t="s">
-        <v>1014</v>
+        <v>976</v>
       </c>
       <c r="D295" t="s">
-        <v>47</v>
+        <v>70</v>
       </c>
       <c r="E295" t="s">
-        <v>668</v>
+        <v>773</v>
       </c>
       <c r="F295" t="s">
-        <v>1015</v>
+        <v>977</v>
       </c>
       <c r="G295" t="s">
-        <v>1016</v>
+        <v>978</v>
       </c>
       <c r="H295" t="s">
-        <v>29</v>
+        <v>22</v>
       </c>
       <c r="I295" s="1" t="s">
-        <v>1017</v>
+        <v>979</v>
       </c>
     </row>
     <row r="296" spans="1:9">
       <c r="A296">
-        <v>575</v>
+        <v>607</v>
       </c>
       <c r="B296" t="s">
-        <v>1018</v>
+        <v>980</v>
       </c>
       <c r="C296" t="s">
-        <v>959</v>
+        <v>981</v>
       </c>
       <c r="D296" t="s">
-        <v>62</v>
+        <v>26</v>
       </c>
       <c r="E296" t="s">
-        <v>668</v>
+        <v>982</v>
       </c>
       <c r="F296" t="s">
-        <v>27</v>
+        <v>983</v>
       </c>
       <c r="G296" t="s">
-        <v>1019</v>
+        <v>984</v>
       </c>
       <c r="H296" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="I296" s="1" t="s">
-        <v>1020</v>
+        <v>985</v>
       </c>
     </row>
     <row r="297" spans="1:9">
       <c r="A297">
-        <v>574</v>
+        <v>606</v>
       </c>
       <c r="B297" t="s">
-        <v>1021</v>
+        <v>986</v>
       </c>
       <c r="C297" t="s">
-        <v>862</v>
+        <v>987</v>
       </c>
       <c r="D297" t="s">
-        <v>19</v>
+        <v>70</v>
       </c>
       <c r="E297" t="s">
-        <v>1022</v>
+        <v>773</v>
       </c>
       <c r="F297" t="s">
-        <v>1023</v>
+        <v>106</v>
       </c>
       <c r="G297" t="s">
-        <v>1024</v>
+        <v>988</v>
       </c>
       <c r="H297" t="s">
-        <v>81</v>
+        <v>15</v>
       </c>
       <c r="I297" s="1" t="s">
-        <v>1025</v>
+        <v>346</v>
       </c>
     </row>
     <row r="298" spans="1:9">
       <c r="A298">
-        <v>573</v>
+        <v>605</v>
       </c>
       <c r="B298" t="s">
-        <v>1026</v>
+        <v>989</v>
       </c>
       <c r="C298" t="s">
-        <v>1027</v>
+        <v>990</v>
       </c>
       <c r="D298" t="s">
-        <v>47</v>
+        <v>70</v>
       </c>
       <c r="E298" t="s">
-        <v>668</v>
+        <v>773</v>
       </c>
       <c r="F298" t="s">
-        <v>1028</v>
+        <v>991</v>
       </c>
       <c r="G298" t="s">
-        <v>1000</v>
+        <v>988</v>
       </c>
       <c r="H298" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="I298" s="1" t="s">
-        <v>1029</v>
+        <v>992</v>
       </c>
     </row>
     <row r="299" spans="1:9">
       <c r="A299">
-        <v>572</v>
+        <v>604</v>
       </c>
       <c r="B299" t="s">
-        <v>1030</v>
+        <v>993</v>
       </c>
       <c r="C299" t="s">
-        <v>1031</v>
+        <v>994</v>
       </c>
       <c r="D299" t="s">
-        <v>47</v>
+        <v>70</v>
       </c>
       <c r="E299" t="s">
-        <v>668</v>
+        <v>773</v>
       </c>
       <c r="F299" t="s">
-        <v>1032</v>
+        <v>995</v>
       </c>
       <c r="G299" t="s">
-        <v>1010</v>
+        <v>996</v>
       </c>
       <c r="H299" t="s">
-        <v>29</v>
+        <v>997</v>
       </c>
       <c r="I299" s="1" t="s">
-        <v>1033</v>
+        <v>998</v>
       </c>
     </row>
     <row r="300" spans="1:9">
       <c r="A300">
-        <v>571</v>
+        <v>603</v>
       </c>
       <c r="B300" t="s">
-        <v>1034</v>
+        <v>999</v>
       </c>
       <c r="C300" t="s">
-        <v>1035</v>
+        <v>1000</v>
       </c>
       <c r="D300" t="s">
-        <v>47</v>
+        <v>19</v>
       </c>
       <c r="E300" t="s">
-        <v>668</v>
+        <v>773</v>
       </c>
       <c r="F300" t="s">
-        <v>1032</v>
+        <v>1001</v>
       </c>
       <c r="G300" t="s">
-        <v>1010</v>
+        <v>1002</v>
       </c>
       <c r="H300" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="I300" s="1" t="s">
-        <v>1036</v>
+        <v>1003</v>
       </c>
     </row>
     <row r="301" spans="1:9">
       <c r="A301">
-        <v>570</v>
+        <v>602</v>
       </c>
       <c r="B301" t="s">
-        <v>1037</v>
+        <v>1004</v>
       </c>
       <c r="C301" t="s">
-        <v>1038</v>
+        <v>1005</v>
       </c>
       <c r="D301" t="s">
-        <v>47</v>
+        <v>70</v>
       </c>
       <c r="E301" t="s">
-        <v>668</v>
+        <v>773</v>
       </c>
       <c r="F301" t="s">
-        <v>1039</v>
+        <v>1006</v>
       </c>
       <c r="G301" t="s">
-        <v>1010</v>
+        <v>1007</v>
       </c>
       <c r="H301" t="s">
         <v>15</v>
       </c>
       <c r="I301" s="1" t="s">
-        <v>1040</v>
+        <v>1008</v>
       </c>
     </row>
     <row r="302" spans="1:9">
       <c r="A302">
-        <v>569</v>
+        <v>601</v>
       </c>
       <c r="B302" t="s">
-        <v>1041</v>
+        <v>1009</v>
       </c>
       <c r="C302" t="s">
-        <v>1042</v>
+        <v>954</v>
       </c>
       <c r="D302" t="s">
-        <v>47</v>
+        <v>19</v>
       </c>
       <c r="E302" t="s">
-        <v>668</v>
+        <v>773</v>
       </c>
       <c r="F302" t="s">
-        <v>1043</v>
+        <v>701</v>
       </c>
       <c r="G302" t="s">
-        <v>1044</v>
+        <v>315</v>
       </c>
       <c r="H302" t="s">
         <v>15</v>
       </c>
       <c r="I302" s="1" t="s">
-        <v>1045</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="303" spans="1:9">
       <c r="A303">
-        <v>568</v>
+        <v>600</v>
       </c>
       <c r="B303" t="s">
-        <v>1046</v>
+        <v>1011</v>
       </c>
       <c r="C303" t="s">
-        <v>1047</v>
+        <v>1012</v>
       </c>
       <c r="D303" t="s">
-        <v>47</v>
+        <v>11</v>
       </c>
       <c r="E303" t="s">
-        <v>668</v>
+        <v>1013</v>
       </c>
       <c r="F303" t="s">
-        <v>942</v>
+        <v>1014</v>
       </c>
       <c r="G303" t="s">
-        <v>1048</v>
+        <v>1015</v>
       </c>
       <c r="H303" t="s">
-        <v>29</v>
+        <v>42</v>
       </c>
       <c r="I303" s="1" t="s">
-        <v>1049</v>
+        <v>1016</v>
       </c>
     </row>
     <row r="304" spans="1:9">
       <c r="A304">
-        <v>567</v>
+        <v>599</v>
       </c>
       <c r="B304" t="s">
-        <v>768</v>
+        <v>1017</v>
       </c>
       <c r="C304" t="s">
-        <v>769</v>
+        <v>1018</v>
       </c>
       <c r="D304" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="E304" t="s">
-        <v>1050</v>
+        <v>763</v>
       </c>
       <c r="F304" t="s">
-        <v>942</v>
+        <v>1019</v>
       </c>
       <c r="G304" t="s">
-        <v>1051</v>
+        <v>524</v>
       </c>
       <c r="H304" t="s">
-        <v>29</v>
+        <v>42</v>
       </c>
       <c r="I304" s="1" t="s">
-        <v>1052</v>
+        <v>1020</v>
       </c>
     </row>
     <row r="305" spans="1:9">
       <c r="A305">
-        <v>566</v>
+        <v>598</v>
       </c>
       <c r="B305" t="s">
-        <v>1053</v>
+        <v>1021</v>
       </c>
       <c r="C305" t="s">
-        <v>1054</v>
+        <v>1022</v>
       </c>
       <c r="D305" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="E305" t="s">
-        <v>1050</v>
+        <v>763</v>
       </c>
       <c r="F305" t="s">
-        <v>1055</v>
+        <v>1023</v>
       </c>
       <c r="G305" t="s">
-        <v>1044</v>
+        <v>1024</v>
       </c>
       <c r="H305" t="s">
-        <v>29</v>
+        <v>42</v>
       </c>
       <c r="I305" s="1" t="s">
-        <v>1056</v>
+        <v>1025</v>
       </c>
     </row>
     <row r="306" spans="1:9">
       <c r="A306">
-        <v>565</v>
+        <v>597</v>
       </c>
       <c r="B306" t="s">
-        <v>1057</v>
+        <v>1026</v>
       </c>
       <c r="C306" t="s">
-        <v>1058</v>
+        <v>1027</v>
       </c>
       <c r="D306" t="s">
-        <v>11</v>
+        <v>70</v>
       </c>
       <c r="E306" t="s">
-        <v>658</v>
+        <v>763</v>
       </c>
       <c r="F306" t="s">
-        <v>1059</v>
+        <v>1028</v>
       </c>
       <c r="G306" t="s">
-        <v>1060</v>
+        <v>1029</v>
       </c>
       <c r="H306" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I306" s="1" t="s">
-        <v>1061</v>
+        <v>1030</v>
       </c>
     </row>
     <row r="307" spans="1:9">
       <c r="A307">
-        <v>564</v>
+        <v>596</v>
       </c>
       <c r="B307" t="s">
-        <v>1062</v>
+        <v>1031</v>
       </c>
       <c r="C307" t="s">
-        <v>946</v>
+        <v>1032</v>
       </c>
       <c r="D307" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="E307" t="s">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="F307" t="s">
-        <v>1063</v>
+        <v>1033</v>
       </c>
       <c r="G307" t="s">
-        <v>1064</v>
+        <v>1034</v>
       </c>
       <c r="H307" t="s">
-        <v>460</v>
+        <v>42</v>
       </c>
       <c r="I307" s="1" t="s">
-        <v>1065</v>
+        <v>1035</v>
       </c>
     </row>
     <row r="308" spans="1:9">
       <c r="A308">
-        <v>563</v>
+        <v>595</v>
       </c>
       <c r="B308" t="s">
-        <v>453</v>
+        <v>1036</v>
       </c>
       <c r="C308" t="s">
-        <v>454</v>
+        <v>1037</v>
       </c>
       <c r="D308" t="s">
-        <v>62</v>
+        <v>70</v>
       </c>
       <c r="E308" t="s">
-        <v>1066</v>
+        <v>773</v>
       </c>
       <c r="F308" t="s">
-        <v>1067</v>
+        <v>1038</v>
       </c>
       <c r="G308" t="s">
-        <v>1068</v>
+        <v>1039</v>
       </c>
       <c r="H308" t="s">
-        <v>29</v>
+        <v>997</v>
       </c>
       <c r="I308" s="1" t="s">
-        <v>1069</v>
+        <v>1040</v>
       </c>
     </row>
     <row r="309" spans="1:9">
       <c r="A309">
-        <v>562</v>
+        <v>594</v>
       </c>
       <c r="B309" t="s">
-        <v>1070</v>
+        <v>1041</v>
       </c>
       <c r="C309" t="s">
-        <v>875</v>
+        <v>1042</v>
       </c>
       <c r="D309" t="s">
-        <v>47</v>
+        <v>11</v>
       </c>
       <c r="E309" t="s">
-        <v>658</v>
+        <v>12</v>
       </c>
       <c r="F309" t="s">
-        <v>1071</v>
+        <v>1043</v>
       </c>
       <c r="G309" t="s">
-        <v>1072</v>
+        <v>1044</v>
       </c>
       <c r="H309" t="s">
-        <v>29</v>
+        <v>42</v>
       </c>
       <c r="I309" s="1" t="s">
-        <v>1073</v>
+        <v>1045</v>
       </c>
     </row>
     <row r="310" spans="1:9">
       <c r="A310">
-        <v>561</v>
+        <v>593</v>
       </c>
       <c r="B310" t="s">
-        <v>1074</v>
+        <v>1046</v>
       </c>
       <c r="C310" t="s">
-        <v>955</v>
+        <v>1047</v>
       </c>
       <c r="D310" t="s">
         <v>11</v>
       </c>
       <c r="E310" t="s">
-        <v>658</v>
+        <v>12</v>
       </c>
       <c r="F310" t="s">
-        <v>359</v>
+        <v>1048</v>
       </c>
       <c r="G310" t="s">
-        <v>1075</v>
+        <v>969</v>
       </c>
       <c r="H310" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I310" s="1" t="s">
-        <v>1076</v>
+        <v>1049</v>
       </c>
     </row>
     <row r="311" spans="1:9">
       <c r="A311">
-        <v>559</v>
+        <v>592</v>
       </c>
       <c r="B311" t="s">
-        <v>1077</v>
+        <v>1050</v>
       </c>
       <c r="C311" t="s">
-        <v>1078</v>
+        <v>1051</v>
       </c>
       <c r="D311" t="s">
-        <v>47</v>
+        <v>11</v>
       </c>
       <c r="E311" t="s">
-        <v>658</v>
+        <v>12</v>
       </c>
       <c r="F311" t="s">
-        <v>1079</v>
+        <v>1052</v>
       </c>
       <c r="G311" t="s">
-        <v>1080</v>
+        <v>969</v>
       </c>
       <c r="H311" t="s">
-        <v>982</v>
+        <v>42</v>
       </c>
       <c r="I311" s="1" t="s">
-        <v>1081</v>
+        <v>1053</v>
       </c>
     </row>
     <row r="312" spans="1:9">
       <c r="A312">
-        <v>558</v>
+        <v>591</v>
       </c>
       <c r="B312" t="s">
-        <v>1082</v>
+        <v>1054</v>
       </c>
       <c r="C312" t="s">
-        <v>1083</v>
+        <v>1055</v>
       </c>
       <c r="D312" t="s">
-        <v>62</v>
+        <v>38</v>
       </c>
       <c r="E312" t="s">
-        <v>658</v>
+        <v>12</v>
       </c>
       <c r="F312" t="s">
-        <v>27</v>
+        <v>1056</v>
       </c>
       <c r="G312" t="s">
-        <v>1019</v>
+        <v>1057</v>
       </c>
       <c r="H312" t="s">
-        <v>15</v>
+        <v>42</v>
       </c>
       <c r="I312" s="1" t="s">
-        <v>1020</v>
+        <v>1058</v>
       </c>
     </row>
     <row r="313" spans="1:9">
       <c r="A313">
-        <v>557</v>
+        <v>589</v>
       </c>
       <c r="B313" t="s">
-        <v>1084</v>
+        <v>1059</v>
       </c>
       <c r="C313" t="s">
-        <v>1085</v>
+        <v>1060</v>
       </c>
       <c r="D313" t="s">
-        <v>47</v>
+        <v>11</v>
       </c>
       <c r="E313" t="s">
-        <v>658</v>
+        <v>12</v>
       </c>
       <c r="F313" t="s">
-        <v>1086</v>
+        <v>1043</v>
       </c>
       <c r="G313" t="s">
-        <v>1087</v>
+        <v>1044</v>
       </c>
       <c r="H313" t="s">
-        <v>982</v>
+        <v>42</v>
       </c>
       <c r="I313" s="1" t="s">
-        <v>1088</v>
+        <v>1061</v>
       </c>
     </row>
     <row r="314" spans="1:9">
       <c r="A314">
-        <v>556</v>
+        <v>588</v>
       </c>
       <c r="B314" t="s">
-        <v>1089</v>
+        <v>1062</v>
       </c>
       <c r="C314" t="s">
-        <v>1090</v>
+        <v>1063</v>
       </c>
       <c r="D314" t="s">
-        <v>47</v>
+        <v>70</v>
       </c>
       <c r="E314" t="s">
-        <v>658</v>
+        <v>773</v>
       </c>
       <c r="F314" t="s">
-        <v>1091</v>
+        <v>1064</v>
       </c>
       <c r="G314" t="s">
-        <v>1092</v>
+        <v>1065</v>
       </c>
       <c r="H314" t="s">
-        <v>982</v>
+        <v>15</v>
       </c>
       <c r="I314" s="1" t="s">
-        <v>1093</v>
+        <v>1066</v>
       </c>
     </row>
     <row r="315" spans="1:9">
       <c r="A315">
-        <v>555</v>
+        <v>587</v>
       </c>
       <c r="B315" t="s">
-        <v>1094</v>
+        <v>1067</v>
       </c>
       <c r="C315" t="s">
-        <v>959</v>
+        <v>1068</v>
       </c>
       <c r="D315" t="s">
-        <v>1095</v>
+        <v>11</v>
       </c>
       <c r="E315" t="s">
-        <v>1096</v>
+        <v>12</v>
       </c>
       <c r="F315" t="s">
-        <v>1097</v>
+        <v>1043</v>
       </c>
       <c r="G315" t="s">
-        <v>1098</v>
+        <v>1044</v>
       </c>
       <c r="H315" t="s">
-        <v>982</v>
+        <v>42</v>
       </c>
       <c r="I315" s="1" t="s">
-        <v>1099</v>
+        <v>1069</v>
       </c>
     </row>
     <row r="316" spans="1:9">
       <c r="A316">
-        <v>554</v>
+        <v>586</v>
       </c>
       <c r="B316" t="s">
-        <v>1100</v>
+        <v>1070</v>
       </c>
       <c r="C316" t="s">
-        <v>1101</v>
+        <v>1071</v>
       </c>
       <c r="D316" t="s">
-        <v>1095</v>
+        <v>70</v>
       </c>
       <c r="E316" t="s">
-        <v>1102</v>
+        <v>773</v>
       </c>
       <c r="F316" t="s">
-        <v>1097</v>
+        <v>1072</v>
       </c>
       <c r="G316" t="s">
-        <v>1103</v>
+        <v>1073</v>
       </c>
       <c r="H316" t="s">
-        <v>982</v>
+        <v>997</v>
       </c>
       <c r="I316" s="1" t="s">
-        <v>1099</v>
+        <v>1074</v>
       </c>
     </row>
     <row r="317" spans="1:9">
       <c r="A317">
-        <v>553</v>
+        <v>585</v>
       </c>
       <c r="B317" t="s">
-        <v>1104</v>
+        <v>1075</v>
       </c>
       <c r="C317" t="s">
-        <v>1105</v>
+        <v>313</v>
       </c>
       <c r="D317" t="s">
-        <v>1095</v>
+        <v>70</v>
       </c>
       <c r="E317" t="s">
-        <v>1106</v>
+        <v>773</v>
       </c>
       <c r="F317" t="s">
-        <v>1097</v>
+        <v>1076</v>
       </c>
       <c r="G317" t="s">
-        <v>1103</v>
+        <v>1077</v>
       </c>
       <c r="H317" t="s">
-        <v>982</v>
+        <v>1078</v>
       </c>
       <c r="I317" s="1" t="s">
-        <v>1099</v>
+        <v>1079</v>
       </c>
     </row>
     <row r="318" spans="1:9">
       <c r="A318">
-        <v>552</v>
+        <v>584</v>
       </c>
       <c r="B318" t="s">
-        <v>1107</v>
+        <v>1080</v>
       </c>
       <c r="C318" t="s">
-        <v>1108</v>
+        <v>981</v>
       </c>
       <c r="D318" t="s">
-        <v>1095</v>
+        <v>70</v>
       </c>
       <c r="E318" t="s">
-        <v>1109</v>
+        <v>773</v>
       </c>
       <c r="F318" t="s">
-        <v>1097</v>
+        <v>1081</v>
       </c>
       <c r="G318" t="s">
-        <v>1103</v>
+        <v>1082</v>
       </c>
       <c r="H318" t="s">
-        <v>982</v>
+        <v>15</v>
       </c>
       <c r="I318" s="1" t="s">
-        <v>1099</v>
+        <v>1083</v>
       </c>
     </row>
     <row r="319" spans="1:9">
       <c r="A319">
-        <v>551</v>
+        <v>583</v>
       </c>
       <c r="B319" t="s">
-        <v>1094</v>
+        <v>312</v>
       </c>
       <c r="C319" t="s">
-        <v>959</v>
+        <v>313</v>
       </c>
       <c r="D319" t="s">
-        <v>1095</v>
+        <v>11</v>
       </c>
       <c r="E319" t="s">
-        <v>1110</v>
+        <v>12</v>
       </c>
       <c r="F319" t="s">
-        <v>1097</v>
+        <v>1084</v>
       </c>
       <c r="G319" t="s">
-        <v>1098</v>
+        <v>1085</v>
       </c>
       <c r="H319" t="s">
-        <v>1111</v>
+        <v>42</v>
       </c>
       <c r="I319" s="1" t="s">
-        <v>1099</v>
+        <v>1086</v>
       </c>
     </row>
     <row r="320" spans="1:9">
       <c r="A320">
-        <v>550</v>
+        <v>582</v>
       </c>
       <c r="B320" t="s">
-        <v>1100</v>
+        <v>1087</v>
       </c>
       <c r="C320" t="s">
-        <v>1101</v>
+        <v>1032</v>
       </c>
       <c r="D320" t="s">
-        <v>1095</v>
+        <v>70</v>
       </c>
       <c r="E320" t="s">
-        <v>1112</v>
+        <v>1088</v>
       </c>
       <c r="F320" t="s">
-        <v>1097</v>
+        <v>991</v>
       </c>
       <c r="G320" t="s">
-        <v>1103</v>
+        <v>969</v>
       </c>
       <c r="H320" t="s">
-        <v>1111</v>
+        <v>15</v>
       </c>
       <c r="I320" s="1" t="s">
-        <v>1099</v>
+        <v>1089</v>
       </c>
     </row>
     <row r="321" spans="1:9">
       <c r="A321">
-        <v>549</v>
+        <v>581</v>
       </c>
       <c r="B321" t="s">
-        <v>1104</v>
+        <v>1090</v>
       </c>
       <c r="C321" t="s">
-        <v>1105</v>
+        <v>213</v>
       </c>
       <c r="D321" t="s">
-        <v>1095</v>
+        <v>19</v>
       </c>
       <c r="E321" t="s">
-        <v>1113</v>
+        <v>773</v>
       </c>
       <c r="F321" t="s">
-        <v>1097</v>
+        <v>169</v>
       </c>
       <c r="G321" t="s">
-        <v>1103</v>
+        <v>1091</v>
       </c>
       <c r="H321" t="s">
-        <v>1111</v>
+        <v>15</v>
       </c>
       <c r="I321" s="1" t="s">
-        <v>1099</v>
+        <v>1092</v>
       </c>
     </row>
     <row r="322" spans="1:9">
       <c r="A322">
-        <v>548</v>
+        <v>580</v>
       </c>
       <c r="B322" t="s">
-        <v>1107</v>
+        <v>1093</v>
       </c>
       <c r="C322" t="s">
-        <v>1108</v>
+        <v>1000</v>
       </c>
       <c r="D322" t="s">
+        <v>11</v>
+      </c>
+      <c r="E322" t="s">
+        <v>1094</v>
+      </c>
+      <c r="F322" t="s">
         <v>1095</v>
       </c>
-      <c r="E322" t="s">
-[...2 lines deleted...]
-      <c r="F322" t="s">
+      <c r="G322" t="s">
+        <v>1096</v>
+      </c>
+      <c r="H322" t="s">
+        <v>42</v>
+      </c>
+      <c r="I322" s="1" t="s">
         <v>1097</v>
-      </c>
-[...7 lines deleted...]
-        <v>1099</v>
       </c>
     </row>
     <row r="323" spans="1:9">
       <c r="A323">
-        <v>547</v>
+        <v>579</v>
       </c>
       <c r="B323" t="s">
-        <v>1115</v>
+        <v>1098</v>
       </c>
       <c r="C323" t="s">
-        <v>1116</v>
+        <v>1099</v>
       </c>
       <c r="D323" t="s">
-        <v>47</v>
+        <v>11</v>
       </c>
       <c r="E323" t="s">
-        <v>658</v>
+        <v>12</v>
       </c>
       <c r="F323" t="s">
-        <v>1117</v>
+        <v>1100</v>
       </c>
       <c r="G323" t="s">
-        <v>1118</v>
+        <v>1101</v>
       </c>
       <c r="H323" t="s">
-        <v>29</v>
+        <v>42</v>
       </c>
       <c r="I323" s="1" t="s">
-        <v>1119</v>
+        <v>1102</v>
       </c>
     </row>
     <row r="324" spans="1:9">
       <c r="A324">
-        <v>546</v>
+        <v>578</v>
       </c>
       <c r="B324" t="s">
-        <v>1120</v>
+        <v>1103</v>
       </c>
       <c r="C324" t="s">
-        <v>1121</v>
+        <v>1104</v>
       </c>
       <c r="D324" t="s">
-        <v>47</v>
+        <v>11</v>
       </c>
       <c r="E324" t="s">
         <v>12</v>
       </c>
       <c r="F324" t="s">
-        <v>1122</v>
+        <v>1105</v>
       </c>
       <c r="G324" t="s">
-        <v>1123</v>
+        <v>1106</v>
       </c>
       <c r="H324" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I324" s="1" t="s">
-        <v>1124</v>
+        <v>1107</v>
       </c>
     </row>
     <row r="325" spans="1:9">
       <c r="A325">
-        <v>545</v>
+        <v>577</v>
       </c>
       <c r="B325" t="s">
-        <v>1125</v>
+        <v>312</v>
       </c>
       <c r="C325" t="s">
-        <v>306</v>
+        <v>313</v>
       </c>
       <c r="D325" t="s">
         <v>11</v>
       </c>
       <c r="E325" t="s">
-        <v>1126</v>
+        <v>12</v>
       </c>
       <c r="F325" t="s">
-        <v>1127</v>
+        <v>1084</v>
       </c>
       <c r="G325" t="s">
-        <v>1128</v>
+        <v>1085</v>
       </c>
       <c r="H325" t="s">
-        <v>15</v>
+        <v>42</v>
       </c>
       <c r="I325" s="1" t="s">
-        <v>1129</v>
+        <v>1108</v>
       </c>
     </row>
     <row r="326" spans="1:9">
       <c r="A326">
-        <v>544</v>
+        <v>576</v>
       </c>
       <c r="B326" t="s">
-        <v>1130</v>
+        <v>1109</v>
       </c>
       <c r="C326" t="s">
-        <v>870</v>
+        <v>1110</v>
       </c>
       <c r="D326" t="s">
-        <v>47</v>
+        <v>70</v>
       </c>
       <c r="E326" t="s">
-        <v>658</v>
+        <v>773</v>
       </c>
       <c r="F326" t="s">
-        <v>1131</v>
+        <v>1111</v>
       </c>
       <c r="G326" t="s">
-        <v>1132</v>
+        <v>1112</v>
       </c>
       <c r="H326" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="I326" s="1" t="s">
-        <v>1133</v>
+        <v>1113</v>
       </c>
     </row>
     <row r="327" spans="1:9">
       <c r="A327">
-        <v>539</v>
+        <v>575</v>
       </c>
       <c r="B327" t="s">
-        <v>1134</v>
+        <v>1114</v>
       </c>
       <c r="C327" t="s">
-        <v>306</v>
+        <v>1055</v>
       </c>
       <c r="D327" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="E327" t="s">
-        <v>12</v>
+        <v>773</v>
       </c>
       <c r="F327" t="s">
-        <v>1135</v>
+        <v>169</v>
       </c>
       <c r="G327" t="s">
-        <v>1136</v>
+        <v>1115</v>
       </c>
       <c r="H327" t="s">
-        <v>81</v>
+        <v>15</v>
       </c>
       <c r="I327" s="1" t="s">
-        <v>1137</v>
+        <v>1116</v>
       </c>
     </row>
     <row r="328" spans="1:9">
       <c r="A328">
-        <v>538</v>
+        <v>574</v>
       </c>
       <c r="B328" t="s">
-        <v>1138</v>
+        <v>1117</v>
       </c>
       <c r="C328" t="s">
-        <v>306</v>
+        <v>959</v>
       </c>
       <c r="D328" t="s">
-        <v>19</v>
+        <v>38</v>
       </c>
       <c r="E328" t="s">
-        <v>12</v>
+        <v>1118</v>
       </c>
       <c r="F328" t="s">
-        <v>1139</v>
+        <v>1119</v>
       </c>
       <c r="G328" t="s">
-        <v>1140</v>
+        <v>1120</v>
       </c>
       <c r="H328" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I328" s="1" t="s">
-        <v>1141</v>
+        <v>1121</v>
       </c>
     </row>
     <row r="329" spans="1:9">
       <c r="A329">
-        <v>536</v>
+        <v>573</v>
       </c>
       <c r="B329" t="s">
-        <v>1142</v>
+        <v>1122</v>
       </c>
       <c r="C329" t="s">
-        <v>1008</v>
+        <v>1123</v>
       </c>
       <c r="D329" t="s">
-        <v>19</v>
+        <v>70</v>
       </c>
       <c r="E329" t="s">
-        <v>12</v>
+        <v>773</v>
       </c>
       <c r="F329" t="s">
-        <v>1143</v>
+        <v>1124</v>
       </c>
       <c r="G329" t="s">
-        <v>1144</v>
+        <v>1096</v>
       </c>
       <c r="H329" t="s">
-        <v>81</v>
+        <v>15</v>
       </c>
       <c r="I329" s="1" t="s">
-        <v>1145</v>
+        <v>1125</v>
       </c>
     </row>
     <row r="330" spans="1:9">
       <c r="A330">
-        <v>535</v>
+        <v>572</v>
       </c>
       <c r="B330" t="s">
-        <v>1146</v>
+        <v>1126</v>
       </c>
       <c r="C330" t="s">
-        <v>306</v>
+        <v>1127</v>
       </c>
       <c r="D330" t="s">
-        <v>62</v>
+        <v>70</v>
       </c>
       <c r="E330" t="s">
-        <v>12</v>
+        <v>773</v>
       </c>
       <c r="F330" t="s">
-        <v>1147</v>
+        <v>1128</v>
       </c>
       <c r="G330" t="s">
-        <v>1148</v>
+        <v>1106</v>
       </c>
       <c r="H330" t="s">
-        <v>81</v>
+        <v>15</v>
       </c>
       <c r="I330" s="1" t="s">
-        <v>1149</v>
+        <v>1129</v>
       </c>
     </row>
     <row r="331" spans="1:9">
       <c r="A331">
-        <v>534</v>
+        <v>571</v>
       </c>
       <c r="B331" t="s">
-        <v>1150</v>
+        <v>1130</v>
       </c>
       <c r="C331" t="s">
-        <v>1151</v>
+        <v>1131</v>
       </c>
       <c r="D331" t="s">
-        <v>47</v>
+        <v>70</v>
       </c>
       <c r="E331" t="s">
-        <v>12</v>
+        <v>773</v>
       </c>
       <c r="F331" t="s">
-        <v>1152</v>
+        <v>1128</v>
       </c>
       <c r="G331" t="s">
-        <v>1153</v>
+        <v>1106</v>
       </c>
       <c r="H331" t="s">
-        <v>901</v>
+        <v>15</v>
       </c>
       <c r="I331" s="1" t="s">
-        <v>1052</v>
+        <v>1132</v>
       </c>
     </row>
     <row r="332" spans="1:9">
       <c r="A332">
-        <v>533</v>
+        <v>570</v>
       </c>
       <c r="B332" t="s">
-        <v>1154</v>
+        <v>1133</v>
       </c>
       <c r="C332" t="s">
-        <v>1155</v>
+        <v>1134</v>
       </c>
       <c r="D332" t="s">
-        <v>47</v>
+        <v>70</v>
       </c>
       <c r="E332" t="s">
-        <v>12</v>
+        <v>773</v>
       </c>
       <c r="F332" t="s">
-        <v>1156</v>
+        <v>1135</v>
       </c>
       <c r="G332" t="s">
-        <v>1157</v>
+        <v>1106</v>
       </c>
       <c r="H332" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="I332" s="1" t="s">
-        <v>1158</v>
+        <v>1136</v>
       </c>
     </row>
     <row r="333" spans="1:9">
       <c r="A333">
-        <v>532</v>
+        <v>569</v>
       </c>
       <c r="B333" t="s">
-        <v>1159</v>
+        <v>1137</v>
       </c>
       <c r="C333" t="s">
-        <v>1160</v>
+        <v>1138</v>
       </c>
       <c r="D333" t="s">
-        <v>47</v>
+        <v>70</v>
       </c>
       <c r="E333" t="s">
-        <v>12</v>
+        <v>773</v>
       </c>
       <c r="F333" t="s">
-        <v>725</v>
+        <v>1139</v>
       </c>
       <c r="G333" t="s">
-        <v>726</v>
+        <v>1140</v>
       </c>
       <c r="H333" t="s">
-        <v>29</v>
+        <v>22</v>
       </c>
       <c r="I333" s="1" t="s">
-        <v>1161</v>
+        <v>1141</v>
       </c>
     </row>
     <row r="334" spans="1:9">
       <c r="A334">
-        <v>531</v>
+        <v>568</v>
       </c>
       <c r="B334" t="s">
-        <v>1162</v>
+        <v>1142</v>
       </c>
       <c r="C334" t="s">
-        <v>1008</v>
+        <v>1143</v>
       </c>
       <c r="D334" t="s">
-        <v>47</v>
+        <v>70</v>
       </c>
       <c r="E334" t="s">
-        <v>12</v>
+        <v>773</v>
       </c>
       <c r="F334" t="s">
-        <v>1039</v>
+        <v>1038</v>
       </c>
       <c r="G334" t="s">
-        <v>726</v>
+        <v>1144</v>
       </c>
       <c r="H334" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="I334" s="1" t="s">
-        <v>1163</v>
+        <v>1145</v>
       </c>
     </row>
     <row r="335" spans="1:9">
       <c r="A335">
-        <v>530</v>
+        <v>567</v>
       </c>
       <c r="B335" t="s">
-        <v>1164</v>
+        <v>871</v>
       </c>
       <c r="C335" t="s">
-        <v>306</v>
+        <v>872</v>
       </c>
       <c r="D335" t="s">
-        <v>47</v>
+        <v>70</v>
       </c>
       <c r="E335" t="s">
-        <v>12</v>
+        <v>1146</v>
       </c>
       <c r="F335" t="s">
-        <v>1165</v>
+        <v>1038</v>
       </c>
       <c r="G335" t="s">
-        <v>456</v>
+        <v>1147</v>
       </c>
       <c r="H335" t="s">
         <v>15</v>
       </c>
       <c r="I335" s="1" t="s">
-        <v>1166</v>
+        <v>1148</v>
       </c>
     </row>
     <row r="336" spans="1:9">
       <c r="A336">
-        <v>529</v>
+        <v>566</v>
       </c>
       <c r="B336" t="s">
-        <v>1167</v>
+        <v>1149</v>
       </c>
       <c r="C336" t="s">
-        <v>1168</v>
+        <v>1150</v>
       </c>
       <c r="D336" t="s">
-        <v>47</v>
+        <v>70</v>
       </c>
       <c r="E336" t="s">
-        <v>12</v>
+        <v>1146</v>
       </c>
       <c r="F336" t="s">
-        <v>1169</v>
+        <v>1151</v>
       </c>
       <c r="G336" t="s">
-        <v>456</v>
+        <v>1140</v>
       </c>
       <c r="H336" t="s">
         <v>15</v>
       </c>
       <c r="I336" s="1" t="s">
-        <v>1170</v>
+        <v>1152</v>
       </c>
     </row>
     <row r="337" spans="1:9">
       <c r="A337">
-        <v>528</v>
+        <v>565</v>
       </c>
       <c r="B337" t="s">
-        <v>1171</v>
+        <v>1153</v>
       </c>
       <c r="C337" t="s">
-        <v>862</v>
+        <v>1154</v>
       </c>
       <c r="D337" t="s">
         <v>26</v>
       </c>
       <c r="E337" t="s">
-        <v>12</v>
+        <v>763</v>
       </c>
       <c r="F337" t="s">
-        <v>1172</v>
+        <v>1155</v>
       </c>
       <c r="G337" t="s">
-        <v>1173</v>
+        <v>1156</v>
       </c>
       <c r="H337" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I337" s="1" t="s">
-        <v>1174</v>
+        <v>1157</v>
       </c>
     </row>
     <row r="338" spans="1:9">
       <c r="A338">
-        <v>527</v>
+        <v>564</v>
       </c>
       <c r="B338" t="s">
-        <v>1175</v>
+        <v>1158</v>
       </c>
       <c r="C338" t="s">
-        <v>1176</v>
+        <v>1042</v>
       </c>
       <c r="D338" t="s">
-        <v>47</v>
+        <v>38</v>
       </c>
       <c r="E338" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
       <c r="F338" t="s">
-        <v>1177</v>
+        <v>1159</v>
       </c>
       <c r="G338" t="s">
-        <v>1178</v>
+        <v>1160</v>
       </c>
       <c r="H338" t="s">
-        <v>29</v>
+        <v>570</v>
       </c>
       <c r="I338" s="1" t="s">
-        <v>1179</v>
+        <v>1161</v>
       </c>
     </row>
     <row r="339" spans="1:9">
       <c r="A339">
-        <v>526</v>
+        <v>563</v>
       </c>
       <c r="B339" t="s">
-        <v>954</v>
+        <v>563</v>
       </c>
       <c r="C339" t="s">
-        <v>955</v>
+        <v>564</v>
       </c>
       <c r="D339" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="E339" t="s">
-        <v>12</v>
+        <v>1162</v>
       </c>
       <c r="F339" t="s">
-        <v>1180</v>
+        <v>1163</v>
       </c>
       <c r="G339" t="s">
-        <v>1181</v>
+        <v>1164</v>
       </c>
       <c r="H339" t="s">
-        <v>81</v>
+        <v>15</v>
       </c>
       <c r="I339" s="1" t="s">
-        <v>864</v>
+        <v>1165</v>
       </c>
     </row>
     <row r="340" spans="1:9">
       <c r="A340">
-        <v>525</v>
+        <v>562</v>
       </c>
       <c r="B340" t="s">
-        <v>1182</v>
+        <v>1166</v>
       </c>
       <c r="C340" t="s">
-        <v>1176</v>
+        <v>972</v>
       </c>
       <c r="D340" t="s">
-        <v>497</v>
+        <v>70</v>
       </c>
       <c r="E340" t="s">
-        <v>12</v>
+        <v>763</v>
       </c>
       <c r="F340" t="s">
-        <v>1183</v>
+        <v>1167</v>
       </c>
       <c r="G340" t="s">
-        <v>1184</v>
+        <v>1168</v>
       </c>
       <c r="H340" t="s">
         <v>15</v>
       </c>
       <c r="I340" s="1" t="s">
-        <v>1185</v>
+        <v>1169</v>
       </c>
     </row>
     <row r="341" spans="1:9">
       <c r="A341">
-        <v>524</v>
+        <v>561</v>
       </c>
       <c r="B341" t="s">
-        <v>1186</v>
+        <v>1170</v>
       </c>
       <c r="C341" t="s">
-        <v>1187</v>
+        <v>1051</v>
       </c>
       <c r="D341" t="s">
-        <v>11</v>
+        <v>26</v>
       </c>
       <c r="E341" t="s">
-        <v>12</v>
+        <v>763</v>
       </c>
       <c r="F341" t="s">
-        <v>1188</v>
+        <v>473</v>
       </c>
       <c r="G341" t="s">
-        <v>1189</v>
+        <v>1171</v>
       </c>
       <c r="H341" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I341" s="1" t="s">
-        <v>1190</v>
+        <v>1172</v>
       </c>
     </row>
     <row r="342" spans="1:9">
       <c r="A342">
-        <v>523</v>
+        <v>559</v>
       </c>
       <c r="B342" t="s">
-        <v>1191</v>
+        <v>1173</v>
       </c>
       <c r="C342" t="s">
+        <v>1174</v>
+      </c>
+      <c r="D342" t="s">
+        <v>70</v>
+      </c>
+      <c r="E342" t="s">
+        <v>763</v>
+      </c>
+      <c r="F342" t="s">
+        <v>1175</v>
+      </c>
+      <c r="G342" t="s">
         <v>1176</v>
       </c>
-      <c r="D342" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H342" t="s">
-        <v>81</v>
+        <v>1078</v>
       </c>
       <c r="I342" s="1" t="s">
-        <v>1194</v>
+        <v>1177</v>
       </c>
     </row>
     <row r="343" spans="1:9">
       <c r="A343">
-        <v>522</v>
+        <v>558</v>
       </c>
       <c r="B343" t="s">
-        <v>1195</v>
+        <v>1178</v>
       </c>
       <c r="C343" t="s">
-        <v>1176</v>
+        <v>1179</v>
       </c>
       <c r="D343" t="s">
-        <v>62</v>
+        <v>19</v>
       </c>
       <c r="E343" t="s">
-        <v>12</v>
+        <v>763</v>
       </c>
       <c r="F343" t="s">
-        <v>1196</v>
+        <v>169</v>
       </c>
       <c r="G343" t="s">
-        <v>1197</v>
+        <v>1115</v>
       </c>
       <c r="H343" t="s">
-        <v>81</v>
+        <v>22</v>
       </c>
       <c r="I343" s="1" t="s">
-        <v>1198</v>
+        <v>1116</v>
       </c>
     </row>
     <row r="344" spans="1:9">
       <c r="A344">
-        <v>521</v>
+        <v>557</v>
       </c>
       <c r="B344" t="s">
-        <v>1199</v>
+        <v>1180</v>
       </c>
       <c r="C344" t="s">
-        <v>862</v>
+        <v>1181</v>
       </c>
       <c r="D344" t="s">
-        <v>19</v>
+        <v>70</v>
       </c>
       <c r="E344" t="s">
-        <v>12</v>
+        <v>763</v>
       </c>
       <c r="F344" t="s">
-        <v>1143</v>
+        <v>1182</v>
       </c>
       <c r="G344" t="s">
-        <v>1200</v>
+        <v>1183</v>
       </c>
       <c r="H344" t="s">
-        <v>81</v>
+        <v>1078</v>
       </c>
       <c r="I344" s="1" t="s">
-        <v>65</v>
+        <v>1184</v>
       </c>
     </row>
     <row r="345" spans="1:9">
       <c r="A345">
-        <v>519</v>
+        <v>556</v>
       </c>
       <c r="B345" t="s">
-        <v>1201</v>
+        <v>1185</v>
       </c>
       <c r="C345" t="s">
-        <v>1155</v>
+        <v>1186</v>
       </c>
       <c r="D345" t="s">
-        <v>19</v>
+        <v>70</v>
       </c>
       <c r="E345" t="s">
-        <v>12</v>
+        <v>763</v>
       </c>
       <c r="F345" t="s">
-        <v>1202</v>
+        <v>1187</v>
       </c>
       <c r="G345" t="s">
-        <v>1200</v>
+        <v>1188</v>
       </c>
       <c r="H345" t="s">
-        <v>81</v>
+        <v>1078</v>
       </c>
       <c r="I345" s="1" t="s">
-        <v>65</v>
+        <v>1189</v>
       </c>
     </row>
     <row r="346" spans="1:9">
       <c r="A346">
-        <v>518</v>
+        <v>555</v>
       </c>
       <c r="B346" t="s">
-        <v>1203</v>
+        <v>1190</v>
       </c>
       <c r="C346" t="s">
-        <v>1168</v>
+        <v>1055</v>
       </c>
       <c r="D346" t="s">
-        <v>19</v>
+        <v>1191</v>
       </c>
       <c r="E346" t="s">
-        <v>12</v>
+        <v>1192</v>
       </c>
       <c r="F346" t="s">
-        <v>1204</v>
+        <v>1193</v>
       </c>
       <c r="G346" t="s">
-        <v>1200</v>
+        <v>1194</v>
       </c>
       <c r="H346" t="s">
-        <v>81</v>
+        <v>1078</v>
       </c>
       <c r="I346" s="1" t="s">
-        <v>1205</v>
+        <v>72</v>
       </c>
     </row>
     <row r="347" spans="1:9">
       <c r="A347">
-        <v>517</v>
+        <v>554</v>
       </c>
       <c r="B347" t="s">
-        <v>1138</v>
+        <v>1195</v>
       </c>
       <c r="C347" t="s">
-        <v>306</v>
+        <v>1196</v>
       </c>
       <c r="D347" t="s">
-        <v>19</v>
+        <v>1191</v>
       </c>
       <c r="E347" t="s">
-        <v>12</v>
+        <v>1197</v>
       </c>
       <c r="F347" t="s">
-        <v>1206</v>
+        <v>1193</v>
       </c>
       <c r="G347" t="s">
-        <v>1200</v>
+        <v>1198</v>
       </c>
       <c r="H347" t="s">
-        <v>81</v>
+        <v>1078</v>
       </c>
       <c r="I347" s="1" t="s">
-        <v>481</v>
+        <v>72</v>
       </c>
     </row>
     <row r="348" spans="1:9">
       <c r="A348">
-        <v>516</v>
+        <v>553</v>
       </c>
       <c r="B348" t="s">
-        <v>1207</v>
+        <v>1199</v>
       </c>
       <c r="C348" t="s">
-        <v>1208</v>
+        <v>1200</v>
       </c>
       <c r="D348" t="s">
-        <v>11</v>
+        <v>1191</v>
       </c>
       <c r="E348" t="s">
-        <v>12</v>
+        <v>1201</v>
       </c>
       <c r="F348" t="s">
-        <v>1209</v>
+        <v>1193</v>
       </c>
       <c r="G348" t="s">
-        <v>699</v>
+        <v>1198</v>
       </c>
       <c r="H348" t="s">
-        <v>81</v>
+        <v>1078</v>
       </c>
       <c r="I348" s="1" t="s">
-        <v>1210</v>
+        <v>72</v>
       </c>
     </row>
     <row r="349" spans="1:9">
       <c r="A349">
-        <v>515</v>
+        <v>552</v>
       </c>
       <c r="B349" t="s">
-        <v>1211</v>
+        <v>1202</v>
       </c>
       <c r="C349" t="s">
-        <v>1212</v>
+        <v>1203</v>
       </c>
       <c r="D349" t="s">
-        <v>11</v>
+        <v>1191</v>
       </c>
       <c r="E349" t="s">
-        <v>12</v>
+        <v>1204</v>
       </c>
       <c r="F349" t="s">
-        <v>1213</v>
+        <v>1193</v>
       </c>
       <c r="G349" t="s">
-        <v>510</v>
+        <v>1198</v>
       </c>
       <c r="H349" t="s">
-        <v>81</v>
+        <v>1078</v>
       </c>
       <c r="I349" s="1" t="s">
-        <v>1214</v>
+        <v>72</v>
       </c>
     </row>
     <row r="350" spans="1:9">
       <c r="A350">
-        <v>514</v>
+        <v>551</v>
       </c>
       <c r="B350" t="s">
-        <v>1215</v>
+        <v>1190</v>
       </c>
       <c r="C350" t="s">
-        <v>1090</v>
+        <v>1055</v>
       </c>
       <c r="D350" t="s">
-        <v>11</v>
+        <v>1191</v>
       </c>
       <c r="E350" t="s">
-        <v>12</v>
+        <v>1205</v>
       </c>
       <c r="F350" t="s">
-        <v>1216</v>
+        <v>1193</v>
       </c>
       <c r="G350" t="s">
-        <v>510</v>
+        <v>1194</v>
       </c>
       <c r="H350" t="s">
-        <v>81</v>
+        <v>1206</v>
       </c>
       <c r="I350" s="1" t="s">
-        <v>1217</v>
+        <v>72</v>
       </c>
     </row>
     <row r="351" spans="1:9">
       <c r="A351">
-        <v>513</v>
+        <v>550</v>
       </c>
       <c r="B351" t="s">
-        <v>1218</v>
+        <v>1195</v>
       </c>
       <c r="C351" t="s">
-        <v>1219</v>
+        <v>1196</v>
       </c>
       <c r="D351" t="s">
-        <v>11</v>
+        <v>1191</v>
       </c>
       <c r="E351" t="s">
-        <v>12</v>
+        <v>1207</v>
       </c>
       <c r="F351" t="s">
-        <v>1220</v>
+        <v>1193</v>
       </c>
       <c r="G351" t="s">
-        <v>1221</v>
+        <v>1198</v>
       </c>
       <c r="H351" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-        <v>14174.55</v>
+        <v>1206</v>
+      </c>
+      <c r="I351" s="1" t="s">
+        <v>72</v>
       </c>
     </row>
     <row r="352" spans="1:9">
       <c r="A352">
-        <v>512</v>
+        <v>549</v>
       </c>
       <c r="B352" t="s">
-        <v>1222</v>
+        <v>1199</v>
       </c>
       <c r="C352" t="s">
-        <v>1223</v>
+        <v>1200</v>
       </c>
       <c r="D352" t="s">
-        <v>11</v>
+        <v>1191</v>
       </c>
       <c r="E352" t="s">
-        <v>12</v>
+        <v>1208</v>
       </c>
       <c r="F352" t="s">
-        <v>1224</v>
+        <v>1193</v>
       </c>
       <c r="G352" t="s">
-        <v>1225</v>
+        <v>1198</v>
       </c>
       <c r="H352" t="s">
-        <v>81</v>
+        <v>1206</v>
       </c>
       <c r="I352" s="1" t="s">
-        <v>1226</v>
+        <v>72</v>
       </c>
     </row>
     <row r="353" spans="1:9">
       <c r="A353">
-        <v>511</v>
+        <v>548</v>
       </c>
       <c r="B353" t="s">
-        <v>1227</v>
+        <v>1202</v>
       </c>
       <c r="C353" t="s">
-        <v>1228</v>
+        <v>1203</v>
       </c>
       <c r="D353" t="s">
-        <v>11</v>
+        <v>1191</v>
       </c>
       <c r="E353" t="s">
-        <v>12</v>
+        <v>1209</v>
       </c>
       <c r="F353" t="s">
-        <v>1229</v>
+        <v>1193</v>
+      </c>
+      <c r="G353" t="s">
+        <v>1198</v>
       </c>
       <c r="H353" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-        <v>18000</v>
+        <v>1206</v>
+      </c>
+      <c r="I353" s="1" t="s">
+        <v>72</v>
       </c>
     </row>
     <row r="354" spans="1:9">
       <c r="A354">
-        <v>510</v>
+        <v>547</v>
       </c>
       <c r="B354" t="s">
-        <v>1230</v>
+        <v>1210</v>
       </c>
       <c r="C354" t="s">
-        <v>1231</v>
+        <v>1211</v>
       </c>
       <c r="D354" t="s">
-        <v>1232</v>
+        <v>70</v>
       </c>
       <c r="E354" t="s">
-        <v>12</v>
+        <v>763</v>
       </c>
       <c r="F354" t="s">
-        <v>1233</v>
+        <v>1212</v>
+      </c>
+      <c r="G354" t="s">
+        <v>1213</v>
       </c>
       <c r="H354" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-        <v>176000</v>
+        <v>15</v>
+      </c>
+      <c r="I354" s="1" t="s">
+        <v>1214</v>
       </c>
     </row>
     <row r="355" spans="1:9">
       <c r="A355">
-        <v>509</v>
+        <v>546</v>
       </c>
       <c r="B355" t="s">
-        <v>1234</v>
+        <v>1215</v>
       </c>
       <c r="C355" t="s">
-        <v>1235</v>
+        <v>1216</v>
       </c>
       <c r="D355" t="s">
-        <v>47</v>
+        <v>70</v>
       </c>
       <c r="E355" t="s">
         <v>12</v>
       </c>
       <c r="F355" t="s">
-        <v>1028</v>
+        <v>1217</v>
+      </c>
+      <c r="G355" t="s">
+        <v>1218</v>
       </c>
       <c r="H355" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-        <v>4190131.16</v>
+        <v>42</v>
+      </c>
+      <c r="I355" s="1" t="s">
+        <v>1219</v>
       </c>
     </row>
     <row r="356" spans="1:9">
       <c r="A356">
-        <v>508</v>
+        <v>545</v>
       </c>
       <c r="B356" t="s">
-        <v>1236</v>
+        <v>1220</v>
       </c>
       <c r="C356" t="s">
-        <v>1237</v>
+        <v>422</v>
       </c>
       <c r="D356" t="s">
-        <v>62</v>
+        <v>26</v>
       </c>
       <c r="E356" t="s">
-        <v>12</v>
+        <v>1221</v>
       </c>
       <c r="F356" t="s">
-        <v>230</v>
+        <v>1222</v>
       </c>
       <c r="G356" t="s">
-        <v>1238</v>
+        <v>1223</v>
       </c>
       <c r="H356" t="s">
-        <v>29</v>
+        <v>22</v>
       </c>
       <c r="I356" s="1" t="s">
-        <v>1239</v>
+        <v>1224</v>
       </c>
     </row>
     <row r="357" spans="1:9">
       <c r="A357">
-        <v>507</v>
+        <v>544</v>
       </c>
       <c r="B357" t="s">
-        <v>1240</v>
+        <v>1225</v>
       </c>
       <c r="C357" t="s">
-        <v>1241</v>
+        <v>967</v>
       </c>
       <c r="D357" t="s">
-        <v>47</v>
+        <v>70</v>
       </c>
       <c r="E357" t="s">
-        <v>12</v>
+        <v>763</v>
       </c>
       <c r="F357" t="s">
-        <v>595</v>
+        <v>1226</v>
+      </c>
+      <c r="G357" t="s">
+        <v>1227</v>
       </c>
       <c r="H357" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-        <v>1211443.96</v>
+        <v>15</v>
+      </c>
+      <c r="I357" s="1" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="358" spans="1:9">
       <c r="A358">
-        <v>506</v>
+        <v>539</v>
       </c>
       <c r="B358" t="s">
-        <v>1242</v>
+        <v>1229</v>
       </c>
       <c r="C358" t="s">
-        <v>1243</v>
+        <v>422</v>
       </c>
       <c r="D358" t="s">
-        <v>47</v>
+        <v>11</v>
       </c>
       <c r="E358" t="s">
         <v>12</v>
       </c>
       <c r="F358" t="s">
-        <v>1244</v>
+        <v>1230</v>
       </c>
       <c r="G358" t="s">
-        <v>1245</v>
+        <v>1231</v>
       </c>
       <c r="H358" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I358" s="1" t="s">
-        <v>1246</v>
+        <v>1232</v>
       </c>
     </row>
     <row r="359" spans="1:9">
       <c r="A359">
-        <v>505</v>
+        <v>538</v>
       </c>
       <c r="B359" t="s">
-        <v>1247</v>
+        <v>1233</v>
       </c>
       <c r="C359" t="s">
-        <v>1248</v>
+        <v>422</v>
       </c>
       <c r="D359" t="s">
-        <v>47</v>
+        <v>38</v>
       </c>
       <c r="E359" t="s">
         <v>12</v>
       </c>
       <c r="F359" t="s">
-        <v>1152</v>
+        <v>1234</v>
+      </c>
+      <c r="G359" t="s">
+        <v>1235</v>
       </c>
       <c r="H359" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-        <v>933750</v>
+        <v>42</v>
+      </c>
+      <c r="I359" s="1" t="s">
+        <v>1236</v>
       </c>
     </row>
     <row r="360" spans="1:9">
       <c r="A360">
-        <v>504</v>
+        <v>536</v>
       </c>
       <c r="B360" t="s">
-        <v>1249</v>
+        <v>1237</v>
       </c>
       <c r="C360" t="s">
-        <v>1250</v>
+        <v>1104</v>
       </c>
       <c r="D360" t="s">
-        <v>62</v>
+        <v>38</v>
       </c>
       <c r="E360" t="s">
         <v>12</v>
       </c>
       <c r="F360" t="s">
-        <v>1147</v>
+        <v>1238</v>
       </c>
       <c r="G360" t="s">
-        <v>1251</v>
+        <v>1239</v>
       </c>
       <c r="H360" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I360" s="1" t="s">
-        <v>1252</v>
+        <v>30</v>
       </c>
     </row>
     <row r="361" spans="1:9">
       <c r="A361">
-        <v>503</v>
+        <v>535</v>
       </c>
       <c r="B361" t="s">
-        <v>1253</v>
+        <v>1240</v>
       </c>
       <c r="C361" t="s">
-        <v>1254</v>
+        <v>422</v>
       </c>
       <c r="D361" t="s">
-        <v>47</v>
+        <v>19</v>
       </c>
       <c r="E361" t="s">
         <v>12</v>
       </c>
       <c r="F361" t="s">
-        <v>1255</v>
+        <v>1241</v>
+      </c>
+      <c r="G361" t="s">
+        <v>1242</v>
       </c>
       <c r="H361" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-        <v>437400</v>
+        <v>42</v>
+      </c>
+      <c r="I361" s="1" t="s">
+        <v>1243</v>
       </c>
     </row>
     <row r="362" spans="1:9">
       <c r="A362">
-        <v>502</v>
+        <v>534</v>
       </c>
       <c r="B362" t="s">
-        <v>1256</v>
+        <v>1244</v>
       </c>
       <c r="C362" t="s">
-        <v>1257</v>
+        <v>1245</v>
       </c>
       <c r="D362" t="s">
-        <v>19</v>
+        <v>70</v>
       </c>
       <c r="E362" t="s">
         <v>12</v>
       </c>
       <c r="F362" t="s">
-        <v>1258</v>
+        <v>1246</v>
       </c>
       <c r="G362" t="s">
-        <v>1259</v>
+        <v>1247</v>
       </c>
       <c r="H362" t="s">
-        <v>81</v>
+        <v>997</v>
       </c>
       <c r="I362" s="1" t="s">
-        <v>1260</v>
+        <v>1148</v>
       </c>
     </row>
     <row r="363" spans="1:9">
       <c r="A363">
-        <v>501</v>
+        <v>533</v>
       </c>
       <c r="B363" t="s">
-        <v>1261</v>
+        <v>1248</v>
       </c>
       <c r="C363" t="s">
-        <v>1262</v>
+        <v>1249</v>
       </c>
       <c r="D363" t="s">
-        <v>47</v>
+        <v>70</v>
       </c>
       <c r="E363" t="s">
         <v>12</v>
       </c>
       <c r="F363" t="s">
-        <v>1263</v>
+        <v>1250</v>
       </c>
       <c r="G363" t="s">
-        <v>1200</v>
+        <v>1251</v>
       </c>
       <c r="H363" t="s">
-        <v>81</v>
+        <v>22</v>
       </c>
       <c r="I363" s="1" t="s">
-        <v>1264</v>
+        <v>1252</v>
       </c>
     </row>
     <row r="364" spans="1:9">
       <c r="A364">
-        <v>500</v>
+        <v>532</v>
       </c>
       <c r="B364" t="s">
-        <v>1265</v>
+        <v>1253</v>
       </c>
       <c r="C364" t="s">
-        <v>1266</v>
+        <v>1254</v>
       </c>
       <c r="D364" t="s">
-        <v>47</v>
+        <v>70</v>
       </c>
       <c r="E364" t="s">
         <v>12</v>
       </c>
       <c r="F364" t="s">
-        <v>1152</v>
+        <v>829</v>
+      </c>
+      <c r="G364" t="s">
+        <v>830</v>
       </c>
       <c r="H364" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>15</v>
+      </c>
+      <c r="I364" s="1" t="s">
+        <v>1255</v>
       </c>
     </row>
     <row r="365" spans="1:9">
       <c r="A365">
-        <v>499</v>
+        <v>531</v>
       </c>
       <c r="B365" t="s">
-        <v>1267</v>
+        <v>1256</v>
       </c>
       <c r="C365" t="s">
-        <v>1268</v>
+        <v>1104</v>
       </c>
       <c r="D365" t="s">
-        <v>11</v>
+        <v>70</v>
       </c>
       <c r="E365" t="s">
         <v>12</v>
       </c>
       <c r="F365" t="s">
-        <v>1269</v>
+        <v>1135</v>
       </c>
       <c r="G365" t="s">
-        <v>1270</v>
+        <v>830</v>
       </c>
       <c r="H365" t="s">
-        <v>81</v>
+        <v>15</v>
       </c>
       <c r="I365" s="1" t="s">
-        <v>1271</v>
+        <v>1257</v>
       </c>
     </row>
     <row r="366" spans="1:9">
       <c r="A366">
-        <v>498</v>
+        <v>530</v>
       </c>
       <c r="B366" t="s">
-        <v>1272</v>
+        <v>1258</v>
       </c>
       <c r="C366" t="s">
-        <v>1273</v>
+        <v>422</v>
       </c>
       <c r="D366" t="s">
-        <v>47</v>
+        <v>70</v>
       </c>
       <c r="E366" t="s">
         <v>12</v>
       </c>
       <c r="F366" t="s">
-        <v>1274</v>
+        <v>1259</v>
+      </c>
+      <c r="G366" t="s">
+        <v>566</v>
       </c>
       <c r="H366" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-        <v>7699450</v>
+        <v>22</v>
+      </c>
+      <c r="I366" s="1" t="s">
+        <v>1260</v>
       </c>
     </row>
     <row r="367" spans="1:9">
       <c r="A367">
-        <v>497</v>
+        <v>529</v>
       </c>
       <c r="B367" t="s">
-        <v>1275</v>
+        <v>1261</v>
       </c>
       <c r="C367" t="s">
-        <v>1276</v>
+        <v>1262</v>
       </c>
       <c r="D367" t="s">
-        <v>47</v>
+        <v>70</v>
       </c>
       <c r="E367" t="s">
         <v>12</v>
       </c>
       <c r="F367" t="s">
-        <v>1277</v>
+        <v>1263</v>
+      </c>
+      <c r="G367" t="s">
+        <v>566</v>
       </c>
       <c r="H367" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-        <v>33240</v>
+        <v>22</v>
+      </c>
+      <c r="I367" s="1" t="s">
+        <v>1264</v>
       </c>
     </row>
     <row r="368" spans="1:9">
       <c r="A368">
-        <v>496</v>
+        <v>528</v>
       </c>
       <c r="B368" t="s">
-        <v>1278</v>
+        <v>1265</v>
       </c>
       <c r="C368" t="s">
-        <v>1279</v>
+        <v>959</v>
       </c>
       <c r="D368" t="s">
         <v>11</v>
       </c>
       <c r="E368" t="s">
         <v>12</v>
       </c>
       <c r="F368" t="s">
-        <v>469</v>
+        <v>1266</v>
+      </c>
+      <c r="G368" t="s">
+        <v>1267</v>
       </c>
       <c r="H368" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-        <v>17458.67</v>
+        <v>42</v>
+      </c>
+      <c r="I368" s="1" t="s">
+        <v>1268</v>
       </c>
     </row>
     <row r="369" spans="1:9">
       <c r="A369">
-        <v>495</v>
+        <v>527</v>
       </c>
       <c r="B369" t="s">
-        <v>1280</v>
+        <v>1269</v>
       </c>
       <c r="C369" t="s">
-        <v>1281</v>
+        <v>1270</v>
       </c>
       <c r="D369" t="s">
-        <v>47</v>
+        <v>70</v>
       </c>
       <c r="E369" t="s">
         <v>12</v>
       </c>
       <c r="F369" t="s">
-        <v>1282</v>
+        <v>1271</v>
+      </c>
+      <c r="G369" t="s">
+        <v>1272</v>
       </c>
       <c r="H369" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-        <v>208600</v>
+        <v>15</v>
+      </c>
+      <c r="I369" s="1" t="s">
+        <v>1273</v>
       </c>
     </row>
     <row r="370" spans="1:9">
       <c r="A370">
-        <v>494</v>
+        <v>526</v>
       </c>
       <c r="B370" t="s">
-        <v>1283</v>
+        <v>1050</v>
       </c>
       <c r="C370" t="s">
-        <v>1284</v>
+        <v>1051</v>
       </c>
       <c r="D370" t="s">
         <v>11</v>
       </c>
       <c r="E370" t="s">
         <v>12</v>
       </c>
       <c r="F370" t="s">
-        <v>1285</v>
+        <v>1274</v>
+      </c>
+      <c r="G370" t="s">
+        <v>1275</v>
       </c>
       <c r="H370" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-        <v>9182.34</v>
+        <v>42</v>
+      </c>
+      <c r="I370" s="1" t="s">
+        <v>961</v>
       </c>
     </row>
     <row r="371" spans="1:9">
       <c r="A371">
-        <v>493</v>
+        <v>525</v>
       </c>
       <c r="B371" t="s">
-        <v>1286</v>
+        <v>1276</v>
       </c>
       <c r="C371" t="s">
-        <v>1287</v>
+        <v>1270</v>
       </c>
       <c r="D371" t="s">
-        <v>47</v>
+        <v>604</v>
       </c>
       <c r="E371" t="s">
         <v>12</v>
       </c>
       <c r="F371" t="s">
-        <v>469</v>
+        <v>1277</v>
       </c>
       <c r="G371" t="s">
-        <v>1288</v>
+        <v>1278</v>
       </c>
       <c r="H371" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-        <v>5124081.6</v>
+        <v>22</v>
+      </c>
+      <c r="I371" s="1" t="s">
+        <v>1279</v>
       </c>
     </row>
     <row r="372" spans="1:9">
       <c r="A372">
-        <v>492</v>
+        <v>524</v>
       </c>
       <c r="B372" t="s">
-        <v>1289</v>
+        <v>1280</v>
       </c>
       <c r="C372" t="s">
-        <v>1290</v>
+        <v>1281</v>
       </c>
       <c r="D372" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="E372" t="s">
         <v>12</v>
       </c>
       <c r="F372" t="s">
-        <v>1291</v>
+        <v>1282</v>
+      </c>
+      <c r="G372" t="s">
+        <v>1283</v>
       </c>
       <c r="H372" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-        <v>3900</v>
+        <v>42</v>
+      </c>
+      <c r="I372" s="1" t="s">
+        <v>1284</v>
       </c>
     </row>
     <row r="373" spans="1:9">
       <c r="A373">
-        <v>491</v>
+        <v>523</v>
       </c>
       <c r="B373" t="s">
-        <v>1292</v>
+        <v>1285</v>
       </c>
       <c r="C373" t="s">
-        <v>1293</v>
+        <v>1270</v>
       </c>
       <c r="D373" t="s">
-        <v>47</v>
+        <v>38</v>
       </c>
       <c r="E373" t="s">
         <v>12</v>
       </c>
       <c r="F373" t="s">
-        <v>1294</v>
+        <v>1286</v>
       </c>
       <c r="G373" t="s">
-        <v>192</v>
+        <v>1287</v>
       </c>
       <c r="H373" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-        <v>1170084.62</v>
+        <v>42</v>
+      </c>
+      <c r="I373" s="1" t="s">
+        <v>1288</v>
       </c>
     </row>
     <row r="374" spans="1:9">
       <c r="A374">
-        <v>490</v>
+        <v>522</v>
       </c>
       <c r="B374" t="s">
-        <v>1295</v>
+        <v>1289</v>
       </c>
       <c r="C374" t="s">
-        <v>1296</v>
+        <v>1270</v>
       </c>
       <c r="D374" t="s">
-        <v>62</v>
+        <v>19</v>
       </c>
       <c r="E374" t="s">
         <v>12</v>
       </c>
       <c r="F374" t="s">
-        <v>1297</v>
+        <v>1290</v>
+      </c>
+      <c r="G374" t="s">
+        <v>1291</v>
       </c>
       <c r="H374" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-        <v>0.19</v>
+        <v>42</v>
+      </c>
+      <c r="I374" s="1" t="s">
+        <v>1292</v>
       </c>
     </row>
     <row r="375" spans="1:9">
       <c r="A375">
-        <v>489</v>
+        <v>521</v>
       </c>
       <c r="B375" t="s">
-        <v>1298</v>
+        <v>1293</v>
       </c>
       <c r="C375" t="s">
-        <v>1299</v>
+        <v>959</v>
       </c>
       <c r="D375" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="E375" t="s">
         <v>12</v>
       </c>
       <c r="F375" t="s">
-        <v>1300</v>
+        <v>1238</v>
       </c>
       <c r="G375" t="s">
-        <v>1301</v>
+        <v>1294</v>
       </c>
       <c r="H375" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I375" s="1" t="s">
-        <v>1302</v>
+        <v>202</v>
       </c>
     </row>
     <row r="376" spans="1:9">
       <c r="A376">
-        <v>488</v>
+        <v>519</v>
       </c>
       <c r="B376" t="s">
-        <v>1303</v>
+        <v>1295</v>
       </c>
       <c r="C376" t="s">
-        <v>1304</v>
+        <v>1249</v>
       </c>
       <c r="D376" t="s">
-        <v>11</v>
+        <v>38</v>
       </c>
       <c r="E376" t="s">
         <v>12</v>
       </c>
       <c r="F376" t="s">
-        <v>1258</v>
+        <v>1296</v>
+      </c>
+      <c r="G376" t="s">
+        <v>1294</v>
       </c>
       <c r="H376" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-        <v>16750</v>
+        <v>42</v>
+      </c>
+      <c r="I376" s="1" t="s">
+        <v>202</v>
       </c>
     </row>
     <row r="377" spans="1:9">
       <c r="A377">
-        <v>487</v>
+        <v>518</v>
       </c>
       <c r="B377" t="s">
-        <v>1305</v>
+        <v>1297</v>
       </c>
       <c r="C377" t="s">
-        <v>1306</v>
+        <v>1262</v>
       </c>
       <c r="D377" t="s">
-        <v>1307</v>
+        <v>38</v>
       </c>
       <c r="E377" t="s">
         <v>12</v>
       </c>
       <c r="F377" t="s">
-        <v>469</v>
+        <v>1298</v>
+      </c>
+      <c r="G377" t="s">
+        <v>1294</v>
       </c>
       <c r="H377" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>42</v>
+      </c>
+      <c r="I377" s="1" t="s">
+        <v>1299</v>
       </c>
     </row>
     <row r="378" spans="1:9">
       <c r="A378">
-        <v>486</v>
+        <v>517</v>
       </c>
       <c r="B378" t="s">
-        <v>1308</v>
+        <v>1233</v>
       </c>
       <c r="C378" t="s">
-        <v>705</v>
+        <v>422</v>
       </c>
       <c r="D378" t="s">
-        <v>11</v>
+        <v>38</v>
       </c>
       <c r="E378" t="s">
         <v>12</v>
       </c>
       <c r="F378" t="s">
-        <v>1309</v>
+        <v>1300</v>
+      </c>
+      <c r="G378" t="s">
+        <v>1294</v>
       </c>
       <c r="H378" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-        <v>16500</v>
+        <v>42</v>
+      </c>
+      <c r="I378" s="1" t="s">
+        <v>48</v>
       </c>
     </row>
     <row r="379" spans="1:9">
       <c r="A379">
-        <v>485</v>
+        <v>516</v>
       </c>
       <c r="B379" t="s">
-        <v>1310</v>
+        <v>1301</v>
       </c>
       <c r="C379" t="s">
-        <v>1311</v>
+        <v>1302</v>
       </c>
       <c r="D379" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="E379" t="s">
         <v>12</v>
       </c>
       <c r="F379" t="s">
-        <v>1312</v>
+        <v>1303</v>
+      </c>
+      <c r="G379" t="s">
+        <v>803</v>
       </c>
       <c r="H379" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>42</v>
+      </c>
+      <c r="I379" s="1" t="s">
+        <v>1304</v>
       </c>
     </row>
     <row r="380" spans="1:9">
       <c r="A380">
-        <v>484</v>
+        <v>515</v>
       </c>
       <c r="B380" t="s">
-        <v>1313</v>
+        <v>1305</v>
       </c>
       <c r="C380" t="s">
-        <v>1314</v>
+        <v>1306</v>
       </c>
       <c r="D380" t="s">
-        <v>11</v>
+        <v>26</v>
       </c>
       <c r="E380" t="s">
         <v>12</v>
       </c>
       <c r="F380" t="s">
-        <v>1315</v>
+        <v>1307</v>
+      </c>
+      <c r="G380" t="s">
+        <v>617</v>
       </c>
       <c r="H380" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-        <v>1500</v>
+        <v>42</v>
+      </c>
+      <c r="I380" s="1" t="s">
+        <v>1308</v>
       </c>
     </row>
     <row r="381" spans="1:9">
       <c r="A381">
-        <v>482</v>
+        <v>514</v>
       </c>
       <c r="B381" t="s">
-        <v>1316</v>
+        <v>1309</v>
       </c>
       <c r="C381" t="s">
-        <v>1317</v>
+        <v>1186</v>
       </c>
       <c r="D381" t="s">
-        <v>62</v>
+        <v>26</v>
       </c>
       <c r="E381" t="s">
         <v>12</v>
       </c>
       <c r="F381" t="s">
-        <v>1244</v>
+        <v>1310</v>
       </c>
       <c r="G381" t="s">
-        <v>238</v>
+        <v>617</v>
       </c>
       <c r="H381" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>42</v>
+      </c>
+      <c r="I381" s="1" t="s">
+        <v>1311</v>
       </c>
     </row>
     <row r="382" spans="1:9">
       <c r="A382">
-        <v>481</v>
+        <v>513</v>
       </c>
       <c r="B382" t="s">
-        <v>1318</v>
+        <v>1312</v>
       </c>
       <c r="C382" t="s">
-        <v>1319</v>
+        <v>1313</v>
       </c>
       <c r="D382" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="E382" t="s">
         <v>12</v>
       </c>
       <c r="F382" t="s">
-        <v>1291</v>
+        <v>1314</v>
+      </c>
+      <c r="G382" t="s">
+        <v>1315</v>
       </c>
       <c r="H382" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I382" s="1">
-        <v>5850</v>
+        <v>14174.55</v>
       </c>
     </row>
     <row r="383" spans="1:9">
       <c r="A383">
-        <v>480</v>
+        <v>512</v>
       </c>
       <c r="B383" t="s">
+        <v>1316</v>
+      </c>
+      <c r="C383" t="s">
+        <v>1317</v>
+      </c>
+      <c r="D383" t="s">
+        <v>26</v>
+      </c>
+      <c r="E383" t="s">
+        <v>12</v>
+      </c>
+      <c r="F383" t="s">
+        <v>1318</v>
+      </c>
+      <c r="G383" t="s">
+        <v>1319</v>
+      </c>
+      <c r="H383" t="s">
+        <v>42</v>
+      </c>
+      <c r="I383" s="1" t="s">
         <v>1320</v>
-      </c>
-[...16 lines deleted...]
-        <v>3900</v>
       </c>
     </row>
     <row r="384" spans="1:9">
       <c r="A384">
-        <v>479</v>
+        <v>511</v>
       </c>
       <c r="B384" t="s">
+        <v>1321</v>
+      </c>
+      <c r="C384" t="s">
         <v>1322</v>
       </c>
-      <c r="C384" t="s">
+      <c r="D384" t="s">
+        <v>26</v>
+      </c>
+      <c r="E384" t="s">
+        <v>12</v>
+      </c>
+      <c r="F384" t="s">
         <v>1323</v>
       </c>
-      <c r="D384" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H384" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I384" s="1">
-        <v>369000</v>
+        <v>18000</v>
       </c>
     </row>
     <row r="385" spans="1:9">
       <c r="A385">
-        <v>478</v>
+        <v>510</v>
       </c>
       <c r="B385" t="s">
+        <v>1324</v>
+      </c>
+      <c r="C385" t="s">
         <v>1325</v>
       </c>
-      <c r="C385" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D385" t="s">
-        <v>1307</v>
+        <v>1326</v>
       </c>
       <c r="E385" t="s">
         <v>12</v>
       </c>
       <c r="F385" t="s">
-        <v>1326</v>
+        <v>1327</v>
       </c>
       <c r="H385" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I385" s="1">
-        <v>502521.18</v>
+        <v>176000</v>
       </c>
     </row>
     <row r="386" spans="1:9">
       <c r="A386">
-        <v>477</v>
+        <v>509</v>
       </c>
       <c r="B386" t="s">
-        <v>1327</v>
+        <v>1328</v>
       </c>
       <c r="C386" t="s">
-        <v>1328</v>
+        <v>1329</v>
       </c>
       <c r="D386" t="s">
-        <v>47</v>
+        <v>70</v>
       </c>
       <c r="E386" t="s">
         <v>12</v>
       </c>
       <c r="F386" t="s">
-        <v>1329</v>
+        <v>1124</v>
       </c>
       <c r="H386" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I386" s="1">
-        <v>0</v>
+        <v>4190131.16</v>
       </c>
     </row>
     <row r="387" spans="1:9">
       <c r="A387">
-        <v>476</v>
+        <v>508</v>
       </c>
       <c r="B387" t="s">
         <v>1330</v>
       </c>
       <c r="C387" t="s">
-        <v>1101</v>
+        <v>1331</v>
       </c>
       <c r="D387" t="s">
-        <v>1232</v>
+        <v>19</v>
       </c>
       <c r="E387" t="s">
         <v>12</v>
       </c>
       <c r="F387" t="s">
-        <v>1331</v>
+        <v>353</v>
+      </c>
+      <c r="G387" t="s">
+        <v>1332</v>
       </c>
       <c r="H387" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-        <v>149878.53</v>
+        <v>15</v>
+      </c>
+      <c r="I387" s="1" t="s">
+        <v>1333</v>
       </c>
     </row>
     <row r="388" spans="1:9">
       <c r="A388">
-        <v>475</v>
+        <v>507</v>
       </c>
       <c r="B388" t="s">
-        <v>1332</v>
+        <v>1334</v>
       </c>
       <c r="C388" t="s">
-        <v>705</v>
+        <v>1335</v>
       </c>
       <c r="D388" t="s">
-        <v>1232</v>
+        <v>70</v>
       </c>
       <c r="E388" t="s">
         <v>12</v>
       </c>
       <c r="F388" t="s">
-        <v>1333</v>
+        <v>701</v>
       </c>
       <c r="H388" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I388" s="1">
-        <v>102000</v>
+        <v>1211443.96</v>
       </c>
     </row>
     <row r="389" spans="1:9">
       <c r="A389">
-        <v>474</v>
+        <v>506</v>
       </c>
       <c r="B389" t="s">
-        <v>1334</v>
+        <v>1336</v>
       </c>
       <c r="C389" t="s">
-        <v>1335</v>
+        <v>1337</v>
       </c>
       <c r="D389" t="s">
-        <v>47</v>
+        <v>70</v>
       </c>
       <c r="E389" t="s">
         <v>12</v>
       </c>
       <c r="F389" t="s">
-        <v>1336</v>
+        <v>71</v>
+      </c>
+      <c r="G389" t="s">
+        <v>1338</v>
       </c>
       <c r="H389" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>42</v>
+      </c>
+      <c r="I389" s="1" t="s">
+        <v>1339</v>
       </c>
     </row>
     <row r="390" spans="1:9">
       <c r="A390">
-        <v>473</v>
+        <v>505</v>
       </c>
       <c r="B390" t="s">
-        <v>1337</v>
+        <v>1340</v>
       </c>
       <c r="C390" t="s">
-        <v>1237</v>
+        <v>1341</v>
       </c>
       <c r="D390" t="s">
-        <v>26</v>
+        <v>70</v>
       </c>
       <c r="E390" t="s">
         <v>12</v>
       </c>
       <c r="F390" t="s">
-        <v>1338</v>
-[...2 lines deleted...]
-        <v>1339</v>
+        <v>1246</v>
       </c>
       <c r="H390" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-        <v>1340</v>
+        <v>42</v>
+      </c>
+      <c r="I390" s="1">
+        <v>933750</v>
       </c>
     </row>
     <row r="391" spans="1:9">
       <c r="A391">
-        <v>472</v>
+        <v>504</v>
       </c>
       <c r="B391" t="s">
-        <v>1341</v>
+        <v>1342</v>
       </c>
       <c r="C391" t="s">
-        <v>1290</v>
+        <v>1343</v>
       </c>
       <c r="D391" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="E391" t="s">
         <v>12</v>
       </c>
       <c r="F391" t="s">
-        <v>1342</v>
+        <v>1241</v>
+      </c>
+      <c r="G391" t="s">
+        <v>1344</v>
       </c>
       <c r="H391" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-        <v>12950</v>
+        <v>42</v>
+      </c>
+      <c r="I391" s="1" t="s">
+        <v>1345</v>
       </c>
     </row>
     <row r="392" spans="1:9">
       <c r="A392">
-        <v>471</v>
+        <v>503</v>
       </c>
       <c r="B392" t="s">
-        <v>1343</v>
+        <v>1346</v>
       </c>
       <c r="C392" t="s">
-        <v>1321</v>
+        <v>1347</v>
       </c>
       <c r="D392" t="s">
-        <v>11</v>
+        <v>70</v>
       </c>
       <c r="E392" t="s">
         <v>12</v>
       </c>
       <c r="F392" t="s">
-        <v>1344</v>
+        <v>1348</v>
       </c>
       <c r="H392" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I392" s="1">
-        <v>8069.9</v>
+        <v>437400</v>
       </c>
     </row>
     <row r="393" spans="1:9">
       <c r="A393">
-        <v>470</v>
+        <v>502</v>
       </c>
       <c r="B393" t="s">
-        <v>1345</v>
+        <v>1349</v>
       </c>
       <c r="C393" t="s">
-        <v>1346</v>
+        <v>1350</v>
       </c>
       <c r="D393" t="s">
-        <v>11</v>
+        <v>38</v>
       </c>
       <c r="E393" t="s">
         <v>12</v>
       </c>
       <c r="F393" t="s">
-        <v>1347</v>
+        <v>1351</v>
+      </c>
+      <c r="G393" t="s">
+        <v>1352</v>
       </c>
       <c r="H393" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-        <v>11101.52</v>
+        <v>42</v>
+      </c>
+      <c r="I393" s="1" t="s">
+        <v>1353</v>
       </c>
     </row>
     <row r="394" spans="1:9">
       <c r="A394">
-        <v>469</v>
+        <v>501</v>
       </c>
       <c r="B394" t="s">
-        <v>1348</v>
+        <v>1354</v>
       </c>
       <c r="C394" t="s">
-        <v>1349</v>
+        <v>1355</v>
       </c>
       <c r="D394" t="s">
-        <v>47</v>
+        <v>70</v>
       </c>
       <c r="E394" t="s">
         <v>12</v>
       </c>
       <c r="F394" t="s">
-        <v>1350</v>
+        <v>1356</v>
+      </c>
+      <c r="G394" t="s">
+        <v>1294</v>
       </c>
       <c r="H394" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-        <v>299960</v>
+        <v>42</v>
+      </c>
+      <c r="I394" s="1" t="s">
+        <v>1357</v>
       </c>
     </row>
     <row r="395" spans="1:9">
       <c r="A395">
-        <v>468</v>
+        <v>500</v>
       </c>
       <c r="B395" t="s">
-        <v>1351</v>
+        <v>1358</v>
       </c>
       <c r="C395" t="s">
-        <v>1352</v>
+        <v>1359</v>
       </c>
       <c r="D395" t="s">
-        <v>47</v>
+        <v>70</v>
       </c>
       <c r="E395" t="s">
         <v>12</v>
       </c>
       <c r="F395" t="s">
-        <v>1353</v>
+        <v>1246</v>
       </c>
       <c r="H395" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I395" s="1">
-        <v>203735.36</v>
+        <v>0</v>
       </c>
     </row>
     <row r="396" spans="1:9">
       <c r="A396">
-        <v>467</v>
+        <v>499</v>
       </c>
       <c r="B396" t="s">
-        <v>1354</v>
+        <v>1360</v>
       </c>
       <c r="C396" t="s">
-        <v>1355</v>
+        <v>1361</v>
       </c>
       <c r="D396" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="E396" t="s">
         <v>12</v>
       </c>
       <c r="F396" t="s">
-        <v>1356</v>
+        <v>1362</v>
+      </c>
+      <c r="G396" t="s">
+        <v>1363</v>
       </c>
       <c r="H396" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-        <v>545000</v>
+        <v>42</v>
+      </c>
+      <c r="I396" s="1" t="s">
+        <v>1364</v>
       </c>
     </row>
     <row r="397" spans="1:9">
       <c r="A397">
-        <v>466</v>
+        <v>498</v>
       </c>
       <c r="B397" t="s">
-        <v>1357</v>
+        <v>1365</v>
       </c>
       <c r="C397" t="s">
-        <v>1358</v>
+        <v>1366</v>
       </c>
       <c r="D397" t="s">
-        <v>47</v>
+        <v>70</v>
       </c>
       <c r="E397" t="s">
         <v>12</v>
       </c>
       <c r="F397" t="s">
-        <v>1359</v>
+        <v>1367</v>
       </c>
       <c r="H397" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I397" s="1">
-        <v>78200</v>
+        <v>7699450</v>
       </c>
     </row>
     <row r="398" spans="1:9">
       <c r="A398">
-        <v>465</v>
+        <v>497</v>
       </c>
       <c r="B398" t="s">
-        <v>1360</v>
+        <v>1368</v>
       </c>
       <c r="C398" t="s">
-        <v>1361</v>
+        <v>1369</v>
       </c>
       <c r="D398" t="s">
-        <v>1307</v>
+        <v>70</v>
       </c>
       <c r="E398" t="s">
         <v>12</v>
       </c>
       <c r="F398" t="s">
-        <v>1326</v>
+        <v>1370</v>
       </c>
       <c r="H398" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I398" s="1">
-        <v>1388084.5</v>
+        <v>33240</v>
       </c>
     </row>
     <row r="399" spans="1:9">
       <c r="A399">
-        <v>464</v>
+        <v>496</v>
       </c>
       <c r="B399" t="s">
-        <v>1362</v>
+        <v>1371</v>
       </c>
       <c r="C399" t="s">
-        <v>1363</v>
+        <v>1372</v>
       </c>
       <c r="D399" t="s">
-        <v>11</v>
+        <v>26</v>
       </c>
       <c r="E399" t="s">
         <v>12</v>
       </c>
       <c r="F399" t="s">
-        <v>1364</v>
+        <v>578</v>
       </c>
       <c r="H399" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I399" s="1">
-        <v>1800</v>
+        <v>17458.67</v>
       </c>
     </row>
     <row r="400" spans="1:9">
       <c r="A400">
-        <v>463</v>
+        <v>495</v>
       </c>
       <c r="B400" t="s">
-        <v>1365</v>
+        <v>1373</v>
       </c>
       <c r="C400" t="s">
-        <v>1366</v>
+        <v>1374</v>
       </c>
       <c r="D400" t="s">
-        <v>11</v>
+        <v>70</v>
       </c>
       <c r="E400" t="s">
         <v>12</v>
       </c>
       <c r="F400" t="s">
-        <v>1367</v>
+        <v>1375</v>
       </c>
       <c r="H400" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I400" s="1">
-        <v>6466.08</v>
+        <v>208600</v>
       </c>
     </row>
     <row r="401" spans="1:9">
       <c r="A401">
-        <v>462</v>
+        <v>494</v>
       </c>
       <c r="B401" t="s">
-        <v>1368</v>
+        <v>1376</v>
       </c>
       <c r="C401" t="s">
-        <v>1250</v>
+        <v>1377</v>
       </c>
       <c r="D401" t="s">
         <v>26</v>
       </c>
       <c r="E401" t="s">
         <v>12</v>
       </c>
       <c r="F401" t="s">
-        <v>1369</v>
-[...2 lines deleted...]
-        <v>1370</v>
+        <v>1378</v>
       </c>
       <c r="H401" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-        <v>1371</v>
+        <v>42</v>
+      </c>
+      <c r="I401" s="1">
+        <v>9182.34</v>
       </c>
     </row>
     <row r="402" spans="1:9">
       <c r="A402">
-        <v>461</v>
+        <v>493</v>
       </c>
       <c r="B402" t="s">
-        <v>1372</v>
+        <v>1379</v>
       </c>
       <c r="C402" t="s">
-        <v>1373</v>
+        <v>1380</v>
       </c>
       <c r="D402" t="s">
-        <v>47</v>
+        <v>70</v>
       </c>
       <c r="E402" t="s">
         <v>12</v>
       </c>
       <c r="F402" t="s">
-        <v>1374</v>
+        <v>578</v>
       </c>
       <c r="G402" t="s">
-        <v>1375</v>
+        <v>1381</v>
       </c>
       <c r="H402" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-        <v>1376</v>
+        <v>42</v>
+      </c>
+      <c r="I402" s="1">
+        <v>5124081.6</v>
       </c>
     </row>
     <row r="403" spans="1:9">
       <c r="A403">
-        <v>460</v>
+        <v>492</v>
       </c>
       <c r="B403" t="s">
-        <v>1377</v>
+        <v>1382</v>
       </c>
       <c r="C403" t="s">
-        <v>1378</v>
+        <v>1383</v>
       </c>
       <c r="D403" t="s">
-        <v>47</v>
+        <v>38</v>
       </c>
       <c r="E403" t="s">
         <v>12</v>
       </c>
       <c r="F403" t="s">
-        <v>1379</v>
+        <v>1384</v>
       </c>
       <c r="H403" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I403" s="1">
-        <v>16139999.88</v>
+        <v>3900</v>
       </c>
     </row>
     <row r="404" spans="1:9">
       <c r="A404">
-        <v>459</v>
+        <v>491</v>
       </c>
       <c r="B404" t="s">
-        <v>1380</v>
+        <v>1385</v>
       </c>
       <c r="C404" t="s">
-        <v>1381</v>
+        <v>1386</v>
       </c>
       <c r="D404" t="s">
-        <v>11</v>
+        <v>70</v>
       </c>
       <c r="E404" t="s">
         <v>12</v>
       </c>
       <c r="F404" t="s">
-        <v>1382</v>
+        <v>1387</v>
+      </c>
+      <c r="G404" t="s">
+        <v>319</v>
       </c>
       <c r="H404" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I404" s="1">
-        <v>1650</v>
+        <v>1170084.62</v>
       </c>
     </row>
     <row r="405" spans="1:9">
       <c r="A405">
-        <v>458</v>
+        <v>490</v>
       </c>
       <c r="B405" t="s">
-        <v>1383</v>
+        <v>1388</v>
       </c>
       <c r="C405" t="s">
-        <v>1384</v>
+        <v>1389</v>
       </c>
       <c r="D405" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="E405" t="s">
         <v>12</v>
       </c>
       <c r="F405" t="s">
-        <v>1385</v>
+        <v>1390</v>
       </c>
       <c r="H405" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I405" s="1">
-        <v>1800</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="406" spans="1:9">
       <c r="A406">
-        <v>457</v>
+        <v>489</v>
       </c>
       <c r="B406" t="s">
-        <v>1386</v>
+        <v>1391</v>
       </c>
       <c r="C406" t="s">
-        <v>1387</v>
+        <v>1392</v>
       </c>
       <c r="D406" t="s">
         <v>11</v>
       </c>
       <c r="E406" t="s">
         <v>12</v>
       </c>
       <c r="F406" t="s">
-        <v>1388</v>
+        <v>1393</v>
+      </c>
+      <c r="G406" t="s">
+        <v>1394</v>
       </c>
       <c r="H406" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-        <v>1800</v>
+        <v>42</v>
+      </c>
+      <c r="I406" s="1" t="s">
+        <v>1395</v>
       </c>
     </row>
     <row r="407" spans="1:9">
       <c r="A407">
-        <v>456</v>
+        <v>488</v>
       </c>
       <c r="B407" t="s">
-        <v>1389</v>
+        <v>1396</v>
       </c>
       <c r="C407" t="s">
-        <v>1390</v>
+        <v>1397</v>
       </c>
       <c r="D407" t="s">
-        <v>11</v>
+        <v>26</v>
       </c>
       <c r="E407" t="s">
         <v>12</v>
       </c>
       <c r="F407" t="s">
-        <v>1391</v>
+        <v>1351</v>
       </c>
       <c r="H407" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I407" s="1">
-        <v>1800</v>
+        <v>16750</v>
       </c>
     </row>
     <row r="408" spans="1:9">
       <c r="A408">
-        <v>455</v>
+        <v>487</v>
       </c>
       <c r="B408" t="s">
-        <v>1392</v>
+        <v>1398</v>
       </c>
       <c r="C408" t="s">
-        <v>1393</v>
+        <v>1399</v>
       </c>
       <c r="D408" t="s">
-        <v>11</v>
+        <v>1400</v>
       </c>
       <c r="E408" t="s">
         <v>12</v>
       </c>
       <c r="F408" t="s">
-        <v>1394</v>
+        <v>578</v>
       </c>
       <c r="H408" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I408" s="1">
-        <v>1800</v>
+        <v>0</v>
       </c>
     </row>
     <row r="409" spans="1:9">
       <c r="A409">
-        <v>454</v>
+        <v>486</v>
       </c>
       <c r="B409" t="s">
-        <v>1395</v>
+        <v>1401</v>
       </c>
       <c r="C409" t="s">
-        <v>1396</v>
+        <v>809</v>
       </c>
       <c r="D409" t="s">
-        <v>11</v>
+        <v>26</v>
       </c>
       <c r="E409" t="s">
         <v>12</v>
       </c>
       <c r="F409" t="s">
-        <v>1397</v>
+        <v>1402</v>
       </c>
       <c r="H409" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I409" s="1">
-        <v>1800</v>
+        <v>16500</v>
       </c>
     </row>
     <row r="410" spans="1:9">
       <c r="A410">
-        <v>453</v>
+        <v>485</v>
       </c>
       <c r="B410" t="s">
-        <v>1398</v>
+        <v>1403</v>
       </c>
       <c r="C410" t="s">
-        <v>1399</v>
+        <v>1404</v>
       </c>
       <c r="D410" t="s">
-        <v>11</v>
+        <v>70</v>
       </c>
       <c r="E410" t="s">
         <v>12</v>
       </c>
       <c r="F410" t="s">
-        <v>1400</v>
+        <v>1405</v>
       </c>
       <c r="H410" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I410" s="1">
-        <v>1000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="411" spans="1:9">
       <c r="A411">
-        <v>452</v>
+        <v>484</v>
       </c>
       <c r="B411" t="s">
-        <v>1401</v>
+        <v>1406</v>
       </c>
       <c r="C411" t="s">
-        <v>1402</v>
+        <v>1407</v>
       </c>
       <c r="D411" t="s">
-        <v>11</v>
+        <v>26</v>
       </c>
       <c r="E411" t="s">
         <v>12</v>
       </c>
       <c r="F411" t="s">
-        <v>1403</v>
+        <v>1408</v>
       </c>
       <c r="H411" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I411" s="1">
-        <v>1110</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="412" spans="1:9">
       <c r="A412">
-        <v>451</v>
+        <v>482</v>
       </c>
       <c r="B412" t="s">
-        <v>1404</v>
+        <v>1409</v>
       </c>
       <c r="C412" t="s">
-        <v>1405</v>
+        <v>1410</v>
       </c>
       <c r="D412" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="E412" t="s">
         <v>12</v>
       </c>
       <c r="F412" t="s">
-        <v>1406</v>
+        <v>71</v>
+      </c>
+      <c r="G412" t="s">
+        <v>360</v>
       </c>
       <c r="H412" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I412" s="1">
-        <v>13506.9</v>
+        <v>0</v>
       </c>
     </row>
     <row r="413" spans="1:9">
       <c r="A413">
-        <v>450</v>
+        <v>481</v>
       </c>
       <c r="B413" t="s">
-        <v>1407</v>
+        <v>1411</v>
       </c>
       <c r="C413" t="s">
-        <v>1408</v>
+        <v>1412</v>
       </c>
       <c r="D413" t="s">
-        <v>47</v>
+        <v>38</v>
       </c>
       <c r="E413" t="s">
         <v>12</v>
       </c>
       <c r="F413" t="s">
-        <v>1409</v>
+        <v>1384</v>
       </c>
       <c r="H413" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I413" s="1">
-        <v>0</v>
+        <v>5850</v>
       </c>
     </row>
     <row r="414" spans="1:9">
       <c r="A414">
-        <v>449</v>
+        <v>480</v>
       </c>
       <c r="B414" t="s">
-        <v>1320</v>
+        <v>1413</v>
       </c>
       <c r="C414" t="s">
-        <v>1321</v>
+        <v>1414</v>
       </c>
       <c r="D414" t="s">
-        <v>19</v>
+        <v>38</v>
       </c>
       <c r="E414" t="s">
         <v>12</v>
       </c>
       <c r="F414" t="s">
-        <v>1410</v>
+        <v>1384</v>
       </c>
       <c r="H414" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I414" s="1">
-        <v>4500</v>
+        <v>3900</v>
       </c>
     </row>
     <row r="415" spans="1:9">
       <c r="A415">
-        <v>448</v>
+        <v>479</v>
       </c>
       <c r="B415" t="s">
-        <v>1411</v>
+        <v>1415</v>
       </c>
       <c r="C415" t="s">
-        <v>1412</v>
+        <v>1416</v>
       </c>
       <c r="D415" t="s">
-        <v>11</v>
+        <v>70</v>
       </c>
       <c r="E415" t="s">
         <v>12</v>
       </c>
       <c r="F415" t="s">
-        <v>1413</v>
-[...2 lines deleted...]
-        <v>484</v>
+        <v>1417</v>
       </c>
       <c r="H415" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-        <v>1414</v>
+        <v>42</v>
+      </c>
+      <c r="I415" s="1">
+        <v>369000</v>
       </c>
     </row>
     <row r="416" spans="1:9">
       <c r="A416">
-        <v>447</v>
+        <v>478</v>
       </c>
       <c r="B416" t="s">
-        <v>1415</v>
+        <v>1418</v>
       </c>
       <c r="C416" t="s">
-        <v>1416</v>
+        <v>809</v>
       </c>
       <c r="D416" t="s">
-        <v>47</v>
+        <v>1400</v>
       </c>
       <c r="E416" t="s">
         <v>12</v>
       </c>
       <c r="F416" t="s">
-        <v>1071</v>
+        <v>1419</v>
       </c>
       <c r="H416" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I416" s="1">
-        <v>0</v>
+        <v>502521.18</v>
       </c>
     </row>
     <row r="417" spans="1:9">
       <c r="A417">
-        <v>446</v>
+        <v>477</v>
       </c>
       <c r="B417" t="s">
-        <v>1417</v>
+        <v>1420</v>
       </c>
       <c r="C417" t="s">
-        <v>1418</v>
+        <v>1421</v>
       </c>
       <c r="D417" t="s">
-        <v>1419</v>
+        <v>70</v>
       </c>
       <c r="E417" t="s">
         <v>12</v>
       </c>
       <c r="F417" t="s">
-        <v>1420</v>
+        <v>1422</v>
       </c>
       <c r="H417" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I417" s="1">
-        <v>123500</v>
+        <v>0</v>
       </c>
     </row>
     <row r="418" spans="1:9">
       <c r="A418">
-        <v>445</v>
+        <v>476</v>
       </c>
       <c r="B418" t="s">
-        <v>1421</v>
+        <v>1423</v>
       </c>
       <c r="C418" t="s">
-        <v>1422</v>
+        <v>1196</v>
       </c>
       <c r="D418" t="s">
-        <v>11</v>
+        <v>1326</v>
       </c>
       <c r="E418" t="s">
         <v>12</v>
       </c>
       <c r="F418" t="s">
-        <v>1423</v>
+        <v>1424</v>
       </c>
       <c r="H418" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I418" s="1">
-        <v>18177.2</v>
+        <v>149878.53</v>
       </c>
     </row>
     <row r="419" spans="1:9">
       <c r="A419">
-        <v>444</v>
+        <v>475</v>
       </c>
       <c r="B419" t="s">
-        <v>1424</v>
+        <v>1425</v>
       </c>
       <c r="C419" t="s">
-        <v>1105</v>
+        <v>809</v>
       </c>
       <c r="D419" t="s">
-        <v>445</v>
+        <v>1326</v>
       </c>
       <c r="E419" t="s">
         <v>12</v>
       </c>
       <c r="F419" t="s">
-        <v>1425</v>
+        <v>1426</v>
       </c>
       <c r="H419" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I419" s="1">
-        <v>0</v>
+        <v>102000</v>
       </c>
     </row>
     <row r="420" spans="1:9">
       <c r="A420">
-        <v>443</v>
+        <v>474</v>
       </c>
       <c r="B420" t="s">
-        <v>1426</v>
+        <v>1427</v>
       </c>
       <c r="C420" t="s">
-        <v>1427</v>
+        <v>1428</v>
       </c>
       <c r="D420" t="s">
-        <v>19</v>
+        <v>70</v>
       </c>
       <c r="E420" t="s">
         <v>12</v>
       </c>
       <c r="F420" t="s">
-        <v>1428</v>
+        <v>1429</v>
       </c>
       <c r="H420" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I420" s="1">
-        <v>80000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="421" spans="1:9">
       <c r="A421">
-        <v>442</v>
+        <v>473</v>
       </c>
       <c r="B421" t="s">
-        <v>1429</v>
+        <v>1430</v>
       </c>
       <c r="C421" t="s">
-        <v>1430</v>
+        <v>1331</v>
       </c>
       <c r="D421" t="s">
-        <v>47</v>
+        <v>11</v>
       </c>
       <c r="E421" t="s">
         <v>12</v>
       </c>
       <c r="F421" t="s">
         <v>1431</v>
       </c>
+      <c r="G421" t="s">
+        <v>1432</v>
+      </c>
       <c r="H421" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>42</v>
+      </c>
+      <c r="I421" s="1" t="s">
+        <v>1433</v>
       </c>
     </row>
     <row r="422" spans="1:9">
       <c r="A422">
-        <v>441</v>
+        <v>472</v>
       </c>
       <c r="B422" t="s">
-        <v>1432</v>
+        <v>1434</v>
       </c>
       <c r="C422" t="s">
-        <v>1405</v>
+        <v>1383</v>
       </c>
       <c r="D422" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="E422" t="s">
         <v>12</v>
       </c>
       <c r="F422" t="s">
-        <v>1433</v>
+        <v>1435</v>
       </c>
       <c r="H422" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I422" s="1">
-        <v>17260.75</v>
+        <v>12950</v>
       </c>
     </row>
     <row r="423" spans="1:9">
       <c r="A423">
-        <v>440</v>
+        <v>471</v>
       </c>
       <c r="B423" t="s">
-        <v>1434</v>
+        <v>1436</v>
       </c>
       <c r="C423" t="s">
-        <v>1402</v>
+        <v>1414</v>
       </c>
       <c r="D423" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="E423" t="s">
         <v>12</v>
       </c>
       <c r="F423" t="s">
-        <v>1435</v>
+        <v>1437</v>
       </c>
       <c r="H423" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I423" s="1">
-        <v>71122.2</v>
+        <v>8069.9</v>
       </c>
     </row>
     <row r="424" spans="1:9">
       <c r="A424">
-        <v>439</v>
+        <v>470</v>
       </c>
       <c r="B424" t="s">
-        <v>1337</v>
+        <v>1438</v>
       </c>
       <c r="C424" t="s">
-        <v>1237</v>
+        <v>1439</v>
       </c>
       <c r="D424" t="s">
         <v>26</v>
       </c>
       <c r="E424" t="s">
         <v>12</v>
       </c>
       <c r="F424" t="s">
-        <v>1436</v>
-[...2 lines deleted...]
-        <v>1437</v>
+        <v>1440</v>
       </c>
       <c r="H424" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-        <v>1438</v>
+        <v>42</v>
+      </c>
+      <c r="I424" s="1">
+        <v>11101.52</v>
       </c>
     </row>
     <row r="425" spans="1:9">
       <c r="A425">
-        <v>438</v>
+        <v>469</v>
       </c>
       <c r="B425" t="s">
-        <v>1439</v>
+        <v>1441</v>
       </c>
       <c r="C425" t="s">
-        <v>1440</v>
+        <v>1442</v>
       </c>
       <c r="D425" t="s">
-        <v>11</v>
+        <v>70</v>
       </c>
       <c r="E425" t="s">
         <v>12</v>
       </c>
       <c r="F425" t="s">
-        <v>1441</v>
+        <v>1443</v>
       </c>
       <c r="H425" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I425" s="1">
-        <v>16796</v>
+        <v>299960</v>
       </c>
     </row>
     <row r="426" spans="1:9">
       <c r="A426">
-        <v>437</v>
+        <v>468</v>
       </c>
       <c r="B426" t="s">
-        <v>1442</v>
+        <v>1444</v>
       </c>
       <c r="C426" t="s">
-        <v>366</v>
+        <v>1445</v>
       </c>
       <c r="D426" t="s">
-        <v>62</v>
+        <v>70</v>
       </c>
       <c r="E426" t="s">
         <v>12</v>
       </c>
       <c r="F426" t="s">
-        <v>1443</v>
-[...2 lines deleted...]
-        <v>1444</v>
+        <v>1446</v>
       </c>
       <c r="H426" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-        <v>313</v>
+        <v>42</v>
+      </c>
+      <c r="I426" s="1">
+        <v>203735.36</v>
       </c>
     </row>
     <row r="427" spans="1:9">
       <c r="A427">
-        <v>436</v>
+        <v>467</v>
       </c>
       <c r="B427" t="s">
-        <v>1445</v>
+        <v>1447</v>
       </c>
       <c r="C427" t="s">
-        <v>1187</v>
+        <v>1448</v>
       </c>
       <c r="D427" t="s">
-        <v>19</v>
+        <v>70</v>
       </c>
       <c r="E427" t="s">
         <v>12</v>
       </c>
       <c r="F427" t="s">
-        <v>1446</v>
-[...2 lines deleted...]
-        <v>1447</v>
+        <v>1449</v>
       </c>
       <c r="H427" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-        <v>1194</v>
+        <v>42</v>
+      </c>
+      <c r="I427" s="1">
+        <v>545000</v>
       </c>
     </row>
     <row r="428" spans="1:9">
       <c r="A428">
-        <v>435</v>
+        <v>466</v>
       </c>
       <c r="B428" t="s">
-        <v>1448</v>
+        <v>1450</v>
       </c>
       <c r="C428" t="s">
-        <v>1449</v>
+        <v>1451</v>
       </c>
       <c r="D428" t="s">
-        <v>19</v>
+        <v>70</v>
       </c>
       <c r="E428" t="s">
         <v>12</v>
       </c>
       <c r="F428" t="s">
-        <v>1450</v>
+        <v>1452</v>
       </c>
       <c r="H428" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I428" s="1">
-        <v>150000</v>
+        <v>78200</v>
       </c>
     </row>
     <row r="429" spans="1:9">
       <c r="A429">
-        <v>434</v>
+        <v>465</v>
       </c>
       <c r="B429" t="s">
-        <v>1426</v>
+        <v>1453</v>
       </c>
       <c r="C429" t="s">
-        <v>1427</v>
+        <v>1454</v>
       </c>
       <c r="D429" t="s">
-        <v>19</v>
+        <v>1400</v>
       </c>
       <c r="E429" t="s">
         <v>12</v>
       </c>
       <c r="F429" t="s">
-        <v>1450</v>
+        <v>1419</v>
       </c>
       <c r="H429" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I429" s="1">
-        <v>90000</v>
+        <v>1388084.5</v>
       </c>
     </row>
     <row r="430" spans="1:9">
       <c r="A430">
-        <v>433</v>
+        <v>464</v>
       </c>
       <c r="B430" t="s">
-        <v>1451</v>
+        <v>1455</v>
       </c>
       <c r="C430" t="s">
-        <v>1452</v>
+        <v>1456</v>
       </c>
       <c r="D430" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="E430" t="s">
         <v>12</v>
       </c>
       <c r="F430" t="s">
-        <v>1450</v>
+        <v>1457</v>
       </c>
       <c r="H430" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I430" s="1">
-        <v>130000</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="431" spans="1:9">
       <c r="A431">
-        <v>432</v>
+        <v>463</v>
       </c>
       <c r="B431" t="s">
-        <v>1453</v>
+        <v>1458</v>
       </c>
       <c r="C431" t="s">
-        <v>1454</v>
+        <v>1459</v>
       </c>
       <c r="D431" t="s">
         <v>26</v>
       </c>
       <c r="E431" t="s">
         <v>12</v>
       </c>
       <c r="F431" t="s">
-        <v>1455</v>
-[...2 lines deleted...]
-        <v>1456</v>
+        <v>1460</v>
       </c>
       <c r="H431" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>1457</v>
+        <v>42</v>
+      </c>
+      <c r="I431" s="1">
+        <v>6466.08</v>
       </c>
     </row>
     <row r="432" spans="1:9">
       <c r="A432">
-        <v>431</v>
+        <v>462</v>
       </c>
       <c r="B432" t="s">
-        <v>1458</v>
+        <v>1461</v>
       </c>
       <c r="C432" t="s">
-        <v>1459</v>
+        <v>1343</v>
       </c>
       <c r="D432" t="s">
-        <v>47</v>
+        <v>11</v>
       </c>
       <c r="E432" t="s">
         <v>12</v>
       </c>
       <c r="F432" t="s">
-        <v>1460</v>
+        <v>1462</v>
+      </c>
+      <c r="G432" t="s">
+        <v>1463</v>
       </c>
       <c r="H432" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-        <v>34418.1</v>
+        <v>42</v>
+      </c>
+      <c r="I432" s="1" t="s">
+        <v>1464</v>
       </c>
     </row>
     <row r="433" spans="1:9">
       <c r="A433">
-        <v>430</v>
+        <v>461</v>
       </c>
       <c r="B433" t="s">
-        <v>1461</v>
+        <v>1465</v>
       </c>
       <c r="C433" t="s">
-        <v>544</v>
+        <v>1466</v>
       </c>
       <c r="D433" t="s">
-        <v>1419</v>
+        <v>70</v>
       </c>
       <c r="E433" t="s">
         <v>12</v>
       </c>
       <c r="F433" t="s">
-        <v>469</v>
+        <v>1467</v>
       </c>
       <c r="G433" t="s">
-        <v>424</v>
+        <v>1468</v>
       </c>
       <c r="H433" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-        <v>162000</v>
+        <v>42</v>
+      </c>
+      <c r="I433" s="1" t="s">
+        <v>1469</v>
       </c>
     </row>
     <row r="434" spans="1:9">
       <c r="A434">
-        <v>429</v>
+        <v>460</v>
       </c>
       <c r="B434" t="s">
-        <v>1462</v>
+        <v>1470</v>
       </c>
       <c r="C434" t="s">
-        <v>1463</v>
+        <v>1471</v>
       </c>
       <c r="D434" t="s">
-        <v>26</v>
+        <v>70</v>
       </c>
       <c r="E434" t="s">
         <v>12</v>
       </c>
       <c r="F434" t="s">
-        <v>1464</v>
-[...2 lines deleted...]
-        <v>1465</v>
+        <v>1472</v>
       </c>
       <c r="H434" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-        <v>1466</v>
+        <v>42</v>
+      </c>
+      <c r="I434" s="1">
+        <v>16139999.88</v>
       </c>
     </row>
     <row r="435" spans="1:9">
       <c r="A435">
-        <v>428</v>
+        <v>459</v>
       </c>
       <c r="B435" t="s">
-        <v>1467</v>
+        <v>1473</v>
       </c>
       <c r="C435" t="s">
-        <v>697</v>
+        <v>1474</v>
       </c>
       <c r="D435" t="s">
-        <v>11</v>
+        <v>26</v>
       </c>
       <c r="E435" t="s">
         <v>12</v>
       </c>
       <c r="F435" t="s">
-        <v>1468</v>
+        <v>1475</v>
       </c>
       <c r="H435" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I435" s="1">
-        <v>17262</v>
+        <v>1650</v>
       </c>
     </row>
     <row r="436" spans="1:9">
       <c r="A436">
-        <v>427</v>
+        <v>458</v>
       </c>
       <c r="B436" t="s">
-        <v>1469</v>
+        <v>1476</v>
       </c>
       <c r="C436" t="s">
-        <v>1470</v>
+        <v>1477</v>
       </c>
       <c r="D436" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="E436" t="s">
         <v>12</v>
       </c>
       <c r="F436" t="s">
-        <v>866</v>
-[...2 lines deleted...]
-        <v>1471</v>
+        <v>1478</v>
       </c>
       <c r="H436" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-        <v>1472</v>
+        <v>42</v>
+      </c>
+      <c r="I436" s="1">
+        <v>1800</v>
       </c>
     </row>
     <row r="437" spans="1:9">
       <c r="A437">
-        <v>426</v>
+        <v>457</v>
       </c>
       <c r="B437" t="s">
-        <v>1473</v>
+        <v>1479</v>
       </c>
       <c r="C437" t="s">
-        <v>1187</v>
+        <v>1480</v>
       </c>
       <c r="D437" t="s">
-        <v>11</v>
+        <v>26</v>
       </c>
       <c r="E437" t="s">
         <v>12</v>
       </c>
       <c r="F437" t="s">
-        <v>1474</v>
+        <v>1481</v>
       </c>
       <c r="H437" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I437" s="1">
-        <v>16675</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="438" spans="1:9">
       <c r="A438">
-        <v>425</v>
+        <v>456</v>
       </c>
       <c r="B438" t="s">
-        <v>1475</v>
+        <v>1482</v>
       </c>
       <c r="C438" t="s">
-        <v>1268</v>
+        <v>1483</v>
       </c>
       <c r="D438" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="E438" t="s">
         <v>12</v>
       </c>
       <c r="F438" t="s">
-        <v>1476</v>
+        <v>1484</v>
       </c>
       <c r="H438" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I438" s="1">
-        <v>837992.8</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="439" spans="1:9">
       <c r="A439">
-        <v>424</v>
+        <v>455</v>
       </c>
       <c r="B439" t="s">
-        <v>1477</v>
+        <v>1485</v>
       </c>
       <c r="C439" t="s">
-        <v>1478</v>
+        <v>1486</v>
       </c>
       <c r="D439" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="E439" t="s">
         <v>12</v>
       </c>
       <c r="F439" t="s">
-        <v>1479</v>
+        <v>1487</v>
       </c>
       <c r="H439" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I439" s="1">
-        <v>0</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="440" spans="1:9">
       <c r="A440">
-        <v>423</v>
+        <v>454</v>
       </c>
       <c r="B440" t="s">
-        <v>1480</v>
+        <v>1488</v>
       </c>
       <c r="C440" t="s">
-        <v>1481</v>
+        <v>1489</v>
       </c>
       <c r="D440" t="s">
-        <v>11</v>
+        <v>26</v>
       </c>
       <c r="E440" t="s">
         <v>12</v>
       </c>
       <c r="F440" t="s">
-        <v>1482</v>
+        <v>1490</v>
       </c>
       <c r="H440" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I440" s="1">
-        <v>0</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="441" spans="1:9">
       <c r="A441">
-        <v>422</v>
+        <v>453</v>
       </c>
       <c r="B441" t="s">
-        <v>1483</v>
+        <v>1491</v>
       </c>
       <c r="C441" t="s">
-        <v>1484</v>
+        <v>1492</v>
       </c>
       <c r="D441" t="s">
-        <v>62</v>
+        <v>26</v>
       </c>
       <c r="E441" t="s">
         <v>12</v>
       </c>
       <c r="F441" t="s">
-        <v>1485</v>
+        <v>1493</v>
       </c>
       <c r="H441" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I441" s="1">
-        <v>5000000</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="442" spans="1:9">
       <c r="A442">
-        <v>421</v>
+        <v>452</v>
       </c>
       <c r="B442" t="s">
-        <v>1486</v>
+        <v>1494</v>
       </c>
       <c r="C442" t="s">
-        <v>1487</v>
+        <v>1495</v>
       </c>
       <c r="D442" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="E442" t="s">
         <v>12</v>
       </c>
       <c r="F442" t="s">
-        <v>1488</v>
+        <v>1496</v>
       </c>
       <c r="H442" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I442" s="1">
-        <v>545253</v>
+        <v>1110</v>
       </c>
     </row>
     <row r="443" spans="1:9">
       <c r="A443">
-        <v>420</v>
+        <v>451</v>
       </c>
       <c r="B443" t="s">
-        <v>1489</v>
+        <v>1497</v>
       </c>
       <c r="C443" t="s">
-        <v>1490</v>
+        <v>1498</v>
       </c>
       <c r="D443" t="s">
         <v>26</v>
       </c>
       <c r="E443" t="s">
         <v>12</v>
       </c>
       <c r="F443" t="s">
-        <v>1491</v>
+        <v>1499</v>
       </c>
       <c r="H443" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I443" s="1">
-        <v>12417525.86</v>
+        <v>13506.9</v>
       </c>
     </row>
     <row r="444" spans="1:9">
       <c r="A444">
-        <v>419</v>
+        <v>450</v>
       </c>
       <c r="B444" t="s">
-        <v>1492</v>
+        <v>1500</v>
       </c>
       <c r="C444" t="s">
-        <v>1493</v>
+        <v>1501</v>
       </c>
       <c r="D444" t="s">
-        <v>26</v>
+        <v>70</v>
       </c>
       <c r="E444" t="s">
         <v>12</v>
       </c>
       <c r="F444" t="s">
-        <v>1494</v>
-[...2 lines deleted...]
-        <v>1495</v>
+        <v>1502</v>
       </c>
       <c r="H444" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-        <v>1496</v>
+        <v>42</v>
+      </c>
+      <c r="I444" s="1">
+        <v>0</v>
       </c>
     </row>
     <row r="445" spans="1:9">
       <c r="A445">
-        <v>418</v>
+        <v>449</v>
       </c>
       <c r="B445" t="s">
-        <v>1497</v>
+        <v>1413</v>
       </c>
       <c r="C445" t="s">
-        <v>931</v>
+        <v>1414</v>
       </c>
       <c r="D445" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="E445" t="s">
         <v>12</v>
       </c>
       <c r="F445" t="s">
-        <v>1498</v>
-[...2 lines deleted...]
-        <v>1499</v>
+        <v>1503</v>
       </c>
       <c r="H445" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-        <v>1500</v>
+        <v>42</v>
+      </c>
+      <c r="I445" s="1">
+        <v>4500</v>
       </c>
     </row>
     <row r="446" spans="1:9">
       <c r="A446">
-        <v>417</v>
+        <v>448</v>
       </c>
       <c r="B446" t="s">
-        <v>1453</v>
+        <v>1504</v>
       </c>
       <c r="C446" t="s">
-        <v>1454</v>
+        <v>1505</v>
       </c>
       <c r="D446" t="s">
         <v>26</v>
       </c>
       <c r="E446" t="s">
         <v>12</v>
       </c>
       <c r="F446" t="s">
-        <v>1501</v>
+        <v>1506</v>
       </c>
       <c r="G446" t="s">
-        <v>1502</v>
+        <v>591</v>
       </c>
       <c r="H446" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I446" s="1" t="s">
-        <v>1503</v>
+        <v>1507</v>
       </c>
     </row>
     <row r="447" spans="1:9">
       <c r="A447">
-        <v>416</v>
+        <v>447</v>
       </c>
       <c r="B447" t="s">
-        <v>1504</v>
+        <v>1508</v>
       </c>
       <c r="C447" t="s">
-        <v>1505</v>
+        <v>1509</v>
       </c>
       <c r="D447" t="s">
-        <v>26</v>
+        <v>70</v>
       </c>
       <c r="E447" t="s">
         <v>12</v>
       </c>
       <c r="F447" t="s">
-        <v>1491</v>
+        <v>1167</v>
       </c>
       <c r="H447" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I447" s="1">
-        <v>5747395.39</v>
+        <v>0</v>
       </c>
     </row>
     <row r="448" spans="1:9">
       <c r="A448">
-        <v>415</v>
+        <v>446</v>
       </c>
       <c r="B448" t="s">
-        <v>1506</v>
+        <v>1510</v>
       </c>
       <c r="C448" t="s">
-        <v>1507</v>
+        <v>1511</v>
       </c>
       <c r="D448" t="s">
-        <v>26</v>
+        <v>1512</v>
       </c>
       <c r="E448" t="s">
         <v>12</v>
       </c>
       <c r="F448" t="s">
-        <v>1491</v>
+        <v>1513</v>
       </c>
       <c r="H448" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I448" s="1">
-        <v>2496064.85</v>
+        <v>123500</v>
       </c>
     </row>
     <row r="449" spans="1:9">
       <c r="A449">
-        <v>414</v>
+        <v>445</v>
       </c>
       <c r="B449" t="s">
-        <v>1508</v>
+        <v>1514</v>
       </c>
       <c r="C449" t="s">
-        <v>1509</v>
+        <v>1515</v>
       </c>
       <c r="D449" t="s">
         <v>26</v>
       </c>
       <c r="E449" t="s">
         <v>12</v>
       </c>
       <c r="F449" t="s">
-        <v>1510</v>
+        <v>1516</v>
       </c>
       <c r="H449" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I449" s="1">
-        <v>543540.08</v>
+        <v>18177.2</v>
       </c>
     </row>
     <row r="450" spans="1:9">
       <c r="A450">
-        <v>413</v>
+        <v>444</v>
       </c>
       <c r="B450" t="s">
-        <v>1511</v>
+        <v>1517</v>
       </c>
       <c r="C450" t="s">
-        <v>931</v>
+        <v>1200</v>
       </c>
       <c r="D450" t="s">
-        <v>26</v>
+        <v>83</v>
       </c>
       <c r="E450" t="s">
         <v>12</v>
       </c>
       <c r="F450" t="s">
-        <v>1510</v>
-[...2 lines deleted...]
-        <v>1512</v>
+        <v>1518</v>
       </c>
       <c r="H450" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-        <v>1513</v>
+        <v>42</v>
+      </c>
+      <c r="I450" s="1">
+        <v>0</v>
       </c>
     </row>
     <row r="451" spans="1:9">
       <c r="A451">
-        <v>412</v>
+        <v>443</v>
       </c>
       <c r="B451" t="s">
-        <v>1514</v>
+        <v>1519</v>
       </c>
       <c r="C451" t="s">
-        <v>1402</v>
+        <v>1520</v>
       </c>
       <c r="D451" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="E451" t="s">
         <v>12</v>
       </c>
       <c r="F451" t="s">
-        <v>1515</v>
+        <v>1521</v>
       </c>
       <c r="H451" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I451" s="1">
-        <v>2883861.5</v>
+        <v>80000</v>
       </c>
     </row>
     <row r="452" spans="1:9">
       <c r="A452">
-        <v>411</v>
+        <v>442</v>
       </c>
       <c r="B452" t="s">
-        <v>1516</v>
+        <v>1522</v>
       </c>
       <c r="C452" t="s">
-        <v>1290</v>
+        <v>1523</v>
       </c>
       <c r="D452" t="s">
-        <v>26</v>
+        <v>70</v>
       </c>
       <c r="E452" t="s">
         <v>12</v>
       </c>
       <c r="F452" t="s">
-        <v>866</v>
+        <v>1524</v>
       </c>
       <c r="H452" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I452" s="1">
-        <v>725465</v>
+        <v>0</v>
       </c>
     </row>
     <row r="453" spans="1:9">
       <c r="A453">
-        <v>409</v>
+        <v>441</v>
       </c>
       <c r="B453" t="s">
-        <v>1462</v>
+        <v>1525</v>
       </c>
       <c r="C453" t="s">
-        <v>1463</v>
+        <v>1498</v>
       </c>
       <c r="D453" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="E453" t="s">
         <v>12</v>
       </c>
       <c r="F453" t="s">
-        <v>1517</v>
-[...2 lines deleted...]
-        <v>1518</v>
+        <v>1526</v>
       </c>
       <c r="H453" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-        <v>1519</v>
+        <v>42</v>
+      </c>
+      <c r="I453" s="1">
+        <v>17260.75</v>
       </c>
     </row>
     <row r="454" spans="1:9">
       <c r="A454">
-        <v>408</v>
+        <v>440</v>
       </c>
       <c r="B454" t="s">
-        <v>1520</v>
+        <v>1527</v>
       </c>
       <c r="C454" t="s">
-        <v>1521</v>
+        <v>1495</v>
       </c>
       <c r="D454" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="E454" t="s">
         <v>12</v>
       </c>
       <c r="F454" t="s">
-        <v>1522</v>
+        <v>1528</v>
       </c>
       <c r="H454" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I454" s="1">
-        <v>1190524.68</v>
+        <v>71122.2</v>
       </c>
     </row>
     <row r="455" spans="1:9">
       <c r="A455">
-        <v>407</v>
+        <v>439</v>
       </c>
       <c r="B455" t="s">
-        <v>1523</v>
+        <v>1430</v>
       </c>
       <c r="C455" t="s">
-        <v>1524</v>
+        <v>1331</v>
       </c>
       <c r="D455" t="s">
-        <v>47</v>
+        <v>11</v>
       </c>
       <c r="E455" t="s">
         <v>12</v>
       </c>
       <c r="F455" t="s">
-        <v>1525</v>
+        <v>1529</v>
       </c>
       <c r="G455" t="s">
-        <v>1526</v>
+        <v>1530</v>
       </c>
       <c r="H455" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I455" s="1" t="s">
-        <v>1527</v>
+        <v>1531</v>
       </c>
     </row>
     <row r="456" spans="1:9">
       <c r="A456">
-        <v>406</v>
+        <v>438</v>
       </c>
       <c r="B456" t="s">
-        <v>1528</v>
+        <v>1532</v>
       </c>
       <c r="C456" t="s">
-        <v>1529</v>
+        <v>1533</v>
       </c>
       <c r="D456" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="E456" t="s">
         <v>12</v>
       </c>
       <c r="F456" t="s">
-        <v>1530</v>
+        <v>1534</v>
       </c>
       <c r="H456" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I456" s="1">
-        <v>64800</v>
+        <v>16796</v>
       </c>
     </row>
     <row r="457" spans="1:9">
       <c r="A457">
-        <v>405</v>
+        <v>437</v>
       </c>
       <c r="B457" t="s">
-        <v>1531</v>
+        <v>1535</v>
       </c>
       <c r="C457" t="s">
-        <v>1532</v>
+        <v>480</v>
       </c>
       <c r="D457" t="s">
-        <v>47</v>
+        <v>19</v>
       </c>
       <c r="E457" t="s">
         <v>12</v>
       </c>
       <c r="F457" t="s">
-        <v>1533</v>
+        <v>1536</v>
       </c>
       <c r="G457" t="s">
-        <v>1526</v>
+        <v>1537</v>
       </c>
       <c r="H457" t="s">
-        <v>1534</v>
+        <v>42</v>
       </c>
       <c r="I457" s="1" t="s">
-        <v>1535</v>
+        <v>429</v>
       </c>
     </row>
     <row r="458" spans="1:9">
       <c r="A458">
-        <v>404</v>
+        <v>436</v>
       </c>
       <c r="B458" t="s">
-        <v>1473</v>
+        <v>1538</v>
       </c>
       <c r="C458" t="s">
-        <v>1187</v>
+        <v>1281</v>
       </c>
       <c r="D458" t="s">
-        <v>11</v>
+        <v>38</v>
       </c>
       <c r="E458" t="s">
         <v>12</v>
       </c>
       <c r="F458" t="s">
-        <v>1536</v>
+        <v>1539</v>
       </c>
       <c r="G458" t="s">
-        <v>1537</v>
+        <v>1540</v>
       </c>
       <c r="H458" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I458" s="1" t="s">
-        <v>1538</v>
+        <v>1288</v>
       </c>
     </row>
     <row r="459" spans="1:9">
       <c r="A459">
-        <v>403</v>
+        <v>435</v>
       </c>
       <c r="B459" t="s">
-        <v>1539</v>
+        <v>1541</v>
       </c>
       <c r="C459" t="s">
-        <v>705</v>
+        <v>1542</v>
       </c>
       <c r="D459" t="s">
-        <v>62</v>
+        <v>38</v>
       </c>
       <c r="E459" t="s">
         <v>12</v>
       </c>
       <c r="F459" t="s">
-        <v>1326</v>
+        <v>1543</v>
       </c>
       <c r="H459" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I459" s="1">
-        <v>1786101.33</v>
+        <v>150000</v>
       </c>
     </row>
     <row r="460" spans="1:9">
       <c r="A460">
-        <v>402</v>
+        <v>434</v>
       </c>
       <c r="B460" t="s">
-        <v>1540</v>
+        <v>1519</v>
       </c>
       <c r="C460" t="s">
-        <v>1101</v>
+        <v>1520</v>
       </c>
       <c r="D460" t="s">
-        <v>62</v>
+        <v>38</v>
       </c>
       <c r="E460" t="s">
         <v>12</v>
       </c>
       <c r="F460" t="s">
-        <v>817</v>
+        <v>1543</v>
       </c>
       <c r="H460" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I460" s="1">
-        <v>11961444.61</v>
+        <v>90000</v>
       </c>
     </row>
     <row r="461" spans="1:9">
       <c r="A461">
-        <v>401</v>
+        <v>433</v>
       </c>
       <c r="B461" t="s">
-        <v>1541</v>
+        <v>1544</v>
       </c>
       <c r="C461" t="s">
-        <v>1484</v>
+        <v>1545</v>
       </c>
       <c r="D461" t="s">
-        <v>11</v>
+        <v>38</v>
       </c>
       <c r="E461" t="s">
         <v>12</v>
       </c>
       <c r="F461" t="s">
-        <v>1542</v>
+        <v>1543</v>
       </c>
       <c r="H461" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I461" s="1">
-        <v>17419.5</v>
+        <v>130000</v>
       </c>
     </row>
     <row r="462" spans="1:9">
       <c r="A462">
-        <v>400</v>
+        <v>432</v>
       </c>
       <c r="B462" t="s">
-        <v>1543</v>
+        <v>1546</v>
       </c>
       <c r="C462" t="s">
-        <v>1544</v>
+        <v>1547</v>
       </c>
       <c r="D462" t="s">
-        <v>47</v>
+        <v>11</v>
       </c>
       <c r="E462" t="s">
         <v>12</v>
       </c>
       <c r="F462" t="s">
-        <v>1545</v>
+        <v>1548</v>
+      </c>
+      <c r="G462" t="s">
+        <v>1549</v>
       </c>
       <c r="H462" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-        <v>1512086.89</v>
+        <v>22</v>
+      </c>
+      <c r="I462" s="1" t="s">
+        <v>1550</v>
       </c>
     </row>
     <row r="463" spans="1:9">
       <c r="A463">
-        <v>399</v>
+        <v>431</v>
       </c>
       <c r="B463" t="s">
-        <v>1401</v>
+        <v>1551</v>
       </c>
       <c r="C463" t="s">
-        <v>1402</v>
+        <v>1552</v>
       </c>
       <c r="D463" t="s">
-        <v>11</v>
+        <v>70</v>
       </c>
       <c r="E463" t="s">
         <v>12</v>
       </c>
       <c r="F463" t="s">
-        <v>1546</v>
+        <v>1553</v>
       </c>
       <c r="H463" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I463" s="1">
-        <v>66000</v>
+        <v>34418.1</v>
       </c>
     </row>
     <row r="464" spans="1:9">
       <c r="A464">
-        <v>398</v>
+        <v>430</v>
       </c>
       <c r="B464" t="s">
-        <v>1547</v>
+        <v>1554</v>
       </c>
       <c r="C464" t="s">
-        <v>1548</v>
+        <v>650</v>
       </c>
       <c r="D464" t="s">
-        <v>47</v>
+        <v>1512</v>
       </c>
       <c r="E464" t="s">
         <v>12</v>
       </c>
       <c r="F464" t="s">
-        <v>1331</v>
+        <v>578</v>
+      </c>
+      <c r="G464" t="s">
+        <v>536</v>
       </c>
       <c r="H464" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I464" s="1">
-        <v>152991.43</v>
+        <v>162000</v>
       </c>
     </row>
     <row r="465" spans="1:9">
       <c r="A465">
-        <v>397</v>
+        <v>429</v>
       </c>
       <c r="B465" t="s">
-        <v>1549</v>
+        <v>1555</v>
       </c>
       <c r="C465" t="s">
-        <v>1550</v>
+        <v>1556</v>
       </c>
       <c r="D465" t="s">
         <v>11</v>
       </c>
       <c r="E465" t="s">
         <v>12</v>
       </c>
       <c r="F465" t="s">
-        <v>1551</v>
+        <v>1557</v>
+      </c>
+      <c r="G465" t="s">
+        <v>1558</v>
       </c>
       <c r="H465" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-        <v>4015.54</v>
+        <v>42</v>
+      </c>
+      <c r="I465" s="1" t="s">
+        <v>1559</v>
       </c>
     </row>
     <row r="466" spans="1:9">
       <c r="A466">
-        <v>396</v>
+        <v>428</v>
       </c>
       <c r="B466" t="s">
-        <v>1552</v>
+        <v>1560</v>
       </c>
       <c r="C466" t="s">
-        <v>1553</v>
+        <v>801</v>
       </c>
       <c r="D466" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="E466" t="s">
         <v>12</v>
       </c>
       <c r="F466" t="s">
-        <v>1554</v>
+        <v>1561</v>
       </c>
       <c r="H466" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I466" s="1">
-        <v>186217</v>
+        <v>17262</v>
       </c>
     </row>
     <row r="467" spans="1:9">
       <c r="A467">
-        <v>395</v>
+        <v>427</v>
       </c>
       <c r="B467" t="s">
-        <v>1445</v>
+        <v>1562</v>
       </c>
       <c r="C467" t="s">
-        <v>1187</v>
+        <v>1563</v>
       </c>
       <c r="D467" t="s">
-        <v>19</v>
+        <v>70</v>
       </c>
       <c r="E467" t="s">
         <v>12</v>
       </c>
       <c r="F467" t="s">
-        <v>1555</v>
+        <v>963</v>
       </c>
       <c r="G467" t="s">
-        <v>1556</v>
+        <v>1564</v>
       </c>
       <c r="H467" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I467" s="1" t="s">
-        <v>1099</v>
+        <v>1565</v>
       </c>
     </row>
     <row r="468" spans="1:9">
       <c r="A468">
-        <v>394</v>
+        <v>426</v>
       </c>
       <c r="B468" t="s">
-        <v>1557</v>
+        <v>1566</v>
       </c>
       <c r="C468" t="s">
-        <v>1558</v>
+        <v>1281</v>
       </c>
       <c r="D468" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="E468" t="s">
         <v>12</v>
       </c>
       <c r="F468" t="s">
-        <v>899</v>
+        <v>1567</v>
       </c>
       <c r="H468" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I468" s="1">
-        <v>59500</v>
+        <v>16675</v>
       </c>
     </row>
     <row r="469" spans="1:9">
       <c r="A469">
-        <v>393</v>
+        <v>425</v>
       </c>
       <c r="B469" t="s">
-        <v>1559</v>
+        <v>1568</v>
       </c>
       <c r="C469" t="s">
-        <v>1560</v>
+        <v>1361</v>
       </c>
       <c r="D469" t="s">
-        <v>47</v>
+        <v>70</v>
       </c>
       <c r="E469" t="s">
         <v>12</v>
       </c>
       <c r="F469" t="s">
-        <v>1347</v>
+        <v>1569</v>
       </c>
       <c r="H469" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I469" s="1">
-        <v>509610.78</v>
+        <v>837992.8</v>
       </c>
     </row>
     <row r="470" spans="1:9">
       <c r="A470">
-        <v>392</v>
+        <v>424</v>
       </c>
       <c r="B470" t="s">
-        <v>1561</v>
+        <v>1570</v>
       </c>
       <c r="C470" t="s">
-        <v>1562</v>
+        <v>1571</v>
       </c>
       <c r="D470" t="s">
-        <v>47</v>
+        <v>70</v>
       </c>
       <c r="E470" t="s">
         <v>12</v>
       </c>
       <c r="F470" t="s">
-        <v>1563</v>
+        <v>1572</v>
       </c>
       <c r="H470" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I470" s="1">
-        <v>178821</v>
+        <v>0</v>
       </c>
     </row>
     <row r="471" spans="1:9">
       <c r="A471">
-        <v>391</v>
+        <v>423</v>
       </c>
       <c r="B471" t="s">
-        <v>1564</v>
+        <v>1573</v>
       </c>
       <c r="C471" t="s">
-        <v>1565</v>
+        <v>1574</v>
       </c>
       <c r="D471" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="E471" t="s">
         <v>12</v>
       </c>
       <c r="F471" t="s">
-        <v>359</v>
+        <v>1575</v>
       </c>
       <c r="H471" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I471" s="1">
-        <v>164880</v>
+        <v>0</v>
       </c>
     </row>
     <row r="472" spans="1:9">
       <c r="A472">
-        <v>390</v>
+        <v>422</v>
       </c>
       <c r="B472" t="s">
-        <v>1566</v>
+        <v>1576</v>
       </c>
       <c r="C472" t="s">
-        <v>1567</v>
+        <v>1577</v>
       </c>
       <c r="D472" t="s">
-        <v>47</v>
+        <v>19</v>
       </c>
       <c r="E472" t="s">
         <v>12</v>
       </c>
       <c r="F472" t="s">
-        <v>1568</v>
-[...2 lines deleted...]
-        <v>1569</v>
+        <v>1578</v>
       </c>
       <c r="H472" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-        <v>1570</v>
+        <v>42</v>
+      </c>
+      <c r="I472" s="1">
+        <v>5000000</v>
       </c>
     </row>
     <row r="473" spans="1:9">
       <c r="A473">
-        <v>389</v>
+        <v>421</v>
       </c>
       <c r="B473" t="s">
-        <v>1571</v>
+        <v>1579</v>
       </c>
       <c r="C473" t="s">
-        <v>1572</v>
+        <v>1580</v>
       </c>
       <c r="D473" t="s">
-        <v>26</v>
+        <v>70</v>
       </c>
       <c r="E473" t="s">
         <v>12</v>
       </c>
       <c r="F473" t="s">
-        <v>1573</v>
+        <v>1581</v>
       </c>
       <c r="H473" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I473" s="1">
-        <v>67500</v>
+        <v>545253</v>
       </c>
     </row>
     <row r="474" spans="1:9">
       <c r="A474">
-        <v>388</v>
+        <v>420</v>
       </c>
       <c r="B474" t="s">
-        <v>1574</v>
+        <v>1582</v>
       </c>
       <c r="C474" t="s">
-        <v>1575</v>
+        <v>1583</v>
       </c>
       <c r="D474" t="s">
         <v>11</v>
       </c>
       <c r="E474" t="s">
         <v>12</v>
       </c>
       <c r="F474" t="s">
-        <v>1071</v>
+        <v>1584</v>
       </c>
       <c r="H474" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I474" s="1">
-        <v>7064.71</v>
+        <v>12417525.86</v>
       </c>
     </row>
     <row r="475" spans="1:9">
       <c r="A475">
-        <v>387</v>
+        <v>419</v>
       </c>
       <c r="B475" t="s">
-        <v>1576</v>
+        <v>1585</v>
       </c>
       <c r="C475" t="s">
-        <v>1577</v>
+        <v>1586</v>
       </c>
       <c r="D475" t="s">
         <v>11</v>
       </c>
       <c r="E475" t="s">
         <v>12</v>
       </c>
       <c r="F475" t="s">
-        <v>1071</v>
+        <v>1587</v>
+      </c>
+      <c r="G475" t="s">
+        <v>1588</v>
       </c>
       <c r="H475" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-        <v>7041.4</v>
+        <v>42</v>
+      </c>
+      <c r="I475" s="1" t="s">
+        <v>1589</v>
       </c>
     </row>
     <row r="476" spans="1:9">
       <c r="A476">
-        <v>386</v>
+        <v>418</v>
       </c>
       <c r="B476" t="s">
-        <v>1578</v>
+        <v>1590</v>
       </c>
       <c r="C476" t="s">
-        <v>1579</v>
+        <v>1027</v>
       </c>
       <c r="D476" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="E476" t="s">
         <v>12</v>
       </c>
       <c r="F476" t="s">
-        <v>1580</v>
+        <v>1591</v>
+      </c>
+      <c r="G476" t="s">
+        <v>1592</v>
       </c>
       <c r="H476" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-        <v>1250</v>
+        <v>42</v>
+      </c>
+      <c r="I476" s="1" t="s">
+        <v>1593</v>
       </c>
     </row>
     <row r="477" spans="1:9">
       <c r="A477">
-        <v>385</v>
+        <v>417</v>
       </c>
       <c r="B477" t="s">
-        <v>1581</v>
+        <v>1546</v>
       </c>
       <c r="C477" t="s">
-        <v>1582</v>
+        <v>1547</v>
       </c>
       <c r="D477" t="s">
         <v>11</v>
       </c>
       <c r="E477" t="s">
         <v>12</v>
       </c>
       <c r="F477" t="s">
-        <v>1583</v>
+        <v>1594</v>
+      </c>
+      <c r="G477" t="s">
+        <v>1595</v>
       </c>
       <c r="H477" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-        <v>14000</v>
+        <v>42</v>
+      </c>
+      <c r="I477" s="1" t="s">
+        <v>1596</v>
       </c>
     </row>
     <row r="478" spans="1:9">
       <c r="A478">
-        <v>384</v>
+        <v>416</v>
       </c>
       <c r="B478" t="s">
-        <v>1584</v>
+        <v>1597</v>
       </c>
       <c r="C478" t="s">
-        <v>1585</v>
+        <v>1598</v>
       </c>
       <c r="D478" t="s">
         <v>11</v>
       </c>
       <c r="E478" t="s">
         <v>12</v>
       </c>
       <c r="F478" t="s">
-        <v>1586</v>
+        <v>1584</v>
       </c>
       <c r="H478" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I478" s="1">
-        <v>7080</v>
+        <v>5747395.39</v>
       </c>
     </row>
     <row r="479" spans="1:9">
       <c r="A479">
-        <v>383</v>
+        <v>415</v>
       </c>
       <c r="B479" t="s">
-        <v>1587</v>
+        <v>1599</v>
       </c>
       <c r="C479" t="s">
-        <v>1588</v>
+        <v>1600</v>
       </c>
       <c r="D479" t="s">
         <v>11</v>
       </c>
       <c r="E479" t="s">
         <v>12</v>
       </c>
       <c r="F479" t="s">
-        <v>1589</v>
+        <v>1584</v>
       </c>
       <c r="H479" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I479" s="1">
-        <v>2400</v>
+        <v>2496064.85</v>
       </c>
     </row>
     <row r="480" spans="1:9">
       <c r="A480">
-        <v>382</v>
+        <v>414</v>
       </c>
       <c r="B480" t="s">
-        <v>1590</v>
+        <v>1601</v>
       </c>
       <c r="C480" t="s">
-        <v>1579</v>
+        <v>1602</v>
       </c>
       <c r="D480" t="s">
         <v>11</v>
       </c>
       <c r="E480" t="s">
         <v>12</v>
       </c>
       <c r="F480" t="s">
-        <v>1591</v>
+        <v>1603</v>
       </c>
       <c r="H480" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I480" s="1">
-        <v>22101</v>
+        <v>543540.08</v>
       </c>
     </row>
     <row r="481" spans="1:9">
       <c r="A481">
-        <v>381</v>
+        <v>413</v>
       </c>
       <c r="B481" t="s">
-        <v>1592</v>
+        <v>1604</v>
       </c>
       <c r="C481" t="s">
-        <v>1593</v>
+        <v>1027</v>
       </c>
       <c r="D481" t="s">
         <v>11</v>
       </c>
       <c r="E481" t="s">
         <v>12</v>
       </c>
       <c r="F481" t="s">
-        <v>1594</v>
+        <v>1603</v>
+      </c>
+      <c r="G481" t="s">
+        <v>1605</v>
       </c>
       <c r="H481" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-        <v>24000</v>
+        <v>42</v>
+      </c>
+      <c r="I481" s="1" t="s">
+        <v>1606</v>
       </c>
     </row>
     <row r="482" spans="1:9">
       <c r="A482">
-        <v>380</v>
+        <v>412</v>
       </c>
       <c r="B482" t="s">
-        <v>1595</v>
+        <v>1607</v>
       </c>
       <c r="C482" t="s">
-        <v>1596</v>
+        <v>1495</v>
       </c>
       <c r="D482" t="s">
         <v>11</v>
       </c>
       <c r="E482" t="s">
         <v>12</v>
       </c>
       <c r="F482" t="s">
-        <v>1597</v>
+        <v>1608</v>
       </c>
       <c r="H482" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I482" s="1">
-        <v>36000</v>
+        <v>2883861.5</v>
       </c>
     </row>
     <row r="483" spans="1:9">
       <c r="A483">
-        <v>379</v>
+        <v>411</v>
       </c>
       <c r="B483" t="s">
-        <v>1598</v>
+        <v>1609</v>
       </c>
       <c r="C483" t="s">
-        <v>1599</v>
+        <v>1383</v>
       </c>
       <c r="D483" t="s">
         <v>11</v>
       </c>
       <c r="E483" t="s">
         <v>12</v>
       </c>
       <c r="F483" t="s">
-        <v>1600</v>
+        <v>963</v>
       </c>
       <c r="H483" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I483" s="1">
-        <v>30000</v>
+        <v>725465</v>
       </c>
     </row>
     <row r="484" spans="1:9">
       <c r="A484">
-        <v>378</v>
+        <v>409</v>
       </c>
       <c r="B484" t="s">
-        <v>1601</v>
+        <v>1555</v>
       </c>
       <c r="C484" t="s">
-        <v>1602</v>
+        <v>1556</v>
       </c>
       <c r="D484" t="s">
         <v>11</v>
       </c>
       <c r="E484" t="s">
         <v>12</v>
       </c>
       <c r="F484" t="s">
-        <v>336</v>
+        <v>1610</v>
+      </c>
+      <c r="G484" t="s">
+        <v>1611</v>
       </c>
       <c r="H484" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-        <v>2882.1</v>
+        <v>42</v>
+      </c>
+      <c r="I484" s="1" t="s">
+        <v>1612</v>
       </c>
     </row>
     <row r="485" spans="1:9">
       <c r="A485">
-        <v>377</v>
+        <v>408</v>
       </c>
       <c r="B485" t="s">
-        <v>1603</v>
+        <v>1613</v>
       </c>
       <c r="C485" t="s">
-        <v>1604</v>
+        <v>1614</v>
       </c>
       <c r="D485" t="s">
         <v>11</v>
       </c>
       <c r="E485" t="s">
         <v>12</v>
       </c>
       <c r="F485" t="s">
-        <v>1605</v>
+        <v>1615</v>
       </c>
       <c r="H485" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I485" s="1">
-        <v>1600</v>
+        <v>1190524.68</v>
       </c>
     </row>
     <row r="486" spans="1:9">
       <c r="A486">
-        <v>376</v>
+        <v>407</v>
       </c>
       <c r="B486" t="s">
-        <v>1606</v>
+        <v>1616</v>
       </c>
       <c r="C486" t="s">
-        <v>1607</v>
+        <v>1617</v>
       </c>
       <c r="D486" t="s">
-        <v>11</v>
+        <v>70</v>
       </c>
       <c r="E486" t="s">
         <v>12</v>
       </c>
       <c r="F486" t="s">
-        <v>1608</v>
+        <v>1618</v>
+      </c>
+      <c r="G486" t="s">
+        <v>1619</v>
       </c>
       <c r="H486" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-        <v>6004.25</v>
+        <v>42</v>
+      </c>
+      <c r="I486" s="1" t="s">
+        <v>1620</v>
       </c>
     </row>
     <row r="487" spans="1:9">
       <c r="A487">
-        <v>375</v>
+        <v>406</v>
       </c>
       <c r="B487" t="s">
-        <v>1609</v>
+        <v>1621</v>
       </c>
       <c r="C487" t="s">
-        <v>1610</v>
+        <v>1622</v>
       </c>
       <c r="D487" t="s">
-        <v>11</v>
+        <v>70</v>
       </c>
       <c r="E487" t="s">
         <v>12</v>
       </c>
       <c r="F487" t="s">
-        <v>1611</v>
+        <v>1623</v>
       </c>
       <c r="H487" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I487" s="1">
-        <v>13860</v>
+        <v>64800</v>
       </c>
     </row>
     <row r="488" spans="1:9">
       <c r="A488">
-        <v>374</v>
+        <v>405</v>
       </c>
       <c r="B488" t="s">
-        <v>1612</v>
+        <v>1624</v>
       </c>
       <c r="C488" t="s">
-        <v>1613</v>
+        <v>1625</v>
       </c>
       <c r="D488" t="s">
-        <v>11</v>
+        <v>70</v>
       </c>
       <c r="E488" t="s">
         <v>12</v>
       </c>
       <c r="F488" t="s">
-        <v>1614</v>
+        <v>1626</v>
+      </c>
+      <c r="G488" t="s">
+        <v>1619</v>
       </c>
       <c r="H488" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-        <v>15447.6</v>
+        <v>1627</v>
+      </c>
+      <c r="I488" s="1" t="s">
+        <v>1628</v>
       </c>
     </row>
     <row r="489" spans="1:9">
       <c r="A489">
-        <v>373</v>
+        <v>404</v>
       </c>
       <c r="B489" t="s">
-        <v>1615</v>
+        <v>1566</v>
       </c>
       <c r="C489" t="s">
-        <v>1616</v>
+        <v>1281</v>
       </c>
       <c r="D489" t="s">
-        <v>11</v>
+        <v>26</v>
       </c>
       <c r="E489" t="s">
         <v>12</v>
       </c>
       <c r="F489" t="s">
-        <v>1617</v>
+        <v>1629</v>
+      </c>
+      <c r="G489" t="s">
+        <v>1630</v>
       </c>
       <c r="H489" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-        <v>14800</v>
+        <v>42</v>
+      </c>
+      <c r="I489" s="1" t="s">
+        <v>1631</v>
       </c>
     </row>
     <row r="490" spans="1:9">
       <c r="A490">
-        <v>372</v>
+        <v>403</v>
       </c>
       <c r="B490" t="s">
-        <v>1618</v>
+        <v>1632</v>
       </c>
       <c r="C490" t="s">
-        <v>1619</v>
+        <v>809</v>
       </c>
       <c r="D490" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="E490" t="s">
         <v>12</v>
       </c>
       <c r="F490" t="s">
-        <v>1617</v>
+        <v>1419</v>
       </c>
       <c r="H490" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I490" s="1">
-        <v>3500</v>
+        <v>1786101.33</v>
       </c>
     </row>
     <row r="491" spans="1:9">
       <c r="A491">
-        <v>371</v>
+        <v>402</v>
       </c>
       <c r="B491" t="s">
-        <v>1620</v>
+        <v>1633</v>
       </c>
       <c r="C491" t="s">
-        <v>1621</v>
+        <v>1196</v>
       </c>
       <c r="D491" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="E491" t="s">
         <v>12</v>
       </c>
       <c r="F491" t="s">
-        <v>1622</v>
+        <v>915</v>
       </c>
       <c r="H491" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I491" s="1">
-        <v>16876</v>
+        <v>11961444.61</v>
       </c>
     </row>
     <row r="492" spans="1:9">
       <c r="A492">
-        <v>370</v>
+        <v>401</v>
       </c>
       <c r="B492" t="s">
-        <v>1623</v>
+        <v>1634</v>
       </c>
       <c r="C492" t="s">
-        <v>1624</v>
+        <v>1577</v>
       </c>
       <c r="D492" t="s">
-        <v>11</v>
+        <v>26</v>
       </c>
       <c r="E492" t="s">
         <v>12</v>
       </c>
       <c r="F492" t="s">
-        <v>1625</v>
+        <v>1635</v>
       </c>
       <c r="H492" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I492" s="1">
-        <v>7200</v>
+        <v>17419.5</v>
       </c>
     </row>
     <row r="493" spans="1:9">
       <c r="A493">
-        <v>368</v>
+        <v>400</v>
       </c>
       <c r="B493" t="s">
-        <v>1626</v>
+        <v>1636</v>
       </c>
       <c r="C493" t="s">
-        <v>1627</v>
+        <v>1637</v>
       </c>
       <c r="D493" t="s">
-        <v>47</v>
+        <v>70</v>
       </c>
       <c r="E493" t="s">
         <v>12</v>
       </c>
       <c r="F493" t="s">
-        <v>1628</v>
+        <v>1638</v>
       </c>
       <c r="H493" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I493" s="1">
-        <v>883039.93</v>
+        <v>1512086.89</v>
       </c>
     </row>
     <row r="494" spans="1:9">
       <c r="A494">
-        <v>367</v>
+        <v>399</v>
       </c>
       <c r="B494" t="s">
-        <v>1629</v>
+        <v>1494</v>
       </c>
       <c r="C494" t="s">
-        <v>1630</v>
+        <v>1495</v>
       </c>
       <c r="D494" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="E494" t="s">
         <v>12</v>
       </c>
       <c r="F494" t="s">
-        <v>1631</v>
+        <v>1639</v>
       </c>
       <c r="H494" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I494" s="1">
-        <v>6885698.96</v>
+        <v>66000</v>
       </c>
     </row>
     <row r="495" spans="1:9">
       <c r="A495">
-        <v>366</v>
+        <v>398</v>
       </c>
       <c r="B495" t="s">
-        <v>1632</v>
+        <v>1640</v>
       </c>
       <c r="C495" t="s">
-        <v>1633</v>
+        <v>1641</v>
       </c>
       <c r="D495" t="s">
-        <v>47</v>
+        <v>70</v>
       </c>
       <c r="E495" t="s">
         <v>12</v>
       </c>
       <c r="F495" t="s">
-        <v>1634</v>
-[...2 lines deleted...]
-        <v>1635</v>
+        <v>1424</v>
       </c>
       <c r="H495" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-        <v>1636</v>
+        <v>42</v>
+      </c>
+      <c r="I495" s="1">
+        <v>152991.43</v>
       </c>
     </row>
     <row r="496" spans="1:9">
       <c r="A496">
-        <v>365</v>
+        <v>397</v>
       </c>
       <c r="B496" t="s">
-        <v>1637</v>
+        <v>1642</v>
       </c>
       <c r="C496" t="s">
-        <v>1638</v>
+        <v>1643</v>
       </c>
       <c r="D496" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="E496" t="s">
         <v>12</v>
       </c>
       <c r="F496" t="s">
-        <v>1639</v>
+        <v>1644</v>
       </c>
       <c r="H496" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I496" s="1">
-        <v>879960.8</v>
+        <v>4015.54</v>
       </c>
     </row>
     <row r="497" spans="1:9">
       <c r="A497">
-        <v>364</v>
+        <v>396</v>
       </c>
       <c r="B497" t="s">
-        <v>1640</v>
+        <v>1645</v>
       </c>
       <c r="C497" t="s">
-        <v>366</v>
+        <v>1646</v>
       </c>
       <c r="D497" t="s">
-        <v>47</v>
+        <v>70</v>
       </c>
       <c r="E497" t="s">
         <v>12</v>
       </c>
       <c r="F497" t="s">
-        <v>1641</v>
-[...2 lines deleted...]
-        <v>1642</v>
+        <v>1647</v>
       </c>
       <c r="H497" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-        <v>1643</v>
+        <v>42</v>
+      </c>
+      <c r="I497" s="1">
+        <v>186217</v>
       </c>
     </row>
     <row r="498" spans="1:9">
       <c r="A498">
-        <v>363</v>
+        <v>395</v>
       </c>
       <c r="B498" t="s">
-        <v>1644</v>
+        <v>1538</v>
       </c>
       <c r="C498" t="s">
-        <v>1645</v>
+        <v>1281</v>
       </c>
       <c r="D498" t="s">
-        <v>47</v>
+        <v>38</v>
       </c>
       <c r="E498" t="s">
         <v>12</v>
       </c>
       <c r="F498" t="s">
-        <v>1646</v>
+        <v>1648</v>
+      </c>
+      <c r="G498" t="s">
+        <v>1649</v>
       </c>
       <c r="H498" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-        <v>2259335</v>
+        <v>42</v>
+      </c>
+      <c r="I498" s="1" t="s">
+        <v>72</v>
       </c>
     </row>
     <row r="499" spans="1:9">
       <c r="A499">
-        <v>362</v>
+        <v>394</v>
       </c>
       <c r="B499" t="s">
-        <v>1647</v>
+        <v>1650</v>
       </c>
       <c r="C499" t="s">
-        <v>1648</v>
+        <v>1651</v>
       </c>
       <c r="D499" t="s">
-        <v>47</v>
+        <v>70</v>
       </c>
       <c r="E499" t="s">
         <v>12</v>
       </c>
       <c r="F499" t="s">
-        <v>1649</v>
+        <v>995</v>
       </c>
       <c r="H499" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I499" s="1">
-        <v>0</v>
+        <v>59500</v>
       </c>
     </row>
     <row r="500" spans="1:9">
       <c r="A500">
-        <v>361</v>
+        <v>393</v>
       </c>
       <c r="B500" t="s">
-        <v>1650</v>
+        <v>1652</v>
       </c>
       <c r="C500" t="s">
-        <v>1651</v>
+        <v>1653</v>
       </c>
       <c r="D500" t="s">
-        <v>47</v>
+        <v>70</v>
       </c>
       <c r="E500" t="s">
         <v>12</v>
       </c>
       <c r="F500" t="s">
-        <v>1255</v>
+        <v>1440</v>
       </c>
       <c r="H500" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I500" s="1">
-        <v>375000</v>
+        <v>509610.78</v>
       </c>
     </row>
     <row r="501" spans="1:9">
       <c r="A501">
-        <v>359</v>
+        <v>392</v>
       </c>
       <c r="B501" t="s">
-        <v>1652</v>
+        <v>1654</v>
       </c>
       <c r="C501" t="s">
-        <v>1653</v>
+        <v>1655</v>
       </c>
       <c r="D501" t="s">
-        <v>11</v>
+        <v>70</v>
       </c>
       <c r="E501" t="s">
         <v>12</v>
       </c>
       <c r="F501" t="s">
-        <v>1654</v>
+        <v>1656</v>
       </c>
       <c r="H501" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I501" s="1">
-        <v>1200</v>
+        <v>178821</v>
       </c>
     </row>
     <row r="502" spans="1:9">
       <c r="A502">
-        <v>358</v>
+        <v>391</v>
       </c>
       <c r="B502" t="s">
-        <v>1655</v>
+        <v>1657</v>
       </c>
       <c r="C502" t="s">
-        <v>1656</v>
+        <v>1658</v>
       </c>
       <c r="D502" t="s">
-        <v>19</v>
+        <v>70</v>
       </c>
       <c r="E502" t="s">
         <v>12</v>
       </c>
       <c r="F502" t="s">
-        <v>1657</v>
+        <v>473</v>
       </c>
       <c r="H502" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I502" s="1">
-        <v>22680</v>
+        <v>164880</v>
       </c>
     </row>
     <row r="503" spans="1:9">
       <c r="A503">
-        <v>357</v>
+        <v>390</v>
       </c>
       <c r="B503" t="s">
-        <v>1658</v>
+        <v>1659</v>
       </c>
       <c r="C503" t="s">
-        <v>1659</v>
+        <v>1660</v>
       </c>
       <c r="D503" t="s">
-        <v>19</v>
+        <v>70</v>
       </c>
       <c r="E503" t="s">
         <v>12</v>
       </c>
       <c r="F503" t="s">
-        <v>1660</v>
+        <v>1661</v>
+      </c>
+      <c r="G503" t="s">
+        <v>1662</v>
       </c>
       <c r="H503" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-        <v>52988.25</v>
+        <v>42</v>
+      </c>
+      <c r="I503" s="1" t="s">
+        <v>1663</v>
       </c>
     </row>
     <row r="504" spans="1:9">
       <c r="A504">
-        <v>356</v>
+        <v>389</v>
       </c>
       <c r="B504" t="s">
-        <v>1661</v>
+        <v>1664</v>
       </c>
       <c r="C504" t="s">
-        <v>705</v>
+        <v>1665</v>
       </c>
       <c r="D504" t="s">
-        <v>47</v>
+        <v>11</v>
       </c>
       <c r="E504" t="s">
         <v>12</v>
       </c>
       <c r="F504" t="s">
-        <v>1662</v>
+        <v>1666</v>
       </c>
       <c r="H504" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I504" s="1">
-        <v>0</v>
+        <v>67500</v>
       </c>
     </row>
     <row r="505" spans="1:9">
       <c r="A505">
-        <v>355</v>
+        <v>388</v>
       </c>
       <c r="B505" t="s">
-        <v>1663</v>
+        <v>1667</v>
       </c>
       <c r="C505" t="s">
-        <v>1664</v>
+        <v>1668</v>
       </c>
       <c r="D505" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="E505" t="s">
         <v>12</v>
       </c>
       <c r="F505" t="s">
-        <v>1665</v>
+        <v>1167</v>
       </c>
       <c r="H505" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I505" s="1">
-        <v>12677790</v>
+        <v>7064.71</v>
       </c>
     </row>
     <row r="506" spans="1:9">
       <c r="A506">
-        <v>354</v>
+        <v>387</v>
       </c>
       <c r="B506" t="s">
-        <v>1666</v>
+        <v>1669</v>
       </c>
       <c r="C506" t="s">
-        <v>1296</v>
+        <v>1670</v>
       </c>
       <c r="D506" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="E506" t="s">
         <v>12</v>
       </c>
       <c r="F506" t="s">
-        <v>1667</v>
-[...2 lines deleted...]
-        <v>1668</v>
+        <v>1167</v>
       </c>
       <c r="H506" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-        <v>1669</v>
+        <v>42</v>
+      </c>
+      <c r="I506" s="1">
+        <v>7041.4</v>
       </c>
     </row>
     <row r="507" spans="1:9">
       <c r="A507">
-        <v>353</v>
+        <v>386</v>
       </c>
       <c r="B507" t="s">
-        <v>1670</v>
+        <v>1671</v>
       </c>
       <c r="C507" t="s">
-        <v>1361</v>
+        <v>1672</v>
       </c>
       <c r="D507" t="s">
-        <v>47</v>
+        <v>38</v>
       </c>
       <c r="E507" t="s">
         <v>12</v>
       </c>
       <c r="F507" t="s">
-        <v>1671</v>
-[...2 lines deleted...]
-        <v>1672</v>
+        <v>1673</v>
       </c>
       <c r="H507" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-        <v>1673</v>
+        <v>42</v>
+      </c>
+      <c r="I507" s="1">
+        <v>1250</v>
       </c>
     </row>
     <row r="508" spans="1:9">
       <c r="A508">
-        <v>352</v>
+        <v>385</v>
       </c>
       <c r="B508" t="s">
         <v>1674</v>
       </c>
       <c r="C508" t="s">
-        <v>1361</v>
+        <v>1675</v>
       </c>
       <c r="D508" t="s">
-        <v>62</v>
+        <v>26</v>
       </c>
       <c r="E508" t="s">
         <v>12</v>
       </c>
       <c r="F508" t="s">
-        <v>1675</v>
+        <v>1676</v>
       </c>
       <c r="H508" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I508" s="1">
-        <v>0</v>
+        <v>14000</v>
       </c>
     </row>
     <row r="509" spans="1:9">
       <c r="A509">
-        <v>350</v>
+        <v>384</v>
       </c>
       <c r="B509" t="s">
-        <v>1676</v>
+        <v>1677</v>
       </c>
       <c r="C509" t="s">
-        <v>1677</v>
+        <v>1678</v>
       </c>
       <c r="D509" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="E509" t="s">
         <v>12</v>
       </c>
       <c r="F509" t="s">
-        <v>1678</v>
+        <v>1679</v>
       </c>
       <c r="H509" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I509" s="1">
-        <v>187402.09</v>
+        <v>7080</v>
       </c>
     </row>
     <row r="510" spans="1:9">
       <c r="A510">
-        <v>349</v>
+        <v>383</v>
       </c>
       <c r="B510" t="s">
-        <v>1679</v>
+        <v>1680</v>
       </c>
       <c r="C510" t="s">
-        <v>1680</v>
+        <v>1681</v>
       </c>
       <c r="D510" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="E510" t="s">
         <v>12</v>
       </c>
       <c r="F510" t="s">
-        <v>1681</v>
+        <v>1682</v>
       </c>
       <c r="H510" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I510" s="1">
-        <v>1170</v>
+        <v>2400</v>
       </c>
     </row>
     <row r="511" spans="1:9">
       <c r="A511">
-        <v>348</v>
+        <v>382</v>
       </c>
       <c r="B511" t="s">
-        <v>1682</v>
+        <v>1683</v>
       </c>
       <c r="C511" t="s">
-        <v>1683</v>
+        <v>1672</v>
       </c>
       <c r="D511" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="E511" t="s">
         <v>12</v>
       </c>
       <c r="F511" t="s">
-        <v>1681</v>
+        <v>1684</v>
       </c>
       <c r="H511" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I511" s="1">
-        <v>1950</v>
+        <v>22101</v>
       </c>
     </row>
     <row r="512" spans="1:9">
       <c r="A512">
-        <v>347</v>
+        <v>381</v>
       </c>
       <c r="B512" t="s">
-        <v>1684</v>
+        <v>1685</v>
       </c>
       <c r="C512" t="s">
-        <v>1685</v>
+        <v>1686</v>
       </c>
       <c r="D512" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="E512" t="s">
         <v>12</v>
       </c>
       <c r="F512" t="s">
-        <v>1681</v>
+        <v>1687</v>
       </c>
       <c r="H512" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I512" s="1">
-        <v>7150</v>
+        <v>24000</v>
       </c>
     </row>
     <row r="513" spans="1:9">
       <c r="A513">
-        <v>346</v>
+        <v>380</v>
       </c>
       <c r="B513" t="s">
-        <v>1686</v>
+        <v>1688</v>
       </c>
       <c r="C513" t="s">
-        <v>1687</v>
+        <v>1689</v>
       </c>
       <c r="D513" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="E513" t="s">
         <v>12</v>
       </c>
       <c r="F513" t="s">
-        <v>1681</v>
+        <v>1690</v>
       </c>
       <c r="H513" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I513" s="1">
-        <v>1300</v>
+        <v>36000</v>
       </c>
     </row>
     <row r="514" spans="1:9">
       <c r="A514">
-        <v>345</v>
+        <v>379</v>
       </c>
       <c r="B514" t="s">
-        <v>1688</v>
+        <v>1691</v>
       </c>
       <c r="C514" t="s">
-        <v>1689</v>
+        <v>1692</v>
       </c>
       <c r="D514" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="E514" t="s">
         <v>12</v>
       </c>
       <c r="F514" t="s">
-        <v>1681</v>
+        <v>1693</v>
       </c>
       <c r="H514" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I514" s="1">
-        <v>1950</v>
+        <v>30000</v>
       </c>
     </row>
     <row r="515" spans="1:9">
       <c r="A515">
-        <v>344</v>
+        <v>378</v>
       </c>
       <c r="B515" t="s">
-        <v>1690</v>
+        <v>1694</v>
       </c>
       <c r="C515" t="s">
-        <v>1691</v>
+        <v>1695</v>
       </c>
       <c r="D515" t="s">
-        <v>11</v>
+        <v>26</v>
       </c>
       <c r="E515" t="s">
         <v>12</v>
       </c>
       <c r="F515" t="s">
-        <v>1692</v>
+        <v>452</v>
       </c>
       <c r="H515" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I515" s="1">
-        <v>12994</v>
+        <v>2882.1</v>
       </c>
     </row>
     <row r="516" spans="1:9">
       <c r="A516">
-        <v>343</v>
+        <v>377</v>
       </c>
       <c r="B516" t="s">
-        <v>1693</v>
+        <v>1696</v>
       </c>
       <c r="C516" t="s">
-        <v>1694</v>
+        <v>1697</v>
       </c>
       <c r="D516" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="E516" t="s">
         <v>12</v>
       </c>
       <c r="F516" t="s">
-        <v>1681</v>
+        <v>1698</v>
       </c>
       <c r="H516" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I516" s="1">
-        <v>650</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="517" spans="1:9">
       <c r="A517">
-        <v>342</v>
+        <v>376</v>
       </c>
       <c r="B517" t="s">
-        <v>1695</v>
+        <v>1699</v>
       </c>
       <c r="C517" t="s">
-        <v>1696</v>
+        <v>1700</v>
       </c>
       <c r="D517" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="E517" t="s">
         <v>12</v>
       </c>
       <c r="F517" t="s">
-        <v>1697</v>
+        <v>1701</v>
       </c>
       <c r="H517" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I517" s="1">
-        <v>58680</v>
+        <v>6004.25</v>
       </c>
     </row>
     <row r="518" spans="1:9">
       <c r="A518">
-        <v>341</v>
+        <v>375</v>
       </c>
       <c r="B518" t="s">
-        <v>1698</v>
+        <v>1702</v>
       </c>
       <c r="C518" t="s">
-        <v>1699</v>
+        <v>1703</v>
       </c>
       <c r="D518" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="E518" t="s">
         <v>12</v>
       </c>
       <c r="F518" t="s">
-        <v>1681</v>
+        <v>1704</v>
       </c>
       <c r="H518" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I518" s="1">
-        <v>975</v>
+        <v>13860</v>
       </c>
     </row>
     <row r="519" spans="1:9">
       <c r="A519">
-        <v>340</v>
+        <v>374</v>
       </c>
       <c r="B519" t="s">
-        <v>1650</v>
+        <v>1705</v>
       </c>
       <c r="C519" t="s">
-        <v>1651</v>
+        <v>1706</v>
       </c>
       <c r="D519" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="E519" t="s">
         <v>12</v>
       </c>
       <c r="F519" t="s">
-        <v>1255</v>
+        <v>1707</v>
       </c>
       <c r="H519" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I519" s="1">
-        <v>0</v>
+        <v>15447.6</v>
       </c>
     </row>
     <row r="520" spans="1:9">
       <c r="A520">
-        <v>339</v>
+        <v>373</v>
       </c>
       <c r="B520" t="s">
-        <v>1700</v>
+        <v>1708</v>
       </c>
       <c r="C520" t="s">
-        <v>1361</v>
+        <v>1709</v>
       </c>
       <c r="D520" t="s">
-        <v>11</v>
+        <v>26</v>
       </c>
       <c r="E520" t="s">
         <v>12</v>
       </c>
       <c r="F520" t="s">
-        <v>1063</v>
+        <v>1710</v>
       </c>
       <c r="H520" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I520" s="1">
-        <v>5300</v>
+        <v>14800</v>
       </c>
     </row>
     <row r="521" spans="1:9">
       <c r="A521">
-        <v>338</v>
+        <v>372</v>
       </c>
       <c r="B521" t="s">
-        <v>1701</v>
+        <v>1711</v>
       </c>
       <c r="C521" t="s">
-        <v>574</v>
+        <v>1712</v>
       </c>
       <c r="D521" t="s">
-        <v>445</v>
+        <v>26</v>
       </c>
       <c r="E521" t="s">
         <v>12</v>
       </c>
       <c r="F521" t="s">
-        <v>1702</v>
+        <v>1710</v>
       </c>
       <c r="H521" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I521" s="1">
-        <v>2222400</v>
+        <v>3500</v>
       </c>
     </row>
     <row r="522" spans="1:9">
       <c r="A522">
-        <v>337</v>
+        <v>371</v>
       </c>
       <c r="B522" t="s">
-        <v>1424</v>
+        <v>1713</v>
       </c>
       <c r="C522" t="s">
-        <v>1105</v>
+        <v>1714</v>
       </c>
       <c r="D522" t="s">
-        <v>445</v>
+        <v>26</v>
       </c>
       <c r="E522" t="s">
         <v>12</v>
       </c>
       <c r="F522" t="s">
-        <v>1703</v>
+        <v>1715</v>
       </c>
       <c r="H522" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I522" s="1">
-        <v>0</v>
+        <v>16876</v>
       </c>
     </row>
     <row r="523" spans="1:9">
       <c r="A523">
-        <v>336</v>
+        <v>370</v>
       </c>
       <c r="B523" t="s">
-        <v>1704</v>
+        <v>1716</v>
       </c>
       <c r="C523" t="s">
-        <v>1705</v>
+        <v>1717</v>
       </c>
       <c r="D523" t="s">
-        <v>1232</v>
+        <v>26</v>
       </c>
       <c r="E523" t="s">
         <v>12</v>
       </c>
       <c r="F523" t="s">
-        <v>1706</v>
+        <v>1718</v>
       </c>
       <c r="H523" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I523" s="1">
-        <v>52000</v>
+        <v>7200</v>
       </c>
     </row>
     <row r="524" spans="1:9">
       <c r="A524">
-        <v>334</v>
+        <v>368</v>
       </c>
       <c r="B524" t="s">
-        <v>1707</v>
+        <v>1719</v>
       </c>
       <c r="C524" t="s">
-        <v>1708</v>
+        <v>1720</v>
       </c>
       <c r="D524" t="s">
-        <v>1232</v>
+        <v>70</v>
       </c>
       <c r="E524" t="s">
         <v>12</v>
       </c>
       <c r="F524" t="s">
-        <v>1709</v>
+        <v>1721</v>
       </c>
       <c r="H524" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I524" s="1">
-        <v>80000</v>
+        <v>883039.93</v>
       </c>
     </row>
     <row r="525" spans="1:9">
       <c r="A525">
-        <v>333</v>
+        <v>367</v>
       </c>
       <c r="B525" t="s">
-        <v>1710</v>
+        <v>1722</v>
       </c>
       <c r="C525" t="s">
-        <v>1105</v>
+        <v>1723</v>
       </c>
       <c r="D525" t="s">
-        <v>19</v>
+        <v>70</v>
       </c>
       <c r="E525" t="s">
         <v>12</v>
       </c>
       <c r="F525" t="s">
-        <v>1711</v>
+        <v>1724</v>
       </c>
       <c r="H525" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I525" s="1">
-        <v>3023.58</v>
+        <v>6885698.96</v>
       </c>
     </row>
     <row r="526" spans="1:9">
       <c r="A526">
-        <v>332</v>
+        <v>366</v>
       </c>
       <c r="B526" t="s">
-        <v>1712</v>
+        <v>1725</v>
       </c>
       <c r="C526" t="s">
-        <v>1223</v>
+        <v>1726</v>
       </c>
       <c r="D526" t="s">
-        <v>19</v>
+        <v>70</v>
       </c>
       <c r="E526" t="s">
         <v>12</v>
       </c>
       <c r="F526" t="s">
-        <v>1713</v>
+        <v>1727</v>
+      </c>
+      <c r="G526" t="s">
+        <v>1728</v>
       </c>
       <c r="H526" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-        <v>1980</v>
+        <v>42</v>
+      </c>
+      <c r="I526" s="1" t="s">
+        <v>1729</v>
       </c>
     </row>
     <row r="527" spans="1:9">
       <c r="A527">
-        <v>331</v>
+        <v>365</v>
       </c>
       <c r="B527" t="s">
-        <v>1714</v>
+        <v>1730</v>
       </c>
       <c r="C527" t="s">
-        <v>1715</v>
+        <v>1731</v>
       </c>
       <c r="D527" t="s">
-        <v>1307</v>
+        <v>70</v>
       </c>
       <c r="E527" t="s">
         <v>12</v>
       </c>
       <c r="F527" t="s">
-        <v>817</v>
+        <v>1732</v>
       </c>
       <c r="H527" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I527" s="1">
-        <v>2363224.42</v>
+        <v>879960.8</v>
       </c>
     </row>
     <row r="528" spans="1:9">
       <c r="A528">
-        <v>330</v>
+        <v>364</v>
       </c>
       <c r="B528" t="s">
-        <v>1716</v>
+        <v>1733</v>
       </c>
       <c r="C528" t="s">
-        <v>1717</v>
+        <v>480</v>
       </c>
       <c r="D528" t="s">
-        <v>19</v>
+        <v>70</v>
       </c>
       <c r="E528" t="s">
         <v>12</v>
       </c>
       <c r="F528" t="s">
-        <v>1681</v>
+        <v>1734</v>
+      </c>
+      <c r="G528" t="s">
+        <v>1735</v>
       </c>
       <c r="H528" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-        <v>1300</v>
+        <v>42</v>
+      </c>
+      <c r="I528" s="1" t="s">
+        <v>1736</v>
       </c>
     </row>
     <row r="529" spans="1:9">
       <c r="A529">
-        <v>329</v>
+        <v>363</v>
       </c>
       <c r="B529" t="s">
-        <v>1718</v>
+        <v>1737</v>
       </c>
       <c r="C529" t="s">
-        <v>1719</v>
+        <v>1738</v>
       </c>
       <c r="D529" t="s">
-        <v>19</v>
+        <v>70</v>
       </c>
       <c r="E529" t="s">
         <v>12</v>
       </c>
       <c r="F529" t="s">
-        <v>1720</v>
+        <v>1739</v>
       </c>
       <c r="H529" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I529" s="1">
-        <v>1600</v>
+        <v>2259335</v>
       </c>
     </row>
     <row r="530" spans="1:9">
       <c r="A530">
-        <v>328</v>
+        <v>362</v>
       </c>
       <c r="B530" t="s">
-        <v>1721</v>
+        <v>1740</v>
       </c>
       <c r="C530" t="s">
-        <v>1722</v>
+        <v>1741</v>
       </c>
       <c r="D530" t="s">
-        <v>19</v>
+        <v>70</v>
       </c>
       <c r="E530" t="s">
         <v>12</v>
       </c>
       <c r="F530" t="s">
-        <v>1681</v>
+        <v>1742</v>
       </c>
       <c r="H530" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I530" s="1">
-        <v>650</v>
+        <v>0</v>
       </c>
     </row>
     <row r="531" spans="1:9">
       <c r="A531">
-        <v>327</v>
+        <v>361</v>
       </c>
       <c r="B531" t="s">
-        <v>1723</v>
+        <v>1743</v>
       </c>
       <c r="C531" t="s">
-        <v>1724</v>
+        <v>1744</v>
       </c>
       <c r="D531" t="s">
-        <v>19</v>
+        <v>70</v>
       </c>
       <c r="E531" t="s">
         <v>12</v>
       </c>
       <c r="F531" t="s">
-        <v>1725</v>
+        <v>1348</v>
       </c>
       <c r="H531" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I531" s="1">
-        <v>1000</v>
+        <v>375000</v>
       </c>
     </row>
     <row r="532" spans="1:9">
       <c r="A532">
-        <v>326</v>
+        <v>359</v>
       </c>
       <c r="B532" t="s">
-        <v>1726</v>
+        <v>1745</v>
       </c>
       <c r="C532" t="s">
-        <v>1727</v>
+        <v>1746</v>
       </c>
       <c r="D532" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="E532" t="s">
         <v>12</v>
       </c>
       <c r="F532" t="s">
-        <v>1681</v>
+        <v>1747</v>
       </c>
       <c r="H532" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I532" s="1">
-        <v>650</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="533" spans="1:9">
       <c r="A533">
-        <v>325</v>
+        <v>358</v>
       </c>
       <c r="B533" t="s">
-        <v>1728</v>
+        <v>1748</v>
       </c>
       <c r="C533" t="s">
-        <v>1729</v>
+        <v>1749</v>
       </c>
       <c r="D533" t="s">
-        <v>19</v>
+        <v>38</v>
       </c>
       <c r="E533" t="s">
         <v>12</v>
       </c>
       <c r="F533" t="s">
-        <v>1681</v>
+        <v>1750</v>
       </c>
       <c r="H533" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I533" s="1">
-        <v>1820</v>
+        <v>22680</v>
       </c>
     </row>
     <row r="534" spans="1:9">
       <c r="A534">
-        <v>324</v>
+        <v>357</v>
       </c>
       <c r="B534" t="s">
-        <v>1730</v>
+        <v>1751</v>
       </c>
       <c r="C534" t="s">
-        <v>1731</v>
+        <v>1752</v>
       </c>
       <c r="D534" t="s">
-        <v>19</v>
+        <v>38</v>
       </c>
       <c r="E534" t="s">
         <v>12</v>
       </c>
       <c r="F534" t="s">
-        <v>1732</v>
+        <v>1753</v>
       </c>
       <c r="H534" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I534" s="1">
-        <v>1300</v>
+        <v>52988.25</v>
       </c>
     </row>
     <row r="535" spans="1:9">
       <c r="A535">
-        <v>323</v>
+        <v>356</v>
       </c>
       <c r="B535" t="s">
-        <v>1733</v>
+        <v>1754</v>
       </c>
       <c r="C535" t="s">
-        <v>1734</v>
+        <v>809</v>
       </c>
       <c r="D535" t="s">
-        <v>19</v>
+        <v>70</v>
       </c>
       <c r="E535" t="s">
         <v>12</v>
       </c>
       <c r="F535" t="s">
-        <v>1681</v>
+        <v>1755</v>
       </c>
       <c r="H535" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I535" s="1">
-        <v>2080</v>
+        <v>0</v>
       </c>
     </row>
     <row r="536" spans="1:9">
       <c r="A536">
-        <v>322</v>
+        <v>355</v>
       </c>
       <c r="B536" t="s">
-        <v>1735</v>
+        <v>1756</v>
       </c>
       <c r="C536" t="s">
-        <v>1736</v>
+        <v>1757</v>
       </c>
       <c r="D536" t="s">
-        <v>19</v>
+        <v>70</v>
       </c>
       <c r="E536" t="s">
         <v>12</v>
       </c>
       <c r="F536" t="s">
-        <v>1681</v>
+        <v>1758</v>
       </c>
       <c r="H536" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I536" s="1">
-        <v>650</v>
+        <v>12677790</v>
       </c>
     </row>
     <row r="537" spans="1:9">
       <c r="A537">
-        <v>321</v>
+        <v>354</v>
       </c>
       <c r="B537" t="s">
-        <v>1737</v>
+        <v>1759</v>
       </c>
       <c r="C537" t="s">
-        <v>1738</v>
+        <v>1389</v>
       </c>
       <c r="D537" t="s">
-        <v>19</v>
+        <v>70</v>
       </c>
       <c r="E537" t="s">
         <v>12</v>
       </c>
       <c r="F537" t="s">
-        <v>1681</v>
+        <v>1760</v>
+      </c>
+      <c r="G537" t="s">
+        <v>1761</v>
       </c>
       <c r="H537" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-        <v>1950</v>
+        <v>42</v>
+      </c>
+      <c r="I537" s="1" t="s">
+        <v>1762</v>
       </c>
     </row>
     <row r="538" spans="1:9">
       <c r="A538">
-        <v>320</v>
+        <v>353</v>
       </c>
       <c r="B538" t="s">
-        <v>1739</v>
+        <v>1763</v>
       </c>
       <c r="C538" t="s">
-        <v>1740</v>
+        <v>1454</v>
       </c>
       <c r="D538" t="s">
-        <v>19</v>
+        <v>70</v>
       </c>
       <c r="E538" t="s">
         <v>12</v>
       </c>
       <c r="F538" t="s">
-        <v>1681</v>
+        <v>1764</v>
+      </c>
+      <c r="G538" t="s">
+        <v>1765</v>
       </c>
       <c r="H538" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-        <v>650</v>
+        <v>42</v>
+      </c>
+      <c r="I538" s="1" t="s">
+        <v>1766</v>
       </c>
     </row>
     <row r="539" spans="1:9">
       <c r="A539">
-        <v>319</v>
+        <v>352</v>
       </c>
       <c r="B539" t="s">
-        <v>1741</v>
+        <v>1767</v>
       </c>
       <c r="C539" t="s">
-        <v>1742</v>
+        <v>1454</v>
       </c>
       <c r="D539" t="s">
         <v>19</v>
       </c>
       <c r="E539" t="s">
         <v>12</v>
       </c>
       <c r="F539" t="s">
-        <v>1681</v>
+        <v>1768</v>
       </c>
       <c r="H539" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I539" s="1">
-        <v>2600</v>
+        <v>0</v>
       </c>
     </row>
     <row r="540" spans="1:9">
       <c r="A540">
-        <v>318</v>
+        <v>350</v>
       </c>
       <c r="B540" t="s">
-        <v>1743</v>
+        <v>1769</v>
       </c>
       <c r="C540" t="s">
-        <v>1744</v>
+        <v>1770</v>
       </c>
       <c r="D540" t="s">
-        <v>19</v>
+        <v>38</v>
       </c>
       <c r="E540" t="s">
         <v>12</v>
       </c>
       <c r="F540" t="s">
-        <v>1681</v>
+        <v>1771</v>
       </c>
       <c r="H540" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I540" s="1">
-        <v>1300</v>
+        <v>187402.09</v>
       </c>
     </row>
     <row r="541" spans="1:9">
       <c r="A541">
-        <v>317</v>
+        <v>349</v>
       </c>
       <c r="B541" t="s">
-        <v>1745</v>
+        <v>1772</v>
       </c>
       <c r="C541" t="s">
-        <v>1746</v>
+        <v>1773</v>
       </c>
       <c r="D541" t="s">
-        <v>19</v>
+        <v>38</v>
       </c>
       <c r="E541" t="s">
         <v>12</v>
       </c>
       <c r="F541" t="s">
-        <v>1681</v>
+        <v>1774</v>
       </c>
       <c r="H541" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I541" s="1">
-        <v>975</v>
+        <v>1170</v>
       </c>
     </row>
     <row r="542" spans="1:9">
       <c r="A542">
-        <v>316</v>
+        <v>348</v>
       </c>
       <c r="B542" t="s">
-        <v>1747</v>
+        <v>1775</v>
       </c>
       <c r="C542" t="s">
-        <v>1653</v>
+        <v>1776</v>
       </c>
       <c r="D542" t="s">
-        <v>19</v>
+        <v>38</v>
       </c>
       <c r="E542" t="s">
         <v>12</v>
       </c>
       <c r="F542" t="s">
-        <v>1681</v>
+        <v>1774</v>
       </c>
       <c r="H542" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I542" s="1">
-        <v>650</v>
+        <v>1950</v>
       </c>
     </row>
     <row r="543" spans="1:9">
       <c r="A543">
-        <v>315</v>
+        <v>347</v>
       </c>
       <c r="B543" t="s">
-        <v>1748</v>
+        <v>1777</v>
       </c>
       <c r="C543" t="s">
-        <v>1691</v>
+        <v>1778</v>
       </c>
       <c r="D543" t="s">
-        <v>19</v>
+        <v>38</v>
       </c>
       <c r="E543" t="s">
         <v>12</v>
       </c>
       <c r="F543" t="s">
-        <v>1681</v>
+        <v>1774</v>
       </c>
       <c r="H543" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I543" s="1">
-        <v>650</v>
+        <v>7150</v>
       </c>
     </row>
     <row r="544" spans="1:9">
       <c r="A544">
-        <v>314</v>
+        <v>346</v>
       </c>
       <c r="B544" t="s">
-        <v>1462</v>
+        <v>1779</v>
       </c>
       <c r="C544" t="s">
-        <v>1463</v>
+        <v>1780</v>
       </c>
       <c r="D544" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="E544" t="s">
         <v>12</v>
       </c>
       <c r="F544" t="s">
-        <v>1749</v>
-[...2 lines deleted...]
-        <v>1750</v>
+        <v>1774</v>
       </c>
       <c r="H544" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-        <v>1751</v>
+        <v>42</v>
+      </c>
+      <c r="I544" s="1">
+        <v>1300</v>
       </c>
     </row>
     <row r="545" spans="1:9">
       <c r="A545">
-        <v>313</v>
+        <v>345</v>
       </c>
       <c r="B545" t="s">
-        <v>1752</v>
+        <v>1781</v>
       </c>
       <c r="C545" t="s">
-        <v>1490</v>
+        <v>1782</v>
       </c>
       <c r="D545" t="s">
-        <v>11</v>
+        <v>38</v>
       </c>
       <c r="E545" t="s">
         <v>12</v>
       </c>
       <c r="F545" t="s">
-        <v>1753</v>
+        <v>1774</v>
       </c>
       <c r="H545" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I545" s="1">
-        <v>8583.63</v>
+        <v>1950</v>
       </c>
     </row>
     <row r="546" spans="1:9">
       <c r="A546">
-        <v>312</v>
+        <v>344</v>
       </c>
       <c r="B546" t="s">
-        <v>1754</v>
+        <v>1783</v>
       </c>
       <c r="C546" t="s">
-        <v>1731</v>
+        <v>1784</v>
       </c>
       <c r="D546" t="s">
-        <v>11</v>
+        <v>26</v>
       </c>
       <c r="E546" t="s">
         <v>12</v>
       </c>
       <c r="F546" t="s">
-        <v>1681</v>
+        <v>1785</v>
       </c>
       <c r="H546" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I546" s="1">
-        <v>1813</v>
+        <v>12994</v>
       </c>
     </row>
     <row r="547" spans="1:9">
       <c r="A547">
-        <v>311</v>
+        <v>343</v>
       </c>
       <c r="B547" t="s">
-        <v>1755</v>
+        <v>1786</v>
       </c>
       <c r="C547" t="s">
-        <v>1734</v>
+        <v>1787</v>
       </c>
       <c r="D547" t="s">
-        <v>11</v>
+        <v>38</v>
       </c>
       <c r="E547" t="s">
         <v>12</v>
       </c>
       <c r="F547" t="s">
-        <v>1681</v>
+        <v>1774</v>
       </c>
       <c r="H547" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I547" s="1">
-        <v>14818.09</v>
+        <v>650</v>
       </c>
     </row>
     <row r="548" spans="1:9">
       <c r="A548">
-        <v>310</v>
+        <v>342</v>
       </c>
       <c r="B548" t="s">
-        <v>1756</v>
+        <v>1788</v>
       </c>
       <c r="C548" t="s">
-        <v>1736</v>
+        <v>1789</v>
       </c>
       <c r="D548" t="s">
-        <v>11</v>
+        <v>38</v>
       </c>
       <c r="E548" t="s">
         <v>12</v>
       </c>
       <c r="F548" t="s">
-        <v>1757</v>
+        <v>1790</v>
       </c>
       <c r="H548" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I548" s="1">
-        <v>1400</v>
+        <v>58680</v>
       </c>
     </row>
     <row r="549" spans="1:9">
       <c r="A549">
-        <v>309</v>
+        <v>341</v>
       </c>
       <c r="B549" t="s">
-        <v>1758</v>
+        <v>1791</v>
       </c>
       <c r="C549" t="s">
-        <v>1738</v>
+        <v>1792</v>
       </c>
       <c r="D549" t="s">
-        <v>11</v>
+        <v>38</v>
       </c>
       <c r="E549" t="s">
         <v>12</v>
       </c>
       <c r="F549" t="s">
-        <v>1759</v>
+        <v>1774</v>
       </c>
       <c r="H549" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I549" s="1">
-        <v>15883.98</v>
+        <v>975</v>
       </c>
     </row>
     <row r="550" spans="1:9">
       <c r="A550">
-        <v>308</v>
+        <v>340</v>
       </c>
       <c r="B550" t="s">
-        <v>1578</v>
+        <v>1743</v>
       </c>
       <c r="C550" t="s">
-        <v>1579</v>
+        <v>1744</v>
       </c>
       <c r="D550" t="s">
-        <v>19</v>
+        <v>70</v>
       </c>
       <c r="E550" t="s">
         <v>12</v>
       </c>
       <c r="F550" t="s">
-        <v>1760</v>
+        <v>1348</v>
       </c>
       <c r="H550" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I550" s="1">
-        <v>3520</v>
+        <v>0</v>
       </c>
     </row>
     <row r="551" spans="1:9">
       <c r="A551">
-        <v>307</v>
+        <v>339</v>
       </c>
       <c r="B551" t="s">
-        <v>1761</v>
+        <v>1793</v>
       </c>
       <c r="C551" t="s">
-        <v>1740</v>
+        <v>1454</v>
       </c>
       <c r="D551" t="s">
-        <v>11</v>
+        <v>26</v>
       </c>
       <c r="E551" t="s">
         <v>12</v>
       </c>
       <c r="F551" t="s">
-        <v>1762</v>
+        <v>1159</v>
       </c>
       <c r="H551" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I551" s="1">
-        <v>8883.55</v>
+        <v>5300</v>
       </c>
     </row>
     <row r="552" spans="1:9">
       <c r="A552">
-        <v>306</v>
+        <v>338</v>
       </c>
       <c r="B552" t="s">
-        <v>1763</v>
+        <v>1794</v>
       </c>
       <c r="C552" t="s">
-        <v>1742</v>
+        <v>680</v>
       </c>
       <c r="D552" t="s">
-        <v>11</v>
+        <v>83</v>
       </c>
       <c r="E552" t="s">
         <v>12</v>
       </c>
       <c r="F552" t="s">
-        <v>1764</v>
+        <v>1795</v>
       </c>
       <c r="H552" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I552" s="1">
-        <v>5915</v>
+        <v>2222400</v>
       </c>
     </row>
     <row r="553" spans="1:9">
       <c r="A553">
-        <v>305</v>
+        <v>337</v>
       </c>
       <c r="B553" t="s">
-        <v>1765</v>
+        <v>1517</v>
       </c>
       <c r="C553" t="s">
-        <v>1744</v>
+        <v>1200</v>
       </c>
       <c r="D553" t="s">
-        <v>11</v>
+        <v>83</v>
       </c>
       <c r="E553" t="s">
         <v>12</v>
       </c>
       <c r="F553" t="s">
-        <v>1766</v>
+        <v>1796</v>
       </c>
       <c r="H553" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I553" s="1">
-        <v>30460.12</v>
+        <v>0</v>
       </c>
     </row>
     <row r="554" spans="1:9">
       <c r="A554">
-        <v>304</v>
+        <v>336</v>
       </c>
       <c r="B554" t="s">
-        <v>1590</v>
+        <v>1797</v>
       </c>
       <c r="C554" t="s">
-        <v>1579</v>
+        <v>1798</v>
       </c>
       <c r="D554" t="s">
-        <v>11</v>
+        <v>1326</v>
       </c>
       <c r="E554" t="s">
         <v>12</v>
       </c>
       <c r="F554" t="s">
-        <v>1767</v>
+        <v>1799</v>
       </c>
       <c r="H554" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I554" s="1">
-        <v>48000</v>
+        <v>52000</v>
       </c>
     </row>
     <row r="555" spans="1:9">
       <c r="A555">
-        <v>303</v>
+        <v>334</v>
       </c>
       <c r="B555" t="s">
-        <v>1768</v>
+        <v>1800</v>
       </c>
       <c r="C555" t="s">
-        <v>1769</v>
+        <v>1801</v>
       </c>
       <c r="D555" t="s">
-        <v>11</v>
+        <v>1326</v>
       </c>
       <c r="E555" t="s">
         <v>12</v>
       </c>
       <c r="F555" t="s">
-        <v>1681</v>
+        <v>1802</v>
       </c>
       <c r="H555" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I555" s="1">
-        <v>17233.33</v>
+        <v>80000</v>
       </c>
     </row>
     <row r="556" spans="1:9">
       <c r="A556">
-        <v>302</v>
+        <v>333</v>
       </c>
       <c r="B556" t="s">
-        <v>1770</v>
+        <v>1803</v>
       </c>
       <c r="C556" t="s">
-        <v>1509</v>
+        <v>1200</v>
       </c>
       <c r="D556" t="s">
-        <v>11</v>
+        <v>38</v>
       </c>
       <c r="E556" t="s">
         <v>12</v>
       </c>
       <c r="F556" t="s">
-        <v>1771</v>
+        <v>1804</v>
       </c>
       <c r="H556" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I556" s="1">
-        <v>17143.25</v>
+        <v>3023.58</v>
       </c>
     </row>
     <row r="557" spans="1:9">
       <c r="A557">
-        <v>301</v>
+        <v>332</v>
       </c>
       <c r="B557" t="s">
-        <v>1772</v>
+        <v>1805</v>
       </c>
       <c r="C557" t="s">
-        <v>1493</v>
+        <v>1317</v>
       </c>
       <c r="D557" t="s">
-        <v>19</v>
+        <v>38</v>
       </c>
       <c r="E557" t="s">
         <v>12</v>
       </c>
       <c r="F557" t="s">
-        <v>1681</v>
-[...2 lines deleted...]
-        <v>1773</v>
+        <v>1806</v>
       </c>
       <c r="H557" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-        <v>1774</v>
+        <v>42</v>
+      </c>
+      <c r="I557" s="1">
+        <v>1980</v>
       </c>
     </row>
     <row r="558" spans="1:9">
       <c r="A558">
-        <v>300</v>
+        <v>331</v>
       </c>
       <c r="B558" t="s">
-        <v>1775</v>
+        <v>1807</v>
       </c>
       <c r="C558" t="s">
-        <v>1776</v>
+        <v>1808</v>
       </c>
       <c r="D558" t="s">
-        <v>11</v>
+        <v>1400</v>
       </c>
       <c r="E558" t="s">
         <v>12</v>
       </c>
       <c r="F558" t="s">
-        <v>1764</v>
+        <v>915</v>
       </c>
       <c r="H558" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I558" s="1">
-        <v>4540.83</v>
+        <v>2363224.42</v>
       </c>
     </row>
     <row r="559" spans="1:9">
       <c r="A559">
-        <v>299</v>
+        <v>330</v>
       </c>
       <c r="B559" t="s">
-        <v>1777</v>
+        <v>1809</v>
       </c>
       <c r="C559" t="s">
-        <v>1778</v>
+        <v>1810</v>
       </c>
       <c r="D559" t="s">
-        <v>11</v>
+        <v>38</v>
       </c>
       <c r="E559" t="s">
         <v>12</v>
       </c>
       <c r="F559" t="s">
-        <v>1779</v>
+        <v>1774</v>
       </c>
       <c r="H559" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I559" s="1">
-        <v>690</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="560" spans="1:9">
       <c r="A560">
-        <v>298</v>
+        <v>329</v>
       </c>
       <c r="B560" t="s">
-        <v>1780</v>
+        <v>1811</v>
       </c>
       <c r="C560" t="s">
-        <v>1781</v>
+        <v>1812</v>
       </c>
       <c r="D560" t="s">
-        <v>19</v>
+        <v>38</v>
       </c>
       <c r="E560" t="s">
         <v>12</v>
       </c>
       <c r="F560" t="s">
-        <v>1291</v>
+        <v>1813</v>
       </c>
       <c r="H560" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I560" s="1">
-        <v>1300</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="561" spans="1:9">
       <c r="A561">
-        <v>297</v>
+        <v>328</v>
       </c>
       <c r="B561" t="s">
-        <v>1782</v>
+        <v>1814</v>
       </c>
       <c r="C561" t="s">
-        <v>1521</v>
+        <v>1815</v>
       </c>
       <c r="D561" t="s">
-        <v>19</v>
+        <v>38</v>
       </c>
       <c r="E561" t="s">
         <v>12</v>
       </c>
       <c r="F561" t="s">
-        <v>1291</v>
+        <v>1774</v>
       </c>
       <c r="H561" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I561" s="1">
-        <v>3900</v>
+        <v>650</v>
       </c>
     </row>
     <row r="562" spans="1:9">
       <c r="A562">
-        <v>296</v>
+        <v>327</v>
       </c>
       <c r="B562" t="s">
-        <v>1783</v>
+        <v>1816</v>
       </c>
       <c r="C562" t="s">
-        <v>1784</v>
+        <v>1817</v>
       </c>
       <c r="D562" t="s">
-        <v>11</v>
+        <v>38</v>
       </c>
       <c r="E562" t="s">
         <v>12</v>
       </c>
       <c r="F562" t="s">
-        <v>1785</v>
+        <v>1818</v>
       </c>
       <c r="H562" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I562" s="1">
-        <v>4928</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="563" spans="1:9">
       <c r="A563">
-        <v>295</v>
+        <v>326</v>
       </c>
       <c r="B563" t="s">
-        <v>1786</v>
+        <v>1819</v>
       </c>
       <c r="C563" t="s">
-        <v>1507</v>
+        <v>1820</v>
       </c>
       <c r="D563" t="s">
-        <v>19</v>
+        <v>38</v>
       </c>
       <c r="E563" t="s">
         <v>12</v>
       </c>
       <c r="F563" t="s">
-        <v>1787</v>
+        <v>1774</v>
       </c>
       <c r="H563" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I563" s="1">
-        <v>6500</v>
+        <v>650</v>
       </c>
     </row>
     <row r="564" spans="1:9">
       <c r="A564">
-        <v>294</v>
+        <v>325</v>
       </c>
       <c r="B564" t="s">
-        <v>1788</v>
+        <v>1821</v>
       </c>
       <c r="C564" t="s">
-        <v>1505</v>
+        <v>1822</v>
       </c>
       <c r="D564" t="s">
-        <v>19</v>
+        <v>38</v>
       </c>
       <c r="E564" t="s">
         <v>12</v>
       </c>
       <c r="F564" t="s">
-        <v>1291</v>
+        <v>1774</v>
       </c>
       <c r="H564" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I564" s="1">
-        <v>1300</v>
+        <v>1820</v>
       </c>
     </row>
     <row r="565" spans="1:9">
       <c r="A565">
-        <v>293</v>
+        <v>324</v>
       </c>
       <c r="B565" t="s">
-        <v>1623</v>
+        <v>1823</v>
       </c>
       <c r="C565" t="s">
-        <v>1624</v>
+        <v>1824</v>
       </c>
       <c r="D565" t="s">
-        <v>11</v>
+        <v>38</v>
       </c>
       <c r="E565" t="s">
         <v>12</v>
       </c>
       <c r="F565" t="s">
-        <v>1789</v>
+        <v>1825</v>
       </c>
       <c r="H565" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I565" s="1">
-        <v>17506.3</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="566" spans="1:9">
       <c r="A566">
-        <v>292</v>
+        <v>323</v>
       </c>
       <c r="B566" t="s">
-        <v>1790</v>
+        <v>1826</v>
       </c>
       <c r="C566" t="s">
-        <v>1791</v>
+        <v>1827</v>
       </c>
       <c r="D566" t="s">
-        <v>19</v>
+        <v>38</v>
       </c>
       <c r="E566" t="s">
         <v>12</v>
       </c>
       <c r="F566" t="s">
-        <v>1291</v>
+        <v>1774</v>
       </c>
       <c r="H566" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I566" s="1">
-        <v>7800</v>
+        <v>2080</v>
       </c>
     </row>
     <row r="567" spans="1:9">
       <c r="A567">
-        <v>291</v>
+        <v>322</v>
       </c>
       <c r="B567" t="s">
-        <v>1792</v>
+        <v>1828</v>
       </c>
       <c r="C567" t="s">
-        <v>1791</v>
+        <v>1829</v>
       </c>
       <c r="D567" t="s">
-        <v>11</v>
+        <v>38</v>
       </c>
       <c r="E567" t="s">
         <v>12</v>
       </c>
       <c r="F567" t="s">
-        <v>1403</v>
+        <v>1774</v>
       </c>
       <c r="H567" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I567" s="1">
-        <v>2380</v>
+        <v>650</v>
       </c>
     </row>
     <row r="568" spans="1:9">
       <c r="A568">
-        <v>290</v>
+        <v>321</v>
       </c>
       <c r="B568" t="s">
-        <v>1620</v>
+        <v>1830</v>
       </c>
       <c r="C568" t="s">
-        <v>1621</v>
+        <v>1831</v>
       </c>
       <c r="D568" t="s">
-        <v>11</v>
+        <v>38</v>
       </c>
       <c r="E568" t="s">
         <v>12</v>
       </c>
       <c r="F568" t="s">
-        <v>359</v>
+        <v>1774</v>
       </c>
       <c r="H568" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I568" s="1">
-        <v>6150</v>
+        <v>1950</v>
       </c>
     </row>
     <row r="569" spans="1:9">
       <c r="A569">
-        <v>289</v>
+        <v>320</v>
       </c>
       <c r="B569" t="s">
-        <v>1793</v>
+        <v>1832</v>
       </c>
       <c r="C569" t="s">
-        <v>1794</v>
+        <v>1833</v>
       </c>
       <c r="D569" t="s">
-        <v>19</v>
+        <v>38</v>
       </c>
       <c r="E569" t="s">
         <v>12</v>
       </c>
       <c r="F569" t="s">
-        <v>1795</v>
+        <v>1774</v>
       </c>
       <c r="H569" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I569" s="1">
-        <v>0</v>
+        <v>650</v>
       </c>
     </row>
     <row r="570" spans="1:9">
       <c r="A570">
-        <v>288</v>
+        <v>319</v>
       </c>
       <c r="B570" t="s">
-        <v>1623</v>
+        <v>1834</v>
       </c>
       <c r="C570" t="s">
-        <v>1624</v>
+        <v>1835</v>
       </c>
       <c r="D570" t="s">
-        <v>11</v>
+        <v>38</v>
       </c>
       <c r="E570" t="s">
         <v>12</v>
       </c>
       <c r="F570" t="s">
-        <v>1796</v>
+        <v>1774</v>
       </c>
       <c r="H570" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I570" s="1">
-        <v>16800</v>
+        <v>2600</v>
       </c>
     </row>
     <row r="571" spans="1:9">
       <c r="A571">
-        <v>287</v>
+        <v>318</v>
       </c>
       <c r="B571" t="s">
-        <v>1797</v>
+        <v>1836</v>
       </c>
       <c r="C571" t="s">
-        <v>1776</v>
+        <v>1837</v>
       </c>
       <c r="D571" t="s">
-        <v>19</v>
+        <v>38</v>
       </c>
       <c r="E571" t="s">
         <v>12</v>
       </c>
       <c r="F571" t="s">
-        <v>1798</v>
+        <v>1774</v>
       </c>
       <c r="H571" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I571" s="1">
-        <v>600</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="572" spans="1:9">
       <c r="A572">
-        <v>286</v>
+        <v>317</v>
       </c>
       <c r="B572" t="s">
-        <v>1799</v>
+        <v>1838</v>
       </c>
       <c r="C572" t="s">
-        <v>1599</v>
+        <v>1839</v>
       </c>
       <c r="D572" t="s">
-        <v>19</v>
+        <v>38</v>
       </c>
       <c r="E572" t="s">
         <v>12</v>
       </c>
       <c r="F572" t="s">
-        <v>1800</v>
+        <v>1774</v>
       </c>
       <c r="H572" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I572" s="1">
-        <v>1800</v>
+        <v>975</v>
       </c>
     </row>
     <row r="573" spans="1:9">
       <c r="A573">
-        <v>285</v>
+        <v>316</v>
       </c>
       <c r="B573" t="s">
-        <v>1801</v>
+        <v>1840</v>
       </c>
       <c r="C573" t="s">
-        <v>1585</v>
+        <v>1746</v>
       </c>
       <c r="D573" t="s">
-        <v>19</v>
+        <v>38</v>
       </c>
       <c r="E573" t="s">
         <v>12</v>
       </c>
       <c r="F573" t="s">
-        <v>1802</v>
+        <v>1774</v>
       </c>
       <c r="H573" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I573" s="1">
-        <v>0</v>
+        <v>650</v>
       </c>
     </row>
     <row r="574" spans="1:9">
       <c r="A574">
-        <v>284</v>
+        <v>315</v>
       </c>
       <c r="B574" t="s">
-        <v>1803</v>
+        <v>1841</v>
       </c>
       <c r="C574" t="s">
-        <v>1582</v>
+        <v>1784</v>
       </c>
       <c r="D574" t="s">
-        <v>19</v>
+        <v>38</v>
       </c>
       <c r="E574" t="s">
         <v>12</v>
       </c>
       <c r="F574" t="s">
-        <v>1802</v>
+        <v>1774</v>
       </c>
       <c r="H574" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I574" s="1">
-        <v>0</v>
+        <v>650</v>
       </c>
     </row>
     <row r="575" spans="1:9">
       <c r="A575">
-        <v>283</v>
+        <v>314</v>
       </c>
       <c r="B575" t="s">
-        <v>1804</v>
+        <v>1555</v>
       </c>
       <c r="C575" t="s">
-        <v>1490</v>
+        <v>1556</v>
       </c>
       <c r="D575" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="E575" t="s">
         <v>12</v>
       </c>
       <c r="F575" t="s">
-        <v>1681</v>
+        <v>1842</v>
+      </c>
+      <c r="G575" t="s">
+        <v>1843</v>
       </c>
       <c r="H575" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-        <v>23800</v>
+        <v>42</v>
+      </c>
+      <c r="I575" s="1" t="s">
+        <v>1844</v>
       </c>
     </row>
     <row r="576" spans="1:9">
       <c r="A576">
-        <v>282</v>
+        <v>313</v>
       </c>
       <c r="B576" t="s">
-        <v>1752</v>
+        <v>1845</v>
       </c>
       <c r="C576" t="s">
-        <v>1490</v>
+        <v>1583</v>
       </c>
       <c r="D576" t="s">
-        <v>11</v>
+        <v>26</v>
       </c>
       <c r="E576" t="s">
         <v>12</v>
       </c>
       <c r="F576" t="s">
-        <v>1805</v>
+        <v>1846</v>
       </c>
       <c r="H576" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I576" s="1">
-        <v>17100</v>
+        <v>8583.63</v>
       </c>
     </row>
     <row r="577" spans="1:9">
       <c r="A577">
-        <v>281</v>
+        <v>312</v>
       </c>
       <c r="B577" t="s">
-        <v>1806</v>
+        <v>1847</v>
       </c>
       <c r="C577" t="s">
-        <v>1624</v>
+        <v>1824</v>
       </c>
       <c r="D577" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="E577" t="s">
         <v>12</v>
       </c>
       <c r="F577" t="s">
-        <v>1807</v>
+        <v>1774</v>
       </c>
       <c r="H577" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I577" s="1">
-        <v>90000</v>
+        <v>1813</v>
       </c>
     </row>
     <row r="578" spans="1:9">
       <c r="A578">
-        <v>280</v>
+        <v>311</v>
       </c>
       <c r="B578" t="s">
-        <v>1808</v>
+        <v>1848</v>
       </c>
       <c r="C578" t="s">
-        <v>1621</v>
+        <v>1827</v>
       </c>
       <c r="D578" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="E578" t="s">
         <v>12</v>
       </c>
       <c r="F578" t="s">
-        <v>1450</v>
+        <v>1774</v>
       </c>
       <c r="H578" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I578" s="1">
-        <v>120000</v>
+        <v>14818.09</v>
       </c>
     </row>
     <row r="579" spans="1:9">
       <c r="A579">
-        <v>279</v>
+        <v>310</v>
       </c>
       <c r="B579" t="s">
-        <v>1809</v>
+        <v>1849</v>
       </c>
       <c r="C579" t="s">
-        <v>1810</v>
+        <v>1829</v>
       </c>
       <c r="D579" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="E579" t="s">
         <v>12</v>
       </c>
       <c r="F579" t="s">
-        <v>1807</v>
+        <v>1850</v>
       </c>
       <c r="H579" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I579" s="1">
-        <v>80000</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="580" spans="1:9">
       <c r="A580">
-        <v>278</v>
+        <v>309</v>
       </c>
       <c r="B580" t="s">
-        <v>1365</v>
+        <v>1851</v>
       </c>
       <c r="C580" t="s">
-        <v>1366</v>
+        <v>1831</v>
       </c>
       <c r="D580" t="s">
-        <v>11</v>
+        <v>26</v>
       </c>
       <c r="E580" t="s">
         <v>12</v>
       </c>
       <c r="F580" t="s">
-        <v>1811</v>
+        <v>1852</v>
       </c>
       <c r="H580" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I580" s="1">
-        <v>12000</v>
+        <v>15883.98</v>
       </c>
     </row>
     <row r="581" spans="1:9">
       <c r="A581">
-        <v>277</v>
+        <v>308</v>
       </c>
       <c r="B581" t="s">
-        <v>1647</v>
+        <v>1671</v>
       </c>
       <c r="C581" t="s">
-        <v>1648</v>
+        <v>1672</v>
       </c>
       <c r="D581" t="s">
-        <v>47</v>
+        <v>38</v>
       </c>
       <c r="E581" t="s">
         <v>12</v>
       </c>
       <c r="F581" t="s">
-        <v>1649</v>
+        <v>1853</v>
       </c>
       <c r="H581" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I581" s="1">
-        <v>0</v>
+        <v>3520</v>
       </c>
     </row>
     <row r="582" spans="1:9">
       <c r="A582">
-        <v>276</v>
+        <v>307</v>
       </c>
       <c r="B582" t="s">
-        <v>1812</v>
+        <v>1854</v>
       </c>
       <c r="C582" t="s">
-        <v>1813</v>
+        <v>1833</v>
       </c>
       <c r="D582" t="s">
-        <v>11</v>
+        <v>26</v>
       </c>
       <c r="E582" t="s">
         <v>12</v>
       </c>
       <c r="F582" t="s">
-        <v>1063</v>
+        <v>1855</v>
       </c>
       <c r="H582" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I582" s="1">
-        <v>16674.9</v>
+        <v>8883.55</v>
       </c>
     </row>
     <row r="583" spans="1:9">
       <c r="A583">
-        <v>275</v>
+        <v>306</v>
       </c>
       <c r="B583" t="s">
-        <v>1674</v>
+        <v>1856</v>
       </c>
       <c r="C583" t="s">
-        <v>1361</v>
+        <v>1835</v>
       </c>
       <c r="D583" t="s">
-        <v>62</v>
+        <v>26</v>
       </c>
       <c r="E583" t="s">
         <v>12</v>
       </c>
       <c r="F583" t="s">
-        <v>1675</v>
+        <v>1857</v>
       </c>
       <c r="H583" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I583" s="1">
-        <v>0</v>
+        <v>5915</v>
       </c>
     </row>
     <row r="584" spans="1:9">
       <c r="A584">
-        <v>274</v>
+        <v>305</v>
       </c>
       <c r="B584" t="s">
-        <v>1814</v>
+        <v>1858</v>
       </c>
       <c r="C584" t="s">
-        <v>1484</v>
+        <v>1837</v>
       </c>
       <c r="D584" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="E584" t="s">
         <v>12</v>
       </c>
       <c r="F584" t="s">
-        <v>1347</v>
+        <v>1859</v>
       </c>
       <c r="H584" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I584" s="1">
-        <v>35930.04</v>
+        <v>30460.12</v>
       </c>
     </row>
     <row r="585" spans="1:9">
       <c r="A585">
-        <v>273</v>
+        <v>304</v>
       </c>
       <c r="B585" t="s">
-        <v>1815</v>
+        <v>1683</v>
       </c>
       <c r="C585" t="s">
-        <v>1816</v>
+        <v>1672</v>
       </c>
       <c r="D585" t="s">
-        <v>1232</v>
+        <v>26</v>
       </c>
       <c r="E585" t="s">
         <v>12</v>
       </c>
       <c r="F585" t="s">
-        <v>1071</v>
+        <v>1860</v>
       </c>
       <c r="H585" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I585" s="1">
-        <v>132573.78</v>
+        <v>48000</v>
       </c>
     </row>
     <row r="586" spans="1:9">
       <c r="A586">
-        <v>272</v>
+        <v>303</v>
       </c>
       <c r="B586" t="s">
-        <v>1817</v>
+        <v>1861</v>
       </c>
       <c r="C586" t="s">
-        <v>1818</v>
+        <v>1862</v>
       </c>
       <c r="D586" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="E586" t="s">
         <v>12</v>
       </c>
       <c r="F586" t="s">
-        <v>1819</v>
+        <v>1774</v>
       </c>
       <c r="H586" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I586" s="1">
-        <v>8000</v>
+        <v>17233.33</v>
       </c>
     </row>
     <row r="587" spans="1:9">
       <c r="A587">
-        <v>271</v>
+        <v>302</v>
       </c>
       <c r="B587" t="s">
-        <v>1820</v>
+        <v>1863</v>
       </c>
       <c r="C587" t="s">
-        <v>1821</v>
+        <v>1602</v>
       </c>
       <c r="D587" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="E587" t="s">
         <v>12</v>
       </c>
       <c r="F587" t="s">
-        <v>1822</v>
+        <v>1864</v>
       </c>
       <c r="H587" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I587" s="1">
-        <v>3234350</v>
+        <v>17143.25</v>
       </c>
     </row>
     <row r="588" spans="1:9">
       <c r="A588">
-        <v>270</v>
+        <v>301</v>
       </c>
       <c r="B588" t="s">
-        <v>1808</v>
+        <v>1865</v>
       </c>
       <c r="C588" t="s">
-        <v>1621</v>
+        <v>1586</v>
       </c>
       <c r="D588" t="s">
-        <v>19</v>
+        <v>38</v>
       </c>
       <c r="E588" t="s">
         <v>12</v>
       </c>
       <c r="F588" t="s">
-        <v>359</v>
+        <v>1774</v>
+      </c>
+      <c r="G588" t="s">
+        <v>1866</v>
       </c>
       <c r="H588" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-        <v>96000</v>
+        <v>42</v>
+      </c>
+      <c r="I588" s="1" t="s">
+        <v>1867</v>
       </c>
     </row>
     <row r="589" spans="1:9">
       <c r="A589">
-        <v>269</v>
+        <v>300</v>
       </c>
       <c r="B589" t="s">
-        <v>1823</v>
+        <v>1868</v>
       </c>
       <c r="C589" t="s">
-        <v>1317</v>
+        <v>1869</v>
       </c>
       <c r="D589" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="E589" t="s">
         <v>12</v>
       </c>
       <c r="F589" t="s">
-        <v>1824</v>
+        <v>1857</v>
       </c>
       <c r="H589" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I589" s="1">
-        <v>178398</v>
+        <v>4540.83</v>
       </c>
     </row>
     <row r="590" spans="1:9">
       <c r="A590">
-        <v>268</v>
+        <v>299</v>
       </c>
       <c r="B590" t="s">
-        <v>1825</v>
+        <v>1870</v>
       </c>
       <c r="C590" t="s">
-        <v>1101</v>
+        <v>1871</v>
       </c>
       <c r="D590" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="E590" t="s">
         <v>12</v>
       </c>
       <c r="F590" t="s">
-        <v>1826</v>
+        <v>1872</v>
       </c>
       <c r="H590" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I590" s="1">
-        <v>1548689</v>
+        <v>690</v>
       </c>
     </row>
     <row r="591" spans="1:9">
       <c r="A591">
-        <v>267</v>
+        <v>298</v>
       </c>
       <c r="B591" t="s">
-        <v>1827</v>
+        <v>1873</v>
       </c>
       <c r="C591" t="s">
-        <v>1828</v>
+        <v>1874</v>
       </c>
       <c r="D591" t="s">
-        <v>47</v>
+        <v>38</v>
       </c>
       <c r="E591" t="s">
         <v>12</v>
       </c>
       <c r="F591" t="s">
-        <v>1829</v>
+        <v>1384</v>
       </c>
       <c r="H591" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I591" s="1">
-        <v>190900</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="592" spans="1:9">
       <c r="A592">
-        <v>266</v>
+        <v>297</v>
       </c>
       <c r="B592" t="s">
-        <v>1830</v>
+        <v>1875</v>
       </c>
       <c r="C592" t="s">
-        <v>1831</v>
+        <v>1614</v>
       </c>
       <c r="D592" t="s">
-        <v>47</v>
+        <v>38</v>
       </c>
       <c r="E592" t="s">
         <v>12</v>
       </c>
       <c r="F592" t="s">
-        <v>1431</v>
+        <v>1384</v>
       </c>
       <c r="H592" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I592" s="1">
-        <v>927111</v>
+        <v>3900</v>
       </c>
     </row>
     <row r="593" spans="1:9">
       <c r="A593">
-        <v>265</v>
+        <v>296</v>
       </c>
       <c r="B593" t="s">
-        <v>1832</v>
+        <v>1876</v>
       </c>
       <c r="C593" t="s">
-        <v>1833</v>
+        <v>1877</v>
       </c>
       <c r="D593" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="E593" t="s">
         <v>12</v>
       </c>
       <c r="F593" t="s">
-        <v>1028</v>
+        <v>1878</v>
       </c>
       <c r="H593" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I593" s="1">
-        <v>4428997</v>
+        <v>4928</v>
       </c>
     </row>
     <row r="594" spans="1:9">
       <c r="A594">
-        <v>264</v>
+        <v>295</v>
       </c>
       <c r="B594" t="s">
-        <v>1834</v>
+        <v>1879</v>
       </c>
       <c r="C594" t="s">
-        <v>1835</v>
+        <v>1600</v>
       </c>
       <c r="D594" t="s">
-        <v>47</v>
+        <v>38</v>
       </c>
       <c r="E594" t="s">
         <v>12</v>
       </c>
       <c r="F594" t="s">
-        <v>1028</v>
+        <v>1880</v>
       </c>
       <c r="H594" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I594" s="1">
-        <v>4851000</v>
+        <v>6500</v>
       </c>
     </row>
     <row r="595" spans="1:9">
       <c r="A595">
-        <v>263</v>
+        <v>294</v>
       </c>
       <c r="B595" t="s">
-        <v>1836</v>
+        <v>1881</v>
       </c>
       <c r="C595" t="s">
-        <v>1837</v>
+        <v>1598</v>
       </c>
       <c r="D595" t="s">
-        <v>47</v>
+        <v>38</v>
       </c>
       <c r="E595" t="s">
         <v>12</v>
       </c>
       <c r="F595" t="s">
-        <v>1028</v>
+        <v>1384</v>
       </c>
       <c r="H595" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I595" s="1">
-        <v>4885349</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="596" spans="1:9">
       <c r="A596">
-        <v>262</v>
+        <v>293</v>
       </c>
       <c r="B596" t="s">
-        <v>1838</v>
+        <v>1716</v>
       </c>
       <c r="C596" t="s">
-        <v>1839</v>
+        <v>1717</v>
       </c>
       <c r="D596" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="E596" t="s">
         <v>12</v>
       </c>
       <c r="F596" t="s">
-        <v>1840</v>
+        <v>1882</v>
       </c>
       <c r="H596" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I596" s="1">
-        <v>125388</v>
+        <v>17506.3</v>
       </c>
     </row>
     <row r="597" spans="1:9">
       <c r="A597">
-        <v>261</v>
+        <v>292</v>
       </c>
       <c r="B597" t="s">
-        <v>1841</v>
+        <v>1883</v>
       </c>
       <c r="C597" t="s">
-        <v>1223</v>
+        <v>1884</v>
       </c>
       <c r="D597" t="s">
-        <v>497</v>
+        <v>38</v>
       </c>
       <c r="E597" t="s">
         <v>12</v>
       </c>
       <c r="F597" t="s">
-        <v>1842</v>
+        <v>1384</v>
       </c>
       <c r="H597" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I597" s="1">
-        <v>1960230</v>
+        <v>7800</v>
       </c>
     </row>
     <row r="598" spans="1:9">
       <c r="A598">
-        <v>260</v>
+        <v>291</v>
       </c>
       <c r="B598" t="s">
-        <v>1843</v>
+        <v>1885</v>
       </c>
       <c r="C598" t="s">
-        <v>1223</v>
+        <v>1884</v>
       </c>
       <c r="D598" t="s">
-        <v>445</v>
+        <v>26</v>
       </c>
       <c r="E598" t="s">
         <v>12</v>
       </c>
       <c r="F598" t="s">
-        <v>1844</v>
+        <v>1496</v>
       </c>
       <c r="H598" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I598" s="1">
-        <v>0</v>
+        <v>2380</v>
       </c>
     </row>
     <row r="599" spans="1:9">
       <c r="A599">
-        <v>259</v>
+        <v>290</v>
       </c>
       <c r="B599" t="s">
-        <v>1845</v>
+        <v>1713</v>
       </c>
       <c r="C599" t="s">
-        <v>1846</v>
+        <v>1714</v>
       </c>
       <c r="D599" t="s">
-        <v>1232</v>
+        <v>26</v>
       </c>
       <c r="E599" t="s">
         <v>12</v>
       </c>
       <c r="F599" t="s">
-        <v>1847</v>
+        <v>473</v>
       </c>
       <c r="H599" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I599" s="1">
-        <v>1000</v>
+        <v>6150</v>
       </c>
     </row>
     <row r="600" spans="1:9">
       <c r="A600">
-        <v>258</v>
+        <v>289</v>
       </c>
       <c r="B600" t="s">
-        <v>1848</v>
+        <v>1886</v>
       </c>
       <c r="C600" t="s">
-        <v>1105</v>
+        <v>1887</v>
       </c>
       <c r="D600" t="s">
-        <v>1307</v>
+        <v>38</v>
       </c>
       <c r="E600" t="s">
         <v>12</v>
       </c>
       <c r="F600" t="s">
-        <v>1147</v>
+        <v>1888</v>
       </c>
       <c r="H600" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I600" s="1">
-        <v>530458</v>
+        <v>0</v>
       </c>
     </row>
     <row r="601" spans="1:9">
       <c r="A601">
-        <v>257</v>
+        <v>288</v>
       </c>
       <c r="B601" t="s">
-        <v>1849</v>
+        <v>1716</v>
       </c>
       <c r="C601" t="s">
-        <v>1816</v>
+        <v>1717</v>
       </c>
       <c r="D601" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="E601" t="s">
         <v>12</v>
       </c>
       <c r="F601" t="s">
-        <v>1850</v>
+        <v>1889</v>
       </c>
       <c r="H601" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I601" s="1">
-        <v>0</v>
+        <v>16800</v>
       </c>
     </row>
     <row r="602" spans="1:9">
       <c r="A602">
-        <v>256</v>
+        <v>287</v>
       </c>
       <c r="B602" t="s">
-        <v>1851</v>
+        <v>1890</v>
       </c>
       <c r="C602" t="s">
-        <v>1361</v>
+        <v>1869</v>
       </c>
       <c r="D602" t="s">
-        <v>497</v>
+        <v>38</v>
       </c>
       <c r="E602" t="s">
         <v>12</v>
       </c>
       <c r="F602" t="s">
-        <v>1852</v>
-[...2 lines deleted...]
-        <v>1853</v>
+        <v>1891</v>
       </c>
       <c r="H602" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-        <v>1854</v>
+        <v>42</v>
+      </c>
+      <c r="I602" s="1">
+        <v>600</v>
       </c>
     </row>
     <row r="603" spans="1:9">
       <c r="A603">
-        <v>255</v>
+        <v>286</v>
       </c>
       <c r="B603" t="s">
-        <v>1855</v>
+        <v>1892</v>
       </c>
       <c r="C603" t="s">
-        <v>1361</v>
+        <v>1692</v>
       </c>
       <c r="D603" t="s">
-        <v>1232</v>
+        <v>38</v>
       </c>
       <c r="E603" t="s">
         <v>12</v>
       </c>
       <c r="F603" t="s">
-        <v>359</v>
+        <v>1893</v>
       </c>
       <c r="H603" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I603" s="1">
-        <v>132500</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="604" spans="1:9">
       <c r="A604">
-        <v>254</v>
+        <v>285</v>
       </c>
       <c r="B604" t="s">
-        <v>1856</v>
+        <v>1894</v>
       </c>
       <c r="C604" t="s">
-        <v>1857</v>
+        <v>1678</v>
       </c>
       <c r="D604" t="s">
-        <v>47</v>
+        <v>38</v>
       </c>
       <c r="E604" t="s">
         <v>12</v>
       </c>
       <c r="F604" t="s">
-        <v>1244</v>
-[...2 lines deleted...]
-        <v>655</v>
+        <v>1895</v>
       </c>
       <c r="H604" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-        <v>1858</v>
+        <v>42</v>
+      </c>
+      <c r="I604" s="1">
+        <v>0</v>
       </c>
     </row>
     <row r="605" spans="1:9">
       <c r="A605">
-        <v>253</v>
+        <v>284</v>
       </c>
       <c r="B605" t="s">
-        <v>1859</v>
+        <v>1896</v>
       </c>
       <c r="C605" t="s">
-        <v>1550</v>
+        <v>1675</v>
       </c>
       <c r="D605" t="s">
-        <v>19</v>
+        <v>38</v>
       </c>
       <c r="E605" t="s">
         <v>12</v>
       </c>
       <c r="F605" t="s">
-        <v>1860</v>
+        <v>1895</v>
       </c>
       <c r="H605" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I605" s="1">
-        <v>100000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="606" spans="1:9">
       <c r="A606">
-        <v>252</v>
+        <v>283</v>
       </c>
       <c r="B606" t="s">
-        <v>1861</v>
+        <v>1897</v>
       </c>
       <c r="C606" t="s">
-        <v>1862</v>
+        <v>1583</v>
       </c>
       <c r="D606" t="s">
-        <v>19</v>
+        <v>38</v>
       </c>
       <c r="E606" t="s">
         <v>12</v>
       </c>
       <c r="F606" t="s">
-        <v>1863</v>
+        <v>1774</v>
       </c>
       <c r="H606" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I606" s="1">
-        <v>110000</v>
+        <v>23800</v>
       </c>
     </row>
     <row r="607" spans="1:9">
       <c r="A607">
-        <v>251</v>
+        <v>282</v>
       </c>
       <c r="B607" t="s">
-        <v>1864</v>
+        <v>1845</v>
       </c>
       <c r="C607" t="s">
-        <v>1346</v>
+        <v>1583</v>
       </c>
       <c r="D607" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="E607" t="s">
         <v>12</v>
       </c>
       <c r="F607" t="s">
-        <v>1865</v>
+        <v>1898</v>
       </c>
       <c r="H607" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I607" s="1">
-        <v>80000</v>
+        <v>17100</v>
       </c>
     </row>
     <row r="608" spans="1:9">
       <c r="A608">
-        <v>250</v>
+        <v>281</v>
       </c>
       <c r="B608" t="s">
-        <v>1866</v>
+        <v>1899</v>
       </c>
       <c r="C608" t="s">
-        <v>1366</v>
+        <v>1717</v>
       </c>
       <c r="D608" t="s">
-        <v>19</v>
+        <v>38</v>
       </c>
       <c r="E608" t="s">
         <v>12</v>
       </c>
       <c r="F608" t="s">
-        <v>1865</v>
+        <v>1900</v>
       </c>
       <c r="H608" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I608" s="1">
-        <v>350000</v>
+        <v>90000</v>
       </c>
     </row>
     <row r="609" spans="1:9">
       <c r="A609">
-        <v>249</v>
+        <v>280</v>
       </c>
       <c r="B609" t="s">
-        <v>1867</v>
+        <v>1901</v>
       </c>
       <c r="C609" t="s">
-        <v>1105</v>
+        <v>1714</v>
       </c>
       <c r="D609" t="s">
-        <v>47</v>
+        <v>38</v>
       </c>
       <c r="E609" t="s">
         <v>12</v>
       </c>
       <c r="F609" t="s">
-        <v>1868</v>
+        <v>1543</v>
       </c>
       <c r="H609" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I609" s="1">
-        <v>0</v>
+        <v>120000</v>
       </c>
     </row>
     <row r="610" spans="1:9">
       <c r="A610">
-        <v>248</v>
+        <v>279</v>
       </c>
       <c r="B610" t="s">
-        <v>1869</v>
+        <v>1902</v>
       </c>
       <c r="C610" t="s">
-        <v>1870</v>
+        <v>1903</v>
       </c>
       <c r="D610" t="s">
-        <v>47</v>
+        <v>38</v>
       </c>
       <c r="E610" t="s">
         <v>12</v>
       </c>
       <c r="F610" t="s">
-        <v>1871</v>
+        <v>1900</v>
       </c>
       <c r="H610" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I610" s="1">
-        <v>0</v>
+        <v>80000</v>
       </c>
     </row>
     <row r="611" spans="1:9">
       <c r="A611">
-        <v>247</v>
+        <v>278</v>
       </c>
       <c r="B611" t="s">
-        <v>1872</v>
+        <v>1458</v>
       </c>
       <c r="C611" t="s">
-        <v>1873</v>
+        <v>1459</v>
       </c>
       <c r="D611" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="E611" t="s">
         <v>12</v>
       </c>
       <c r="F611" t="s">
-        <v>1874</v>
-[...2 lines deleted...]
-        <v>1875</v>
+        <v>1904</v>
       </c>
       <c r="H611" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-        <v>1876</v>
+        <v>42</v>
+      </c>
+      <c r="I611" s="1">
+        <v>12000</v>
       </c>
     </row>
     <row r="612" spans="1:9">
       <c r="A612">
-        <v>246</v>
+        <v>277</v>
       </c>
       <c r="B612" t="s">
-        <v>1877</v>
+        <v>1740</v>
       </c>
       <c r="C612" t="s">
-        <v>1878</v>
+        <v>1741</v>
       </c>
       <c r="D612" t="s">
-        <v>47</v>
+        <v>70</v>
       </c>
       <c r="E612" t="s">
         <v>12</v>
       </c>
       <c r="F612" t="s">
-        <v>1879</v>
+        <v>1742</v>
       </c>
       <c r="H612" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I612" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="613" spans="1:9">
       <c r="A613">
-        <v>245</v>
+        <v>276</v>
       </c>
       <c r="B613" t="s">
-        <v>1880</v>
+        <v>1905</v>
       </c>
       <c r="C613" t="s">
-        <v>1881</v>
+        <v>1906</v>
       </c>
       <c r="D613" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="E613" t="s">
         <v>12</v>
       </c>
       <c r="F613" t="s">
-        <v>1882</v>
+        <v>1159</v>
       </c>
       <c r="H613" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I613" s="1">
-        <v>0</v>
+        <v>16674.9</v>
       </c>
     </row>
     <row r="614" spans="1:9">
       <c r="A614">
-        <v>244</v>
+        <v>275</v>
       </c>
       <c r="B614" t="s">
-        <v>1883</v>
+        <v>1767</v>
       </c>
       <c r="C614" t="s">
-        <v>1884</v>
+        <v>1454</v>
       </c>
       <c r="D614" t="s">
-        <v>47</v>
+        <v>19</v>
       </c>
       <c r="E614" t="s">
         <v>12</v>
       </c>
       <c r="F614" t="s">
-        <v>1885</v>
+        <v>1768</v>
       </c>
       <c r="H614" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I614" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="615" spans="1:9">
       <c r="A615">
-        <v>243</v>
+        <v>274</v>
       </c>
       <c r="B615" t="s">
-        <v>1886</v>
+        <v>1907</v>
       </c>
       <c r="C615" t="s">
-        <v>1887</v>
+        <v>1577</v>
       </c>
       <c r="D615" t="s">
-        <v>47</v>
+        <v>70</v>
       </c>
       <c r="E615" t="s">
         <v>12</v>
       </c>
       <c r="F615" t="s">
-        <v>1353</v>
+        <v>1440</v>
       </c>
       <c r="H615" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I615" s="1">
-        <v>0</v>
+        <v>35930.04</v>
       </c>
     </row>
     <row r="616" spans="1:9">
       <c r="A616">
-        <v>242</v>
+        <v>273</v>
       </c>
       <c r="B616" t="s">
-        <v>1845</v>
+        <v>1908</v>
       </c>
       <c r="C616" t="s">
-        <v>1846</v>
+        <v>1909</v>
       </c>
       <c r="D616" t="s">
-        <v>1232</v>
+        <v>1326</v>
       </c>
       <c r="E616" t="s">
         <v>12</v>
       </c>
       <c r="F616" t="s">
-        <v>1847</v>
+        <v>1167</v>
       </c>
       <c r="H616" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I616" s="1">
-        <v>0</v>
+        <v>132573.78</v>
       </c>
     </row>
     <row r="617" spans="1:9">
       <c r="A617">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="B617" t="s">
-        <v>1888</v>
+        <v>1910</v>
       </c>
       <c r="C617" t="s">
-        <v>1846</v>
+        <v>1911</v>
       </c>
       <c r="D617" t="s">
-        <v>47</v>
+        <v>38</v>
       </c>
       <c r="E617" t="s">
         <v>12</v>
       </c>
       <c r="F617" t="s">
-        <v>1889</v>
+        <v>1912</v>
       </c>
       <c r="H617" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I617" s="1">
-        <v>0</v>
+        <v>8000</v>
       </c>
     </row>
     <row r="618" spans="1:9">
       <c r="A618">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="B618" t="s">
-        <v>1890</v>
+        <v>1913</v>
       </c>
       <c r="C618" t="s">
-        <v>1891</v>
+        <v>1914</v>
       </c>
       <c r="D618" t="s">
-        <v>47</v>
+        <v>70</v>
       </c>
       <c r="E618" t="s">
         <v>12</v>
       </c>
       <c r="F618" t="s">
-        <v>1028</v>
+        <v>1915</v>
       </c>
       <c r="H618" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I618" s="1">
-        <v>5320638</v>
+        <v>3234350</v>
       </c>
     </row>
     <row r="619" spans="1:9">
       <c r="A619">
-        <v>239</v>
+        <v>270</v>
       </c>
       <c r="B619" t="s">
-        <v>1841</v>
+        <v>1901</v>
       </c>
       <c r="C619" t="s">
-        <v>1223</v>
+        <v>1714</v>
       </c>
       <c r="D619" t="s">
-        <v>497</v>
+        <v>38</v>
       </c>
       <c r="E619" t="s">
         <v>12</v>
       </c>
       <c r="F619" t="s">
-        <v>1892</v>
+        <v>473</v>
       </c>
       <c r="H619" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I619" s="1">
-        <v>1960230</v>
+        <v>96000</v>
       </c>
     </row>
     <row r="620" spans="1:9">
       <c r="A620">
-        <v>238</v>
+        <v>269</v>
       </c>
       <c r="B620" t="s">
-        <v>1893</v>
+        <v>1916</v>
       </c>
       <c r="C620" t="s">
-        <v>1894</v>
+        <v>1410</v>
       </c>
       <c r="D620" t="s">
-        <v>47</v>
+        <v>70</v>
       </c>
       <c r="E620" t="s">
         <v>12</v>
       </c>
       <c r="F620" t="s">
-        <v>469</v>
-[...2 lines deleted...]
-        <v>1895</v>
+        <v>1917</v>
       </c>
       <c r="H620" t="s">
-        <v>982</v>
-[...2 lines deleted...]
-        <v>1896</v>
+        <v>42</v>
+      </c>
+      <c r="I620" s="1">
+        <v>178398</v>
       </c>
     </row>
     <row r="621" spans="1:9">
       <c r="A621">
-        <v>237</v>
+        <v>268</v>
       </c>
       <c r="B621" t="s">
-        <v>1897</v>
+        <v>1918</v>
       </c>
       <c r="C621" t="s">
-        <v>1715</v>
+        <v>1196</v>
       </c>
       <c r="D621" t="s">
-        <v>47</v>
+        <v>70</v>
       </c>
       <c r="E621" t="s">
         <v>12</v>
       </c>
       <c r="F621" t="s">
-        <v>1898</v>
+        <v>1919</v>
       </c>
       <c r="H621" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I621" s="1">
-        <v>0</v>
+        <v>1548689</v>
       </c>
     </row>
     <row r="622" spans="1:9">
       <c r="A622">
-        <v>236</v>
+        <v>267</v>
       </c>
       <c r="B622" t="s">
-        <v>1899</v>
+        <v>1920</v>
       </c>
       <c r="C622" t="s">
-        <v>1900</v>
+        <v>1921</v>
       </c>
       <c r="D622" t="s">
-        <v>47</v>
+        <v>70</v>
       </c>
       <c r="E622" t="s">
         <v>12</v>
       </c>
       <c r="F622" t="s">
-        <v>1901</v>
+        <v>79</v>
       </c>
       <c r="H622" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I622" s="1">
-        <v>0</v>
+        <v>190900</v>
       </c>
     </row>
     <row r="623" spans="1:9">
       <c r="A623">
-        <v>235</v>
+        <v>266</v>
       </c>
       <c r="B623" t="s">
-        <v>1841</v>
+        <v>1922</v>
       </c>
       <c r="C623" t="s">
-        <v>1223</v>
+        <v>1923</v>
       </c>
       <c r="D623" t="s">
-        <v>497</v>
+        <v>70</v>
       </c>
       <c r="E623" t="s">
         <v>12</v>
       </c>
       <c r="F623" t="s">
-        <v>1902</v>
+        <v>1524</v>
       </c>
       <c r="H623" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I623" s="1">
-        <v>0</v>
+        <v>927111</v>
       </c>
     </row>
     <row r="624" spans="1:9">
       <c r="A624">
-        <v>234</v>
+        <v>265</v>
       </c>
       <c r="B624" t="s">
-        <v>1903</v>
+        <v>1924</v>
       </c>
       <c r="C624" t="s">
-        <v>1904</v>
+        <v>1925</v>
       </c>
       <c r="D624" t="s">
-        <v>47</v>
+        <v>70</v>
       </c>
       <c r="E624" t="s">
         <v>12</v>
       </c>
       <c r="F624" t="s">
-        <v>1905</v>
+        <v>1124</v>
       </c>
       <c r="H624" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I624" s="1">
-        <v>0</v>
+        <v>4428997</v>
       </c>
     </row>
     <row r="625" spans="1:9">
       <c r="A625">
-        <v>233</v>
+        <v>264</v>
       </c>
       <c r="B625" t="s">
-        <v>1906</v>
+        <v>1926</v>
       </c>
       <c r="C625" t="s">
-        <v>1907</v>
+        <v>1927</v>
       </c>
       <c r="D625" t="s">
-        <v>47</v>
+        <v>70</v>
       </c>
       <c r="E625" t="s">
         <v>12</v>
       </c>
       <c r="F625" t="s">
-        <v>1350</v>
+        <v>1124</v>
       </c>
       <c r="H625" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I625" s="1">
-        <v>0</v>
+        <v>4851000</v>
       </c>
     </row>
     <row r="626" spans="1:9">
       <c r="A626">
-        <v>232</v>
+        <v>263</v>
       </c>
       <c r="B626" t="s">
-        <v>1908</v>
+        <v>1928</v>
       </c>
       <c r="C626" t="s">
-        <v>1909</v>
+        <v>1929</v>
       </c>
       <c r="D626" t="s">
-        <v>47</v>
+        <v>70</v>
       </c>
       <c r="E626" t="s">
         <v>12</v>
       </c>
       <c r="F626" t="s">
-        <v>1910</v>
+        <v>1124</v>
       </c>
       <c r="H626" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I626" s="1">
-        <v>0</v>
+        <v>4885349</v>
       </c>
     </row>
     <row r="627" spans="1:9">
       <c r="A627">
-        <v>231</v>
+        <v>262</v>
       </c>
       <c r="B627" t="s">
-        <v>1911</v>
+        <v>1930</v>
       </c>
       <c r="C627" t="s">
-        <v>1912</v>
+        <v>1931</v>
       </c>
       <c r="D627" t="s">
-        <v>47</v>
+        <v>70</v>
       </c>
       <c r="E627" t="s">
         <v>12</v>
       </c>
       <c r="F627" t="s">
-        <v>1871</v>
+        <v>1932</v>
       </c>
       <c r="H627" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I627" s="1">
-        <v>0</v>
+        <v>125388</v>
       </c>
     </row>
     <row r="628" spans="1:9">
       <c r="A628">
-        <v>230</v>
+        <v>261</v>
       </c>
       <c r="B628" t="s">
-        <v>1913</v>
+        <v>1933</v>
       </c>
       <c r="C628" t="s">
-        <v>574</v>
+        <v>1317</v>
       </c>
       <c r="D628" t="s">
-        <v>47</v>
+        <v>604</v>
       </c>
       <c r="E628" t="s">
         <v>12</v>
       </c>
       <c r="F628" t="s">
-        <v>1914</v>
+        <v>1934</v>
       </c>
       <c r="H628" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I628" s="1">
-        <v>0</v>
+        <v>1960230</v>
       </c>
     </row>
     <row r="629" spans="1:9">
       <c r="A629">
-        <v>229</v>
+        <v>260</v>
       </c>
       <c r="B629" t="s">
-        <v>1915</v>
+        <v>1935</v>
       </c>
       <c r="C629" t="s">
-        <v>1223</v>
+        <v>1317</v>
       </c>
       <c r="D629" t="s">
-        <v>47</v>
+        <v>83</v>
       </c>
       <c r="E629" t="s">
         <v>12</v>
       </c>
       <c r="F629" t="s">
-        <v>1665</v>
+        <v>1936</v>
       </c>
       <c r="H629" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I629" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="630" spans="1:9">
       <c r="A630">
-        <v>228</v>
+        <v>259</v>
       </c>
       <c r="B630" t="s">
-        <v>1841</v>
+        <v>1937</v>
       </c>
       <c r="C630" t="s">
-        <v>1223</v>
+        <v>1938</v>
       </c>
       <c r="D630" t="s">
-        <v>497</v>
+        <v>1326</v>
       </c>
       <c r="E630" t="s">
         <v>12</v>
       </c>
       <c r="F630" t="s">
-        <v>1892</v>
+        <v>1939</v>
       </c>
       <c r="H630" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I630" s="1">
-        <v>0</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="631" spans="1:9">
       <c r="A631">
-        <v>227</v>
+        <v>258</v>
       </c>
       <c r="B631" t="s">
-        <v>1843</v>
+        <v>1940</v>
       </c>
       <c r="C631" t="s">
-        <v>1223</v>
+        <v>1200</v>
       </c>
       <c r="D631" t="s">
-        <v>445</v>
+        <v>1400</v>
       </c>
       <c r="E631" t="s">
         <v>12</v>
       </c>
       <c r="F631" t="s">
-        <v>1844</v>
+        <v>1241</v>
       </c>
       <c r="H631" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I631" s="1">
-        <v>0</v>
+        <v>530458</v>
       </c>
     </row>
     <row r="632" spans="1:9">
       <c r="A632">
-        <v>225</v>
+        <v>257</v>
       </c>
       <c r="B632" t="s">
-        <v>1916</v>
+        <v>1941</v>
       </c>
       <c r="C632" t="s">
-        <v>1108</v>
+        <v>1909</v>
       </c>
       <c r="D632" t="s">
-        <v>19</v>
+        <v>70</v>
       </c>
       <c r="E632" t="s">
         <v>12</v>
       </c>
       <c r="F632" t="s">
-        <v>1917</v>
+        <v>1942</v>
       </c>
       <c r="H632" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I632" s="1">
-        <v>837500</v>
+        <v>0</v>
       </c>
     </row>
     <row r="633" spans="1:9">
       <c r="A633">
-        <v>224</v>
+        <v>256</v>
       </c>
       <c r="B633" t="s">
-        <v>1918</v>
+        <v>1943</v>
       </c>
       <c r="C633" t="s">
-        <v>1912</v>
+        <v>1454</v>
       </c>
       <c r="D633" t="s">
-        <v>62</v>
+        <v>604</v>
       </c>
       <c r="E633" t="s">
         <v>12</v>
       </c>
       <c r="F633" t="s">
-        <v>1889</v>
+        <v>1944</v>
+      </c>
+      <c r="G633" t="s">
+        <v>1945</v>
       </c>
       <c r="H633" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>42</v>
+      </c>
+      <c r="I633" s="1" t="s">
+        <v>1946</v>
       </c>
     </row>
     <row r="634" spans="1:9">
       <c r="A634">
-        <v>223</v>
+        <v>255</v>
       </c>
       <c r="B634" t="s">
-        <v>1919</v>
+        <v>1947</v>
       </c>
       <c r="C634" t="s">
-        <v>574</v>
+        <v>1454</v>
       </c>
       <c r="D634" t="s">
-        <v>62</v>
+        <v>1326</v>
       </c>
       <c r="E634" t="s">
         <v>12</v>
       </c>
       <c r="F634" t="s">
-        <v>817</v>
+        <v>473</v>
       </c>
       <c r="H634" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I634" s="1">
-        <v>0</v>
+        <v>132500</v>
       </c>
     </row>
     <row r="635" spans="1:9">
       <c r="A635">
-        <v>222</v>
+        <v>254</v>
       </c>
       <c r="B635" t="s">
-        <v>1920</v>
+        <v>1948</v>
       </c>
       <c r="C635" t="s">
-        <v>1105</v>
+        <v>1949</v>
       </c>
       <c r="D635" t="s">
-        <v>62</v>
+        <v>70</v>
       </c>
       <c r="E635" t="s">
         <v>12</v>
       </c>
       <c r="F635" t="s">
-        <v>1921</v>
+        <v>71</v>
       </c>
       <c r="G635" t="s">
-        <v>1922</v>
+        <v>760</v>
       </c>
       <c r="H635" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I635" s="1" t="s">
-        <v>1923</v>
+        <v>1950</v>
       </c>
     </row>
     <row r="636" spans="1:9">
       <c r="A636">
-        <v>221</v>
+        <v>253</v>
       </c>
       <c r="B636" t="s">
-        <v>1924</v>
+        <v>1951</v>
       </c>
       <c r="C636" t="s">
-        <v>1925</v>
+        <v>1643</v>
       </c>
       <c r="D636" t="s">
-        <v>1232</v>
+        <v>38</v>
       </c>
       <c r="E636" t="s">
         <v>12</v>
       </c>
       <c r="F636" t="s">
-        <v>1926</v>
+        <v>1952</v>
       </c>
       <c r="H636" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I636" s="1">
-        <v>0</v>
+        <v>100000</v>
       </c>
     </row>
     <row r="637" spans="1:9">
       <c r="A637">
-        <v>220</v>
+        <v>252</v>
       </c>
       <c r="B637" t="s">
-        <v>1927</v>
+        <v>1953</v>
       </c>
       <c r="C637" t="s">
-        <v>1223</v>
+        <v>1954</v>
       </c>
       <c r="D637" t="s">
-        <v>62</v>
+        <v>38</v>
       </c>
       <c r="E637" t="s">
         <v>12</v>
       </c>
       <c r="F637" t="s">
-        <v>817</v>
+        <v>1955</v>
       </c>
       <c r="H637" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I637" s="1">
-        <v>0</v>
+        <v>110000</v>
       </c>
     </row>
     <row r="638" spans="1:9">
       <c r="A638">
-        <v>219</v>
+        <v>251</v>
       </c>
       <c r="B638" t="s">
-        <v>1928</v>
+        <v>1956</v>
       </c>
       <c r="C638" t="s">
-        <v>1891</v>
+        <v>1439</v>
       </c>
       <c r="D638" t="s">
-        <v>1232</v>
+        <v>38</v>
       </c>
       <c r="E638" t="s">
         <v>12</v>
       </c>
       <c r="F638" t="s">
-        <v>1929</v>
+        <v>1957</v>
       </c>
       <c r="H638" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I638" s="1">
-        <v>0</v>
+        <v>80000</v>
       </c>
     </row>
     <row r="639" spans="1:9">
       <c r="A639">
-        <v>218</v>
+        <v>250</v>
       </c>
       <c r="B639" t="s">
-        <v>1930</v>
+        <v>1958</v>
       </c>
       <c r="C639" t="s">
-        <v>1931</v>
+        <v>1459</v>
       </c>
       <c r="D639" t="s">
-        <v>1232</v>
+        <v>38</v>
       </c>
       <c r="E639" t="s">
         <v>12</v>
       </c>
       <c r="F639" t="s">
-        <v>1932</v>
+        <v>1957</v>
       </c>
       <c r="H639" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I639" s="1">
-        <v>0</v>
+        <v>350000</v>
       </c>
     </row>
     <row r="640" spans="1:9">
       <c r="A640">
-        <v>217</v>
+        <v>249</v>
       </c>
       <c r="B640" t="s">
-        <v>1933</v>
+        <v>1959</v>
       </c>
       <c r="C640" t="s">
-        <v>1894</v>
+        <v>1200</v>
       </c>
       <c r="D640" t="s">
-        <v>1232</v>
+        <v>70</v>
       </c>
       <c r="E640" t="s">
         <v>12</v>
       </c>
       <c r="F640" t="s">
-        <v>1934</v>
+        <v>1960</v>
       </c>
       <c r="H640" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I640" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="641" spans="1:9">
       <c r="A641">
-        <v>216</v>
+        <v>248</v>
       </c>
       <c r="B641" t="s">
-        <v>1935</v>
+        <v>1961</v>
       </c>
       <c r="C641" t="s">
-        <v>1715</v>
+        <v>1962</v>
       </c>
       <c r="D641" t="s">
-        <v>1232</v>
+        <v>70</v>
       </c>
       <c r="E641" t="s">
         <v>12</v>
       </c>
       <c r="F641" t="s">
-        <v>1326</v>
+        <v>1963</v>
       </c>
       <c r="H641" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I641" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="642" spans="1:9">
       <c r="A642">
-        <v>215</v>
+        <v>247</v>
       </c>
       <c r="B642" t="s">
-        <v>1936</v>
+        <v>1964</v>
       </c>
       <c r="C642" t="s">
-        <v>1900</v>
+        <v>1965</v>
       </c>
       <c r="D642" t="s">
-        <v>1232</v>
+        <v>70</v>
       </c>
       <c r="E642" t="s">
         <v>12</v>
       </c>
       <c r="F642" t="s">
-        <v>899</v>
+        <v>1966</v>
+      </c>
+      <c r="G642" t="s">
+        <v>1967</v>
       </c>
       <c r="H642" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>42</v>
+      </c>
+      <c r="I642" s="1" t="s">
+        <v>1968</v>
       </c>
     </row>
     <row r="643" spans="1:9">
       <c r="A643">
-        <v>214</v>
+        <v>246</v>
       </c>
       <c r="B643" t="s">
-        <v>1937</v>
+        <v>1969</v>
       </c>
       <c r="C643" t="s">
-        <v>1904</v>
+        <v>1970</v>
       </c>
       <c r="D643" t="s">
-        <v>1232</v>
+        <v>70</v>
       </c>
       <c r="E643" t="s">
         <v>12</v>
       </c>
       <c r="F643" t="s">
-        <v>1938</v>
+        <v>1971</v>
       </c>
       <c r="H643" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I643" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="644" spans="1:9">
       <c r="A644">
-        <v>213</v>
+        <v>245</v>
       </c>
       <c r="B644" t="s">
-        <v>1939</v>
+        <v>1972</v>
       </c>
       <c r="C644" t="s">
-        <v>1907</v>
+        <v>1973</v>
       </c>
       <c r="D644" t="s">
-        <v>1232</v>
+        <v>70</v>
       </c>
       <c r="E644" t="s">
         <v>12</v>
       </c>
       <c r="F644" t="s">
-        <v>359</v>
+        <v>1974</v>
       </c>
       <c r="H644" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I644" s="1">
-        <v>66544</v>
+        <v>0</v>
       </c>
     </row>
     <row r="645" spans="1:9">
       <c r="A645">
-        <v>212</v>
+        <v>244</v>
       </c>
       <c r="B645" t="s">
-        <v>1940</v>
+        <v>1975</v>
       </c>
       <c r="C645" t="s">
-        <v>1912</v>
+        <v>1976</v>
       </c>
       <c r="D645" t="s">
-        <v>1232</v>
+        <v>70</v>
       </c>
       <c r="E645" t="s">
         <v>12</v>
       </c>
       <c r="F645" t="s">
-        <v>1941</v>
+        <v>1977</v>
       </c>
       <c r="H645" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I645" s="1">
-        <v>329602</v>
+        <v>0</v>
       </c>
     </row>
     <row r="646" spans="1:9">
       <c r="A646">
-        <v>211</v>
+        <v>243</v>
       </c>
       <c r="B646" t="s">
-        <v>1942</v>
+        <v>1978</v>
       </c>
       <c r="C646" t="s">
-        <v>574</v>
+        <v>1979</v>
       </c>
       <c r="D646" t="s">
-        <v>1232</v>
+        <v>70</v>
       </c>
       <c r="E646" t="s">
         <v>12</v>
       </c>
       <c r="F646" t="s">
-        <v>1943</v>
+        <v>1446</v>
       </c>
       <c r="H646" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I646" s="1">
-        <v>63153</v>
+        <v>0</v>
       </c>
     </row>
     <row r="647" spans="1:9">
       <c r="A647">
-        <v>210</v>
+        <v>242</v>
       </c>
       <c r="B647" t="s">
-        <v>1944</v>
+        <v>1937</v>
       </c>
       <c r="C647" t="s">
-        <v>1105</v>
+        <v>1938</v>
       </c>
       <c r="D647" t="s">
-        <v>1232</v>
+        <v>1326</v>
       </c>
       <c r="E647" t="s">
         <v>12</v>
       </c>
       <c r="F647" t="s">
-        <v>1071</v>
+        <v>1939</v>
       </c>
       <c r="H647" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I647" s="1">
-        <v>171400</v>
+        <v>0</v>
       </c>
     </row>
     <row r="648" spans="1:9">
       <c r="A648">
-        <v>209</v>
+        <v>241</v>
       </c>
       <c r="B648" t="s">
-        <v>1945</v>
+        <v>1980</v>
       </c>
       <c r="C648" t="s">
-        <v>1223</v>
+        <v>1938</v>
       </c>
       <c r="D648" t="s">
-        <v>1232</v>
+        <v>70</v>
       </c>
       <c r="E648" t="s">
         <v>12</v>
       </c>
       <c r="F648" t="s">
-        <v>1946</v>
+        <v>1981</v>
       </c>
       <c r="H648" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="I648" s="1">
-        <v>176363</v>
+        <v>0</v>
       </c>
     </row>
     <row r="649" spans="1:9">
       <c r="A649">
-        <v>208</v>
+        <v>240</v>
       </c>
       <c r="B649" t="s">
-        <v>1947</v>
+        <v>1982</v>
       </c>
       <c r="C649" t="s">
-        <v>1948</v>
+        <v>1983</v>
       </c>
       <c r="D649" t="s">
-        <v>47</v>
+        <v>70</v>
       </c>
       <c r="E649" t="s">
         <v>12</v>
       </c>
       <c r="F649" t="s">
-        <v>1949</v>
+        <v>1124</v>
       </c>
       <c r="H649" t="s">
-        <v>15</v>
+        <v>42</v>
       </c>
       <c r="I649" s="1">
-        <v>0</v>
+        <v>5320638</v>
       </c>
     </row>
     <row r="650" spans="1:9">
       <c r="A650">
-        <v>207</v>
+        <v>239</v>
       </c>
       <c r="B650" t="s">
-        <v>1950</v>
+        <v>1933</v>
       </c>
       <c r="C650" t="s">
-        <v>1951</v>
+        <v>1317</v>
       </c>
       <c r="D650" t="s">
-        <v>47</v>
+        <v>604</v>
       </c>
       <c r="E650" t="s">
         <v>12</v>
       </c>
       <c r="F650" t="s">
-        <v>1952</v>
+        <v>1984</v>
+      </c>
+      <c r="H650" t="s">
+        <v>42</v>
       </c>
       <c r="I650" s="1">
-        <v>0</v>
+        <v>1960230</v>
       </c>
     </row>
     <row r="651" spans="1:9">
       <c r="A651">
-        <v>206</v>
+        <v>238</v>
       </c>
       <c r="B651" t="s">
-        <v>1953</v>
+        <v>1985</v>
       </c>
       <c r="C651" t="s">
-        <v>1954</v>
+        <v>1986</v>
       </c>
       <c r="D651" t="s">
-        <v>47</v>
+        <v>70</v>
       </c>
       <c r="E651" t="s">
         <v>12</v>
       </c>
       <c r="F651" t="s">
-        <v>1955</v>
+        <v>578</v>
+      </c>
+      <c r="G651" t="s">
+        <v>1987</v>
       </c>
       <c r="H651" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>1078</v>
+      </c>
+      <c r="I651" s="1" t="s">
+        <v>1988</v>
       </c>
     </row>
     <row r="652" spans="1:9">
       <c r="A652">
-        <v>205</v>
+        <v>237</v>
       </c>
       <c r="B652" t="s">
-        <v>1956</v>
+        <v>1989</v>
       </c>
       <c r="C652" t="s">
-        <v>1957</v>
+        <v>1808</v>
       </c>
       <c r="D652" t="s">
-        <v>47</v>
+        <v>70</v>
       </c>
       <c r="E652" t="s">
         <v>12</v>
       </c>
       <c r="F652" t="s">
-        <v>1958</v>
+        <v>1990</v>
       </c>
       <c r="H652" t="s">
-        <v>15</v>
+        <v>42</v>
       </c>
       <c r="I652" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="653" spans="1:9">
       <c r="A653">
-        <v>203</v>
+        <v>236</v>
       </c>
       <c r="B653" t="s">
-        <v>1959</v>
+        <v>1991</v>
       </c>
       <c r="C653" t="s">
-        <v>1960</v>
+        <v>1992</v>
       </c>
       <c r="D653" t="s">
-        <v>47</v>
+        <v>70</v>
       </c>
       <c r="E653" t="s">
         <v>12</v>
       </c>
       <c r="F653" t="s">
-        <v>1961</v>
+        <v>1993</v>
       </c>
       <c r="H653" t="s">
-        <v>15</v>
+        <v>42</v>
       </c>
       <c r="I653" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="654" spans="1:9">
       <c r="A654">
-        <v>202</v>
+        <v>235</v>
       </c>
       <c r="B654" t="s">
-        <v>1962</v>
+        <v>1933</v>
       </c>
       <c r="C654" t="s">
-        <v>1963</v>
+        <v>1317</v>
       </c>
       <c r="D654" t="s">
-        <v>47</v>
+        <v>604</v>
       </c>
       <c r="E654" t="s">
         <v>12</v>
       </c>
       <c r="F654" t="s">
-        <v>1964</v>
+        <v>1994</v>
       </c>
       <c r="H654" t="s">
-        <v>15</v>
+        <v>42</v>
       </c>
       <c r="I654" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="655" spans="1:9">
       <c r="A655">
-        <v>201</v>
+        <v>234</v>
       </c>
       <c r="B655" t="s">
-        <v>1965</v>
+        <v>1995</v>
       </c>
       <c r="C655" t="s">
-        <v>1966</v>
+        <v>1996</v>
       </c>
       <c r="D655" t="s">
-        <v>47</v>
+        <v>70</v>
       </c>
       <c r="E655" t="s">
         <v>12</v>
       </c>
       <c r="F655" t="s">
-        <v>1967</v>
+        <v>1997</v>
       </c>
       <c r="H655" t="s">
-        <v>15</v>
+        <v>42</v>
       </c>
       <c r="I655" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="656" spans="1:9">
       <c r="A656">
-        <v>200</v>
+        <v>233</v>
       </c>
       <c r="B656" t="s">
-        <v>1968</v>
+        <v>1998</v>
       </c>
       <c r="C656" t="s">
-        <v>1969</v>
+        <v>1999</v>
       </c>
       <c r="D656" t="s">
-        <v>47</v>
+        <v>70</v>
       </c>
       <c r="E656" t="s">
         <v>12</v>
       </c>
       <c r="F656" t="s">
-        <v>1970</v>
+        <v>1443</v>
       </c>
       <c r="H656" t="s">
-        <v>15</v>
+        <v>42</v>
       </c>
       <c r="I656" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="657" spans="1:9">
       <c r="A657">
-        <v>199</v>
+        <v>232</v>
       </c>
       <c r="B657" t="s">
-        <v>1971</v>
+        <v>2000</v>
       </c>
       <c r="C657" t="s">
-        <v>1972</v>
+        <v>2001</v>
       </c>
       <c r="D657" t="s">
-        <v>47</v>
+        <v>70</v>
       </c>
       <c r="E657" t="s">
         <v>12</v>
       </c>
       <c r="F657" t="s">
-        <v>1973</v>
+        <v>2002</v>
+      </c>
+      <c r="H657" t="s">
+        <v>42</v>
       </c>
       <c r="I657" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="658" spans="1:9">
       <c r="A658">
-        <v>198</v>
+        <v>231</v>
       </c>
       <c r="B658" t="s">
-        <v>1974</v>
+        <v>2003</v>
       </c>
       <c r="C658" t="s">
-        <v>1975</v>
+        <v>2004</v>
       </c>
       <c r="D658" t="s">
-        <v>47</v>
+        <v>70</v>
       </c>
       <c r="E658" t="s">
         <v>12</v>
       </c>
       <c r="F658" t="s">
-        <v>1976</v>
+        <v>1963</v>
       </c>
       <c r="H658" t="s">
-        <v>15</v>
+        <v>42</v>
       </c>
       <c r="I658" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="659" spans="1:9">
       <c r="A659">
-        <v>197</v>
+        <v>230</v>
       </c>
       <c r="B659" t="s">
-        <v>1977</v>
+        <v>2005</v>
       </c>
       <c r="C659" t="s">
-        <v>1978</v>
+        <v>680</v>
       </c>
       <c r="D659" t="s">
-        <v>47</v>
+        <v>70</v>
       </c>
       <c r="E659" t="s">
         <v>12</v>
       </c>
       <c r="F659" t="s">
-        <v>1979</v>
+        <v>2006</v>
       </c>
       <c r="H659" t="s">
-        <v>15</v>
+        <v>42</v>
       </c>
       <c r="I659" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="660" spans="1:9">
       <c r="A660">
-        <v>196</v>
+        <v>229</v>
       </c>
       <c r="B660" t="s">
-        <v>1980</v>
+        <v>2007</v>
       </c>
       <c r="C660" t="s">
-        <v>1981</v>
+        <v>1317</v>
       </c>
       <c r="D660" t="s">
-        <v>47</v>
+        <v>70</v>
       </c>
       <c r="E660" t="s">
         <v>12</v>
       </c>
       <c r="F660" t="s">
-        <v>1982</v>
+        <v>1758</v>
       </c>
       <c r="H660" t="s">
-        <v>15</v>
+        <v>42</v>
       </c>
       <c r="I660" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="661" spans="1:9">
       <c r="A661">
-        <v>195</v>
+        <v>228</v>
       </c>
       <c r="B661" t="s">
-        <v>1983</v>
+        <v>1933</v>
       </c>
       <c r="C661" t="s">
+        <v>1317</v>
+      </c>
+      <c r="D661" t="s">
+        <v>604</v>
+      </c>
+      <c r="E661" t="s">
+        <v>12</v>
+      </c>
+      <c r="F661" t="s">
         <v>1984</v>
       </c>
-      <c r="D661" t="s">
-[...6 lines deleted...]
-        <v>1985</v>
+      <c r="H661" t="s">
+        <v>42</v>
       </c>
       <c r="I661" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="662" spans="1:9">
       <c r="A662">
-        <v>194</v>
+        <v>227</v>
       </c>
       <c r="B662" t="s">
-        <v>1986</v>
+        <v>1935</v>
       </c>
       <c r="C662" t="s">
-        <v>1987</v>
+        <v>1317</v>
       </c>
       <c r="D662" t="s">
-        <v>1232</v>
+        <v>83</v>
       </c>
       <c r="E662" t="s">
         <v>12</v>
       </c>
       <c r="F662" t="s">
-        <v>1988</v>
+        <v>1936</v>
+      </c>
+      <c r="H662" t="s">
+        <v>42</v>
       </c>
       <c r="I662" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="663" spans="1:9">
       <c r="A663">
-        <v>193</v>
+        <v>225</v>
       </c>
       <c r="B663" t="s">
-        <v>1989</v>
+        <v>2008</v>
       </c>
       <c r="C663" t="s">
-        <v>1990</v>
+        <v>1203</v>
       </c>
       <c r="D663" t="s">
-        <v>1232</v>
+        <v>38</v>
       </c>
       <c r="E663" t="s">
         <v>12</v>
       </c>
       <c r="F663" t="s">
-        <v>1991</v>
+        <v>2009</v>
+      </c>
+      <c r="H663" t="s">
+        <v>42</v>
       </c>
       <c r="I663" s="1">
-        <v>0</v>
+        <v>837500</v>
       </c>
     </row>
     <row r="664" spans="1:9">
       <c r="A664">
-        <v>192</v>
+        <v>224</v>
       </c>
       <c r="B664" t="s">
-        <v>1992</v>
+        <v>2010</v>
       </c>
       <c r="C664" t="s">
-        <v>1993</v>
+        <v>2004</v>
       </c>
       <c r="D664" t="s">
-        <v>1232</v>
+        <v>19</v>
       </c>
       <c r="E664" t="s">
         <v>12</v>
       </c>
       <c r="F664" t="s">
-        <v>1994</v>
+        <v>1981</v>
+      </c>
+      <c r="H664" t="s">
+        <v>42</v>
       </c>
       <c r="I664" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="665" spans="1:9">
       <c r="A665">
-        <v>191</v>
+        <v>223</v>
       </c>
       <c r="B665" t="s">
-        <v>1995</v>
+        <v>2011</v>
       </c>
       <c r="C665" t="s">
-        <v>1996</v>
+        <v>680</v>
       </c>
       <c r="D665" t="s">
-        <v>47</v>
+        <v>19</v>
       </c>
       <c r="E665" t="s">
         <v>12</v>
       </c>
       <c r="F665" t="s">
-        <v>1997</v>
+        <v>915</v>
+      </c>
+      <c r="H665" t="s">
+        <v>42</v>
       </c>
       <c r="I665" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="666" spans="1:9">
       <c r="A666">
-        <v>190</v>
+        <v>222</v>
       </c>
       <c r="B666" t="s">
-        <v>1998</v>
+        <v>2012</v>
       </c>
       <c r="C666" t="s">
-        <v>1999</v>
+        <v>1200</v>
       </c>
       <c r="D666" t="s">
-        <v>47</v>
+        <v>19</v>
       </c>
       <c r="E666" t="s">
         <v>12</v>
       </c>
       <c r="F666" t="s">
-        <v>2000</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>2013</v>
+      </c>
+      <c r="G666" t="s">
+        <v>2014</v>
+      </c>
+      <c r="H666" t="s">
+        <v>42</v>
+      </c>
+      <c r="I666" s="1" t="s">
+        <v>2015</v>
       </c>
     </row>
     <row r="667" spans="1:9">
       <c r="A667">
-        <v>189</v>
+        <v>221</v>
       </c>
       <c r="B667" t="s">
-        <v>2001</v>
+        <v>2016</v>
       </c>
       <c r="C667" t="s">
-        <v>2002</v>
+        <v>2017</v>
       </c>
       <c r="D667" t="s">
-        <v>47</v>
+        <v>1326</v>
       </c>
       <c r="E667" t="s">
         <v>12</v>
       </c>
       <c r="F667" t="s">
-        <v>2003</v>
+        <v>2018</v>
       </c>
       <c r="H667" t="s">
-        <v>15</v>
+        <v>42</v>
       </c>
       <c r="I667" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="668" spans="1:9">
       <c r="A668">
-        <v>188</v>
+        <v>220</v>
       </c>
       <c r="B668" t="s">
-        <v>2004</v>
+        <v>2019</v>
       </c>
       <c r="C668" t="s">
-        <v>2005</v>
+        <v>1317</v>
       </c>
       <c r="D668" t="s">
-        <v>1232</v>
+        <v>19</v>
       </c>
       <c r="E668" t="s">
         <v>12</v>
       </c>
       <c r="F668" t="s">
-        <v>2006</v>
+        <v>915</v>
+      </c>
+      <c r="H668" t="s">
+        <v>42</v>
       </c>
       <c r="I668" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="669" spans="1:9">
       <c r="A669">
-        <v>187</v>
+        <v>219</v>
       </c>
       <c r="B669" t="s">
-        <v>2007</v>
+        <v>2020</v>
       </c>
       <c r="C669" t="s">
-        <v>2008</v>
+        <v>1983</v>
       </c>
       <c r="D669" t="s">
-        <v>1232</v>
+        <v>1326</v>
       </c>
       <c r="E669" t="s">
         <v>12</v>
       </c>
       <c r="F669" t="s">
-        <v>258</v>
+        <v>2021</v>
+      </c>
+      <c r="H669" t="s">
+        <v>42</v>
       </c>
       <c r="I669" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="670" spans="1:9">
       <c r="A670">
-        <v>186</v>
+        <v>218</v>
       </c>
       <c r="B670" t="s">
-        <v>2009</v>
+        <v>2022</v>
       </c>
       <c r="C670" t="s">
-        <v>2010</v>
+        <v>2023</v>
       </c>
       <c r="D670" t="s">
-        <v>47</v>
+        <v>1326</v>
       </c>
       <c r="E670" t="s">
         <v>12</v>
       </c>
       <c r="F670" t="s">
-        <v>1997</v>
+        <v>2024</v>
       </c>
       <c r="H670" t="s">
-        <v>15</v>
+        <v>42</v>
       </c>
       <c r="I670" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="671" spans="1:9">
       <c r="A671">
-        <v>185</v>
+        <v>217</v>
       </c>
       <c r="B671" t="s">
-        <v>2011</v>
+        <v>2025</v>
       </c>
       <c r="C671" t="s">
-        <v>2012</v>
+        <v>1986</v>
       </c>
       <c r="D671" t="s">
-        <v>47</v>
+        <v>1326</v>
       </c>
       <c r="E671" t="s">
         <v>12</v>
       </c>
       <c r="F671" t="s">
-        <v>2013</v>
+        <v>2026</v>
       </c>
       <c r="H671" t="s">
-        <v>15</v>
+        <v>42</v>
       </c>
       <c r="I671" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="672" spans="1:9">
       <c r="A672">
-        <v>184</v>
+        <v>216</v>
       </c>
       <c r="B672" t="s">
-        <v>2014</v>
+        <v>2027</v>
       </c>
       <c r="C672" t="s">
-        <v>2015</v>
+        <v>1808</v>
       </c>
       <c r="D672" t="s">
-        <v>1232</v>
+        <v>1326</v>
       </c>
       <c r="E672" t="s">
         <v>12</v>
       </c>
       <c r="F672" t="s">
-        <v>2016</v>
+        <v>1419</v>
+      </c>
+      <c r="H672" t="s">
+        <v>42</v>
       </c>
       <c r="I672" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="673" spans="1:9">
       <c r="A673">
-        <v>183</v>
+        <v>215</v>
       </c>
       <c r="B673" t="s">
-        <v>2017</v>
+        <v>2028</v>
       </c>
       <c r="C673" t="s">
-        <v>2018</v>
+        <v>1992</v>
       </c>
       <c r="D673" t="s">
-        <v>47</v>
+        <v>1326</v>
       </c>
       <c r="E673" t="s">
         <v>12</v>
       </c>
       <c r="F673" t="s">
-        <v>976</v>
+        <v>995</v>
+      </c>
+      <c r="H673" t="s">
+        <v>42</v>
       </c>
       <c r="I673" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="674" spans="1:9">
       <c r="A674">
-        <v>182</v>
+        <v>214</v>
       </c>
       <c r="B674" t="s">
-        <v>2019</v>
+        <v>2029</v>
       </c>
       <c r="C674" t="s">
-        <v>2020</v>
+        <v>1996</v>
       </c>
       <c r="D674" t="s">
-        <v>47</v>
+        <v>1326</v>
       </c>
       <c r="E674" t="s">
         <v>12</v>
       </c>
       <c r="F674" t="s">
-        <v>2021</v>
+        <v>2030</v>
+      </c>
+      <c r="H674" t="s">
+        <v>42</v>
       </c>
       <c r="I674" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="675" spans="1:9">
       <c r="A675">
-        <v>181</v>
+        <v>213</v>
       </c>
       <c r="B675" t="s">
-        <v>2022</v>
+        <v>2031</v>
       </c>
       <c r="C675" t="s">
-        <v>2023</v>
+        <v>1999</v>
       </c>
       <c r="D675" t="s">
-        <v>47</v>
+        <v>1326</v>
       </c>
       <c r="E675" t="s">
         <v>12</v>
       </c>
       <c r="F675" t="s">
-        <v>2024</v>
+        <v>473</v>
+      </c>
+      <c r="H675" t="s">
+        <v>42</v>
       </c>
       <c r="I675" s="1">
-        <v>0</v>
+        <v>66544</v>
       </c>
     </row>
     <row r="676" spans="1:9">
       <c r="A676">
-        <v>179</v>
+        <v>212</v>
       </c>
       <c r="B676" t="s">
-        <v>2025</v>
+        <v>2032</v>
       </c>
       <c r="C676" t="s">
-        <v>2026</v>
+        <v>2004</v>
       </c>
       <c r="D676" t="s">
-        <v>47</v>
+        <v>1326</v>
       </c>
       <c r="E676" t="s">
         <v>12</v>
       </c>
       <c r="F676" t="s">
-        <v>2027</v>
+        <v>2033</v>
       </c>
       <c r="H676" t="s">
-        <v>15</v>
+        <v>42</v>
       </c>
       <c r="I676" s="1">
-        <v>0</v>
+        <v>329602</v>
       </c>
     </row>
     <row r="677" spans="1:9">
       <c r="A677">
-        <v>178</v>
+        <v>211</v>
       </c>
       <c r="B677" t="s">
-        <v>2028</v>
+        <v>2034</v>
       </c>
       <c r="C677" t="s">
-        <v>2029</v>
+        <v>680</v>
       </c>
       <c r="D677" t="s">
-        <v>1232</v>
+        <v>1326</v>
       </c>
       <c r="E677" t="s">
         <v>12</v>
       </c>
       <c r="F677" t="s">
-        <v>258</v>
+        <v>2035</v>
+      </c>
+      <c r="H677" t="s">
+        <v>42</v>
       </c>
       <c r="I677" s="1">
-        <v>0</v>
+        <v>63153</v>
       </c>
     </row>
     <row r="678" spans="1:9">
       <c r="A678">
-        <v>177</v>
+        <v>210</v>
       </c>
       <c r="B678" t="s">
-        <v>2030</v>
+        <v>2036</v>
       </c>
       <c r="C678" t="s">
-        <v>2031</v>
+        <v>1200</v>
       </c>
       <c r="D678" t="s">
-        <v>47</v>
+        <v>1326</v>
       </c>
       <c r="E678" t="s">
         <v>12</v>
       </c>
       <c r="F678" t="s">
-        <v>2032</v>
+        <v>1167</v>
       </c>
       <c r="H678" t="s">
-        <v>15</v>
+        <v>42</v>
       </c>
       <c r="I678" s="1">
-        <v>0</v>
+        <v>171400</v>
       </c>
     </row>
     <row r="679" spans="1:9">
       <c r="A679">
-        <v>176</v>
+        <v>209</v>
       </c>
       <c r="B679" t="s">
-        <v>2033</v>
+        <v>2037</v>
       </c>
       <c r="C679" t="s">
-        <v>2034</v>
+        <v>1317</v>
       </c>
       <c r="D679" t="s">
-        <v>1307</v>
+        <v>1326</v>
       </c>
       <c r="E679" t="s">
         <v>12</v>
       </c>
       <c r="F679" t="s">
-        <v>2035</v>
+        <v>2038</v>
+      </c>
+      <c r="H679" t="s">
+        <v>42</v>
       </c>
       <c r="I679" s="1">
-        <v>0</v>
+        <v>176363</v>
       </c>
     </row>
     <row r="680" spans="1:9">
       <c r="A680">
-        <v>175</v>
+        <v>208</v>
       </c>
       <c r="B680" t="s">
-        <v>2036</v>
+        <v>2039</v>
       </c>
       <c r="C680" t="s">
-        <v>2034</v>
+        <v>2040</v>
       </c>
       <c r="D680" t="s">
-        <v>497</v>
+        <v>70</v>
       </c>
       <c r="E680" t="s">
         <v>12</v>
       </c>
       <c r="F680" t="s">
-        <v>2037</v>
+        <v>2041</v>
+      </c>
+      <c r="H680" t="s">
+        <v>22</v>
       </c>
       <c r="I680" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="681" spans="1:9">
       <c r="A681">
-        <v>174</v>
+        <v>207</v>
       </c>
       <c r="B681" t="s">
-        <v>2038</v>
+        <v>2042</v>
       </c>
       <c r="C681" t="s">
-        <v>2039</v>
+        <v>2043</v>
       </c>
       <c r="D681" t="s">
-        <v>1232</v>
+        <v>70</v>
       </c>
       <c r="E681" t="s">
         <v>12</v>
       </c>
       <c r="F681" t="s">
-        <v>312</v>
+        <v>2044</v>
       </c>
       <c r="I681" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="682" spans="1:9">
       <c r="A682">
-        <v>173</v>
+        <v>206</v>
       </c>
       <c r="B682" t="s">
-        <v>2040</v>
+        <v>2045</v>
       </c>
       <c r="C682" t="s">
-        <v>2041</v>
+        <v>2046</v>
       </c>
       <c r="D682" t="s">
-        <v>1232</v>
+        <v>70</v>
       </c>
       <c r="E682" t="s">
         <v>12</v>
       </c>
       <c r="F682" t="s">
-        <v>2042</v>
+        <v>2047</v>
+      </c>
+      <c r="H682" t="s">
+        <v>22</v>
       </c>
       <c r="I682" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="683" spans="1:9">
       <c r="A683">
-        <v>172</v>
+        <v>205</v>
       </c>
       <c r="B683" t="s">
-        <v>2043</v>
+        <v>2048</v>
       </c>
       <c r="C683" t="s">
-        <v>2044</v>
+        <v>2049</v>
       </c>
       <c r="D683" t="s">
-        <v>47</v>
+        <v>70</v>
       </c>
       <c r="E683" t="s">
         <v>12</v>
       </c>
       <c r="F683" t="s">
-        <v>2032</v>
-[...2 lines deleted...]
-        <v>2045</v>
+        <v>2050</v>
       </c>
       <c r="H683" t="s">
-        <v>982</v>
-[...2 lines deleted...]
-        <v>2046</v>
+        <v>22</v>
+      </c>
+      <c r="I683" s="1">
+        <v>0</v>
       </c>
     </row>
     <row r="684" spans="1:9">
       <c r="A684">
-        <v>171</v>
+        <v>203</v>
       </c>
       <c r="B684" t="s">
-        <v>2047</v>
+        <v>2051</v>
       </c>
       <c r="C684" t="s">
-        <v>2048</v>
+        <v>2052</v>
       </c>
       <c r="D684" t="s">
-        <v>26</v>
+        <v>70</v>
       </c>
       <c r="E684" t="s">
         <v>12</v>
       </c>
       <c r="F684" t="s">
-        <v>2049</v>
-[...2 lines deleted...]
-        <v>2050</v>
+        <v>2053</v>
       </c>
       <c r="H684" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-        <v>2051</v>
+        <v>22</v>
+      </c>
+      <c r="I684" s="1">
+        <v>0</v>
       </c>
     </row>
     <row r="685" spans="1:9">
       <c r="A685">
-        <v>170</v>
+        <v>202</v>
       </c>
       <c r="B685" t="s">
-        <v>2052</v>
+        <v>2054</v>
       </c>
       <c r="C685" t="s">
-        <v>2053</v>
+        <v>2055</v>
       </c>
       <c r="D685" t="s">
-        <v>47</v>
+        <v>70</v>
       </c>
       <c r="E685" t="s">
         <v>12</v>
       </c>
       <c r="F685" t="s">
-        <v>1871</v>
+        <v>2056</v>
       </c>
       <c r="H685" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="I685" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="686" spans="1:9">
       <c r="A686">
-        <v>169</v>
+        <v>201</v>
       </c>
       <c r="B686" t="s">
-        <v>2054</v>
+        <v>2057</v>
       </c>
       <c r="C686" t="s">
-        <v>1596</v>
+        <v>2058</v>
       </c>
       <c r="D686" t="s">
-        <v>1232</v>
+        <v>70</v>
       </c>
       <c r="E686" t="s">
         <v>12</v>
       </c>
       <c r="F686" t="s">
-        <v>2055</v>
+        <v>2059</v>
+      </c>
+      <c r="H686" t="s">
+        <v>22</v>
       </c>
       <c r="I686" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="687" spans="1:9">
       <c r="A687">
-        <v>168</v>
+        <v>200</v>
       </c>
       <c r="B687" t="s">
-        <v>2056</v>
+        <v>2060</v>
       </c>
       <c r="C687" t="s">
-        <v>2041</v>
+        <v>2061</v>
       </c>
       <c r="D687" t="s">
-        <v>62</v>
+        <v>70</v>
       </c>
       <c r="E687" t="s">
         <v>12</v>
       </c>
       <c r="F687" t="s">
-        <v>27</v>
+        <v>2062</v>
+      </c>
+      <c r="H687" t="s">
+        <v>22</v>
       </c>
       <c r="I687" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="688" spans="1:9">
       <c r="A688">
-        <v>167</v>
+        <v>199</v>
       </c>
       <c r="B688" t="s">
-        <v>2057</v>
+        <v>2063</v>
       </c>
       <c r="C688" t="s">
-        <v>2058</v>
+        <v>2064</v>
       </c>
       <c r="D688" t="s">
-        <v>1232</v>
+        <v>70</v>
       </c>
       <c r="E688" t="s">
         <v>12</v>
       </c>
       <c r="F688" t="s">
-        <v>2059</v>
+        <v>2065</v>
       </c>
       <c r="I688" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="689" spans="1:9">
       <c r="A689">
-        <v>166</v>
+        <v>198</v>
       </c>
       <c r="B689" t="s">
-        <v>2060</v>
+        <v>2066</v>
       </c>
       <c r="C689" t="s">
-        <v>2061</v>
+        <v>2067</v>
       </c>
       <c r="D689" t="s">
-        <v>1232</v>
+        <v>70</v>
       </c>
       <c r="E689" t="s">
         <v>12</v>
       </c>
       <c r="F689" t="s">
-        <v>2062</v>
+        <v>2068</v>
+      </c>
+      <c r="H689" t="s">
+        <v>22</v>
       </c>
       <c r="I689" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="690" spans="1:9">
       <c r="A690">
-        <v>165</v>
+        <v>197</v>
       </c>
       <c r="B690" t="s">
-        <v>2040</v>
+        <v>2069</v>
       </c>
       <c r="C690" t="s">
-        <v>2041</v>
+        <v>2070</v>
       </c>
       <c r="D690" t="s">
-        <v>1232</v>
+        <v>70</v>
       </c>
       <c r="E690" t="s">
         <v>12</v>
       </c>
       <c r="F690" t="s">
-        <v>2042</v>
+        <v>2071</v>
+      </c>
+      <c r="H690" t="s">
+        <v>22</v>
       </c>
       <c r="I690" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="691" spans="1:9">
       <c r="A691">
-        <v>164</v>
+        <v>196</v>
       </c>
       <c r="B691" t="s">
-        <v>2063</v>
+        <v>2072</v>
       </c>
       <c r="C691" t="s">
-        <v>2064</v>
+        <v>2073</v>
       </c>
       <c r="D691" t="s">
-        <v>47</v>
+        <v>70</v>
       </c>
       <c r="E691" t="s">
         <v>12</v>
       </c>
       <c r="F691" t="s">
-        <v>1938</v>
+        <v>2074</v>
+      </c>
+      <c r="H691" t="s">
+        <v>22</v>
       </c>
       <c r="I691" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="692" spans="1:9">
       <c r="A692">
-        <v>163</v>
+        <v>195</v>
       </c>
       <c r="B692" t="s">
-        <v>2065</v>
+        <v>2075</v>
       </c>
       <c r="C692" t="s">
-        <v>2066</v>
+        <v>2076</v>
       </c>
       <c r="D692" t="s">
-        <v>47</v>
+        <v>70</v>
       </c>
       <c r="E692" t="s">
         <v>12</v>
       </c>
       <c r="F692" t="s">
-        <v>1086</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>2077</v>
       </c>
       <c r="I692" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="693" spans="1:9">
       <c r="A693">
-        <v>162</v>
+        <v>194</v>
       </c>
       <c r="B693" t="s">
-        <v>2067</v>
+        <v>2078</v>
       </c>
       <c r="C693" t="s">
-        <v>2068</v>
+        <v>2079</v>
       </c>
       <c r="D693" t="s">
-        <v>47</v>
+        <v>1326</v>
       </c>
       <c r="E693" t="s">
         <v>12</v>
       </c>
       <c r="F693" t="s">
-        <v>2032</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>2080</v>
       </c>
       <c r="I693" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="694" spans="1:9">
       <c r="A694">
-        <v>161</v>
+        <v>193</v>
       </c>
       <c r="B694" t="s">
-        <v>2069</v>
+        <v>2081</v>
       </c>
       <c r="C694" t="s">
-        <v>2070</v>
+        <v>2082</v>
       </c>
       <c r="D694" t="s">
-        <v>47</v>
+        <v>1326</v>
       </c>
       <c r="E694" t="s">
         <v>12</v>
       </c>
       <c r="F694" t="s">
-        <v>2071</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>2083</v>
       </c>
       <c r="I694" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="695" spans="1:9">
       <c r="A695">
-        <v>160</v>
+        <v>192</v>
       </c>
       <c r="B695" t="s">
-        <v>2072</v>
+        <v>2084</v>
       </c>
       <c r="C695" t="s">
-        <v>2073</v>
+        <v>2085</v>
       </c>
       <c r="D695" t="s">
-        <v>47</v>
+        <v>1326</v>
       </c>
       <c r="E695" t="s">
         <v>12</v>
       </c>
       <c r="F695" t="s">
-        <v>2074</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>2086</v>
       </c>
       <c r="I695" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="696" spans="1:9">
       <c r="A696">
-        <v>159</v>
+        <v>191</v>
       </c>
       <c r="B696" t="s">
-        <v>2075</v>
+        <v>2087</v>
       </c>
       <c r="C696" t="s">
-        <v>2076</v>
+        <v>2088</v>
       </c>
       <c r="D696" t="s">
-        <v>47</v>
+        <v>70</v>
       </c>
       <c r="E696" t="s">
         <v>12</v>
       </c>
       <c r="F696" t="s">
-        <v>2071</v>
-[...2 lines deleted...]
-        <v>901</v>
+        <v>2089</v>
       </c>
       <c r="I696" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="697" spans="1:9">
       <c r="A697">
-        <v>158</v>
+        <v>190</v>
       </c>
       <c r="B697" t="s">
-        <v>2077</v>
+        <v>2090</v>
       </c>
       <c r="C697" t="s">
-        <v>2078</v>
+        <v>2091</v>
       </c>
       <c r="D697" t="s">
-        <v>47</v>
+        <v>70</v>
       </c>
       <c r="E697" t="s">
         <v>12</v>
       </c>
       <c r="F697" t="s">
-        <v>2079</v>
+        <v>2092</v>
       </c>
       <c r="I697" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="698" spans="1:9">
       <c r="A698">
-        <v>157</v>
+        <v>189</v>
       </c>
       <c r="B698" t="s">
-        <v>2080</v>
+        <v>2093</v>
       </c>
       <c r="C698" t="s">
-        <v>2081</v>
+        <v>2094</v>
       </c>
       <c r="D698" t="s">
-        <v>1232</v>
+        <v>70</v>
       </c>
       <c r="E698" t="s">
         <v>12</v>
       </c>
       <c r="F698" t="s">
-        <v>258</v>
+        <v>2095</v>
+      </c>
+      <c r="H698" t="s">
+        <v>22</v>
       </c>
       <c r="I698" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="699" spans="1:9">
       <c r="A699">
-        <v>156</v>
+        <v>188</v>
       </c>
       <c r="B699" t="s">
-        <v>2082</v>
+        <v>2096</v>
       </c>
       <c r="C699" t="s">
-        <v>2083</v>
+        <v>2097</v>
       </c>
       <c r="D699" t="s">
-        <v>47</v>
+        <v>1326</v>
       </c>
       <c r="E699" t="s">
         <v>12</v>
       </c>
       <c r="F699" t="s">
-        <v>1091</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>2098</v>
       </c>
       <c r="I699" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="700" spans="1:9">
       <c r="A700">
-        <v>155</v>
+        <v>187</v>
       </c>
       <c r="B700" t="s">
-        <v>2084</v>
+        <v>2099</v>
       </c>
       <c r="C700" t="s">
-        <v>2085</v>
+        <v>2100</v>
       </c>
       <c r="D700" t="s">
-        <v>47</v>
+        <v>1326</v>
       </c>
       <c r="E700" t="s">
         <v>12</v>
       </c>
       <c r="F700" t="s">
-        <v>2086</v>
+        <v>380</v>
       </c>
       <c r="I700" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="701" spans="1:9">
       <c r="A701">
-        <v>154</v>
+        <v>186</v>
       </c>
       <c r="B701" t="s">
-        <v>2087</v>
+        <v>2101</v>
       </c>
       <c r="C701" t="s">
-        <v>1993</v>
+        <v>2102</v>
       </c>
       <c r="D701" t="s">
-        <v>47</v>
+        <v>70</v>
       </c>
       <c r="E701" t="s">
         <v>12</v>
       </c>
       <c r="F701" t="s">
-        <v>85</v>
+        <v>2089</v>
+      </c>
+      <c r="H701" t="s">
+        <v>22</v>
       </c>
       <c r="I701" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="702" spans="1:9">
       <c r="A702">
-        <v>153</v>
+        <v>185</v>
       </c>
       <c r="B702" t="s">
-        <v>2088</v>
+        <v>2103</v>
       </c>
       <c r="C702" t="s">
-        <v>1987</v>
+        <v>2104</v>
       </c>
       <c r="D702" t="s">
-        <v>47</v>
+        <v>70</v>
       </c>
       <c r="E702" t="s">
         <v>12</v>
       </c>
       <c r="F702" t="s">
-        <v>2089</v>
+        <v>2105</v>
       </c>
       <c r="H702" t="s">
-        <v>901</v>
+        <v>22</v>
       </c>
       <c r="I702" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="703" spans="1:9">
       <c r="A703">
-        <v>152</v>
+        <v>184</v>
       </c>
       <c r="B703" t="s">
-        <v>2090</v>
+        <v>2106</v>
       </c>
       <c r="C703" t="s">
-        <v>2005</v>
+        <v>2107</v>
       </c>
       <c r="D703" t="s">
-        <v>47</v>
+        <v>1326</v>
       </c>
       <c r="E703" t="s">
         <v>12</v>
       </c>
       <c r="F703" t="s">
-        <v>1086</v>
+        <v>2108</v>
       </c>
       <c r="I703" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="704" spans="1:9">
       <c r="A704">
-        <v>151</v>
+        <v>183</v>
       </c>
       <c r="B704" t="s">
-        <v>2091</v>
+        <v>2109</v>
       </c>
       <c r="C704" t="s">
-        <v>2008</v>
+        <v>2110</v>
       </c>
       <c r="D704" t="s">
-        <v>47</v>
+        <v>70</v>
       </c>
       <c r="E704" t="s">
         <v>12</v>
       </c>
       <c r="F704" t="s">
-        <v>976</v>
+        <v>1072</v>
       </c>
       <c r="I704" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="705" spans="1:9">
       <c r="A705">
-        <v>150</v>
+        <v>182</v>
       </c>
       <c r="B705" t="s">
-        <v>2092</v>
+        <v>2111</v>
       </c>
       <c r="C705" t="s">
-        <v>2093</v>
+        <v>2112</v>
       </c>
       <c r="D705" t="s">
-        <v>1419</v>
+        <v>70</v>
       </c>
       <c r="E705" t="s">
         <v>12</v>
       </c>
       <c r="F705" t="s">
-        <v>2094</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>2113</v>
       </c>
       <c r="I705" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="706" spans="1:9">
       <c r="A706">
-        <v>149</v>
+        <v>181</v>
       </c>
       <c r="B706" t="s">
-        <v>2095</v>
+        <v>2114</v>
       </c>
       <c r="C706" t="s">
-        <v>1585</v>
+        <v>2115</v>
       </c>
       <c r="D706" t="s">
-        <v>47</v>
+        <v>70</v>
       </c>
       <c r="E706" t="s">
         <v>12</v>
       </c>
       <c r="F706" t="s">
-        <v>2032</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>2116</v>
       </c>
       <c r="I706" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="707" spans="1:9">
       <c r="A707">
-        <v>148</v>
+        <v>179</v>
       </c>
       <c r="B707" t="s">
-        <v>2096</v>
+        <v>2117</v>
       </c>
       <c r="C707" t="s">
-        <v>1596</v>
+        <v>2118</v>
       </c>
       <c r="D707" t="s">
-        <v>47</v>
+        <v>70</v>
       </c>
       <c r="E707" t="s">
         <v>12</v>
       </c>
       <c r="F707" t="s">
-        <v>2097</v>
+        <v>2119</v>
+      </c>
+      <c r="H707" t="s">
+        <v>22</v>
       </c>
       <c r="I707" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="708" spans="1:9">
       <c r="A708">
-        <v>147</v>
+        <v>178</v>
       </c>
       <c r="B708" t="s">
-        <v>2098</v>
+        <v>2120</v>
       </c>
       <c r="C708" t="s">
-        <v>1593</v>
+        <v>2121</v>
       </c>
       <c r="D708" t="s">
-        <v>47</v>
+        <v>1326</v>
       </c>
       <c r="E708" t="s">
         <v>12</v>
       </c>
       <c r="F708" t="s">
-        <v>2099</v>
+        <v>380</v>
       </c>
       <c r="I708" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="709" spans="1:9">
       <c r="A709">
-        <v>146</v>
+        <v>177</v>
       </c>
       <c r="B709" t="s">
-        <v>2100</v>
+        <v>2122</v>
       </c>
       <c r="C709" t="s">
-        <v>1579</v>
+        <v>2123</v>
       </c>
       <c r="D709" t="s">
-        <v>1419</v>
+        <v>70</v>
       </c>
       <c r="E709" t="s">
         <v>12</v>
       </c>
       <c r="F709" t="s">
-        <v>2101</v>
+        <v>2124</v>
       </c>
       <c r="H709" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="I709" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="710" spans="1:9">
       <c r="A710">
-        <v>145</v>
+        <v>176</v>
       </c>
       <c r="B710" t="s">
-        <v>2102</v>
+        <v>2125</v>
       </c>
       <c r="C710" t="s">
-        <v>2103</v>
+        <v>2126</v>
       </c>
       <c r="D710" t="s">
-        <v>1419</v>
+        <v>1400</v>
       </c>
       <c r="E710" t="s">
         <v>12</v>
       </c>
       <c r="F710" t="s">
-        <v>2104</v>
+        <v>2127</v>
       </c>
       <c r="I710" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="711" spans="1:9">
       <c r="A711">
-        <v>144</v>
+        <v>175</v>
       </c>
       <c r="B711" t="s">
-        <v>2105</v>
+        <v>2128</v>
       </c>
       <c r="C711" t="s">
-        <v>2029</v>
+        <v>2126</v>
       </c>
       <c r="D711" t="s">
-        <v>47</v>
+        <v>604</v>
       </c>
       <c r="E711" t="s">
         <v>12</v>
       </c>
       <c r="F711" t="s">
-        <v>1086</v>
+        <v>2129</v>
       </c>
       <c r="I711" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="712" spans="1:9">
       <c r="A712">
-        <v>143</v>
+        <v>174</v>
       </c>
       <c r="B712" t="s">
-        <v>2106</v>
+        <v>2130</v>
       </c>
       <c r="C712" t="s">
-        <v>1599</v>
+        <v>2131</v>
       </c>
       <c r="D712" t="s">
-        <v>47</v>
+        <v>1326</v>
       </c>
       <c r="E712" t="s">
         <v>12</v>
       </c>
       <c r="F712" t="s">
-        <v>2107</v>
+        <v>428</v>
       </c>
       <c r="I712" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="713" spans="1:9">
       <c r="A713">
-        <v>142</v>
+        <v>173</v>
       </c>
       <c r="B713" t="s">
-        <v>2108</v>
+        <v>2132</v>
       </c>
       <c r="C713" t="s">
-        <v>2109</v>
+        <v>2133</v>
       </c>
       <c r="D713" t="s">
-        <v>47</v>
+        <v>1326</v>
       </c>
       <c r="E713" t="s">
         <v>12</v>
       </c>
       <c r="F713" t="s">
-        <v>1312</v>
+        <v>2134</v>
       </c>
       <c r="I713" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="714" spans="1:9">
       <c r="A714">
-        <v>141</v>
+        <v>172</v>
       </c>
       <c r="B714" t="s">
-        <v>2108</v>
+        <v>2135</v>
       </c>
       <c r="C714" t="s">
-        <v>2109</v>
+        <v>2136</v>
       </c>
       <c r="D714" t="s">
-        <v>47</v>
+        <v>70</v>
       </c>
       <c r="E714" t="s">
         <v>12</v>
       </c>
       <c r="F714" t="s">
-        <v>2110</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>2124</v>
+      </c>
+      <c r="G714" t="s">
+        <v>2137</v>
+      </c>
+      <c r="H714" t="s">
+        <v>1078</v>
+      </c>
+      <c r="I714" s="1" t="s">
+        <v>2138</v>
       </c>
     </row>
     <row r="715" spans="1:9">
       <c r="A715">
-        <v>140</v>
+        <v>171</v>
       </c>
       <c r="B715" t="s">
-        <v>2111</v>
+        <v>2139</v>
       </c>
       <c r="C715" t="s">
-        <v>2109</v>
+        <v>2140</v>
       </c>
       <c r="D715" t="s">
-        <v>1419</v>
+        <v>11</v>
       </c>
       <c r="E715" t="s">
         <v>12</v>
       </c>
       <c r="F715" t="s">
-        <v>469</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>2141</v>
+      </c>
+      <c r="G715" t="s">
+        <v>2142</v>
+      </c>
+      <c r="H715" t="s">
+        <v>15</v>
+      </c>
+      <c r="I715" s="1" t="s">
+        <v>2143</v>
       </c>
     </row>
     <row r="716" spans="1:9">
       <c r="A716">
-        <v>139</v>
+        <v>170</v>
       </c>
       <c r="B716" t="s">
-        <v>2108</v>
+        <v>2144</v>
       </c>
       <c r="C716" t="s">
-        <v>2109</v>
+        <v>2145</v>
       </c>
       <c r="D716" t="s">
-        <v>47</v>
+        <v>70</v>
       </c>
       <c r="E716" t="s">
         <v>12</v>
       </c>
       <c r="F716" t="s">
-        <v>2112</v>
+        <v>1963</v>
+      </c>
+      <c r="H716" t="s">
+        <v>22</v>
       </c>
       <c r="I716" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="717" spans="1:9">
       <c r="A717">
-        <v>138</v>
+        <v>169</v>
       </c>
       <c r="B717" t="s">
-        <v>2108</v>
+        <v>2146</v>
       </c>
       <c r="C717" t="s">
-        <v>2109</v>
+        <v>1689</v>
       </c>
       <c r="D717" t="s">
-        <v>47</v>
+        <v>1326</v>
       </c>
       <c r="E717" t="s">
         <v>12</v>
       </c>
       <c r="F717" t="s">
-        <v>2113</v>
+        <v>2147</v>
       </c>
       <c r="I717" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="718" spans="1:9">
       <c r="A718">
-        <v>137</v>
+        <v>168</v>
       </c>
       <c r="B718" t="s">
-        <v>2114</v>
+        <v>2148</v>
       </c>
       <c r="C718" t="s">
-        <v>2109</v>
+        <v>2133</v>
       </c>
       <c r="D718" t="s">
-        <v>1232</v>
+        <v>19</v>
       </c>
       <c r="E718" t="s">
         <v>12</v>
       </c>
       <c r="F718" t="s">
-        <v>2115</v>
+        <v>169</v>
       </c>
       <c r="I718" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="719" spans="1:9">
       <c r="A719">
-        <v>136</v>
+        <v>167</v>
       </c>
       <c r="B719" t="s">
-        <v>2108</v>
+        <v>2149</v>
       </c>
       <c r="C719" t="s">
-        <v>2109</v>
+        <v>2150</v>
       </c>
       <c r="D719" t="s">
-        <v>47</v>
+        <v>1326</v>
       </c>
       <c r="E719" t="s">
         <v>12</v>
       </c>
       <c r="F719" t="s">
-        <v>2116</v>
-[...2 lines deleted...]
-        <v>901</v>
+        <v>2151</v>
       </c>
       <c r="I719" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="720" spans="1:9">
       <c r="A720">
-        <v>135</v>
+        <v>166</v>
       </c>
       <c r="B720" t="s">
-        <v>2117</v>
+        <v>2152</v>
       </c>
       <c r="C720" t="s">
-        <v>2109</v>
+        <v>2153</v>
       </c>
       <c r="D720" t="s">
-        <v>1307</v>
+        <v>1326</v>
       </c>
       <c r="E720" t="s">
         <v>12</v>
       </c>
       <c r="F720" t="s">
-        <v>27</v>
+        <v>2154</v>
       </c>
       <c r="I720" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="721" spans="1:9">
       <c r="A721">
-        <v>134</v>
+        <v>165</v>
       </c>
       <c r="B721" t="s">
-        <v>2118</v>
+        <v>2132</v>
       </c>
       <c r="C721" t="s">
-        <v>2119</v>
+        <v>2133</v>
       </c>
       <c r="D721" t="s">
-        <v>1419</v>
+        <v>1326</v>
       </c>
       <c r="E721" t="s">
         <v>12</v>
       </c>
       <c r="F721" t="s">
-        <v>2120</v>
-[...2 lines deleted...]
-        <v>901</v>
+        <v>2134</v>
       </c>
       <c r="I721" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="722" spans="1:9">
       <c r="A722">
-        <v>133</v>
+        <v>164</v>
       </c>
       <c r="B722" t="s">
-        <v>2121</v>
+        <v>2155</v>
       </c>
       <c r="C722" t="s">
-        <v>2109</v>
+        <v>2156</v>
       </c>
       <c r="D722" t="s">
-        <v>19</v>
+        <v>70</v>
       </c>
       <c r="E722" t="s">
         <v>12</v>
       </c>
       <c r="F722" t="s">
-        <v>2122</v>
+        <v>2030</v>
       </c>
       <c r="I722" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="723" spans="1:9">
       <c r="A723">
-        <v>132</v>
+        <v>163</v>
       </c>
       <c r="B723" t="s">
-        <v>2114</v>
+        <v>2157</v>
       </c>
       <c r="C723" t="s">
-        <v>2109</v>
+        <v>2158</v>
       </c>
       <c r="D723" t="s">
-        <v>1232</v>
+        <v>70</v>
       </c>
       <c r="E723" t="s">
         <v>12</v>
       </c>
       <c r="F723" t="s">
-        <v>2123</v>
+        <v>1182</v>
+      </c>
+      <c r="H723" t="s">
+        <v>22</v>
       </c>
       <c r="I723" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="724" spans="1:9">
       <c r="A724">
-        <v>131</v>
+        <v>162</v>
       </c>
       <c r="B724" t="s">
+        <v>2159</v>
+      </c>
+      <c r="C724" t="s">
+        <v>2160</v>
+      </c>
+      <c r="D724" t="s">
+        <v>70</v>
+      </c>
+      <c r="E724" t="s">
+        <v>12</v>
+      </c>
+      <c r="F724" t="s">
         <v>2124</v>
       </c>
-      <c r="C724" t="s">
-[...9 lines deleted...]
-        <v>2125</v>
+      <c r="H724" t="s">
+        <v>22</v>
       </c>
       <c r="I724" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="725" spans="1:9">
       <c r="A725">
-        <v>130</v>
+        <v>161</v>
       </c>
       <c r="B725" t="s">
-        <v>2108</v>
+        <v>2161</v>
       </c>
       <c r="C725" t="s">
-        <v>2109</v>
+        <v>2162</v>
       </c>
       <c r="D725" t="s">
-        <v>47</v>
+        <v>70</v>
       </c>
       <c r="E725" t="s">
         <v>12</v>
       </c>
       <c r="F725" t="s">
-        <v>976</v>
+        <v>2163</v>
+      </c>
+      <c r="H725" t="s">
+        <v>22</v>
       </c>
       <c r="I725" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="726" spans="1:9">
       <c r="A726">
-        <v>129</v>
+        <v>160</v>
       </c>
       <c r="B726" t="s">
-        <v>2124</v>
+        <v>2164</v>
       </c>
       <c r="C726" t="s">
-        <v>2109</v>
+        <v>2165</v>
       </c>
       <c r="D726" t="s">
-        <v>11</v>
+        <v>70</v>
       </c>
       <c r="E726" t="s">
         <v>12</v>
       </c>
       <c r="F726" t="s">
-        <v>2126</v>
+        <v>2166</v>
+      </c>
+      <c r="H726" t="s">
+        <v>22</v>
       </c>
       <c r="I726" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="727" spans="1:9">
       <c r="A727">
-        <v>128</v>
+        <v>159</v>
       </c>
       <c r="B727" t="s">
-        <v>2124</v>
+        <v>2167</v>
       </c>
       <c r="C727" t="s">
-        <v>2109</v>
+        <v>2168</v>
       </c>
       <c r="D727" t="s">
-        <v>11</v>
+        <v>70</v>
       </c>
       <c r="E727" t="s">
         <v>12</v>
       </c>
       <c r="F727" t="s">
-        <v>2127</v>
+        <v>2163</v>
+      </c>
+      <c r="H727" t="s">
+        <v>997</v>
       </c>
       <c r="I727" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="728" spans="1:9">
       <c r="A728">
-        <v>127</v>
+        <v>158</v>
       </c>
       <c r="B728" t="s">
-        <v>2108</v>
+        <v>2169</v>
       </c>
       <c r="C728" t="s">
-        <v>2109</v>
+        <v>2170</v>
       </c>
       <c r="D728" t="s">
-        <v>47</v>
+        <v>70</v>
       </c>
       <c r="E728" t="s">
         <v>12</v>
       </c>
       <c r="F728" t="s">
-        <v>2128</v>
-[...2 lines deleted...]
-        <v>901</v>
+        <v>2171</v>
       </c>
       <c r="I728" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="729" spans="1:9">
       <c r="A729">
-        <v>126</v>
+        <v>157</v>
       </c>
       <c r="B729" t="s">
-        <v>2124</v>
+        <v>2172</v>
       </c>
       <c r="C729" t="s">
-        <v>2109</v>
+        <v>2173</v>
       </c>
       <c r="D729" t="s">
-        <v>11</v>
+        <v>1326</v>
       </c>
       <c r="E729" t="s">
         <v>12</v>
       </c>
       <c r="F729" t="s">
-        <v>2125</v>
+        <v>380</v>
       </c>
       <c r="I729" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="730" spans="1:9">
       <c r="A730">
-        <v>124</v>
+        <v>156</v>
       </c>
       <c r="B730" t="s">
-        <v>2124</v>
+        <v>2174</v>
       </c>
       <c r="C730" t="s">
-        <v>2109</v>
+        <v>2175</v>
       </c>
       <c r="D730" t="s">
-        <v>11</v>
+        <v>70</v>
       </c>
       <c r="E730" t="s">
         <v>12</v>
       </c>
       <c r="F730" t="s">
-        <v>2125</v>
+        <v>1187</v>
+      </c>
+      <c r="H730" t="s">
+        <v>22</v>
       </c>
       <c r="I730" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="731" spans="1:9">
       <c r="A731">
-        <v>123</v>
+        <v>155</v>
       </c>
       <c r="B731" t="s">
-        <v>2124</v>
+        <v>2176</v>
       </c>
       <c r="C731" t="s">
-        <v>2109</v>
+        <v>2177</v>
       </c>
       <c r="D731" t="s">
-        <v>11</v>
+        <v>70</v>
       </c>
       <c r="E731" t="s">
         <v>12</v>
       </c>
       <c r="F731" t="s">
-        <v>2125</v>
+        <v>2178</v>
       </c>
       <c r="I731" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="732" spans="1:9">
       <c r="A732">
-        <v>122</v>
+        <v>154</v>
       </c>
       <c r="B732" t="s">
-        <v>2108</v>
+        <v>2179</v>
       </c>
       <c r="C732" t="s">
-        <v>2109</v>
+        <v>2085</v>
       </c>
       <c r="D732" t="s">
-        <v>47</v>
+        <v>70</v>
       </c>
       <c r="E732" t="s">
         <v>12</v>
       </c>
       <c r="F732" t="s">
-        <v>2129</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>101</v>
       </c>
       <c r="I732" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="733" spans="1:9">
       <c r="A733">
-        <v>121</v>
+        <v>153</v>
       </c>
       <c r="B733" t="s">
-        <v>2108</v>
+        <v>2180</v>
       </c>
       <c r="C733" t="s">
-        <v>2109</v>
+        <v>2079</v>
       </c>
       <c r="D733" t="s">
-        <v>47</v>
+        <v>70</v>
       </c>
       <c r="E733" t="s">
         <v>12</v>
       </c>
       <c r="F733" t="s">
-        <v>2130</v>
+        <v>2181</v>
+      </c>
+      <c r="H733" t="s">
+        <v>997</v>
       </c>
       <c r="I733" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="734" spans="1:9">
       <c r="A734">
-        <v>120</v>
+        <v>152</v>
       </c>
       <c r="B734" t="s">
-        <v>2124</v>
+        <v>2182</v>
       </c>
       <c r="C734" t="s">
-        <v>2109</v>
+        <v>2097</v>
       </c>
       <c r="D734" t="s">
-        <v>11</v>
+        <v>70</v>
       </c>
       <c r="E734" t="s">
         <v>12</v>
       </c>
       <c r="F734" t="s">
-        <v>2125</v>
+        <v>1182</v>
       </c>
       <c r="I734" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="735" spans="1:9">
       <c r="A735">
-        <v>119</v>
+        <v>151</v>
       </c>
       <c r="B735" t="s">
-        <v>2124</v>
+        <v>2183</v>
       </c>
       <c r="C735" t="s">
-        <v>2109</v>
+        <v>2100</v>
       </c>
       <c r="D735" t="s">
-        <v>11</v>
+        <v>70</v>
       </c>
       <c r="E735" t="s">
         <v>12</v>
       </c>
       <c r="F735" t="s">
-        <v>2131</v>
+        <v>1072</v>
       </c>
       <c r="I735" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="736" spans="1:9">
       <c r="A736">
-        <v>118</v>
+        <v>150</v>
       </c>
       <c r="B736" t="s">
-        <v>2108</v>
+        <v>2184</v>
       </c>
       <c r="C736" t="s">
-        <v>2109</v>
+        <v>2185</v>
       </c>
       <c r="D736" t="s">
-        <v>47</v>
+        <v>1512</v>
       </c>
       <c r="E736" t="s">
         <v>12</v>
       </c>
       <c r="F736" t="s">
-        <v>2132</v>
+        <v>2186</v>
+      </c>
+      <c r="H736" t="s">
+        <v>22</v>
       </c>
       <c r="I736" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="737" spans="1:9">
       <c r="A737">
-        <v>117</v>
+        <v>149</v>
       </c>
       <c r="B737" t="s">
+        <v>2187</v>
+      </c>
+      <c r="C737" t="s">
+        <v>1678</v>
+      </c>
+      <c r="D737" t="s">
+        <v>70</v>
+      </c>
+      <c r="E737" t="s">
+        <v>12</v>
+      </c>
+      <c r="F737" t="s">
         <v>2124</v>
       </c>
-      <c r="C737" t="s">
-[...9 lines deleted...]
-        <v>2133</v>
+      <c r="H737" t="s">
+        <v>22</v>
       </c>
       <c r="I737" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="738" spans="1:9">
       <c r="A738">
-        <v>116</v>
+        <v>148</v>
       </c>
       <c r="B738" t="s">
-        <v>2124</v>
+        <v>2188</v>
       </c>
       <c r="C738" t="s">
-        <v>2109</v>
+        <v>1689</v>
       </c>
       <c r="D738" t="s">
-        <v>11</v>
+        <v>70</v>
       </c>
       <c r="E738" t="s">
         <v>12</v>
       </c>
       <c r="F738" t="s">
-        <v>2125</v>
+        <v>2189</v>
       </c>
       <c r="I738" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="739" spans="1:9">
       <c r="A739">
-        <v>115</v>
+        <v>147</v>
       </c>
       <c r="B739" t="s">
-        <v>2124</v>
+        <v>2190</v>
       </c>
       <c r="C739" t="s">
-        <v>2109</v>
+        <v>1686</v>
       </c>
       <c r="D739" t="s">
-        <v>11</v>
+        <v>70</v>
       </c>
       <c r="E739" t="s">
         <v>12</v>
       </c>
       <c r="F739" t="s">
-        <v>2125</v>
+        <v>2191</v>
       </c>
       <c r="I739" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="740" spans="1:9">
       <c r="A740">
-        <v>114</v>
+        <v>146</v>
       </c>
       <c r="B740" t="s">
-        <v>2111</v>
+        <v>2192</v>
       </c>
       <c r="C740" t="s">
-        <v>2109</v>
+        <v>1672</v>
       </c>
       <c r="D740" t="s">
-        <v>1419</v>
+        <v>1512</v>
       </c>
       <c r="E740" t="s">
         <v>12</v>
       </c>
       <c r="F740" t="s">
-        <v>2134</v>
+        <v>2193</v>
+      </c>
+      <c r="H740" t="s">
+        <v>22</v>
       </c>
       <c r="I740" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="741" spans="1:9">
       <c r="A741">
-        <v>113</v>
+        <v>145</v>
       </c>
       <c r="B741" t="s">
-        <v>2111</v>
+        <v>2194</v>
       </c>
       <c r="C741" t="s">
-        <v>2109</v>
+        <v>2195</v>
       </c>
       <c r="D741" t="s">
-        <v>1419</v>
+        <v>1512</v>
       </c>
       <c r="E741" t="s">
         <v>12</v>
       </c>
       <c r="F741" t="s">
-        <v>2135</v>
+        <v>2196</v>
       </c>
       <c r="I741" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="742" spans="1:9">
       <c r="A742">
-        <v>112</v>
+        <v>144</v>
       </c>
       <c r="B742" t="s">
-        <v>2114</v>
+        <v>2197</v>
       </c>
       <c r="C742" t="s">
-        <v>2109</v>
+        <v>2121</v>
       </c>
       <c r="D742" t="s">
-        <v>1232</v>
+        <v>70</v>
       </c>
       <c r="E742" t="s">
         <v>12</v>
       </c>
       <c r="F742" t="s">
-        <v>806</v>
+        <v>1182</v>
       </c>
       <c r="I742" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="743" spans="1:9">
       <c r="A743">
-        <v>111</v>
+        <v>143</v>
       </c>
       <c r="B743" t="s">
-        <v>2118</v>
+        <v>2198</v>
       </c>
       <c r="C743" t="s">
-        <v>2119</v>
+        <v>1692</v>
       </c>
       <c r="D743" t="s">
-        <v>1419</v>
+        <v>70</v>
       </c>
       <c r="E743" t="s">
         <v>12</v>
       </c>
       <c r="F743" t="s">
-        <v>156</v>
+        <v>2199</v>
       </c>
       <c r="I743" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="744" spans="1:9">
       <c r="A744">
-        <v>110</v>
+        <v>142</v>
       </c>
       <c r="B744" t="s">
-        <v>2118</v>
+        <v>2200</v>
       </c>
       <c r="C744" t="s">
-        <v>2119</v>
+        <v>2201</v>
       </c>
       <c r="D744" t="s">
-        <v>1419</v>
+        <v>70</v>
       </c>
       <c r="E744" t="s">
         <v>12</v>
       </c>
       <c r="F744" t="s">
-        <v>2136</v>
+        <v>1405</v>
       </c>
       <c r="I744" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="745" spans="1:9">
       <c r="A745">
-        <v>109</v>
+        <v>141</v>
       </c>
       <c r="B745" t="s">
-        <v>2118</v>
+        <v>2200</v>
       </c>
       <c r="C745" t="s">
-        <v>2119</v>
+        <v>2201</v>
       </c>
       <c r="D745" t="s">
-        <v>1419</v>
+        <v>70</v>
       </c>
       <c r="E745" t="s">
         <v>12</v>
       </c>
       <c r="F745" t="s">
-        <v>2137</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>2202</v>
       </c>
       <c r="I745" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="746" spans="1:9">
       <c r="A746">
-        <v>108</v>
+        <v>140</v>
       </c>
       <c r="B746" t="s">
-        <v>2117</v>
+        <v>2203</v>
       </c>
       <c r="C746" t="s">
-        <v>2109</v>
+        <v>2201</v>
       </c>
       <c r="D746" t="s">
-        <v>1307</v>
+        <v>1512</v>
       </c>
       <c r="E746" t="s">
         <v>12</v>
       </c>
       <c r="F746" t="s">
-        <v>1938</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>578</v>
       </c>
       <c r="I746" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="747" spans="1:9">
       <c r="A747">
-        <v>107</v>
+        <v>139</v>
       </c>
       <c r="B747" t="s">
-        <v>2138</v>
+        <v>2200</v>
       </c>
       <c r="C747" t="s">
-        <v>2119</v>
+        <v>2201</v>
       </c>
       <c r="D747" t="s">
-        <v>1307</v>
+        <v>70</v>
       </c>
       <c r="E747" t="s">
         <v>12</v>
       </c>
       <c r="F747" t="s">
-        <v>905</v>
+        <v>2204</v>
       </c>
       <c r="I747" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="748" spans="1:9">
       <c r="A748">
-        <v>106</v>
+        <v>138</v>
       </c>
       <c r="B748" t="s">
-        <v>2138</v>
+        <v>2200</v>
       </c>
       <c r="C748" t="s">
-        <v>2119</v>
+        <v>2201</v>
       </c>
       <c r="D748" t="s">
-        <v>1307</v>
+        <v>70</v>
       </c>
       <c r="E748" t="s">
         <v>12</v>
       </c>
       <c r="F748" t="s">
-        <v>905</v>
-[...2 lines deleted...]
-        <v>901</v>
+        <v>2205</v>
       </c>
       <c r="I748" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="749" spans="1:9">
       <c r="A749">
-        <v>105</v>
+        <v>137</v>
       </c>
       <c r="B749" t="s">
-        <v>2118</v>
+        <v>2206</v>
       </c>
       <c r="C749" t="s">
-        <v>2119</v>
+        <v>2201</v>
       </c>
       <c r="D749" t="s">
-        <v>1419</v>
+        <v>1326</v>
       </c>
       <c r="E749" t="s">
         <v>12</v>
       </c>
       <c r="F749" t="s">
-        <v>2139</v>
+        <v>2207</v>
       </c>
       <c r="I749" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="750" spans="1:9">
       <c r="A750">
-        <v>104</v>
+        <v>136</v>
       </c>
       <c r="B750" t="s">
-        <v>2118</v>
+        <v>2200</v>
       </c>
       <c r="C750" t="s">
-        <v>2119</v>
+        <v>2201</v>
       </c>
       <c r="D750" t="s">
-        <v>1419</v>
+        <v>70</v>
       </c>
       <c r="E750" t="s">
         <v>12</v>
       </c>
       <c r="F750" t="s">
-        <v>2140</v>
+        <v>2208</v>
       </c>
       <c r="H750" t="s">
-        <v>901</v>
+        <v>997</v>
       </c>
       <c r="I750" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="751" spans="1:9">
       <c r="A751">
-        <v>103</v>
+        <v>135</v>
       </c>
       <c r="B751" t="s">
-        <v>2141</v>
+        <v>2209</v>
       </c>
       <c r="C751" t="s">
-        <v>2119</v>
+        <v>2201</v>
       </c>
       <c r="D751" t="s">
-        <v>497</v>
+        <v>1400</v>
       </c>
       <c r="E751" t="s">
         <v>12</v>
       </c>
       <c r="F751" t="s">
-        <v>2142</v>
+        <v>169</v>
       </c>
       <c r="I751" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="752" spans="1:9">
       <c r="A752">
-        <v>102</v>
+        <v>134</v>
       </c>
       <c r="B752" t="s">
-        <v>2118</v>
+        <v>2210</v>
       </c>
       <c r="C752" t="s">
-        <v>2119</v>
+        <v>2211</v>
       </c>
       <c r="D752" t="s">
-        <v>1419</v>
+        <v>1512</v>
       </c>
       <c r="E752" t="s">
         <v>12</v>
       </c>
       <c r="F752" t="s">
-        <v>2143</v>
+        <v>2212</v>
+      </c>
+      <c r="H752" t="s">
+        <v>997</v>
       </c>
       <c r="I752" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="753" spans="1:9">
       <c r="A753">
-        <v>101</v>
+        <v>133</v>
       </c>
       <c r="B753" t="s">
-        <v>2118</v>
+        <v>2213</v>
       </c>
       <c r="C753" t="s">
-        <v>2119</v>
+        <v>2201</v>
       </c>
       <c r="D753" t="s">
-        <v>1419</v>
+        <v>38</v>
       </c>
       <c r="E753" t="s">
         <v>12</v>
       </c>
       <c r="F753" t="s">
-        <v>976</v>
+        <v>2214</v>
       </c>
       <c r="I753" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="754" spans="1:9">
       <c r="A754">
-        <v>100</v>
+        <v>132</v>
       </c>
       <c r="B754" t="s">
-        <v>2118</v>
+        <v>2206</v>
       </c>
       <c r="C754" t="s">
-        <v>2119</v>
+        <v>2201</v>
       </c>
       <c r="D754" t="s">
-        <v>1419</v>
+        <v>1326</v>
       </c>
       <c r="E754" t="s">
         <v>12</v>
       </c>
       <c r="F754" t="s">
-        <v>2144</v>
+        <v>2215</v>
       </c>
       <c r="I754" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="755" spans="1:9">
       <c r="A755">
-        <v>99</v>
+        <v>131</v>
       </c>
       <c r="B755" t="s">
-        <v>2118</v>
+        <v>2216</v>
       </c>
       <c r="C755" t="s">
-        <v>2119</v>
+        <v>2201</v>
       </c>
       <c r="D755" t="s">
-        <v>1419</v>
+        <v>26</v>
       </c>
       <c r="E755" t="s">
         <v>12</v>
       </c>
       <c r="F755" t="s">
-        <v>2145</v>
+        <v>2217</v>
       </c>
       <c r="I755" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="756" spans="1:9">
       <c r="A756">
-        <v>98</v>
+        <v>130</v>
       </c>
       <c r="B756" t="s">
-        <v>2111</v>
+        <v>2200</v>
       </c>
       <c r="C756" t="s">
-        <v>2109</v>
+        <v>2201</v>
       </c>
       <c r="D756" t="s">
-        <v>1419</v>
+        <v>70</v>
       </c>
       <c r="E756" t="s">
         <v>12</v>
       </c>
       <c r="F756" t="s">
-        <v>2146</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>1072</v>
       </c>
       <c r="I756" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="757" spans="1:9">
       <c r="A757">
-        <v>96</v>
+        <v>129</v>
       </c>
       <c r="B757" t="s">
-        <v>2111</v>
+        <v>2216</v>
       </c>
       <c r="C757" t="s">
-        <v>2109</v>
+        <v>2201</v>
       </c>
       <c r="D757" t="s">
-        <v>1419</v>
+        <v>26</v>
       </c>
       <c r="E757" t="s">
         <v>12</v>
       </c>
       <c r="F757" t="s">
-        <v>2147</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>2218</v>
       </c>
       <c r="I757" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="758" spans="1:9">
       <c r="A758">
-        <v>95</v>
+        <v>128</v>
       </c>
       <c r="B758" t="s">
-        <v>2118</v>
+        <v>2216</v>
       </c>
       <c r="C758" t="s">
-        <v>2119</v>
+        <v>2201</v>
       </c>
       <c r="D758" t="s">
-        <v>1419</v>
+        <v>26</v>
       </c>
       <c r="E758" t="s">
         <v>12</v>
       </c>
       <c r="F758" t="s">
-        <v>2148</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>2219</v>
       </c>
       <c r="I758" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="759" spans="1:9">
       <c r="A759">
-        <v>94</v>
+        <v>127</v>
       </c>
       <c r="B759" t="s">
-        <v>2118</v>
+        <v>2200</v>
       </c>
       <c r="C759" t="s">
-        <v>2119</v>
+        <v>2201</v>
       </c>
       <c r="D759" t="s">
-        <v>1419</v>
+        <v>70</v>
       </c>
       <c r="E759" t="s">
         <v>12</v>
       </c>
       <c r="F759" t="s">
-        <v>2149</v>
+        <v>2220</v>
       </c>
       <c r="H759" t="s">
-        <v>15</v>
+        <v>997</v>
       </c>
       <c r="I759" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="760" spans="1:9">
       <c r="A760">
-        <v>93</v>
+        <v>126</v>
       </c>
       <c r="B760" t="s">
-        <v>2138</v>
+        <v>2216</v>
       </c>
       <c r="C760" t="s">
-        <v>2119</v>
+        <v>2201</v>
       </c>
       <c r="D760" t="s">
-        <v>1307</v>
+        <v>26</v>
       </c>
       <c r="E760" t="s">
         <v>12</v>
       </c>
       <c r="F760" t="s">
-        <v>905</v>
+        <v>2217</v>
       </c>
       <c r="I760" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="761" spans="1:9">
       <c r="A761">
-        <v>92</v>
+        <v>124</v>
       </c>
       <c r="B761" t="s">
-        <v>2118</v>
+        <v>2216</v>
       </c>
       <c r="C761" t="s">
-        <v>2119</v>
+        <v>2201</v>
       </c>
       <c r="D761" t="s">
-        <v>1419</v>
+        <v>26</v>
       </c>
       <c r="E761" t="s">
         <v>12</v>
       </c>
       <c r="F761" t="s">
-        <v>2150</v>
+        <v>2217</v>
       </c>
       <c r="I761" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="762" spans="1:9">
       <c r="A762">
-        <v>91</v>
+        <v>123</v>
       </c>
       <c r="B762" t="s">
-        <v>2118</v>
+        <v>2216</v>
       </c>
       <c r="C762" t="s">
-        <v>2119</v>
+        <v>2201</v>
       </c>
       <c r="D762" t="s">
-        <v>1419</v>
+        <v>26</v>
       </c>
       <c r="E762" t="s">
         <v>12</v>
       </c>
       <c r="F762" t="s">
-        <v>2151</v>
+        <v>2217</v>
       </c>
       <c r="I762" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="763" spans="1:9">
       <c r="A763">
-        <v>90</v>
+        <v>122</v>
       </c>
       <c r="B763" t="s">
-        <v>2118</v>
+        <v>2200</v>
       </c>
       <c r="C763" t="s">
-        <v>2119</v>
+        <v>2201</v>
       </c>
       <c r="D763" t="s">
-        <v>1419</v>
+        <v>70</v>
       </c>
       <c r="E763" t="s">
         <v>12</v>
       </c>
       <c r="F763" t="s">
-        <v>1274</v>
+        <v>2221</v>
+      </c>
+      <c r="H763" t="s">
+        <v>22</v>
       </c>
       <c r="I763" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="764" spans="1:9">
       <c r="A764">
-        <v>89</v>
+        <v>121</v>
       </c>
       <c r="B764" t="s">
-        <v>2118</v>
+        <v>2200</v>
       </c>
       <c r="C764" t="s">
-        <v>2119</v>
+        <v>2201</v>
       </c>
       <c r="D764" t="s">
-        <v>1419</v>
+        <v>70</v>
       </c>
       <c r="E764" t="s">
         <v>12</v>
       </c>
       <c r="F764" t="s">
-        <v>2152</v>
+        <v>2222</v>
       </c>
       <c r="I764" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="765" spans="1:9">
       <c r="A765">
-        <v>88</v>
+        <v>120</v>
       </c>
       <c r="B765" t="s">
-        <v>2118</v>
+        <v>2216</v>
       </c>
       <c r="C765" t="s">
-        <v>2119</v>
+        <v>2201</v>
       </c>
       <c r="D765" t="s">
-        <v>1419</v>
+        <v>26</v>
       </c>
       <c r="E765" t="s">
         <v>12</v>
       </c>
       <c r="F765" t="s">
-        <v>2153</v>
+        <v>2217</v>
       </c>
       <c r="I765" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="766" spans="1:9">
       <c r="A766">
-        <v>87</v>
+        <v>119</v>
       </c>
       <c r="B766" t="s">
-        <v>2118</v>
+        <v>2216</v>
       </c>
       <c r="C766" t="s">
-        <v>2119</v>
+        <v>2201</v>
       </c>
       <c r="D766" t="s">
-        <v>1419</v>
+        <v>26</v>
       </c>
       <c r="E766" t="s">
         <v>12</v>
       </c>
       <c r="F766" t="s">
-        <v>2154</v>
+        <v>2223</v>
       </c>
       <c r="I766" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="767" spans="1:9">
       <c r="A767">
-        <v>86</v>
+        <v>118</v>
       </c>
       <c r="B767" t="s">
-        <v>2155</v>
+        <v>2200</v>
       </c>
       <c r="C767" t="s">
-        <v>2119</v>
+        <v>2201</v>
       </c>
       <c r="D767" t="s">
-        <v>1232</v>
+        <v>70</v>
       </c>
       <c r="E767" t="s">
         <v>12</v>
       </c>
       <c r="F767" t="s">
-        <v>2156</v>
+        <v>2224</v>
       </c>
       <c r="I767" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="768" spans="1:9">
       <c r="A768">
-        <v>85</v>
+        <v>117</v>
       </c>
       <c r="B768" t="s">
-        <v>2118</v>
+        <v>2216</v>
       </c>
       <c r="C768" t="s">
-        <v>2119</v>
+        <v>2201</v>
       </c>
       <c r="D768" t="s">
-        <v>1419</v>
+        <v>26</v>
       </c>
       <c r="E768" t="s">
         <v>12</v>
       </c>
       <c r="F768" t="s">
-        <v>2157</v>
+        <v>2225</v>
       </c>
       <c r="I768" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="769" spans="1:9">
       <c r="A769">
-        <v>84</v>
+        <v>116</v>
       </c>
       <c r="B769" t="s">
-        <v>2118</v>
+        <v>2216</v>
       </c>
       <c r="C769" t="s">
-        <v>2119</v>
+        <v>2201</v>
       </c>
       <c r="D769" t="s">
-        <v>1419</v>
+        <v>26</v>
       </c>
       <c r="E769" t="s">
         <v>12</v>
       </c>
       <c r="F769" t="s">
-        <v>2158</v>
+        <v>2217</v>
       </c>
       <c r="I769" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="770" spans="1:9">
       <c r="A770">
-        <v>83</v>
+        <v>115</v>
       </c>
       <c r="B770" t="s">
-        <v>2118</v>
+        <v>2216</v>
       </c>
       <c r="C770" t="s">
-        <v>2119</v>
+        <v>2201</v>
       </c>
       <c r="D770" t="s">
-        <v>1419</v>
+        <v>26</v>
       </c>
       <c r="E770" t="s">
         <v>12</v>
       </c>
       <c r="F770" t="s">
-        <v>2159</v>
+        <v>2217</v>
       </c>
       <c r="I770" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="771" spans="1:9">
       <c r="A771">
-        <v>82</v>
+        <v>114</v>
       </c>
       <c r="B771" t="s">
-        <v>2118</v>
+        <v>2203</v>
       </c>
       <c r="C771" t="s">
-        <v>2119</v>
+        <v>2201</v>
       </c>
       <c r="D771" t="s">
-        <v>1419</v>
+        <v>1512</v>
       </c>
       <c r="E771" t="s">
         <v>12</v>
       </c>
       <c r="F771" t="s">
-        <v>2137</v>
-[...2 lines deleted...]
-        <v>901</v>
+        <v>2226</v>
       </c>
       <c r="I771" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="772" spans="1:9">
       <c r="A772">
-        <v>81</v>
+        <v>113</v>
       </c>
       <c r="B772" t="s">
-        <v>2118</v>
+        <v>2203</v>
       </c>
       <c r="C772" t="s">
-        <v>2119</v>
+        <v>2201</v>
       </c>
       <c r="D772" t="s">
-        <v>1419</v>
+        <v>1512</v>
       </c>
       <c r="E772" t="s">
         <v>12</v>
       </c>
       <c r="F772" t="s">
-        <v>2160</v>
+        <v>2227</v>
       </c>
       <c r="I772" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="773" spans="1:9">
       <c r="A773">
-        <v>80</v>
+        <v>112</v>
       </c>
       <c r="B773" t="s">
-        <v>2118</v>
+        <v>2206</v>
       </c>
       <c r="C773" t="s">
-        <v>2119</v>
+        <v>2201</v>
       </c>
       <c r="D773" t="s">
-        <v>1419</v>
+        <v>1326</v>
       </c>
       <c r="E773" t="s">
         <v>12</v>
       </c>
       <c r="F773" t="s">
-        <v>2152</v>
-[...2 lines deleted...]
-        <v>901</v>
+        <v>115</v>
       </c>
       <c r="I773" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="774" spans="1:9">
       <c r="A774">
-        <v>79</v>
+        <v>111</v>
       </c>
       <c r="B774" t="s">
-        <v>2118</v>
+        <v>2210</v>
       </c>
       <c r="C774" t="s">
-        <v>2119</v>
+        <v>2211</v>
       </c>
       <c r="D774" t="s">
-        <v>1419</v>
+        <v>1512</v>
       </c>
       <c r="E774" t="s">
         <v>12</v>
       </c>
       <c r="F774" t="s">
-        <v>2161</v>
+        <v>283</v>
       </c>
       <c r="I774" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="775" spans="1:9">
       <c r="A775">
-        <v>78</v>
+        <v>110</v>
       </c>
       <c r="B775" t="s">
-        <v>2118</v>
+        <v>2210</v>
       </c>
       <c r="C775" t="s">
-        <v>2119</v>
+        <v>2211</v>
       </c>
       <c r="D775" t="s">
-        <v>1419</v>
+        <v>1512</v>
       </c>
       <c r="E775" t="s">
         <v>12</v>
       </c>
       <c r="F775" t="s">
-        <v>2162</v>
+        <v>2228</v>
       </c>
       <c r="I775" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="776" spans="1:9">
       <c r="A776">
-        <v>77</v>
+        <v>109</v>
       </c>
       <c r="B776" t="s">
-        <v>2118</v>
+        <v>2210</v>
       </c>
       <c r="C776" t="s">
-        <v>2119</v>
+        <v>2211</v>
       </c>
       <c r="D776" t="s">
-        <v>1419</v>
+        <v>1512</v>
       </c>
       <c r="E776" t="s">
         <v>12</v>
       </c>
       <c r="F776" t="s">
-        <v>2163</v>
+        <v>2229</v>
+      </c>
+      <c r="H776" t="s">
+        <v>22</v>
       </c>
       <c r="I776" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="777" spans="1:9">
       <c r="A777">
-        <v>75</v>
+        <v>108</v>
       </c>
       <c r="B777" t="s">
-        <v>2118</v>
+        <v>2209</v>
       </c>
       <c r="C777" t="s">
-        <v>2119</v>
+        <v>2201</v>
       </c>
       <c r="D777" t="s">
-        <v>1419</v>
+        <v>1400</v>
       </c>
       <c r="E777" t="s">
         <v>12</v>
       </c>
       <c r="F777" t="s">
-        <v>2164</v>
+        <v>2030</v>
+      </c>
+      <c r="H777" t="s">
+        <v>22</v>
       </c>
       <c r="I777" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="778" spans="1:9">
       <c r="A778">
-        <v>74</v>
+        <v>107</v>
       </c>
       <c r="B778" t="s">
-        <v>2118</v>
+        <v>2230</v>
       </c>
       <c r="C778" t="s">
-        <v>2119</v>
+        <v>2211</v>
       </c>
       <c r="D778" t="s">
-        <v>1419</v>
+        <v>1400</v>
       </c>
       <c r="E778" t="s">
         <v>12</v>
       </c>
       <c r="F778" t="s">
-        <v>2165</v>
+        <v>1001</v>
       </c>
       <c r="I778" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="779" spans="1:9">
       <c r="A779">
-        <v>73</v>
+        <v>106</v>
       </c>
       <c r="B779" t="s">
-        <v>2118</v>
+        <v>2230</v>
       </c>
       <c r="C779" t="s">
-        <v>2119</v>
+        <v>2211</v>
       </c>
       <c r="D779" t="s">
-        <v>1419</v>
+        <v>1400</v>
       </c>
       <c r="E779" t="s">
         <v>12</v>
       </c>
       <c r="F779" t="s">
-        <v>2166</v>
+        <v>1001</v>
+      </c>
+      <c r="H779" t="s">
+        <v>997</v>
       </c>
       <c r="I779" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="780" spans="1:9">
       <c r="A780">
-        <v>72</v>
+        <v>105</v>
       </c>
       <c r="B780" t="s">
-        <v>2118</v>
+        <v>2210</v>
       </c>
       <c r="C780" t="s">
-        <v>2119</v>
+        <v>2211</v>
       </c>
       <c r="D780" t="s">
-        <v>1419</v>
+        <v>1512</v>
       </c>
       <c r="E780" t="s">
         <v>12</v>
       </c>
       <c r="F780" t="s">
-        <v>2167</v>
+        <v>2231</v>
       </c>
       <c r="I780" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="781" spans="1:9">
       <c r="A781">
-        <v>71</v>
+        <v>104</v>
       </c>
       <c r="B781" t="s">
-        <v>2118</v>
+        <v>2210</v>
       </c>
       <c r="C781" t="s">
-        <v>2119</v>
+        <v>2211</v>
       </c>
       <c r="D781" t="s">
-        <v>1419</v>
+        <v>1512</v>
       </c>
       <c r="E781" t="s">
         <v>12</v>
       </c>
       <c r="F781" t="s">
-        <v>2168</v>
+        <v>2232</v>
+      </c>
+      <c r="H781" t="s">
+        <v>997</v>
       </c>
       <c r="I781" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="782" spans="1:9">
       <c r="A782">
-        <v>70</v>
+        <v>103</v>
       </c>
       <c r="B782" t="s">
-        <v>2118</v>
+        <v>2233</v>
       </c>
       <c r="C782" t="s">
-        <v>2119</v>
+        <v>2211</v>
       </c>
       <c r="D782" t="s">
-        <v>1419</v>
+        <v>604</v>
       </c>
       <c r="E782" t="s">
         <v>12</v>
       </c>
       <c r="F782" t="s">
-        <v>2169</v>
+        <v>2234</v>
       </c>
       <c r="I782" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="783" spans="1:9">
       <c r="A783">
-        <v>69</v>
+        <v>102</v>
       </c>
       <c r="B783" t="s">
-        <v>2170</v>
+        <v>2210</v>
       </c>
       <c r="C783" t="s">
-        <v>2119</v>
+        <v>2211</v>
       </c>
       <c r="D783" t="s">
-        <v>445</v>
+        <v>1512</v>
       </c>
       <c r="E783" t="s">
         <v>12</v>
       </c>
       <c r="F783" t="s">
-        <v>2171</v>
+        <v>2235</v>
       </c>
       <c r="I783" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="784" spans="1:9">
       <c r="A784">
-        <v>68</v>
+        <v>101</v>
       </c>
       <c r="B784" t="s">
-        <v>2155</v>
+        <v>2210</v>
       </c>
       <c r="C784" t="s">
-        <v>2119</v>
+        <v>2211</v>
       </c>
       <c r="D784" t="s">
-        <v>1232</v>
+        <v>1512</v>
       </c>
       <c r="E784" t="s">
         <v>12</v>
       </c>
       <c r="F784" t="s">
-        <v>2042</v>
+        <v>1072</v>
       </c>
       <c r="I784" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="785" spans="1:9">
       <c r="A785">
-        <v>67</v>
+        <v>100</v>
       </c>
       <c r="B785" t="s">
-        <v>2155</v>
+        <v>2210</v>
       </c>
       <c r="C785" t="s">
-        <v>2119</v>
+        <v>2211</v>
       </c>
       <c r="D785" t="s">
-        <v>1232</v>
+        <v>1512</v>
       </c>
       <c r="E785" t="s">
         <v>12</v>
       </c>
       <c r="F785" t="s">
-        <v>905</v>
+        <v>2236</v>
       </c>
       <c r="I785" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="786" spans="1:9">
       <c r="A786">
-        <v>66</v>
+        <v>99</v>
       </c>
       <c r="B786" t="s">
-        <v>2155</v>
+        <v>2210</v>
       </c>
       <c r="C786" t="s">
-        <v>2119</v>
+        <v>2211</v>
       </c>
       <c r="D786" t="s">
-        <v>1232</v>
+        <v>1512</v>
       </c>
       <c r="E786" t="s">
         <v>12</v>
       </c>
       <c r="F786" t="s">
-        <v>2059</v>
+        <v>2237</v>
       </c>
       <c r="I786" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="787" spans="1:9">
       <c r="A787">
-        <v>65</v>
+        <v>98</v>
       </c>
       <c r="B787" t="s">
-        <v>2155</v>
+        <v>2203</v>
       </c>
       <c r="C787" t="s">
-        <v>2119</v>
+        <v>2201</v>
       </c>
       <c r="D787" t="s">
-        <v>1232</v>
+        <v>1512</v>
       </c>
       <c r="E787" t="s">
         <v>12</v>
       </c>
       <c r="F787" t="s">
-        <v>2172</v>
+        <v>2238</v>
+      </c>
+      <c r="H787" t="s">
+        <v>22</v>
       </c>
       <c r="I787" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="788" spans="1:9">
       <c r="A788">
-        <v>64</v>
+        <v>96</v>
       </c>
       <c r="B788" t="s">
-        <v>2155</v>
+        <v>2203</v>
       </c>
       <c r="C788" t="s">
-        <v>2119</v>
+        <v>2201</v>
       </c>
       <c r="D788" t="s">
-        <v>1232</v>
+        <v>1512</v>
       </c>
       <c r="E788" t="s">
         <v>12</v>
       </c>
       <c r="F788" t="s">
-        <v>312</v>
+        <v>2239</v>
+      </c>
+      <c r="H788" t="s">
+        <v>22</v>
       </c>
       <c r="I788" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="789" spans="1:9">
       <c r="A789">
-        <v>63</v>
+        <v>95</v>
       </c>
       <c r="B789" t="s">
-        <v>2155</v>
+        <v>2210</v>
       </c>
       <c r="C789" t="s">
-        <v>2119</v>
+        <v>2211</v>
       </c>
       <c r="D789" t="s">
-        <v>1232</v>
+        <v>1512</v>
       </c>
       <c r="E789" t="s">
         <v>12</v>
       </c>
       <c r="F789" t="s">
-        <v>2055</v>
-[...2 lines deleted...]
-        <v>2173</v>
+        <v>2240</v>
+      </c>
+      <c r="H789" t="s">
+        <v>22</v>
       </c>
       <c r="I789" s="1">
-        <v>138086</v>
+        <v>0</v>
       </c>
     </row>
     <row r="790" spans="1:9">
       <c r="A790">
-        <v>62</v>
+        <v>94</v>
       </c>
       <c r="B790" t="s">
-        <v>2155</v>
+        <v>2210</v>
       </c>
       <c r="C790" t="s">
-        <v>2119</v>
+        <v>2211</v>
       </c>
       <c r="D790" t="s">
-        <v>1232</v>
+        <v>1512</v>
       </c>
       <c r="E790" t="s">
         <v>12</v>
       </c>
       <c r="F790" t="s">
-        <v>2174</v>
-[...2 lines deleted...]
-        <v>2173</v>
+        <v>2241</v>
+      </c>
+      <c r="H790" t="s">
+        <v>22</v>
       </c>
       <c r="I790" s="1">
-        <v>110719</v>
+        <v>0</v>
       </c>
     </row>
     <row r="791" spans="1:9">
       <c r="A791">
-        <v>61</v>
+        <v>93</v>
       </c>
       <c r="B791" t="s">
-        <v>2118</v>
+        <v>2230</v>
       </c>
       <c r="C791" t="s">
-        <v>2119</v>
+        <v>2211</v>
       </c>
       <c r="D791" t="s">
-        <v>1419</v>
+        <v>1400</v>
       </c>
       <c r="E791" t="s">
         <v>12</v>
       </c>
       <c r="F791" t="s">
-        <v>2175</v>
-[...2 lines deleted...]
-        <v>2176</v>
+        <v>1001</v>
       </c>
       <c r="I791" s="1">
-        <v>474000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="792" spans="1:9">
       <c r="A792">
-        <v>60</v>
+        <v>92</v>
       </c>
       <c r="B792" t="s">
-        <v>2118</v>
+        <v>2210</v>
       </c>
       <c r="C792" t="s">
-        <v>2119</v>
+        <v>2211</v>
       </c>
       <c r="D792" t="s">
-        <v>1419</v>
+        <v>1512</v>
       </c>
       <c r="E792" t="s">
         <v>12</v>
       </c>
       <c r="F792" t="s">
-        <v>2177</v>
-[...2 lines deleted...]
-        <v>2178</v>
+        <v>2242</v>
       </c>
       <c r="I792" s="1">
-        <v>504067</v>
+        <v>0</v>
       </c>
     </row>
     <row r="793" spans="1:9">
       <c r="A793">
-        <v>59</v>
+        <v>91</v>
       </c>
       <c r="B793" t="s">
-        <v>2118</v>
+        <v>2210</v>
       </c>
       <c r="C793" t="s">
-        <v>2119</v>
+        <v>2211</v>
       </c>
       <c r="D793" t="s">
-        <v>1419</v>
+        <v>1512</v>
       </c>
       <c r="E793" t="s">
         <v>12</v>
       </c>
       <c r="F793" t="s">
-        <v>2179</v>
-[...2 lines deleted...]
-        <v>2180</v>
+        <v>2243</v>
       </c>
       <c r="I793" s="1">
-        <v>828222</v>
+        <v>0</v>
       </c>
     </row>
     <row r="794" spans="1:9">
       <c r="A794">
-        <v>58</v>
+        <v>90</v>
       </c>
       <c r="B794" t="s">
-        <v>2118</v>
+        <v>2210</v>
       </c>
       <c r="C794" t="s">
-        <v>2119</v>
+        <v>2211</v>
       </c>
       <c r="D794" t="s">
-        <v>1419</v>
+        <v>1512</v>
       </c>
       <c r="E794" t="s">
         <v>12</v>
       </c>
       <c r="F794" t="s">
-        <v>2181</v>
-[...2 lines deleted...]
-        <v>2182</v>
+        <v>1367</v>
       </c>
       <c r="I794" s="1">
-        <v>747610</v>
+        <v>0</v>
       </c>
     </row>
     <row r="795" spans="1:9">
       <c r="A795">
-        <v>57</v>
+        <v>89</v>
       </c>
       <c r="B795" t="s">
-        <v>2118</v>
+        <v>2210</v>
       </c>
       <c r="C795" t="s">
-        <v>2119</v>
+        <v>2211</v>
       </c>
       <c r="D795" t="s">
-        <v>1419</v>
+        <v>1512</v>
       </c>
       <c r="E795" t="s">
         <v>12</v>
       </c>
       <c r="F795" t="s">
-        <v>2183</v>
-[...2 lines deleted...]
-        <v>2184</v>
+        <v>2244</v>
       </c>
       <c r="I795" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="796" spans="1:9">
       <c r="A796">
-        <v>56</v>
+        <v>88</v>
       </c>
       <c r="B796" t="s">
-        <v>2118</v>
+        <v>2210</v>
       </c>
       <c r="C796" t="s">
-        <v>2119</v>
+        <v>2211</v>
       </c>
       <c r="D796" t="s">
-        <v>1419</v>
+        <v>1512</v>
       </c>
       <c r="E796" t="s">
         <v>12</v>
       </c>
       <c r="F796" t="s">
-        <v>2185</v>
-[...2 lines deleted...]
-        <v>2186</v>
+        <v>2245</v>
       </c>
       <c r="I796" s="1">
-        <v>4129942</v>
+        <v>0</v>
       </c>
     </row>
     <row r="797" spans="1:9">
       <c r="A797">
-        <v>55</v>
+        <v>87</v>
       </c>
       <c r="B797" t="s">
-        <v>2118</v>
+        <v>2210</v>
       </c>
       <c r="C797" t="s">
-        <v>2119</v>
+        <v>2211</v>
       </c>
       <c r="D797" t="s">
-        <v>1419</v>
+        <v>1512</v>
       </c>
       <c r="E797" t="s">
         <v>12</v>
       </c>
       <c r="F797" t="s">
-        <v>2187</v>
-[...2 lines deleted...]
-        <v>2188</v>
+        <v>2246</v>
       </c>
       <c r="I797" s="1">
-        <v>5100709</v>
+        <v>0</v>
       </c>
     </row>
     <row r="798" spans="1:9">
       <c r="A798">
-        <v>54</v>
+        <v>86</v>
       </c>
       <c r="B798" t="s">
-        <v>2118</v>
+        <v>2247</v>
       </c>
       <c r="C798" t="s">
-        <v>2119</v>
+        <v>2211</v>
       </c>
       <c r="D798" t="s">
-        <v>1419</v>
+        <v>1326</v>
       </c>
       <c r="E798" t="s">
         <v>12</v>
       </c>
       <c r="F798" t="s">
-        <v>2189</v>
-[...2 lines deleted...]
-        <v>2190</v>
+        <v>2248</v>
       </c>
       <c r="I798" s="1">
-        <v>92422</v>
+        <v>0</v>
       </c>
     </row>
     <row r="799" spans="1:9">
       <c r="A799">
-        <v>53</v>
+        <v>85</v>
       </c>
       <c r="B799" t="s">
-        <v>2118</v>
+        <v>2210</v>
       </c>
       <c r="C799" t="s">
-        <v>2119</v>
+        <v>2211</v>
       </c>
       <c r="D799" t="s">
-        <v>1419</v>
+        <v>1512</v>
       </c>
       <c r="E799" t="s">
         <v>12</v>
       </c>
       <c r="F799" t="s">
-        <v>2191</v>
-[...2 lines deleted...]
-        <v>2192</v>
+        <v>2249</v>
       </c>
       <c r="I799" s="1">
-        <v>92600</v>
+        <v>0</v>
       </c>
     </row>
     <row r="800" spans="1:9">
       <c r="A800">
-        <v>52</v>
+        <v>84</v>
       </c>
       <c r="B800" t="s">
-        <v>2118</v>
+        <v>2210</v>
       </c>
       <c r="C800" t="s">
-        <v>2119</v>
+        <v>2211</v>
       </c>
       <c r="D800" t="s">
-        <v>1419</v>
+        <v>1512</v>
       </c>
       <c r="E800" t="s">
         <v>12</v>
       </c>
       <c r="F800" t="s">
-        <v>258</v>
-[...2 lines deleted...]
-        <v>2193</v>
+        <v>2250</v>
       </c>
       <c r="I800" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="801" spans="1:9">
       <c r="A801">
-        <v>51</v>
+        <v>83</v>
       </c>
       <c r="B801" t="s">
-        <v>2118</v>
+        <v>2210</v>
       </c>
       <c r="C801" t="s">
-        <v>2119</v>
+        <v>2211</v>
       </c>
       <c r="D801" t="s">
-        <v>1419</v>
+        <v>1512</v>
       </c>
       <c r="E801" t="s">
         <v>12</v>
       </c>
       <c r="F801" t="s">
-        <v>2194</v>
-[...2 lines deleted...]
-        <v>2195</v>
+        <v>2251</v>
       </c>
       <c r="I801" s="1">
-        <v>7518833</v>
+        <v>0</v>
       </c>
     </row>
     <row r="802" spans="1:9">
       <c r="A802">
-        <v>50</v>
+        <v>82</v>
       </c>
       <c r="B802" t="s">
-        <v>2118</v>
+        <v>2210</v>
       </c>
       <c r="C802" t="s">
-        <v>2119</v>
+        <v>2211</v>
       </c>
       <c r="D802" t="s">
-        <v>1419</v>
+        <v>1512</v>
       </c>
       <c r="E802" t="s">
         <v>12</v>
       </c>
       <c r="F802" t="s">
-        <v>2196</v>
-[...2 lines deleted...]
-        <v>2197</v>
+        <v>2229</v>
+      </c>
+      <c r="H802" t="s">
+        <v>997</v>
       </c>
       <c r="I802" s="1">
-        <v>259070</v>
+        <v>0</v>
       </c>
     </row>
     <row r="803" spans="1:9">
       <c r="A803">
-        <v>49</v>
+        <v>81</v>
       </c>
       <c r="B803" t="s">
-        <v>2118</v>
+        <v>2210</v>
       </c>
       <c r="C803" t="s">
-        <v>2119</v>
+        <v>2211</v>
       </c>
       <c r="D803" t="s">
-        <v>1419</v>
+        <v>1512</v>
       </c>
       <c r="E803" t="s">
         <v>12</v>
       </c>
       <c r="F803" t="s">
-        <v>2198</v>
-[...2 lines deleted...]
-        <v>2199</v>
+        <v>2252</v>
       </c>
       <c r="I803" s="1">
-        <v>2372490</v>
+        <v>0</v>
       </c>
     </row>
     <row r="804" spans="1:9">
       <c r="A804">
-        <v>48</v>
+        <v>80</v>
       </c>
       <c r="B804" t="s">
-        <v>2118</v>
+        <v>2210</v>
       </c>
       <c r="C804" t="s">
-        <v>2119</v>
+        <v>2211</v>
       </c>
       <c r="D804" t="s">
-        <v>1419</v>
+        <v>1512</v>
       </c>
       <c r="E804" t="s">
         <v>12</v>
       </c>
       <c r="F804" t="s">
-        <v>2200</v>
-[...2 lines deleted...]
-        <v>2201</v>
+        <v>2244</v>
+      </c>
+      <c r="H804" t="s">
+        <v>997</v>
       </c>
       <c r="I804" s="1">
-        <v>826630</v>
+        <v>0</v>
       </c>
     </row>
     <row r="805" spans="1:9">
       <c r="A805">
-        <v>47</v>
+        <v>79</v>
       </c>
       <c r="B805" t="s">
-        <v>2118</v>
+        <v>2210</v>
       </c>
       <c r="C805" t="s">
-        <v>2119</v>
+        <v>2211</v>
       </c>
       <c r="D805" t="s">
-        <v>1419</v>
+        <v>1512</v>
       </c>
       <c r="E805" t="s">
         <v>12</v>
       </c>
       <c r="F805" t="s">
-        <v>2202</v>
-[...2 lines deleted...]
-        <v>2203</v>
+        <v>2253</v>
       </c>
       <c r="I805" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="806" spans="1:9">
       <c r="A806">
-        <v>46</v>
+        <v>78</v>
       </c>
       <c r="B806" t="s">
-        <v>2204</v>
+        <v>2210</v>
       </c>
       <c r="C806" t="s">
-        <v>2205</v>
+        <v>2211</v>
       </c>
       <c r="D806" t="s">
-        <v>497</v>
+        <v>1512</v>
       </c>
       <c r="E806" t="s">
         <v>12</v>
       </c>
       <c r="F806" t="s">
-        <v>2206</v>
-[...2 lines deleted...]
-        <v>2207</v>
+        <v>2254</v>
       </c>
       <c r="I806" s="1">
-        <v>854876</v>
+        <v>0</v>
       </c>
     </row>
     <row r="807" spans="1:9">
       <c r="A807">
-        <v>45</v>
+        <v>77</v>
       </c>
       <c r="B807" t="s">
-        <v>2208</v>
+        <v>2210</v>
       </c>
       <c r="C807" t="s">
-        <v>2205</v>
+        <v>2211</v>
       </c>
       <c r="D807" t="s">
-        <v>445</v>
+        <v>1512</v>
       </c>
       <c r="E807" t="s">
         <v>12</v>
       </c>
       <c r="F807" t="s">
-        <v>2209</v>
-[...2 lines deleted...]
-        <v>2210</v>
+        <v>2255</v>
       </c>
       <c r="I807" s="1">
-        <v>2218800</v>
+        <v>0</v>
       </c>
     </row>
     <row r="808" spans="1:9">
       <c r="A808">
-        <v>44</v>
+        <v>75</v>
       </c>
       <c r="B808" t="s">
+        <v>2210</v>
+      </c>
+      <c r="C808" t="s">
         <v>2211</v>
       </c>
-      <c r="C808" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D808" t="s">
-        <v>2212</v>
+        <v>1512</v>
       </c>
       <c r="E808" t="s">
         <v>12</v>
       </c>
       <c r="F808" t="s">
-        <v>2213</v>
-[...2 lines deleted...]
-        <v>2214</v>
+        <v>2256</v>
       </c>
       <c r="I808" s="1">
-        <v>4387421</v>
+        <v>0</v>
       </c>
     </row>
     <row r="809" spans="1:9">
       <c r="A809">
-        <v>43</v>
+        <v>74</v>
       </c>
       <c r="B809" t="s">
-        <v>2215</v>
+        <v>2210</v>
       </c>
       <c r="C809" t="s">
-        <v>2205</v>
+        <v>2211</v>
       </c>
       <c r="D809" t="s">
-        <v>62</v>
+        <v>1512</v>
       </c>
       <c r="E809" t="s">
         <v>12</v>
       </c>
       <c r="F809" t="s">
-        <v>2216</v>
-[...2 lines deleted...]
-        <v>2217</v>
+        <v>2257</v>
       </c>
       <c r="I809" s="1">
-        <v>9036000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="810" spans="1:9">
       <c r="A810">
-        <v>42</v>
+        <v>73</v>
       </c>
       <c r="B810" t="s">
-        <v>2215</v>
+        <v>2210</v>
       </c>
       <c r="C810" t="s">
-        <v>2205</v>
+        <v>2211</v>
       </c>
       <c r="D810" t="s">
-        <v>62</v>
+        <v>1512</v>
       </c>
       <c r="E810" t="s">
         <v>12</v>
       </c>
       <c r="F810" t="s">
-        <v>905</v>
-[...2 lines deleted...]
-        <v>2218</v>
+        <v>2258</v>
       </c>
       <c r="I810" s="1">
-        <v>7469813</v>
+        <v>0</v>
       </c>
     </row>
     <row r="811" spans="1:9">
       <c r="A811">
-        <v>41</v>
+        <v>72</v>
       </c>
       <c r="B811" t="s">
-        <v>2215</v>
+        <v>2210</v>
       </c>
       <c r="C811" t="s">
-        <v>2205</v>
+        <v>2211</v>
       </c>
       <c r="D811" t="s">
-        <v>62</v>
+        <v>1512</v>
       </c>
       <c r="E811" t="s">
         <v>12</v>
       </c>
       <c r="F811" t="s">
-        <v>2219</v>
-[...2 lines deleted...]
-        <v>2220</v>
+        <v>2259</v>
       </c>
       <c r="I811" s="1">
-        <v>5000000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="812" spans="1:9">
       <c r="A812">
-        <v>40</v>
+        <v>71</v>
       </c>
       <c r="B812" t="s">
-        <v>2215</v>
+        <v>2210</v>
       </c>
       <c r="C812" t="s">
-        <v>2205</v>
+        <v>2211</v>
       </c>
       <c r="D812" t="s">
-        <v>62</v>
+        <v>1512</v>
       </c>
       <c r="E812" t="s">
         <v>12</v>
       </c>
       <c r="F812" t="s">
-        <v>2221</v>
-[...2 lines deleted...]
-        <v>2222</v>
+        <v>2260</v>
       </c>
       <c r="I812" s="1">
-        <v>26000000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="813" spans="1:9">
       <c r="A813">
-        <v>39</v>
+        <v>70</v>
       </c>
       <c r="B813" t="s">
-        <v>2223</v>
+        <v>2210</v>
       </c>
       <c r="C813" t="s">
-        <v>2205</v>
+        <v>2211</v>
       </c>
       <c r="D813" t="s">
-        <v>1307</v>
+        <v>1512</v>
       </c>
       <c r="E813" t="s">
         <v>12</v>
       </c>
       <c r="F813" t="s">
-        <v>2151</v>
-[...5 lines deleted...]
-        <v>901</v>
+        <v>2261</v>
       </c>
       <c r="I813" s="1">
-        <v>489084</v>
+        <v>0</v>
       </c>
     </row>
     <row r="814" spans="1:9">
       <c r="A814">
-        <v>38</v>
+        <v>69</v>
       </c>
       <c r="B814" t="s">
-        <v>2225</v>
+        <v>2262</v>
       </c>
       <c r="C814" t="s">
-        <v>2205</v>
+        <v>2211</v>
       </c>
       <c r="D814" t="s">
-        <v>1232</v>
+        <v>83</v>
       </c>
       <c r="E814" t="s">
         <v>12</v>
       </c>
       <c r="F814" t="s">
-        <v>312</v>
-[...2 lines deleted...]
-        <v>2226</v>
+        <v>2263</v>
       </c>
       <c r="I814" s="1">
-        <v>89941</v>
+        <v>0</v>
       </c>
     </row>
     <row r="815" spans="1:9">
       <c r="A815">
-        <v>37</v>
+        <v>68</v>
       </c>
       <c r="B815" t="s">
-        <v>2225</v>
+        <v>2247</v>
       </c>
       <c r="C815" t="s">
-        <v>2205</v>
+        <v>2211</v>
       </c>
       <c r="D815" t="s">
-        <v>1232</v>
+        <v>1326</v>
       </c>
       <c r="E815" t="s">
         <v>12</v>
       </c>
       <c r="F815" t="s">
-        <v>2227</v>
-[...2 lines deleted...]
-        <v>2228</v>
+        <v>2134</v>
       </c>
       <c r="I815" s="1">
-        <v>68100</v>
+        <v>0</v>
       </c>
     </row>
     <row r="816" spans="1:9">
       <c r="A816">
-        <v>36</v>
+        <v>67</v>
       </c>
       <c r="B816" t="s">
-        <v>2225</v>
+        <v>2247</v>
       </c>
       <c r="C816" t="s">
-        <v>2205</v>
+        <v>2211</v>
       </c>
       <c r="D816" t="s">
-        <v>1232</v>
+        <v>1326</v>
       </c>
       <c r="E816" t="s">
         <v>12</v>
       </c>
       <c r="F816" t="s">
-        <v>2229</v>
-[...2 lines deleted...]
-        <v>2230</v>
+        <v>1001</v>
       </c>
       <c r="I816" s="1">
-        <v>78613</v>
+        <v>0</v>
       </c>
     </row>
     <row r="817" spans="1:9">
       <c r="A817">
-        <v>35</v>
+        <v>66</v>
       </c>
       <c r="B817" t="s">
-        <v>2225</v>
+        <v>2247</v>
       </c>
       <c r="C817" t="s">
-        <v>2205</v>
+        <v>2211</v>
       </c>
       <c r="D817" t="s">
-        <v>1232</v>
+        <v>1326</v>
       </c>
       <c r="E817" t="s">
         <v>12</v>
       </c>
       <c r="F817" t="s">
-        <v>2231</v>
-[...2 lines deleted...]
-        <v>2232</v>
+        <v>2151</v>
       </c>
       <c r="I817" s="1">
-        <v>89588</v>
+        <v>0</v>
       </c>
     </row>
     <row r="818" spans="1:9">
       <c r="A818">
-        <v>34</v>
+        <v>65</v>
       </c>
       <c r="B818" t="s">
-        <v>2225</v>
+        <v>2247</v>
       </c>
       <c r="C818" t="s">
-        <v>2205</v>
+        <v>2211</v>
       </c>
       <c r="D818" t="s">
-        <v>1232</v>
+        <v>1326</v>
       </c>
       <c r="E818" t="s">
         <v>12</v>
       </c>
       <c r="F818" t="s">
-        <v>2055</v>
-[...2 lines deleted...]
-        <v>2233</v>
+        <v>2264</v>
       </c>
       <c r="I818" s="1">
-        <v>78386</v>
+        <v>0</v>
       </c>
     </row>
     <row r="819" spans="1:9">
       <c r="A819">
-        <v>33</v>
+        <v>64</v>
       </c>
       <c r="B819" t="s">
-        <v>2225</v>
+        <v>2247</v>
       </c>
       <c r="C819" t="s">
-        <v>2205</v>
+        <v>2211</v>
       </c>
       <c r="D819" t="s">
-        <v>1232</v>
+        <v>1326</v>
       </c>
       <c r="E819" t="s">
         <v>12</v>
       </c>
       <c r="F819" t="s">
-        <v>2234</v>
-[...2 lines deleted...]
-        <v>2235</v>
+        <v>428</v>
       </c>
       <c r="I819" s="1">
-        <v>51567</v>
+        <v>0</v>
       </c>
     </row>
     <row r="820" spans="1:9">
       <c r="A820">
-        <v>32</v>
+        <v>63</v>
       </c>
       <c r="B820" t="s">
-        <v>2225</v>
+        <v>2247</v>
       </c>
       <c r="C820" t="s">
-        <v>2205</v>
+        <v>2211</v>
       </c>
       <c r="D820" t="s">
-        <v>1232</v>
+        <v>1326</v>
       </c>
       <c r="E820" t="s">
         <v>12</v>
       </c>
       <c r="F820" t="s">
-        <v>2059</v>
+        <v>2147</v>
       </c>
       <c r="G820" t="s">
-        <v>2236</v>
+        <v>2265</v>
       </c>
       <c r="I820" s="1">
-        <v>78152</v>
+        <v>138086</v>
       </c>
     </row>
     <row r="821" spans="1:9">
       <c r="A821">
-        <v>31</v>
+        <v>62</v>
       </c>
       <c r="B821" t="s">
-        <v>2237</v>
+        <v>2247</v>
       </c>
       <c r="C821" t="s">
-        <v>2205</v>
+        <v>2211</v>
       </c>
       <c r="D821" t="s">
-        <v>1419</v>
+        <v>1326</v>
       </c>
       <c r="E821" t="s">
         <v>12</v>
       </c>
       <c r="F821" t="s">
-        <v>2238</v>
+        <v>2266</v>
       </c>
       <c r="G821" t="s">
-        <v>2239</v>
+        <v>2265</v>
       </c>
       <c r="I821" s="1">
-        <v>55453</v>
+        <v>110719</v>
       </c>
     </row>
     <row r="822" spans="1:9">
       <c r="A822">
-        <v>30</v>
+        <v>61</v>
       </c>
       <c r="B822" t="s">
-        <v>2237</v>
+        <v>2210</v>
       </c>
       <c r="C822" t="s">
-        <v>2205</v>
+        <v>2211</v>
       </c>
       <c r="D822" t="s">
-        <v>1419</v>
+        <v>1512</v>
       </c>
       <c r="E822" t="s">
         <v>12</v>
       </c>
       <c r="F822" t="s">
-        <v>2240</v>
+        <v>2267</v>
       </c>
       <c r="G822" t="s">
-        <v>2226</v>
+        <v>2268</v>
       </c>
       <c r="I822" s="1">
-        <v>40803</v>
+        <v>474000</v>
       </c>
     </row>
     <row r="823" spans="1:9">
       <c r="A823">
-        <v>29</v>
+        <v>60</v>
       </c>
       <c r="B823" t="s">
-        <v>2237</v>
+        <v>2210</v>
       </c>
       <c r="C823" t="s">
-        <v>2205</v>
+        <v>2211</v>
       </c>
       <c r="D823" t="s">
-        <v>1419</v>
+        <v>1512</v>
       </c>
       <c r="E823" t="s">
         <v>12</v>
       </c>
       <c r="F823" t="s">
-        <v>2241</v>
+        <v>2269</v>
       </c>
       <c r="G823" t="s">
-        <v>2242</v>
+        <v>2270</v>
       </c>
       <c r="I823" s="1">
-        <v>8694760</v>
+        <v>504067</v>
       </c>
     </row>
     <row r="824" spans="1:9">
       <c r="A824">
-        <v>28</v>
+        <v>59</v>
       </c>
       <c r="B824" t="s">
-        <v>2237</v>
+        <v>2210</v>
       </c>
       <c r="C824" t="s">
-        <v>2205</v>
+        <v>2211</v>
       </c>
       <c r="D824" t="s">
-        <v>1419</v>
+        <v>1512</v>
       </c>
       <c r="E824" t="s">
         <v>12</v>
       </c>
       <c r="F824" t="s">
-        <v>2243</v>
+        <v>2271</v>
       </c>
       <c r="G824" t="s">
-        <v>2244</v>
+        <v>2272</v>
       </c>
       <c r="I824" s="1">
-        <v>669212</v>
+        <v>828222</v>
       </c>
     </row>
     <row r="825" spans="1:9">
       <c r="A825">
-        <v>27</v>
+        <v>58</v>
       </c>
       <c r="B825" t="s">
-        <v>2237</v>
+        <v>2210</v>
       </c>
       <c r="C825" t="s">
-        <v>2205</v>
+        <v>2211</v>
       </c>
       <c r="D825" t="s">
-        <v>1419</v>
+        <v>1512</v>
       </c>
       <c r="E825" t="s">
         <v>12</v>
       </c>
       <c r="F825" t="s">
-        <v>2245</v>
+        <v>2273</v>
       </c>
       <c r="G825" t="s">
-        <v>2246</v>
+        <v>2274</v>
       </c>
       <c r="I825" s="1">
-        <v>0</v>
+        <v>747610</v>
       </c>
     </row>
     <row r="826" spans="1:9">
       <c r="A826">
-        <v>26</v>
+        <v>57</v>
       </c>
       <c r="B826" t="s">
-        <v>2237</v>
+        <v>2210</v>
       </c>
       <c r="C826" t="s">
-        <v>2205</v>
+        <v>2211</v>
       </c>
       <c r="D826" t="s">
-        <v>1419</v>
+        <v>1512</v>
       </c>
       <c r="E826" t="s">
         <v>12</v>
       </c>
       <c r="F826" t="s">
-        <v>2247</v>
+        <v>2275</v>
       </c>
       <c r="G826" t="s">
-        <v>2248</v>
+        <v>2276</v>
       </c>
       <c r="I826" s="1">
-        <v>771971</v>
+        <v>0</v>
       </c>
     </row>
     <row r="827" spans="1:9">
       <c r="A827">
-        <v>25</v>
+        <v>56</v>
       </c>
       <c r="B827" t="s">
-        <v>2237</v>
+        <v>2210</v>
       </c>
       <c r="C827" t="s">
-        <v>2205</v>
+        <v>2211</v>
       </c>
       <c r="D827" t="s">
-        <v>1419</v>
+        <v>1512</v>
       </c>
       <c r="E827" t="s">
         <v>12</v>
       </c>
       <c r="F827" t="s">
-        <v>2249</v>
+        <v>2277</v>
       </c>
       <c r="G827" t="s">
-        <v>2250</v>
+        <v>2278</v>
       </c>
       <c r="I827" s="1">
-        <v>5091150</v>
+        <v>4129942</v>
       </c>
     </row>
     <row r="828" spans="1:9">
       <c r="A828">
-        <v>24</v>
+        <v>55</v>
       </c>
       <c r="B828" t="s">
-        <v>2237</v>
+        <v>2210</v>
       </c>
       <c r="C828" t="s">
-        <v>2205</v>
+        <v>2211</v>
       </c>
       <c r="D828" t="s">
-        <v>1419</v>
+        <v>1512</v>
       </c>
       <c r="E828" t="s">
         <v>12</v>
       </c>
       <c r="F828" t="s">
-        <v>2251</v>
+        <v>2279</v>
       </c>
       <c r="G828" t="s">
-        <v>2252</v>
+        <v>2280</v>
       </c>
       <c r="I828" s="1">
-        <v>246480</v>
+        <v>5100709</v>
       </c>
     </row>
     <row r="829" spans="1:9">
       <c r="A829">
-        <v>23</v>
+        <v>54</v>
       </c>
       <c r="B829" t="s">
-        <v>2237</v>
+        <v>2210</v>
       </c>
       <c r="C829" t="s">
-        <v>2205</v>
+        <v>2211</v>
       </c>
       <c r="D829" t="s">
-        <v>1419</v>
+        <v>1512</v>
       </c>
       <c r="E829" t="s">
         <v>12</v>
       </c>
       <c r="F829" t="s">
-        <v>2253</v>
+        <v>2281</v>
       </c>
       <c r="G829" t="s">
-        <v>2254</v>
+        <v>2282</v>
       </c>
       <c r="I829" s="1">
-        <v>0</v>
+        <v>92422</v>
       </c>
     </row>
     <row r="830" spans="1:9">
       <c r="A830">
-        <v>22</v>
+        <v>53</v>
       </c>
       <c r="B830" t="s">
-        <v>2237</v>
+        <v>2210</v>
       </c>
       <c r="C830" t="s">
-        <v>2205</v>
+        <v>2211</v>
       </c>
       <c r="D830" t="s">
-        <v>1419</v>
+        <v>1512</v>
       </c>
       <c r="E830" t="s">
         <v>12</v>
       </c>
       <c r="F830" t="s">
-        <v>2255</v>
+        <v>2283</v>
       </c>
       <c r="G830" t="s">
-        <v>2256</v>
+        <v>2284</v>
       </c>
       <c r="I830" s="1">
-        <v>159980</v>
+        <v>92600</v>
       </c>
     </row>
     <row r="831" spans="1:9">
       <c r="A831">
-        <v>21</v>
+        <v>52</v>
       </c>
       <c r="B831" t="s">
-        <v>2237</v>
+        <v>2210</v>
       </c>
       <c r="C831" t="s">
-        <v>2205</v>
+        <v>2211</v>
       </c>
       <c r="D831" t="s">
-        <v>1419</v>
+        <v>1512</v>
       </c>
       <c r="E831" t="s">
         <v>12</v>
       </c>
       <c r="F831" t="s">
-        <v>2257</v>
+        <v>380</v>
       </c>
       <c r="G831" t="s">
-        <v>2258</v>
+        <v>2285</v>
       </c>
       <c r="I831" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="832" spans="1:9">
       <c r="A832">
-        <v>20</v>
+        <v>51</v>
       </c>
       <c r="B832" t="s">
-        <v>2237</v>
+        <v>2210</v>
       </c>
       <c r="C832" t="s">
-        <v>2205</v>
+        <v>2211</v>
       </c>
       <c r="D832" t="s">
-        <v>1419</v>
+        <v>1512</v>
       </c>
       <c r="E832" t="s">
         <v>12</v>
       </c>
       <c r="F832" t="s">
-        <v>2259</v>
+        <v>2286</v>
       </c>
       <c r="G832" t="s">
-        <v>2258</v>
+        <v>2287</v>
       </c>
       <c r="I832" s="1">
-        <v>0</v>
+        <v>7518833</v>
       </c>
     </row>
     <row r="833" spans="1:9">
       <c r="A833">
-        <v>19</v>
+        <v>50</v>
       </c>
       <c r="B833" t="s">
-        <v>2237</v>
+        <v>2210</v>
       </c>
       <c r="C833" t="s">
-        <v>2205</v>
+        <v>2211</v>
       </c>
       <c r="D833" t="s">
-        <v>1419</v>
+        <v>1512</v>
       </c>
       <c r="E833" t="s">
         <v>12</v>
       </c>
       <c r="F833" t="s">
-        <v>2260</v>
+        <v>2288</v>
       </c>
       <c r="G833" t="s">
-        <v>2261</v>
+        <v>2289</v>
       </c>
       <c r="I833" s="1">
-        <v>470791</v>
+        <v>259070</v>
       </c>
     </row>
     <row r="834" spans="1:9">
       <c r="A834">
-        <v>18</v>
+        <v>49</v>
       </c>
       <c r="B834" t="s">
-        <v>2237</v>
+        <v>2210</v>
       </c>
       <c r="C834" t="s">
-        <v>2205</v>
+        <v>2211</v>
       </c>
       <c r="D834" t="s">
-        <v>1419</v>
+        <v>1512</v>
       </c>
       <c r="E834" t="s">
         <v>12</v>
       </c>
       <c r="F834" t="s">
-        <v>2262</v>
+        <v>2290</v>
       </c>
       <c r="G834" t="s">
-        <v>2261</v>
+        <v>2291</v>
       </c>
       <c r="I834" s="1">
-        <v>371033</v>
+        <v>2372490</v>
       </c>
     </row>
     <row r="835" spans="1:9">
       <c r="A835">
-        <v>17</v>
+        <v>48</v>
       </c>
       <c r="B835" t="s">
-        <v>2237</v>
+        <v>2210</v>
       </c>
       <c r="C835" t="s">
-        <v>2205</v>
+        <v>2211</v>
       </c>
       <c r="D835" t="s">
-        <v>1419</v>
+        <v>1512</v>
       </c>
       <c r="E835" t="s">
         <v>12</v>
       </c>
       <c r="F835" t="s">
-        <v>2263</v>
+        <v>2292</v>
       </c>
       <c r="G835" t="s">
-        <v>2264</v>
-[...2 lines deleted...]
-        <v>81</v>
+        <v>2293</v>
       </c>
       <c r="I835" s="1">
-        <v>0</v>
+        <v>826630</v>
       </c>
     </row>
     <row r="836" spans="1:9">
       <c r="A836">
-        <v>16</v>
+        <v>47</v>
       </c>
       <c r="B836" t="s">
-        <v>2237</v>
+        <v>2210</v>
       </c>
       <c r="C836" t="s">
-        <v>2205</v>
+        <v>2211</v>
       </c>
       <c r="D836" t="s">
-        <v>1419</v>
+        <v>1512</v>
       </c>
       <c r="E836" t="s">
         <v>12</v>
       </c>
       <c r="F836" t="s">
-        <v>2265</v>
+        <v>2294</v>
       </c>
       <c r="G836" t="s">
-        <v>2266</v>
+        <v>2295</v>
       </c>
       <c r="I836" s="1">
-        <v>1843223</v>
+        <v>0</v>
       </c>
     </row>
     <row r="837" spans="1:9">
       <c r="A837">
-        <v>15</v>
+        <v>46</v>
       </c>
       <c r="B837" t="s">
-        <v>2237</v>
+        <v>2296</v>
       </c>
       <c r="C837" t="s">
-        <v>2205</v>
+        <v>2297</v>
       </c>
       <c r="D837" t="s">
-        <v>1419</v>
+        <v>604</v>
       </c>
       <c r="E837" t="s">
         <v>12</v>
       </c>
       <c r="F837" t="s">
-        <v>2267</v>
+        <v>2298</v>
       </c>
       <c r="G837" t="s">
-        <v>2268</v>
+        <v>2299</v>
       </c>
       <c r="I837" s="1">
-        <v>189555</v>
+        <v>854876</v>
       </c>
     </row>
     <row r="838" spans="1:9">
       <c r="A838">
-        <v>14</v>
+        <v>45</v>
       </c>
       <c r="B838" t="s">
-        <v>2237</v>
+        <v>2300</v>
       </c>
       <c r="C838" t="s">
-        <v>2205</v>
+        <v>2297</v>
       </c>
       <c r="D838" t="s">
-        <v>1419</v>
+        <v>83</v>
       </c>
       <c r="E838" t="s">
         <v>12</v>
       </c>
       <c r="F838" t="s">
-        <v>2269</v>
+        <v>2301</v>
       </c>
       <c r="G838" t="s">
-        <v>2270</v>
+        <v>2302</v>
       </c>
       <c r="I838" s="1">
-        <v>148200</v>
+        <v>2218800</v>
       </c>
     </row>
     <row r="839" spans="1:9">
       <c r="A839">
-        <v>13</v>
+        <v>44</v>
       </c>
       <c r="B839" t="s">
-        <v>2237</v>
+        <v>2303</v>
       </c>
       <c r="C839" t="s">
-        <v>2205</v>
+        <v>2297</v>
       </c>
       <c r="D839" t="s">
-        <v>1419</v>
+        <v>2304</v>
       </c>
       <c r="E839" t="s">
         <v>12</v>
       </c>
       <c r="F839" t="s">
-        <v>2271</v>
+        <v>2305</v>
       </c>
       <c r="G839" t="s">
-        <v>2218</v>
+        <v>2306</v>
       </c>
       <c r="I839" s="1">
-        <v>321659</v>
+        <v>4387421</v>
       </c>
     </row>
     <row r="840" spans="1:9">
       <c r="A840">
-        <v>12</v>
+        <v>43</v>
       </c>
       <c r="B840" t="s">
-        <v>2237</v>
+        <v>2307</v>
       </c>
       <c r="C840" t="s">
-        <v>2205</v>
+        <v>2297</v>
       </c>
       <c r="D840" t="s">
-        <v>1419</v>
+        <v>19</v>
       </c>
       <c r="E840" t="s">
         <v>12</v>
       </c>
       <c r="F840" t="s">
-        <v>2272</v>
+        <v>2308</v>
       </c>
       <c r="G840" t="s">
-        <v>2273</v>
+        <v>2309</v>
       </c>
       <c r="I840" s="1">
-        <v>23500</v>
+        <v>9036000</v>
       </c>
     </row>
     <row r="841" spans="1:9">
       <c r="A841">
-        <v>11</v>
+        <v>42</v>
       </c>
       <c r="B841" t="s">
-        <v>2237</v>
+        <v>2307</v>
       </c>
       <c r="C841" t="s">
-        <v>2205</v>
+        <v>2297</v>
       </c>
       <c r="D841" t="s">
-        <v>1419</v>
+        <v>19</v>
       </c>
       <c r="E841" t="s">
         <v>12</v>
       </c>
       <c r="F841" t="s">
-        <v>2274</v>
+        <v>1001</v>
       </c>
       <c r="G841" t="s">
-        <v>2275</v>
+        <v>2310</v>
       </c>
       <c r="I841" s="1">
-        <v>5438410</v>
+        <v>7469813</v>
       </c>
     </row>
     <row r="842" spans="1:9">
       <c r="A842">
-        <v>10</v>
+        <v>41</v>
       </c>
       <c r="B842" t="s">
-        <v>2237</v>
+        <v>2307</v>
       </c>
       <c r="C842" t="s">
-        <v>2205</v>
+        <v>2297</v>
       </c>
       <c r="D842" t="s">
-        <v>1419</v>
+        <v>19</v>
       </c>
       <c r="E842" t="s">
         <v>12</v>
       </c>
       <c r="F842" t="s">
-        <v>2276</v>
+        <v>2311</v>
       </c>
       <c r="G842" t="s">
-        <v>2277</v>
+        <v>2312</v>
       </c>
       <c r="I842" s="1">
-        <v>23433990</v>
+        <v>5000000</v>
       </c>
     </row>
     <row r="843" spans="1:9">
       <c r="A843">
-        <v>9</v>
+        <v>40</v>
       </c>
       <c r="B843" t="s">
-        <v>2237</v>
+        <v>2307</v>
       </c>
       <c r="C843" t="s">
-        <v>2205</v>
+        <v>2297</v>
       </c>
       <c r="D843" t="s">
-        <v>1419</v>
+        <v>19</v>
       </c>
       <c r="E843" t="s">
         <v>12</v>
       </c>
       <c r="F843" t="s">
-        <v>2278</v>
+        <v>2313</v>
       </c>
       <c r="G843" t="s">
-        <v>2279</v>
+        <v>2314</v>
       </c>
       <c r="I843" s="1">
-        <v>499617</v>
+        <v>26000000</v>
       </c>
     </row>
     <row r="844" spans="1:9">
       <c r="A844">
-        <v>8</v>
+        <v>39</v>
       </c>
       <c r="B844" t="s">
-        <v>2237</v>
+        <v>2315</v>
       </c>
       <c r="C844" t="s">
-        <v>2205</v>
+        <v>2297</v>
       </c>
       <c r="D844" t="s">
-        <v>1419</v>
+        <v>1400</v>
       </c>
       <c r="E844" t="s">
         <v>12</v>
       </c>
       <c r="F844" t="s">
-        <v>2280</v>
+        <v>2243</v>
       </c>
       <c r="G844" t="s">
-        <v>2281</v>
+        <v>2316</v>
+      </c>
+      <c r="H844" t="s">
+        <v>997</v>
       </c>
       <c r="I844" s="1">
-        <v>66111</v>
+        <v>489084</v>
       </c>
     </row>
     <row r="845" spans="1:9">
       <c r="A845">
-        <v>7</v>
+        <v>38</v>
       </c>
       <c r="B845" t="s">
-        <v>2237</v>
+        <v>2317</v>
       </c>
       <c r="C845" t="s">
-        <v>2205</v>
+        <v>2297</v>
       </c>
       <c r="D845" t="s">
-        <v>1419</v>
+        <v>1326</v>
       </c>
       <c r="E845" t="s">
         <v>12</v>
       </c>
       <c r="F845" t="s">
-        <v>2282</v>
+        <v>428</v>
       </c>
       <c r="G845" t="s">
-        <v>2283</v>
+        <v>2318</v>
       </c>
       <c r="I845" s="1">
-        <v>592934</v>
+        <v>89941</v>
       </c>
     </row>
     <row r="846" spans="1:9">
       <c r="A846">
-        <v>6</v>
+        <v>37</v>
       </c>
       <c r="B846" t="s">
-        <v>2237</v>
+        <v>2317</v>
       </c>
       <c r="C846" t="s">
-        <v>2205</v>
+        <v>2297</v>
       </c>
       <c r="D846" t="s">
-        <v>1419</v>
+        <v>1326</v>
       </c>
       <c r="E846" t="s">
         <v>12</v>
       </c>
       <c r="F846" t="s">
-        <v>2284</v>
+        <v>2319</v>
       </c>
       <c r="G846" t="s">
-        <v>2285</v>
+        <v>2320</v>
       </c>
       <c r="I846" s="1">
-        <v>443900</v>
+        <v>68100</v>
       </c>
     </row>
     <row r="847" spans="1:9">
       <c r="A847">
-        <v>5</v>
+        <v>36</v>
       </c>
       <c r="B847" t="s">
-        <v>2237</v>
+        <v>2317</v>
       </c>
       <c r="C847" t="s">
-        <v>2205</v>
+        <v>2297</v>
       </c>
       <c r="D847" t="s">
-        <v>1419</v>
+        <v>1326</v>
       </c>
       <c r="E847" t="s">
         <v>12</v>
       </c>
       <c r="F847" t="s">
-        <v>2286</v>
+        <v>2321</v>
       </c>
       <c r="G847" t="s">
-        <v>2287</v>
+        <v>2322</v>
       </c>
       <c r="I847" s="1">
-        <v>255080</v>
+        <v>78613</v>
       </c>
     </row>
     <row r="848" spans="1:9">
       <c r="A848">
-        <v>4</v>
+        <v>35</v>
       </c>
       <c r="B848" t="s">
-        <v>2237</v>
+        <v>2317</v>
       </c>
       <c r="C848" t="s">
-        <v>2205</v>
+        <v>2297</v>
       </c>
       <c r="D848" t="s">
-        <v>1419</v>
+        <v>1326</v>
       </c>
       <c r="E848" t="s">
         <v>12</v>
       </c>
       <c r="F848" t="s">
-        <v>2288</v>
+        <v>2323</v>
       </c>
       <c r="G848" t="s">
-        <v>2289</v>
+        <v>2324</v>
       </c>
       <c r="I848" s="1">
-        <v>1285326</v>
+        <v>89588</v>
       </c>
     </row>
     <row r="849" spans="1:9">
       <c r="A849">
-        <v>3</v>
+        <v>34</v>
       </c>
       <c r="B849" t="s">
-        <v>2237</v>
+        <v>2317</v>
       </c>
       <c r="C849" t="s">
-        <v>2205</v>
+        <v>2297</v>
       </c>
       <c r="D849" t="s">
-        <v>1419</v>
+        <v>1326</v>
       </c>
       <c r="E849" t="s">
         <v>12</v>
       </c>
       <c r="F849" t="s">
-        <v>2290</v>
+        <v>2147</v>
       </c>
       <c r="G849" t="s">
-        <v>2236</v>
+        <v>2325</v>
       </c>
       <c r="I849" s="1">
-        <v>29517</v>
+        <v>78386</v>
       </c>
     </row>
     <row r="850" spans="1:9">
       <c r="A850">
-        <v>2</v>
+        <v>33</v>
       </c>
       <c r="B850" t="s">
-        <v>2237</v>
+        <v>2317</v>
       </c>
       <c r="C850" t="s">
-        <v>2205</v>
+        <v>2297</v>
       </c>
       <c r="D850" t="s">
-        <v>1419</v>
+        <v>1326</v>
       </c>
       <c r="E850" t="s">
         <v>12</v>
       </c>
       <c r="F850" t="s">
-        <v>2291</v>
+        <v>2326</v>
       </c>
       <c r="G850" t="s">
-        <v>2292</v>
+        <v>2327</v>
       </c>
       <c r="I850" s="1">
-        <v>461360</v>
+        <v>51567</v>
       </c>
     </row>
     <row r="851" spans="1:9">
       <c r="A851">
+        <v>32</v>
+      </c>
+      <c r="B851" t="s">
+        <v>2317</v>
+      </c>
+      <c r="C851" t="s">
+        <v>2297</v>
+      </c>
+      <c r="D851" t="s">
+        <v>1326</v>
+      </c>
+      <c r="E851" t="s">
+        <v>12</v>
+      </c>
+      <c r="F851" t="s">
+        <v>2151</v>
+      </c>
+      <c r="G851" t="s">
+        <v>2328</v>
+      </c>
+      <c r="I851" s="1">
+        <v>78152</v>
+      </c>
+    </row>
+    <row r="852" spans="1:9">
+      <c r="A852">
+        <v>31</v>
+      </c>
+      <c r="B852" t="s">
+        <v>2329</v>
+      </c>
+      <c r="C852" t="s">
+        <v>2297</v>
+      </c>
+      <c r="D852" t="s">
+        <v>1512</v>
+      </c>
+      <c r="E852" t="s">
+        <v>12</v>
+      </c>
+      <c r="F852" t="s">
+        <v>2330</v>
+      </c>
+      <c r="G852" t="s">
+        <v>2331</v>
+      </c>
+      <c r="I852" s="1">
+        <v>55453</v>
+      </c>
+    </row>
+    <row r="853" spans="1:9">
+      <c r="A853">
+        <v>30</v>
+      </c>
+      <c r="B853" t="s">
+        <v>2329</v>
+      </c>
+      <c r="C853" t="s">
+        <v>2297</v>
+      </c>
+      <c r="D853" t="s">
+        <v>1512</v>
+      </c>
+      <c r="E853" t="s">
+        <v>12</v>
+      </c>
+      <c r="F853" t="s">
+        <v>2332</v>
+      </c>
+      <c r="G853" t="s">
+        <v>2318</v>
+      </c>
+      <c r="I853" s="1">
+        <v>40803</v>
+      </c>
+    </row>
+    <row r="854" spans="1:9">
+      <c r="A854">
+        <v>29</v>
+      </c>
+      <c r="B854" t="s">
+        <v>2329</v>
+      </c>
+      <c r="C854" t="s">
+        <v>2297</v>
+      </c>
+      <c r="D854" t="s">
+        <v>1512</v>
+      </c>
+      <c r="E854" t="s">
+        <v>12</v>
+      </c>
+      <c r="F854" t="s">
+        <v>2333</v>
+      </c>
+      <c r="G854" t="s">
+        <v>2334</v>
+      </c>
+      <c r="I854" s="1">
+        <v>8694760</v>
+      </c>
+    </row>
+    <row r="855" spans="1:9">
+      <c r="A855">
+        <v>28</v>
+      </c>
+      <c r="B855" t="s">
+        <v>2329</v>
+      </c>
+      <c r="C855" t="s">
+        <v>2297</v>
+      </c>
+      <c r="D855" t="s">
+        <v>1512</v>
+      </c>
+      <c r="E855" t="s">
+        <v>12</v>
+      </c>
+      <c r="F855" t="s">
+        <v>2335</v>
+      </c>
+      <c r="G855" t="s">
+        <v>2336</v>
+      </c>
+      <c r="I855" s="1">
+        <v>669212</v>
+      </c>
+    </row>
+    <row r="856" spans="1:9">
+      <c r="A856">
+        <v>27</v>
+      </c>
+      <c r="B856" t="s">
+        <v>2329</v>
+      </c>
+      <c r="C856" t="s">
+        <v>2297</v>
+      </c>
+      <c r="D856" t="s">
+        <v>1512</v>
+      </c>
+      <c r="E856" t="s">
+        <v>12</v>
+      </c>
+      <c r="F856" t="s">
+        <v>2337</v>
+      </c>
+      <c r="G856" t="s">
+        <v>2338</v>
+      </c>
+      <c r="I856" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="857" spans="1:9">
+      <c r="A857">
+        <v>26</v>
+      </c>
+      <c r="B857" t="s">
+        <v>2329</v>
+      </c>
+      <c r="C857" t="s">
+        <v>2297</v>
+      </c>
+      <c r="D857" t="s">
+        <v>1512</v>
+      </c>
+      <c r="E857" t="s">
+        <v>12</v>
+      </c>
+      <c r="F857" t="s">
+        <v>2339</v>
+      </c>
+      <c r="G857" t="s">
+        <v>2340</v>
+      </c>
+      <c r="I857" s="1">
+        <v>771971</v>
+      </c>
+    </row>
+    <row r="858" spans="1:9">
+      <c r="A858">
+        <v>25</v>
+      </c>
+      <c r="B858" t="s">
+        <v>2329</v>
+      </c>
+      <c r="C858" t="s">
+        <v>2297</v>
+      </c>
+      <c r="D858" t="s">
+        <v>1512</v>
+      </c>
+      <c r="E858" t="s">
+        <v>12</v>
+      </c>
+      <c r="F858" t="s">
+        <v>2341</v>
+      </c>
+      <c r="G858" t="s">
+        <v>2342</v>
+      </c>
+      <c r="I858" s="1">
+        <v>5091150</v>
+      </c>
+    </row>
+    <row r="859" spans="1:9">
+      <c r="A859">
+        <v>24</v>
+      </c>
+      <c r="B859" t="s">
+        <v>2329</v>
+      </c>
+      <c r="C859" t="s">
+        <v>2297</v>
+      </c>
+      <c r="D859" t="s">
+        <v>1512</v>
+      </c>
+      <c r="E859" t="s">
+        <v>12</v>
+      </c>
+      <c r="F859" t="s">
+        <v>2343</v>
+      </c>
+      <c r="G859" t="s">
+        <v>2344</v>
+      </c>
+      <c r="I859" s="1">
+        <v>246480</v>
+      </c>
+    </row>
+    <row r="860" spans="1:9">
+      <c r="A860">
+        <v>23</v>
+      </c>
+      <c r="B860" t="s">
+        <v>2329</v>
+      </c>
+      <c r="C860" t="s">
+        <v>2297</v>
+      </c>
+      <c r="D860" t="s">
+        <v>1512</v>
+      </c>
+      <c r="E860" t="s">
+        <v>12</v>
+      </c>
+      <c r="F860" t="s">
+        <v>2345</v>
+      </c>
+      <c r="G860" t="s">
+        <v>2346</v>
+      </c>
+      <c r="I860" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="861" spans="1:9">
+      <c r="A861">
+        <v>22</v>
+      </c>
+      <c r="B861" t="s">
+        <v>2329</v>
+      </c>
+      <c r="C861" t="s">
+        <v>2297</v>
+      </c>
+      <c r="D861" t="s">
+        <v>1512</v>
+      </c>
+      <c r="E861" t="s">
+        <v>12</v>
+      </c>
+      <c r="F861" t="s">
+        <v>2347</v>
+      </c>
+      <c r="G861" t="s">
+        <v>2348</v>
+      </c>
+      <c r="I861" s="1">
+        <v>159980</v>
+      </c>
+    </row>
+    <row r="862" spans="1:9">
+      <c r="A862">
+        <v>21</v>
+      </c>
+      <c r="B862" t="s">
+        <v>2329</v>
+      </c>
+      <c r="C862" t="s">
+        <v>2297</v>
+      </c>
+      <c r="D862" t="s">
+        <v>1512</v>
+      </c>
+      <c r="E862" t="s">
+        <v>12</v>
+      </c>
+      <c r="F862" t="s">
+        <v>2349</v>
+      </c>
+      <c r="G862" t="s">
+        <v>2350</v>
+      </c>
+      <c r="I862" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="863" spans="1:9">
+      <c r="A863">
+        <v>20</v>
+      </c>
+      <c r="B863" t="s">
+        <v>2329</v>
+      </c>
+      <c r="C863" t="s">
+        <v>2297</v>
+      </c>
+      <c r="D863" t="s">
+        <v>1512</v>
+      </c>
+      <c r="E863" t="s">
+        <v>12</v>
+      </c>
+      <c r="F863" t="s">
+        <v>2351</v>
+      </c>
+      <c r="G863" t="s">
+        <v>2350</v>
+      </c>
+      <c r="I863" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="864" spans="1:9">
+      <c r="A864">
+        <v>19</v>
+      </c>
+      <c r="B864" t="s">
+        <v>2329</v>
+      </c>
+      <c r="C864" t="s">
+        <v>2297</v>
+      </c>
+      <c r="D864" t="s">
+        <v>1512</v>
+      </c>
+      <c r="E864" t="s">
+        <v>12</v>
+      </c>
+      <c r="F864" t="s">
+        <v>2352</v>
+      </c>
+      <c r="G864" t="s">
+        <v>2353</v>
+      </c>
+      <c r="I864" s="1">
+        <v>470791</v>
+      </c>
+    </row>
+    <row r="865" spans="1:9">
+      <c r="A865">
+        <v>18</v>
+      </c>
+      <c r="B865" t="s">
+        <v>2329</v>
+      </c>
+      <c r="C865" t="s">
+        <v>2297</v>
+      </c>
+      <c r="D865" t="s">
+        <v>1512</v>
+      </c>
+      <c r="E865" t="s">
+        <v>12</v>
+      </c>
+      <c r="F865" t="s">
+        <v>2354</v>
+      </c>
+      <c r="G865" t="s">
+        <v>2353</v>
+      </c>
+      <c r="I865" s="1">
+        <v>371033</v>
+      </c>
+    </row>
+    <row r="866" spans="1:9">
+      <c r="A866">
+        <v>17</v>
+      </c>
+      <c r="B866" t="s">
+        <v>2329</v>
+      </c>
+      <c r="C866" t="s">
+        <v>2297</v>
+      </c>
+      <c r="D866" t="s">
+        <v>1512</v>
+      </c>
+      <c r="E866" t="s">
+        <v>12</v>
+      </c>
+      <c r="F866" t="s">
+        <v>2355</v>
+      </c>
+      <c r="G866" t="s">
+        <v>2356</v>
+      </c>
+      <c r="H866" t="s">
+        <v>42</v>
+      </c>
+      <c r="I866" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="867" spans="1:9">
+      <c r="A867">
+        <v>16</v>
+      </c>
+      <c r="B867" t="s">
+        <v>2329</v>
+      </c>
+      <c r="C867" t="s">
+        <v>2297</v>
+      </c>
+      <c r="D867" t="s">
+        <v>1512</v>
+      </c>
+      <c r="E867" t="s">
+        <v>12</v>
+      </c>
+      <c r="F867" t="s">
+        <v>2357</v>
+      </c>
+      <c r="G867" t="s">
+        <v>2358</v>
+      </c>
+      <c r="I867" s="1">
+        <v>1843223</v>
+      </c>
+    </row>
+    <row r="868" spans="1:9">
+      <c r="A868">
+        <v>15</v>
+      </c>
+      <c r="B868" t="s">
+        <v>2329</v>
+      </c>
+      <c r="C868" t="s">
+        <v>2297</v>
+      </c>
+      <c r="D868" t="s">
+        <v>1512</v>
+      </c>
+      <c r="E868" t="s">
+        <v>12</v>
+      </c>
+      <c r="F868" t="s">
+        <v>2359</v>
+      </c>
+      <c r="G868" t="s">
+        <v>2360</v>
+      </c>
+      <c r="I868" s="1">
+        <v>189555</v>
+      </c>
+    </row>
+    <row r="869" spans="1:9">
+      <c r="A869">
+        <v>14</v>
+      </c>
+      <c r="B869" t="s">
+        <v>2329</v>
+      </c>
+      <c r="C869" t="s">
+        <v>2297</v>
+      </c>
+      <c r="D869" t="s">
+        <v>1512</v>
+      </c>
+      <c r="E869" t="s">
+        <v>12</v>
+      </c>
+      <c r="F869" t="s">
+        <v>2361</v>
+      </c>
+      <c r="G869" t="s">
+        <v>2362</v>
+      </c>
+      <c r="I869" s="1">
+        <v>148200</v>
+      </c>
+    </row>
+    <row r="870" spans="1:9">
+      <c r="A870">
+        <v>13</v>
+      </c>
+      <c r="B870" t="s">
+        <v>2329</v>
+      </c>
+      <c r="C870" t="s">
+        <v>2297</v>
+      </c>
+      <c r="D870" t="s">
+        <v>1512</v>
+      </c>
+      <c r="E870" t="s">
+        <v>12</v>
+      </c>
+      <c r="F870" t="s">
+        <v>2363</v>
+      </c>
+      <c r="G870" t="s">
+        <v>2310</v>
+      </c>
+      <c r="I870" s="1">
+        <v>321659</v>
+      </c>
+    </row>
+    <row r="871" spans="1:9">
+      <c r="A871">
+        <v>12</v>
+      </c>
+      <c r="B871" t="s">
+        <v>2329</v>
+      </c>
+      <c r="C871" t="s">
+        <v>2297</v>
+      </c>
+      <c r="D871" t="s">
+        <v>1512</v>
+      </c>
+      <c r="E871" t="s">
+        <v>12</v>
+      </c>
+      <c r="F871" t="s">
+        <v>2364</v>
+      </c>
+      <c r="G871" t="s">
+        <v>2365</v>
+      </c>
+      <c r="I871" s="1">
+        <v>23500</v>
+      </c>
+    </row>
+    <row r="872" spans="1:9">
+      <c r="A872">
+        <v>11</v>
+      </c>
+      <c r="B872" t="s">
+        <v>2329</v>
+      </c>
+      <c r="C872" t="s">
+        <v>2297</v>
+      </c>
+      <c r="D872" t="s">
+        <v>1512</v>
+      </c>
+      <c r="E872" t="s">
+        <v>12</v>
+      </c>
+      <c r="F872" t="s">
+        <v>2366</v>
+      </c>
+      <c r="G872" t="s">
+        <v>2367</v>
+      </c>
+      <c r="I872" s="1">
+        <v>5438410</v>
+      </c>
+    </row>
+    <row r="873" spans="1:9">
+      <c r="A873">
+        <v>10</v>
+      </c>
+      <c r="B873" t="s">
+        <v>2329</v>
+      </c>
+      <c r="C873" t="s">
+        <v>2297</v>
+      </c>
+      <c r="D873" t="s">
+        <v>1512</v>
+      </c>
+      <c r="E873" t="s">
+        <v>12</v>
+      </c>
+      <c r="F873" t="s">
+        <v>2368</v>
+      </c>
+      <c r="G873" t="s">
+        <v>2369</v>
+      </c>
+      <c r="I873" s="1">
+        <v>23433990</v>
+      </c>
+    </row>
+    <row r="874" spans="1:9">
+      <c r="A874">
+        <v>9</v>
+      </c>
+      <c r="B874" t="s">
+        <v>2329</v>
+      </c>
+      <c r="C874" t="s">
+        <v>2297</v>
+      </c>
+      <c r="D874" t="s">
+        <v>1512</v>
+      </c>
+      <c r="E874" t="s">
+        <v>12</v>
+      </c>
+      <c r="F874" t="s">
+        <v>2370</v>
+      </c>
+      <c r="G874" t="s">
+        <v>2371</v>
+      </c>
+      <c r="I874" s="1">
+        <v>499617</v>
+      </c>
+    </row>
+    <row r="875" spans="1:9">
+      <c r="A875">
+        <v>8</v>
+      </c>
+      <c r="B875" t="s">
+        <v>2329</v>
+      </c>
+      <c r="C875" t="s">
+        <v>2297</v>
+      </c>
+      <c r="D875" t="s">
+        <v>1512</v>
+      </c>
+      <c r="E875" t="s">
+        <v>12</v>
+      </c>
+      <c r="F875" t="s">
+        <v>2372</v>
+      </c>
+      <c r="G875" t="s">
+        <v>2373</v>
+      </c>
+      <c r="I875" s="1">
+        <v>66111</v>
+      </c>
+    </row>
+    <row r="876" spans="1:9">
+      <c r="A876">
+        <v>7</v>
+      </c>
+      <c r="B876" t="s">
+        <v>2329</v>
+      </c>
+      <c r="C876" t="s">
+        <v>2297</v>
+      </c>
+      <c r="D876" t="s">
+        <v>1512</v>
+      </c>
+      <c r="E876" t="s">
+        <v>12</v>
+      </c>
+      <c r="F876" t="s">
+        <v>2374</v>
+      </c>
+      <c r="G876" t="s">
+        <v>2375</v>
+      </c>
+      <c r="I876" s="1">
+        <v>592934</v>
+      </c>
+    </row>
+    <row r="877" spans="1:9">
+      <c r="A877">
+        <v>6</v>
+      </c>
+      <c r="B877" t="s">
+        <v>2329</v>
+      </c>
+      <c r="C877" t="s">
+        <v>2297</v>
+      </c>
+      <c r="D877" t="s">
+        <v>1512</v>
+      </c>
+      <c r="E877" t="s">
+        <v>12</v>
+      </c>
+      <c r="F877" t="s">
+        <v>2376</v>
+      </c>
+      <c r="G877" t="s">
+        <v>2377</v>
+      </c>
+      <c r="I877" s="1">
+        <v>443900</v>
+      </c>
+    </row>
+    <row r="878" spans="1:9">
+      <c r="A878">
+        <v>5</v>
+      </c>
+      <c r="B878" t="s">
+        <v>2329</v>
+      </c>
+      <c r="C878" t="s">
+        <v>2297</v>
+      </c>
+      <c r="D878" t="s">
+        <v>1512</v>
+      </c>
+      <c r="E878" t="s">
+        <v>12</v>
+      </c>
+      <c r="F878" t="s">
+        <v>2378</v>
+      </c>
+      <c r="G878" t="s">
+        <v>2379</v>
+      </c>
+      <c r="I878" s="1">
+        <v>255080</v>
+      </c>
+    </row>
+    <row r="879" spans="1:9">
+      <c r="A879">
+        <v>4</v>
+      </c>
+      <c r="B879" t="s">
+        <v>2329</v>
+      </c>
+      <c r="C879" t="s">
+        <v>2297</v>
+      </c>
+      <c r="D879" t="s">
+        <v>1512</v>
+      </c>
+      <c r="E879" t="s">
+        <v>12</v>
+      </c>
+      <c r="F879" t="s">
+        <v>2380</v>
+      </c>
+      <c r="G879" t="s">
+        <v>2381</v>
+      </c>
+      <c r="I879" s="1">
+        <v>1285326</v>
+      </c>
+    </row>
+    <row r="880" spans="1:9">
+      <c r="A880">
+        <v>3</v>
+      </c>
+      <c r="B880" t="s">
+        <v>2329</v>
+      </c>
+      <c r="C880" t="s">
+        <v>2297</v>
+      </c>
+      <c r="D880" t="s">
+        <v>1512</v>
+      </c>
+      <c r="E880" t="s">
+        <v>12</v>
+      </c>
+      <c r="F880" t="s">
+        <v>2382</v>
+      </c>
+      <c r="G880" t="s">
+        <v>2328</v>
+      </c>
+      <c r="I880" s="1">
+        <v>29517</v>
+      </c>
+    </row>
+    <row r="881" spans="1:9">
+      <c r="A881">
+        <v>2</v>
+      </c>
+      <c r="B881" t="s">
+        <v>2329</v>
+      </c>
+      <c r="C881" t="s">
+        <v>2297</v>
+      </c>
+      <c r="D881" t="s">
+        <v>1512</v>
+      </c>
+      <c r="E881" t="s">
+        <v>12</v>
+      </c>
+      <c r="F881" t="s">
+        <v>2383</v>
+      </c>
+      <c r="G881" t="s">
+        <v>2384</v>
+      </c>
+      <c r="I881" s="1">
+        <v>461360</v>
+      </c>
+    </row>
+    <row r="882" spans="1:9">
+      <c r="A882">
         <v>1</v>
       </c>
-      <c r="B851" t="s">
-[...17 lines deleted...]
-      <c r="I851" s="1">
+      <c r="B882" t="s">
+        <v>2329</v>
+      </c>
+      <c r="C882" t="s">
+        <v>2297</v>
+      </c>
+      <c r="D882" t="s">
+        <v>1512</v>
+      </c>
+      <c r="E882" t="s">
+        <v>12</v>
+      </c>
+      <c r="F882" t="s">
+        <v>135</v>
+      </c>
+      <c r="G882" t="s">
+        <v>2384</v>
+      </c>
+      <c r="I882" s="1">
         <v>51309</v>
       </c>
     </row>
-    <row r="852" spans="1:9">
-[...6 lines deleted...]
-      <c r="D852" t="s">
+    <row r="883" spans="1:9">
+      <c r="B883" t="s">
+        <v>2385</v>
+      </c>
+      <c r="C883" t="s">
+        <v>2386</v>
+      </c>
+      <c r="D883" t="s">
+        <v>11</v>
+      </c>
+      <c r="E883" t="s">
+        <v>12</v>
+      </c>
+      <c r="F883" t="s">
+        <v>2387</v>
+      </c>
+      <c r="G883" t="s">
+        <v>448</v>
+      </c>
+      <c r="H883" t="s">
+        <v>15</v>
+      </c>
+      <c r="I883" s="1" t="s">
+        <v>2388</v>
+      </c>
+    </row>
+    <row r="884" spans="1:9">
+      <c r="B884" t="s">
+        <v>150</v>
+      </c>
+      <c r="C884" t="s">
+        <v>151</v>
+      </c>
+      <c r="D884" t="s">
         <v>26</v>
       </c>
-      <c r="E852" t="s">
-[...60 lines deleted...]
-      <c r="H854" t="s">
+      <c r="E884" t="s">
+        <v>12</v>
+      </c>
+      <c r="F884" t="s">
+        <v>2389</v>
+      </c>
+      <c r="G884" t="s">
+        <v>267</v>
+      </c>
+      <c r="H884" t="s">
         <v>15</v>
       </c>
-      <c r="I854" s="1" t="s">
-[...33 lines deleted...]
-      <c r="C856" t="s">
+      <c r="I884" s="1" t="s">
+        <v>2390</v>
+      </c>
+    </row>
+    <row r="885" spans="1:9">
+      <c r="B885" t="s">
+        <v>2391</v>
+      </c>
+      <c r="C885" t="s">
+        <v>139</v>
+      </c>
+      <c r="D885" t="s">
+        <v>70</v>
+      </c>
+      <c r="E885" t="s">
+        <v>12</v>
+      </c>
+      <c r="F885" t="s">
+        <v>578</v>
+      </c>
+      <c r="G885" t="s">
+        <v>579</v>
+      </c>
+      <c r="H885" t="s">
+        <v>15</v>
+      </c>
+      <c r="I885" s="1" t="s">
+        <v>2392</v>
+      </c>
+    </row>
+    <row r="886" spans="1:9">
+      <c r="B886" t="s">
+        <v>143</v>
+      </c>
+      <c r="C886" t="s">
+        <v>705</v>
+      </c>
+      <c r="D886" t="s">
+        <v>26</v>
+      </c>
+      <c r="E886" t="s">
+        <v>12</v>
+      </c>
+      <c r="F886" t="s">
+        <v>2393</v>
+      </c>
+      <c r="G886" t="s">
+        <v>588</v>
+      </c>
+      <c r="H886" t="s">
+        <v>15</v>
+      </c>
+      <c r="I886" s="1" t="s">
+        <v>2394</v>
+      </c>
+    </row>
+    <row r="887" spans="1:9">
+      <c r="B887" t="s">
+        <v>78</v>
+      </c>
+      <c r="C887" t="s">
         <v>25</v>
       </c>
-      <c r="D856" t="s">
-[...11 lines deleted...]
-      <c r="H856" t="s">
+      <c r="D887" t="s">
+        <v>70</v>
+      </c>
+      <c r="E887" t="s">
+        <v>12</v>
+      </c>
+      <c r="F887" t="s">
+        <v>79</v>
+      </c>
+      <c r="G887" t="s">
+        <v>494</v>
+      </c>
+      <c r="H887" t="s">
+        <v>997</v>
+      </c>
+      <c r="I887" s="1" t="s">
+        <v>346</v>
+      </c>
+    </row>
+    <row r="888" spans="1:9">
+      <c r="B888" t="s">
+        <v>2395</v>
+      </c>
+      <c r="C888" t="s">
+        <v>204</v>
+      </c>
+      <c r="D888" t="s">
+        <v>70</v>
+      </c>
+      <c r="E888" t="s">
+        <v>240</v>
+      </c>
+      <c r="F888" t="s">
+        <v>2396</v>
+      </c>
+      <c r="G888" t="s">
+        <v>494</v>
+      </c>
+      <c r="H888" t="s">
+        <v>22</v>
+      </c>
+      <c r="I888" s="1" t="s">
+        <v>2397</v>
+      </c>
+    </row>
+    <row r="889" spans="1:9">
+      <c r="B889" t="s">
+        <v>908</v>
+      </c>
+      <c r="C889" t="s">
+        <v>338</v>
+      </c>
+      <c r="D889" t="s">
+        <v>38</v>
+      </c>
+      <c r="E889" t="s">
+        <v>586</v>
+      </c>
+      <c r="F889" t="s">
+        <v>2398</v>
+      </c>
+      <c r="G889" t="s">
+        <v>2399</v>
+      </c>
+      <c r="H889" t="s">
+        <v>42</v>
+      </c>
+      <c r="I889" s="1" t="s">
+        <v>2400</v>
+      </c>
+    </row>
+    <row r="890" spans="1:9">
+      <c r="B890" t="s">
+        <v>2401</v>
+      </c>
+      <c r="C890" t="s">
+        <v>199</v>
+      </c>
+      <c r="D890" t="s">
+        <v>70</v>
+      </c>
+      <c r="E890" t="s">
+        <v>12</v>
+      </c>
+      <c r="F890" t="s">
+        <v>2402</v>
+      </c>
+      <c r="G890" t="s">
+        <v>579</v>
+      </c>
+      <c r="H890" t="s">
         <v>15</v>
       </c>
-      <c r="I856" s="1" t="s">
-[...22 lines deleted...]
-      <c r="H857" t="s">
+      <c r="I890" s="1" t="s">
+        <v>2403</v>
+      </c>
+    </row>
+    <row r="891" spans="1:9">
+      <c r="B891" t="s">
+        <v>503</v>
+      </c>
+      <c r="C891" t="s">
+        <v>10</v>
+      </c>
+      <c r="D891" t="s">
+        <v>26</v>
+      </c>
+      <c r="E891" t="s">
+        <v>12</v>
+      </c>
+      <c r="F891" t="s">
+        <v>335</v>
+      </c>
+      <c r="G891" t="s">
+        <v>2404</v>
+      </c>
+      <c r="H891" t="s">
         <v>15</v>
       </c>
-      <c r="I857" s="1" t="s">
-[...78 lines deleted...]
-        <v>2316</v>
+      <c r="I891" s="1" t="s">
+        <v>2405</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">